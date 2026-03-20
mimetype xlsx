--- v0 (2026-02-27)
+++ v1 (2026-03-20)
@@ -208,60 +208,60 @@
   <Override PartName="/xl/worksheets/sheet198.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet199.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet200.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet201.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet202.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet203.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet204.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet205.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet206.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29819"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29825"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\U351524\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\E894869\Desktop\Reporting\website cost sharing\Website Cost Sharing Sheets\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7FF38DFD-BC51-4C8A-9561-51CC40EBF4C2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8EB8CF9E-ED6F-442E-BC30-DE8BB0B5768A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-2865" windowWidth="29040" windowHeight="15720" xr2:uid="{8F798893-6E81-43E9-955E-205961F3B4C0}"/>
+    <workbookView xWindow="-19425" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{8F798893-6E81-43E9-955E-205961F3B4C0}"/>
   </bookViews>
   <sheets>
     <sheet name="NOTE" sheetId="231" r:id="rId1"/>
     <sheet name="ANDOVER" sheetId="1" r:id="rId2"/>
     <sheet name="ANSON" sheetId="7" r:id="rId3"/>
     <sheet name="ATHENS" sheetId="8" r:id="rId4"/>
     <sheet name="AUGUSTA K5" sheetId="9" r:id="rId5"/>
     <sheet name="BALDWIN" sheetId="10" r:id="rId6"/>
     <sheet name="BANGOR HYDRO" sheetId="11" r:id="rId7"/>
     <sheet name="BAR MILLS" sheetId="12" r:id="rId8"/>
     <sheet name="BASSETT" sheetId="13" r:id="rId9"/>
     <sheet name="BATH 34" sheetId="14" r:id="rId10"/>
     <sheet name="BATH NORTH END" sheetId="15" r:id="rId11"/>
     <sheet name="BELFAST 115" sheetId="16" r:id="rId12"/>
     <sheet name="BELFAST WEST SIDE" sheetId="17" r:id="rId13"/>
     <sheet name="BERWICK" sheetId="18" r:id="rId14"/>
     <sheet name="BETHEL" sheetId="19" r:id="rId15"/>
     <sheet name="BIDDEFORD INDUSTRIAL PARK" sheetId="20" r:id="rId16"/>
     <sheet name="BIDDEFORD PUMP" sheetId="21" r:id="rId17"/>
     <sheet name="BIGELOW" sheetId="22" r:id="rId18"/>
     <sheet name="BISHOP STREET" sheetId="23" r:id="rId19"/>
     <sheet name="BLAIR ROAD" sheetId="24" r:id="rId20"/>
     <sheet name="BOLT HILL" sheetId="25" r:id="rId21"/>
     <sheet name="BOND BROOK" sheetId="26" r:id="rId22"/>
     <sheet name="BONNY EAGLE" sheetId="27" r:id="rId23"/>
@@ -448,53 +448,53 @@
     <sheet name="WYMAN HYDRO" sheetId="199" r:id="rId204"/>
     <sheet name="YORK BEACH" sheetId="200" r:id="rId205"/>
     <sheet name="YORK HARBOR" sheetId="201" r:id="rId206"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1126" uniqueCount="135">
-[...1 lines deleted...]
-    <t>Please Note: This Cost Sharing Sheet is up to date as of 2/20/2026. This data is subject to change due to  many variables including but not limited to withdrawals, Fully Executed IA's, and level 2 projects that inject aggregated generation ahead of level 4 projects.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1129" uniqueCount="135">
+  <si>
+    <t>Please Note: This Cost Sharing Sheet is up to date as of 3/6/2026. This data is subject to change due to  many variables including but not limited to withdrawals, Fully Executed IA's, and level 2 projects that inject aggregated generation ahead of level 4 projects.</t>
   </si>
   <si>
     <t xml:space="preserve">Triggering Project </t>
   </si>
   <si>
     <t>Circuit</t>
   </si>
   <si>
     <t>Upgrade</t>
   </si>
   <si>
     <t>Cost Sharing PRJ(S)</t>
   </si>
   <si>
     <t>801D1</t>
   </si>
   <si>
     <t>Line Upgrade</t>
   </si>
   <si>
     <t>827D2</t>
   </si>
   <si>
     <t>T-GFOV</t>
   </si>
@@ -561,50 +561,53 @@
   <si>
     <t>612D2</t>
   </si>
   <si>
     <t>215D3</t>
   </si>
   <si>
     <t>808D3</t>
   </si>
   <si>
     <t>463D1</t>
   </si>
   <si>
     <t>810D1</t>
   </si>
   <si>
     <t>Line Recloser</t>
   </si>
   <si>
     <t>216D1</t>
   </si>
   <si>
     <t>811D1</t>
   </si>
   <si>
+    <t>Voltage regulators</t>
+  </si>
+  <si>
     <t>873D1</t>
   </si>
   <si>
     <t>411D1</t>
   </si>
   <si>
     <t>219D1</t>
   </si>
   <si>
     <t>812D1</t>
   </si>
   <si>
     <t>815D1</t>
   </si>
   <si>
     <t>617D1</t>
   </si>
   <si>
     <t>620D4</t>
   </si>
   <si>
     <t>620D2</t>
   </si>
   <si>
     <t>868D1</t>
@@ -669,54 +672,51 @@
   <si>
     <t>DVAR Statcom</t>
   </si>
   <si>
     <t>471D2</t>
   </si>
   <si>
     <t>471D1</t>
   </si>
   <si>
     <t>632D1</t>
   </si>
   <si>
     <t>106;349;885</t>
   </si>
   <si>
     <t>800D1</t>
   </si>
   <si>
     <t>429D1</t>
   </si>
   <si>
     <t>233D1</t>
   </si>
   <si>
-    <t>350;669;805</t>
-[...2 lines deleted...]
-    <t>233D2</t>
+    <t>350;669</t>
   </si>
   <si>
     <t>237D1</t>
   </si>
   <si>
     <t>238D1</t>
   </si>
   <si>
     <t>Substation circuit voltage regulator</t>
   </si>
   <si>
     <t>457D1</t>
   </si>
   <si>
     <t>718;817</t>
   </si>
   <si>
     <t>837D1</t>
   </si>
   <si>
     <t>838D2</t>
   </si>
   <si>
     <t>638D2</t>
   </si>
@@ -2113,51 +2113,53 @@
 
 <file path=xl/worksheets/_rels/sheet95.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings92.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet96.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings93.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet97.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings94.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet98.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings95.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet99.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings96.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D45665E0-6DCE-4113-96C3-2E6FC218908E}">
   <dimension ref="A1:Y1"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="I11" sqref="I11"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="119" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" ht="138.75" customHeight="1">
       <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="10"/>
       <c r="C1" s="10"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="10"/>
       <c r="H1" s="10"/>
       <c r="I1" s="10"/>
       <c r="J1" s="10"/>
       <c r="K1" s="10"/>
       <c r="L1" s="10"/>
       <c r="M1" s="10"/>
       <c r="N1" s="10"/>
       <c r="O1" s="10"/>
       <c r="P1" s="10"/>
@@ -2286,51 +2288,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>365</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{DC3FB835-EC47-49E7-B47C-23C374A4664C}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet102.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3EA689D2-1B2F-42A0-9D70-DCBF113EDB26}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="K24" sqref="K24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -2471,123 +2473,112 @@
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{BA41FD23-D9F8-4513-B771-2488115B3A70}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet106.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A5A91A9E-8752-4C07-B9C8-B90703317A41}">
-  <dimension ref="A1:D5"/>
-[...2 lines deleted...]
-      <selection activeCell="O23" sqref="O23"/>
+  <dimension ref="A1:D4"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="G14" sqref="G14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>95</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>95</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>669</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>6</v>
-[...9 lines deleted...]
-      <c r="C5" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{1078332E-79A6-4D79-8695-A46802A8BB6D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet107.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BBB5E7CB-0945-4DB1-8881-4F0F028B719C}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="F15" sqref="F15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
@@ -4238,51 +4229,51 @@
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>264</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>89</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{0FD1A399-D27C-4018-B488-108F911045B0}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet138.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4D6D6A75-FDCE-4D71-8CEA-3F53343B847B}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D15" sqref="D15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -4470,51 +4461,51 @@
       </c>
       <c r="D3" s="5">
         <v>801</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>801</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>92</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="5"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5">
         <v>801</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>92</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{31F69FF1-4ED7-4458-B818-9ECC747E736F}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet141.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4B184885-1BAD-4403-808C-6E73B0BAAE58}">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="G28" sqref="G28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
@@ -5644,51 +5635,51 @@
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>746</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>102</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{407D7D6D-AB72-4D44-8667-CC07E175751D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet162.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{331D9F4B-A47D-43D6-A217-D8CA5A2B8301}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="L22" sqref="L22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -7772,65 +7763,65 @@
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>227</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>130</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>751</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>131</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D3" s="5"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{09BE145C-8197-4F69-9017-0981D0A40D28}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
@@ -8084,51 +8075,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>116</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>133</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="5">
         <v>653</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>116</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>133</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{DEFD0BC9-154C-40E9-B528-340529259BE5}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet202.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC91F392-9D2D-431F-B47F-8F26B9B966B5}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -9792,100 +9783,129 @@
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{83C7E243-FEA0-4DEE-AF12-D3F8595F5325}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet49.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{74787754-EC6F-4A82-8DD1-2747D6890342}">
-  <dimension ref="A1:D3"/>
-[...14 lines deleted...]
-      <c r="A1" s="1" t="s">
+  <dimension ref="A1:D5"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="H14" sqref="H14"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
+    <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
-      <c r="A2">
+      <c r="A2" s="5">
         <v>268</v>
       </c>
-      <c r="B2" t="s">
+      <c r="B2" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="C2" s="9" t="s">
+      <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
+      <c r="D2" s="5">
+        <v>946</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
-      <c r="A3">
+      <c r="A3" s="5">
         <v>268</v>
       </c>
-      <c r="C3" s="9" t="s">
+      <c r="B3" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
-  </sheetData>
-[...1 lines deleted...]
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C8" xr:uid="{7728CC67-2783-4C51-956B-6CE78795E6F4}">
+    <row r="4" spans="1:4">
+      <c r="A4" s="5">
+        <v>946</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="5">
+        <v>946</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+  </sheetData>
+  <phoneticPr fontId="1" type="noConversion"/>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3 C5" xr:uid="{7728CC67-2783-4C51-956B-6CE78795E6F4}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EA85521A-76C9-4A95-9852-00049962DF71}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="22.28515625" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
@@ -9939,51 +9959,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>82</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2 C4:C8" xr:uid="{5252067C-555C-4A96-964D-BDD763E32C63}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet51.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D9E57998-991F-4FCB-9039-8FC8018F6E5B}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D8" sqref="D7:D8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -9992,51 +10012,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>258</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5">
         <v>380</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{7037D94E-E863-4114-83BC-CCF94B6CF3E5}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet52.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F0B0E7B7-B12A-484B-81C7-5D1E7097DE5B}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="J33" sqref="J33"/>
@@ -10090,51 +10110,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="13">
         <v>806</v>
       </c>
       <c r="B2" s="13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{01071C5C-69CE-438B-9FF7-33055EB95E41}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet54.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F0AE3D27-CDC4-4E91-84CD-554F5877C8B4}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C13" sqref="C13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -10226,51 +10246,51 @@
     <col min="1" max="1" width="19.28515625" customWidth="1"/>
     <col min="2" max="2" width="12.42578125" customWidth="1"/>
     <col min="3" max="3" width="24.42578125" customWidth="1"/>
     <col min="4" max="4" width="22" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>20</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6">
         <v>80</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
@@ -10339,51 +10359,51 @@
     <col min="1" max="1" width="20.28515625" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" customWidth="1"/>
     <col min="3" max="3" width="27.28515625" customWidth="1"/>
     <col min="4" max="4" width="26.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>924</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D2" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{965D027D-CF2B-47C2-A753-362EC917E360}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet59.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF08ACBD-3C55-4AE4-9B5E-A18085163BEB}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="I17" sqref="I17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -10392,51 +10412,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>626</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{AC0D5F97-3EDC-4EE0-BC0E-B11774FCEA41}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C85D2FA6-EE50-4164-99F7-7DAF782803FB}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D17" sqref="D17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -10653,76 +10673,76 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>796</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D2" s="5">
         <v>798</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>798</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>866</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{CFD84AF0-0BD3-4DAB-B200-36031194F43F}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet65.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D24544A3-3EA7-4418-B91C-73B528FE809A}">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B17" sqref="B17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -10731,62 +10751,62 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>523</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>855</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C4" xr:uid="{8B540408-80E1-4A60-BF8F-2A068F783C30}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet66.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{698E0865-6834-4F16-9B29-F4A6468113B4}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="E19" sqref="E19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -10836,57 +10856,57 @@
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>1</v>
       </c>
       <c r="B2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{740265CD-3521-4177-B07B-340F868C4847}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet68.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{07B3DA26-68A1-40DC-BAB0-21F40F271789}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -10934,65 +10954,65 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>474</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>474</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{5557A2B0-63D5-4ACB-813B-AD52AD784DED}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{25185BBD-3A67-4F49-80DD-F5159FB26C29}">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D18" sqref="D18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -11181,51 +11201,51 @@
     <col min="1" max="1" width="19.7109375" customWidth="1"/>
     <col min="2" max="2" width="9" customWidth="1"/>
     <col min="3" max="3" width="28.140625" customWidth="1"/>
     <col min="4" max="4" width="18" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>856</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{384593BC-F5E5-4807-A6F6-7778E6791602}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet73.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{83FF1F69-AAAB-4CDD-9CCE-61D1F9A84447}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G29" sqref="G29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -11276,103 +11296,103 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>834</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{BEBB365C-0CF1-4F82-9D15-8C039F7C2B3F}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet75.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{648D8666-7670-4A9F-8377-325D4863E204}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>214</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5">
         <v>221</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C4" xr:uid="{3C0AA98D-85A6-471B-A8D5-2853E1A2C096}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet76.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D96BF279-2D1D-4085-9E3E-51534D4C82F0}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C18" sqref="C18"/>
@@ -11384,51 +11404,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>333</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{84007D80-9F88-44EB-9EDA-4CB482A2B897}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet77.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{026B6085-B6B4-4DDE-9D0F-C84FEC02B876}">
   <dimension ref="A1:E10"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="A25" sqref="A25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -11437,139 +11457,139 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="5">
         <v>64</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="E10" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{405A7681-3A75-4994-867D-7D58C48B44CD}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet78.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{49950E9C-5CF3-4956-A124-DA49C383B93F}">
   <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="E10" sqref="E10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>33</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>33</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="5">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4">
         <v>34</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4"/>
       <c r="B5" s="4"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="4"/>
       <c r="B7" s="4"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="4"/>
       <c r="B8" s="4"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{A84D1BD0-ABAC-4FA9-86B6-8D5E6D4E3894}">
@@ -11703,65 +11723,65 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>79</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>858</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{E25D91F0-8794-4EDD-9870-80D36EEE2EE8}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet81.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E43E55F-4E5F-46AB-9A1E-7CC9B46F2D9A}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D18" sqref="D18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
@@ -11808,51 +11828,51 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>715</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{D00655C5-6416-4C12-BA2E-90A602761B69}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet83.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C8FBC087-270F-463A-BE0A-63F62D9F78B6}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C17" sqref="C17"/>
     </sheetView>
   </sheetViews>
@@ -12341,68 +12361,68 @@
     <col min="2" max="2" width="10.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="4" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="4" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="4">
         <v>414</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="4">
         <v>414</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C3" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D3" s="4">
         <v>451</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{71A79A4F-FCF5-4A76-A683-73F9120501FC}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet94.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D3AC80E1-E292-49A4-90EB-1B9ACC3A8A1A}">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -12411,73 +12431,73 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>68</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>152</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>200</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{580010E2-D1A3-46E1-94F2-7E346E03161F}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet95.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{61FBFA41-3217-4BCE-92B4-153565FF62E1}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="G22" sqref="G22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -12528,65 +12548,65 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>101</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>349</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{6D1B6B27-D75E-41D4-A3D1-63A432FB2DDB}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet97.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18FDD975-EB61-4353-BC46-90F07F3DCE6F}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D8" sqref="D8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -12594,51 +12614,51 @@
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>416</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C27" xr:uid="{6B9D1C51-EE95-4818-8263-6EA8FDDC66C2}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet98.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{19069219-D4C0-4217-9105-9C2D771ACF4A}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="F13" sqref="F13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -12977,59 +12997,59 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2608e603-b7b7-4422-a7af-3d4eadafd8a5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA0FAB90-0065-4592-87B7-98266902052C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7FABFCC-9333-4144-B9B8-E36885C586EA}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4F05A5F-2623-4600-924C-F5148CD79D91}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B59B8BE-B9FA-42C7-98C4-1720C2BA3D26}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1851B0B3-A24D-48BE-A3FA-CE27F131D8F3}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C8C3D17-2C33-4C1C-8A81-4B8AED9E958A}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{624b1752-a977-4927-b9e6-e48a43684aee}" enabled="1" method="Privileged" siteId="{031a09bc-a2bf-44df-888e-4e09355b7a24}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company>IBERDROLA S.A.</Company>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>JACKSON, JOHN</dc:creator>
   <cp:keywords/>
   <dc:description/>