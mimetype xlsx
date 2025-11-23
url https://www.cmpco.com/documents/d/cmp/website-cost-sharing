--- v0 (2025-11-01)
+++ v1 (2025-11-23)
@@ -198,69 +198,70 @@
   <Override PartName="/xl/worksheets/sheet188.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet189.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet190.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet191.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet192.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet193.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet194.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet195.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet196.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet197.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet198.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet199.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet200.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet201.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet202.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet203.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet204.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet205.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet206.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29512"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\U351524\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\E894869\Desktop\Reporting\website cost sharing\Website Cost Sharing Sheets\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1B1FC7E7-A2F8-4F50-B9F3-E4A8FF158170}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{BDD0A830-17BB-4A1A-9E14-76AC26A4729A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{8F798893-6E81-43E9-955E-205961F3B4C0}"/>
+    <workbookView xWindow="-19425" yWindow="-16320" windowWidth="29040" windowHeight="15720" firstSheet="8" activeTab="8" xr2:uid="{8F798893-6E81-43E9-955E-205961F3B4C0}"/>
   </bookViews>
   <sheets>
     <sheet name="NOTE" sheetId="231" r:id="rId1"/>
     <sheet name="ANDOVER" sheetId="1" r:id="rId2"/>
     <sheet name="ANSON" sheetId="7" r:id="rId3"/>
     <sheet name="ATHENS" sheetId="8" r:id="rId4"/>
     <sheet name="AUGUSTA K5" sheetId="9" r:id="rId5"/>
     <sheet name="BALDWIN" sheetId="10" r:id="rId6"/>
     <sheet name="BANGOR HYDRO" sheetId="11" r:id="rId7"/>
     <sheet name="BAR MILLS" sheetId="12" r:id="rId8"/>
     <sheet name="BASSETT" sheetId="13" r:id="rId9"/>
     <sheet name="BATH 34" sheetId="14" r:id="rId10"/>
     <sheet name="BATH NORTH END" sheetId="15" r:id="rId11"/>
     <sheet name="BELFAST 115" sheetId="16" r:id="rId12"/>
     <sheet name="BELFAST WEST SIDE" sheetId="17" r:id="rId13"/>
     <sheet name="BERWICK" sheetId="18" r:id="rId14"/>
     <sheet name="BETHEL" sheetId="19" r:id="rId15"/>
     <sheet name="BIDDEFORD INDUSTRIAL PARK" sheetId="20" r:id="rId16"/>
     <sheet name="BIDDEFORD PUMP" sheetId="21" r:id="rId17"/>
     <sheet name="BIGELOW" sheetId="22" r:id="rId18"/>
     <sheet name="BISHOP STREET" sheetId="23" r:id="rId19"/>
     <sheet name="BLAIR ROAD" sheetId="24" r:id="rId20"/>
     <sheet name="BOLT HILL" sheetId="25" r:id="rId21"/>
     <sheet name="BOND BROOK" sheetId="26" r:id="rId22"/>
     <sheet name="BONNY EAGLE" sheetId="27" r:id="rId23"/>
@@ -447,51 +448,51 @@
     <sheet name="WYMAN HYDRO" sheetId="199" r:id="rId204"/>
     <sheet name="YORK BEACH" sheetId="200" r:id="rId205"/>
     <sheet name="YORK HARBOR" sheetId="201" r:id="rId206"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1146" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1143" uniqueCount="142">
   <si>
     <t>Please Note: This Cost Sharing Sheet is up to date as of 10/31/2025. This data is subject to change due to  many variables including but not limited to withdrawals, Fully Executed IA's, and level 2 projects that inject aggregated generation ahead of level 4 projects.</t>
   </si>
   <si>
     <t xml:space="preserve">Triggering Project </t>
   </si>
   <si>
     <t>Circuit</t>
   </si>
   <si>
     <t>Upgrade</t>
   </si>
   <si>
     <t>Cost Sharing PRJ(S)</t>
   </si>
   <si>
     <t>801D1</t>
   </si>
   <si>
     <t>Line Upgrade</t>
   </si>
   <si>
     <t>827D2</t>
   </si>
   <si>
@@ -503,98 +504,98 @@
   <si>
     <t>200D1</t>
   </si>
   <si>
     <t>120D1</t>
   </si>
   <si>
     <t>678D1</t>
   </si>
   <si>
     <t>602D3</t>
   </si>
   <si>
     <t>602D2</t>
   </si>
   <si>
     <t>206D1</t>
   </si>
   <si>
     <t>874D1</t>
   </si>
   <si>
     <t>Line uprade</t>
   </si>
   <si>
-    <t>Substation transfomer bank</t>
-[...4 lines deleted...]
-  <si>
     <t>803D5</t>
   </si>
   <si>
     <t>603D2</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>605D2</t>
   </si>
   <si>
     <t>TGFOV</t>
   </si>
   <si>
     <t>88D2</t>
   </si>
   <si>
     <t>208D1</t>
   </si>
   <si>
     <t>263D1</t>
   </si>
   <si>
     <t>406D2</t>
   </si>
   <si>
     <t>210D2</t>
   </si>
   <si>
     <t>805D1</t>
   </si>
   <si>
     <t>211D2</t>
   </si>
   <si>
     <t>806D2</t>
   </si>
   <si>
+    <t>908;917</t>
+  </si>
+  <si>
     <t>Voltage regulator</t>
   </si>
   <si>
+    <t xml:space="preserve">Directional Sensing Capabable Voltage regulators </t>
+  </si>
+  <si>
     <t>612D2</t>
   </si>
   <si>
     <t>215D3</t>
   </si>
   <si>
     <t>463D1</t>
   </si>
   <si>
     <t>810D1</t>
   </si>
   <si>
     <t>Line Recloser</t>
   </si>
   <si>
     <t>216D1</t>
   </si>
   <si>
     <t>811D1</t>
   </si>
   <si>
     <t>873D1</t>
   </si>
   <si>
     <t>411D1</t>
@@ -641,129 +642,123 @@
   <si>
     <t>Line upgrade</t>
   </si>
   <si>
     <t>226D2</t>
   </si>
   <si>
     <t xml:space="preserve">630D4 </t>
   </si>
   <si>
     <t>416D2</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>436D6</t>
   </si>
   <si>
     <t>821D1</t>
   </si>
   <si>
     <t>824D1</t>
   </si>
   <si>
-    <t>420D4</t>
-[...1 lines deleted...]
-  <si>
     <t>695D2</t>
   </si>
   <si>
     <t>451;808</t>
   </si>
   <si>
     <t>DVAR Statcom</t>
   </si>
   <si>
     <t>471D2</t>
   </si>
   <si>
     <t>471D1</t>
   </si>
   <si>
     <t>632D1</t>
   </si>
   <si>
     <t>106;349;885</t>
   </si>
   <si>
     <t>800D1</t>
   </si>
   <si>
-    <t>232D2</t>
-[...1 lines deleted...]
-  <si>
     <t>429D1</t>
   </si>
   <si>
     <t>233D1</t>
   </si>
   <si>
     <t>350;669;805</t>
   </si>
   <si>
     <t>233D2</t>
   </si>
   <si>
     <t>237D1</t>
   </si>
   <si>
     <t>238D1</t>
   </si>
   <si>
     <t>Substation circuit voltage regulator</t>
   </si>
   <si>
     <t>451D8</t>
   </si>
   <si>
     <t>457D1</t>
   </si>
   <si>
     <t>718;817</t>
   </si>
   <si>
     <t>837D1</t>
   </si>
   <si>
     <t>838D2</t>
   </si>
   <si>
     <t>272D4</t>
   </si>
   <si>
     <t>638D2</t>
   </si>
   <si>
     <t>435D3</t>
   </si>
   <si>
     <t>435D1</t>
   </si>
   <si>
-    <t>287;814;895;902</t>
+    <t>287;814;902</t>
   </si>
   <si>
     <t>839D1</t>
   </si>
   <si>
     <t>437D1</t>
   </si>
   <si>
     <t>3;146;445;699</t>
   </si>
   <si>
     <t>841D1</t>
   </si>
   <si>
     <t>661D2</t>
   </si>
   <si>
     <t>206;801</t>
   </si>
   <si>
     <t>661D1</t>
   </si>
   <si>
     <t>Voltage Regulator</t>
   </si>
@@ -2130,51 +2125,53 @@
 
 <file path=xl/worksheets/_rels/sheet95.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings92.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet96.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings93.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet97.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings94.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet98.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings95.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet99.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings96.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D45665E0-6DCE-4113-96C3-2E6FC218908E}">
   <dimension ref="A1:Y1"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="D16" sqref="D16"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="119" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" ht="138.75" customHeight="1">
       <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="10"/>
       <c r="C1" s="10"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="10"/>
       <c r="H1" s="10"/>
       <c r="I1" s="10"/>
       <c r="J1" s="10"/>
       <c r="K1" s="10"/>
       <c r="L1" s="10"/>
       <c r="M1" s="10"/>
       <c r="N1" s="10"/>
       <c r="O1" s="10"/>
       <c r="P1" s="10"/>
@@ -2303,51 +2300,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>365</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{DC3FB835-EC47-49E7-B47C-23C374A4664C}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet102.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3EA689D2-1B2F-42A0-9D70-DCBF113EDB26}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="K24" sqref="K24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -2522,87 +2519,87 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>95</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>95</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>669</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5">
         <v>805</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{1078332E-79A6-4D79-8695-A46802A8BB6D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet107.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BBB5E7CB-0945-4DB1-8881-4F0F028B719C}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="F15" sqref="F15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -2700,51 +2697,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>733</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5">
         <v>821</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C9" xr:uid="{9CE12D5F-76F2-4B0A-8540-2DDB3ECC4460}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8FF685DA-1571-4DCE-8FB7-6E806B04A8BE}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="I29" sqref="I29"/>
@@ -2882,191 +2879,191 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>189</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5">
         <v>608</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>608</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{236AEFB7-9EA9-40FF-80D1-7E4B33435776}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet113.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CCAD80F4-E214-4FD5-A1E1-772E1FE06F74}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D2" sqref="D2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>800</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{EBFC2149-D54F-4AEC-942C-3A6CD831F26E}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet114.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{16F1679E-A96B-48A7-8ACE-53CDC55FB48E}">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="I27" sqref="I27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>89</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>135</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="6" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C8" xr:uid="{83F44ECD-DBAC-45C4-997D-4914CA20FFE7}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet115.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6CE6D65E-E180-4850-8395-05C4B4511B7A}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="I18" sqref="I18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -3243,110 +3240,88 @@
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C5" xr:uid="{7EA2E862-D154-4CCF-A856-DDFEE1E67502}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{40D03D37-CDB9-4B03-A121-B5A8E99282F7}">
-  <dimension ref="A1:D4"/>
-[...2 lines deleted...]
-      <selection activeCell="B7" sqref="B7"/>
+  <dimension ref="A1:D2"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="C16" sqref="C16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>355</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>17</v>
-      </c>
-[...20 lines deleted...]
-        <v>19</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{00523066-CFA3-4F7B-A5B4-797F27E46ABF}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet120.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E839CC4F-92D5-4753-9527-2B98B3F3E007}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D32" sqref="D32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
@@ -3392,63 +3367,63 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>22</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>22</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C5" xr:uid="{88F66D0A-8DE8-4570-8BA3-12204A04ECAE}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet122.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FBAF57C6-B174-45D1-BB10-B2EA264A949D}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
@@ -3458,54 +3433,54 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="13">
         <v>332</v>
       </c>
       <c r="B2" s="13" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{17FA70F8-4666-4B7F-B3A1-DB159ECC28FF}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet123.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{240B2A4F-1D6F-4A16-94E0-6C2161B46BB6}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="N17" sqref="N17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
@@ -3552,105 +3527,105 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>769</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{90D64A5C-DE92-4374-9F67-D1E23379AD7F}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet125.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76925242-B8B5-4387-A8C0-DA2ABFCD51DB}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D18" sqref="D18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>341</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{540F2EA3-A9BA-4BC5-B435-8AE0301B8718}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet126.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC8C1271-D896-4491-8B08-10E967DFBE0D}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D11" sqref="D11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -3670,99 +3645,99 @@
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C5" xr:uid="{4597F4D2-F68C-4A87-BE6F-60506489BEE9}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet127.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{68A205B0-C8FC-4CC5-BF7B-027742B8E99B}">
   <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C26" sqref="C26"/>
+      <selection activeCell="J26" sqref="J26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.5703125" customWidth="1"/>
     <col min="3" max="3" width="29.140625" customWidth="1"/>
     <col min="4" max="4" width="36.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>170</v>
       </c>
       <c r="B2" s="12" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>170</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="5"/>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="5"/>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{80C44C65-5615-478B-A738-89D01CD776C3}">
@@ -3788,76 +3763,76 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>48</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>265</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="5">
         <v>698</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>265</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C7" xr:uid="{0DA8A31D-2889-45DA-BA37-0D671AA6192A}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet129.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{69A35F24-58E4-471D-BF3E-5AAAB28F310E}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B19" sqref="B19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -3907,51 +3882,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>175</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5">
         <v>803</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C9" xr:uid="{1D3DA2FD-AC18-4296-925C-8301BAAAEE3F}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet130.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD72FC12-4327-48C8-BC07-D00AB4F19777}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B19" sqref="B19"/>
@@ -4003,65 +3978,65 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>2</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>445</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="5"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{29BDF477-6C7E-4A18-B93F-0798A2560989}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet132.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FA2EF859-0E6A-4BA8-811C-C12AECC91FE5}">
   <dimension ref="A1:D1"/>
   <sheetViews>
@@ -4282,51 +4257,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>264</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{0FD1A399-D27C-4018-B488-108F911045B0}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet138.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4D6D6A75-FDCE-4D71-8CEA-3F53343B847B}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D15" sqref="D15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -4419,213 +4394,213 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>372</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{30C58682-0FA6-4ABF-8D4C-8A0150177A01}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet140.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5DBF41F9-F766-41B6-A941-677BFB30B1F8}">
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>19</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>206</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="5">
         <v>801</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>801</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="5"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5">
         <v>801</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{31F69FF1-4ED7-4458-B818-9ECC747E736F}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet141.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4B184885-1BAD-4403-808C-6E73B0BAAE58}">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="G28" sqref="G28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="4">
         <v>620</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="4">
         <v>620</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C3" s="4" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{000308C1-B17E-4C8C-9919-AAFF0AEE4237}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet142.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C80458B0-A703-4FFA-A795-17B1F07626CA}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C25" sqref="C25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="4" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="4" customWidth="1"/>
@@ -4753,62 +4728,62 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>305</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>305</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C5" xr:uid="{94660E99-925B-4BA9-8417-08742124A70D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet145.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{90B84A69-9C7E-4F67-9E45-6FAD6DF954D0}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="F18" sqref="F18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -4817,54 +4792,54 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>560</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{E0B34E07-8138-4FCE-A0D7-87B8B5286819}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet146.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{16EECFE5-8166-49F4-B658-4A5AEE260B22}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D13" sqref="D13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -4953,54 +4928,54 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>413</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D2" s="5">
         <v>829</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{58FB2D7F-055A-4A21-9A0E-C8EB06A6B757}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet149.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{05B6F044-2A52-4C36-B1DD-ADB808793BDD}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -5009,51 +4984,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>812</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{A003C967-5127-4824-8433-FAD7A8186360}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A374F54D-52BD-47AF-9542-096AF3E5AF2C}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="J27" sqref="J27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -5146,51 +5121,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>707</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C5" xr:uid="{F59DA158-BD00-4053-BF86-01FCB965518E}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet152.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CD143E2C-C7EC-44DA-A6AF-6A46A1400912}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="K14" sqref="K14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -5241,62 +5216,62 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>519</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>519</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{AAAD92B0-8F84-4228-B5E5-EF5869FB9EF7}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet154.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F0EE31D7-DECB-468D-A600-F94F2A7442CB}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -5387,57 +5362,57 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>11</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{1714D6D7-03E1-4099-A4FE-274E2B0CCD1F}">
       <formula1>#REF!</formula1>
     </dataValidation>
@@ -5502,51 +5477,51 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>40</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{AFCCF87C-F942-48A6-9F34-30D1A2874C08}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet159.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EF9177FD-EE24-41B1-BC1C-9AD096433F63}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
@@ -5556,51 +5531,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>203</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5">
         <v>768</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C5" xr:uid="{8F150AC5-ECB8-4D3D-AC07-9D697F99FBE1}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FD62226B-1EB7-428C-9361-BB3ACB1C5B5D}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D8" sqref="D8"/>
@@ -5612,54 +5587,54 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>37</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D2" s="5">
         <v>524</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{1FE6091B-1696-44A9-BB06-3A7604459BE7}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet160.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BA62A536-DC22-42C4-93CB-46F4608EE584}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -5710,51 +5685,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>746</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{407D7D6D-AB72-4D44-8667-CC07E175751D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet162.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{331D9F4B-A47D-43D6-A217-D8CA5A2B8301}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="L22" sqref="L22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -5763,51 +5738,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>53</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5">
         <v>927</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{097DDD05-F5F6-4CAE-ADCD-E985D1D92158}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet163.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{241BC9F8-B5DD-4724-A905-3D6E21482F74}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="P21" sqref="P21"/>
@@ -5819,51 +5794,51 @@
     <col min="2" max="2" width="10.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="4" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="4" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="4">
         <v>603</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C10" xr:uid="{472D7C48-25F2-4E20-A100-A91034A6DDAA}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet164.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E47BBB68-5CF6-44DD-93C0-A9B8FFB5207B}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="E18" sqref="E18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -5872,54 +5847,54 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>353</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D2" s="5">
         <v>813</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{BF8857DE-5D95-4436-9386-E166F4E4E9F6}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet165.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E9425B62-E04C-4417-8D88-25B77C37358B}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C12" sqref="C12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -5928,57 +5903,57 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>229</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{5A43233D-F9FF-4993-B52B-1A9D534593F1}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet166.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C8FF1031-6E49-4837-91CD-968E7EE3BE74}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C16" sqref="C16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -6026,132 +6001,132 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>184</v>
       </c>
       <c r="B2" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="D2" s="5" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>185</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="5">
         <v>741</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>741</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{AA547011-8644-46B2-8105-671A1E39FA69}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet168.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{43856333-92D2-4D0E-99A5-6E1D768CCE60}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D28" sqref="D28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>657</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{B26E3F2C-808A-4263-9CAD-5385E8A6A838}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet169.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AAD6AA44-4666-48B2-A973-7E08DA5E1383}">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="E9" sqref="E9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -6160,76 +6135,76 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>124</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5">
         <v>745</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>725</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>745</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{EAF37F22-A184-4EF6-9D7E-6310E84CA85C}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{71F1D3E4-EB99-424C-898B-FFEB5A30BC85}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -6238,54 +6213,54 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>37</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D2" s="5">
         <v>524</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{2F8F2C53-2380-41D9-BBB2-F616EFDE22C6}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet170.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7008ED02-3AD9-4165-96AC-AD7FC1474A00}">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -6293,51 +6268,51 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>18</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{EF2B82A6-D7AB-4EB9-96F4-771C1572E147}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
@@ -6356,65 +6331,65 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>254</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5">
         <v>360</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>360</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C10" xr:uid="{93DDADB9-E4CB-4474-BD4B-886903A09D95}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet172.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CE13F381-4DBD-4BAB-879B-CCCAE7C6AD97}">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
@@ -6424,62 +6399,62 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>176</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>217</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{B0FEB67A-E7D8-410E-A600-E0F385A9C5B7}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet173.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B5A2FF9A-7945-4718-BE5E-9D88A2F3C1A4}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="H29" sqref="H29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -6571,51 +6546,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>66</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1 C3:C11" xr:uid="{4E1C15C9-2FEB-4434-978A-559F139D9D1B}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet176.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{40E2DA3C-2DF4-4CD2-A7F0-45FF01FF76E5}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:D2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -6711,112 +6686,112 @@
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>872</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>872</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{83E145D6-BB2B-4888-9757-27A37A528816}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet179.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7B3A20D1-D400-480A-AA1B-6684777D8B8F}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="A3" sqref="A3:XFD3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>175</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{080D6C4A-C09B-4BBF-BC16-3BACFF7A9897}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{79BC5D12-953D-4EB2-8C02-AA4CF884F668}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D19" sqref="D19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -6824,51 +6799,51 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>770</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{5BE69DC4-9943-4D3F-B418-4887613E0A7C}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet180.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C8876597-243E-4B07-B3DA-AE6E7FBBE565}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C19" sqref="C19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -6961,54 +6936,54 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>849</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{B0F3DC14-15FD-4791-A1A1-A3CCB820E137}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet183.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0068C14D-2F5A-40DC-B749-0F6A663162BE}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D8" sqref="D8:D9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -7139,65 +7114,65 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>181</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6">
         <v>201205</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>181</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="6">
         <v>205</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="5"/>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
@@ -7263,79 +7238,79 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>270</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>270</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="5">
         <v>731</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>731</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C4" xr:uid="{6B08D5E9-B3DC-456B-9EF1-5AF095F886F1}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet188.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C7E7EB3C-9FEC-451D-84B3-7B575963DCDB}">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D15" sqref="D15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -7344,76 +7319,76 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>122</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5">
         <v>191</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>191</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>191</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C9" xr:uid="{47BD6944-4E3A-43A9-991A-29131AC2C4FC}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet189.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1A39308B-5FB0-4220-86C2-D61C5DE812F0}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="J25" sqref="J25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -7547,62 +7522,62 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>297</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>321</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="5">
         <v>342</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C7" xr:uid="{A9840CEE-3646-4615-9AEE-DD64ADE2FA08}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet192.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0CD6360B-0492-4246-B0AE-6FF2DF1D3C37}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B9" sqref="B9"/>
@@ -7653,101 +7628,101 @@
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="D2" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{B342A29D-9C24-4263-9E16-C36699B4D1A5}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet194.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4C0EEA28-F51A-42AA-98D2-47E87116A1C0}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D11" sqref="D11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>476</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C5" xr:uid="{A6D59531-64F7-4970-9606-9ADA4C0C675E}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet195.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E28311E1-F43C-490E-AFE0-5F785EDCD789}">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C25" sqref="C25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -7756,62 +7731,62 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>437</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>437</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C7" xr:uid="{0E1635CF-8373-4D75-AB52-CEF1DF90270D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet196.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0F6EC1CB-8221-4496-900A-999D60746D74}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="M21" sqref="M21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -7860,65 +7835,65 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>227</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>56</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>751</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>56</v>
       </c>
       <c r="D3" s="5"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{09BE145C-8197-4F69-9017-0981D0A40D28}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -8147,76 +8122,76 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>61</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>116</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="5">
         <v>653</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>116</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{DEFD0BC9-154C-40E9-B528-340529259BE5}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet202.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC91F392-9D2D-431F-B47F-8F26B9B966B5}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -8267,51 +8242,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>290</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{8B751434-BDBE-45B0-98CF-B0BBAD9672A6}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet204.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{94C190F5-5598-4B53-B618-0A2E8AD70124}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -8486,51 +8461,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="13">
         <v>388</v>
       </c>
       <c r="B2" s="13" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{2A444DF3-9196-4A62-85E9-784599515FCD}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1166058E-01E9-4534-A0B1-C8DFA269607A}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="F8" sqref="F8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -8622,51 +8597,51 @@
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>377</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{313A5153-82EE-4E01-96C2-FFAC8BC8911D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D58DAE9A-F269-470B-8B6A-374410D16C9E}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="E5" sqref="E5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -8716,62 +8691,62 @@
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>888</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>888</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{7958E872-8AE3-4393-A3E0-FAF2A83A7767}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{30AFF983-EF7D-400E-AF5C-B267C7A75C58}">
   <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="L27" sqref="L27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -8779,51 +8754,51 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>491</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6">
         <v>511</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="C15" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C4" xr:uid="{7A83E706-69FB-482C-A639-14B4B58F675D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F9ECF34A-76C0-4DDE-91FC-190094A1503A}">
   <dimension ref="A1:D3"/>
@@ -8838,62 +8813,62 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>415</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>415</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{67368B0B-878E-4261-A8A6-3C145C07B455}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F25891BE-2A68-4642-8175-832D87F9B46D}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="J25" sqref="J25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -8954,62 +8929,62 @@
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>209</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>209</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="5">
         <v>493</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C8" xr:uid="{C0ECDCD3-2580-444B-A5E3-FB32AB42FDED}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3BA0B798-6E24-47E9-A83A-7759A604B122}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="J28" sqref="J28"/>
@@ -9111,837 +9086,858 @@
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{232B63CE-C108-4BF3-A64D-E0C1CE3C7787}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2AC88406-5B8F-4FF6-B461-4E7E581BC0A0}">
-  <dimension ref="A1:D3"/>
-[...2 lines deleted...]
-      <selection activeCell="D13" sqref="D13"/>
+  <dimension ref="A1:D5"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="G29" sqref="G29"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="48.42578125" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4">
+      <c r="A2" s="5">
+        <v>702</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2" s="5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" s="5">
+        <v>908</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" s="5">
+        <v>917</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="5">
+        <v>917</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+  </sheetData>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{1918AF3B-0AEF-4478-BA91-58A7319ED38C}">
+      <formula1>#REF!</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{10846221-959D-48D6-A8C9-EAC7AE08E9A1}">
+  <dimension ref="A1:D1"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="D18" sqref="D18"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
+    <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="5"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+  </sheetData>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{4B42AC90-B898-4A34-A193-D2D41D16951E}">
+      <formula1>#REF!</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet36.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3A584516-1127-42DC-8003-37F4E1E64798}">
+  <dimension ref="A1:D2"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="C18" sqref="C18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
-        <v>702</v>
+        <v>172</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="D2" s="5">
-[...27 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{10846221-959D-48D6-A8C9-EAC7AE08E9A1}">
+      <c r="D2" s="5"/>
+    </row>
+  </sheetData>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{01C1A25A-0CE4-4460-95D1-07E2897032EA}">
+      <formula1>#REF!</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet37.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B91DDCD5-950E-4CFA-A84E-6557E25C9D2D}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="D18" sqref="D18"/>
-[...41 lines deleted...]
-      <selection activeCell="C18" sqref="C18"/>
+      <selection activeCell="B19" sqref="B19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:4">
-[...23 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B91DDCD5-950E-4CFA-A84E-6557E25C9D2D}">
+  </sheetData>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{3378A73D-96D4-4CA1-8870-B31142201551}">
+      <formula1>#REF!</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet38.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D114D954-8373-4FF3-8920-4BCDE1DD2D81}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B19" sqref="B19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{3378A73D-96D4-4CA1-8870-B31142201551}">
-[...9 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D114D954-8373-4FF3-8920-4BCDE1DD2D81}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{D8A7AF6F-6F67-43CE-BBC3-77D494B38F94}">
+      <formula1>#REF!</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet39.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CD46E17C-B150-490F-87B1-A1D09DA8C624}">
+  <dimension ref="A1:D2"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="D2" sqref="D2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
+    <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="5"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4">
+      <c r="A2" s="5">
+        <v>392</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>8</v>
+      </c>
+    </row>
+  </sheetData>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C8" xr:uid="{753FCBE7-29FF-45C7-B755-8A693D842905}">
+      <formula1>#REF!</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0D355E61-1CC5-48ED-8300-FC6B9F57EF46}">
+  <dimension ref="A1:D3"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="H15" sqref="H15"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
+    <col min="4" max="4" width="22" style="5" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="5"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4">
+      <c r="A2" s="5">
+        <v>207</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="D2" s="6" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" s="5">
+        <v>282</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+  </sheetData>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C7" xr:uid="{36D3BB5C-8D17-45AC-A538-1B7317844273}">
+      <formula1>#REF!</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet40.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{23FFC089-38A5-4F46-B4DE-5A9A16332DC1}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="B19" sqref="B19"/>
+      <selection activeCell="D30" sqref="D30"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
+    <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="5"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+  </sheetData>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{DDBBC684-22D6-48E3-AD03-398B03AE63E4}">
+      <formula1>#REF!</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet41.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8BF841F9-D732-450E-9071-31EB1764F272}">
+  <dimension ref="A1:D2"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="D9" sqref="D9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-  </sheetData>
-[...15 lines deleted...]
-      <selection activeCell="D2" sqref="D2"/>
+    <row r="2" spans="1:4">
+      <c r="A2" s="5">
+        <v>63</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2" s="5"/>
+    </row>
+  </sheetData>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{BA3E77BF-A0B4-477E-A5DF-DEC6291EF85D}">
+      <formula1>#REF!</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet42.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9DFB50C8-86EF-4430-9D91-1BC43B5BB4FE}">
+  <dimension ref="A1:D1"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:4">
-[...89 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{23FFC089-38A5-4F46-B4DE-5A9A16332DC1}">
+  </sheetData>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C9" xr:uid="{5CFFB359-CCD0-4D7D-930F-3240111A04A3}">
+      <formula1>#REF!</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet43.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6590DC8C-878A-4557-8408-9EDFBBD053B4}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="D30" sqref="D30"/>
-[...41 lines deleted...]
-      <selection activeCell="D9" sqref="D9"/>
+      <selection activeCell="B19" sqref="B19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:4">
-[...69 lines deleted...]
-      <selection activeCell="B19" sqref="B19"/>
+  </sheetData>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{57E5B743-8134-45FE-9C2F-087D4E2E0F29}">
+      <formula1>#REF!</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet44.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AEF24684-3A2F-41D4-BD59-6701895EAADF}">
+  <dimension ref="A1:D4"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="D9" sqref="D9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-  </sheetData>
-[...15 lines deleted...]
-      <selection activeCell="D9" sqref="D9"/>
+    <row r="2" spans="1:4">
+      <c r="A2" s="5">
+        <v>219</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="D2" s="5">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" s="5">
+        <v>219</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D3" s="5"/>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" s="5">
+        <v>901</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" s="5"/>
+    </row>
+  </sheetData>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{17B37D9F-627B-476F-B87C-AA8845F42C33}">
+      <formula1>#REF!</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet45.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FFC35873-6470-47AB-AF80-B500D3B797BE}">
+  <dimension ref="A1:D2"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="D10" sqref="D10"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
+    <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="5"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4">
+      <c r="A2" s="5">
+        <v>479</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>8</v>
+      </c>
+    </row>
+  </sheetData>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C10" xr:uid="{0B72B308-9155-4BE1-8B53-5891EE5C351B}">
+      <formula1>#REF!</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet46.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{14B60666-697E-4D18-830E-8221CB0A5779}">
+  <dimension ref="A1:D1"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
+    <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="5"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+  </sheetData>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C3:C6 C1" xr:uid="{4C3B6701-6B9E-469C-B77F-B7143B97000C}">
+      <formula1>#REF!</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet47.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{39633270-9632-4D3B-8610-00552B859CB8}">
+  <dimension ref="A1:D1"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="D19" sqref="D19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:4">
-[...102 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{14B60666-697E-4D18-830E-8221CB0A5779}">
+  </sheetData>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{10E69066-22DD-4F55-9676-3DE6B05BB8D5}">
+      <formula1>#REF!</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet48.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DFE78018-F2B8-43A3-9BC5-3B75CA69C7E8}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
-[...41 lines deleted...]
-      <selection activeCell="D19" sqref="D19"/>
+      <selection activeCell="D9" sqref="D9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{10E69066-22DD-4F55-9676-3DE6B05BB8D5}">
-[...39 lines deleted...]
-  <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{83C7E243-FEA0-4DEE-AF12-D3F8595F5325}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet49.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{74787754-EC6F-4A82-8DD1-2747D6890342}">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="L16" sqref="L16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="9" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
   </cols>
   <sheetData>
@@ -10210,51 +10206,51 @@
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="13">
         <v>806</v>
       </c>
       <c r="B2" s="13" t="s">
         <v>43</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{01071C5C-69CE-438B-9FF7-33055EB95E41}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet54.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F0AE3D27-CDC4-4E91-84CD-554F5877C8B4}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C13" sqref="C13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -10459,51 +10455,51 @@
     <col min="4" max="4" width="26.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>924</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>45</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D2" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{965D027D-CF2B-47C2-A753-362EC917E360}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet59.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF08ACBD-3C55-4AE4-9B5E-A18085163BEB}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="I17" sqref="I17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -10773,51 +10769,51 @@
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>796</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>47</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D2" s="5">
         <v>798</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>798</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>47</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>866</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>48</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>6</v>
@@ -12105,88 +12101,77 @@
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{D9B9C832-004B-48D3-ACAA-91C98F52974B}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet87.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B9774DC-9BDA-475F-BFAB-2D57DA3327A0}">
-  <dimension ref="A1:D2"/>
-[...2 lines deleted...]
-      <selection activeCell="C7" sqref="C7"/>
+  <dimension ref="A1:D1"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
-      </c>
-[...9 lines deleted...]
-        <v>24</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{0373CA7A-EEAF-462F-8C06-5BF858AEB194}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet88.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9C27A248-54F2-4C78-A2DE-E0080B4A2B9E}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D21" sqref="D21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
@@ -12242,52 +12227,52 @@
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{0C27EDB5-93C3-46CB-8539-E06D3D38249E}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1BAE6E69-11E0-4DC1-A2EF-1D0C6DEB792C}">
   <dimension ref="A1:D4"/>
   <sheetViews>
-    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="D10" sqref="D10"/>
+    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="D9" sqref="D9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
@@ -12300,50 +12285,53 @@
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>330</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>588</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>6</v>
+      </c>
+      <c r="D4" s="5">
+        <v>937</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{E2407DE0-F42E-471F-B215-47F81802E90D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet90.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E9E1D6A0-DDBB-46A2-887D-E621BBD392DE}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -12473,68 +12461,68 @@
     <col min="2" max="2" width="10.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="4" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="4" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="4">
         <v>414</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="4">
         <v>414</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C3" s="4" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D3" s="4">
         <v>451</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{71A79A4F-FCF5-4A76-A683-73F9120501FC}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet94.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D3AC80E1-E292-49A4-90EB-1B9ACC3A8A1A}">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C13" sqref="C13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -12543,76 +12531,76 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>68</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>152</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>200</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D4" s="5">
         <v>587</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{580010E2-D1A3-46E1-94F2-7E346E03161F}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet95.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{61FBFA41-3217-4BCE-92B4-153565FF62E1}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="G22" sqref="G22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -12663,65 +12651,65 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>101</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>349</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{6D1B6B27-D75E-41D4-A3D1-63A432FB2DDB}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet97.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18FDD975-EB61-4353-BC46-90F07F3DCE6F}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D8" sqref="D8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -12729,51 +12717,51 @@
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>416</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C27" xr:uid="{6B9D1C51-EE95-4818-8263-6EA8FDDC66C2}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet98.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{19069219-D4C0-4217-9105-9C2D771ACF4A}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="F13" sqref="F13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -12790,116 +12778,105 @@
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C7" xr:uid="{3A4ED2D7-7745-4F5B-8FF6-7454D6922F2C}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet99.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{50BA8AD9-6251-49FA-8248-123DF121EE43}">
-  <dimension ref="A1:D2"/>
-[...2 lines deleted...]
-      <selection activeCell="C25" sqref="C25"/>
+  <dimension ref="A1:D1"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:4">
-[...9 lines deleted...]
-    </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{87721766-20F1-4D5D-90AC-24EAFFD993EE}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100A05AFF6C3A27C945B81A5CD357C78DA9" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="52eae65260d31d7ce5249acf6dc11d79">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2608e603-b7b7-4422-a7af-3d4eadafd8a5" xmlns:ns3="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="820885a3ff7b39bb192c4bf59b42a099" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100A05AFF6C3A27C945B81A5CD357C78DA9" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="c4b3ac7c61f7526a394f71043ee56719">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2608e603-b7b7-4422-a7af-3d4eadafd8a5" xmlns:ns3="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="969326c8e5d9f41372cc8796625f384d" ns2:_="" ns3:_="">
     <xsd:import namespace="2608e603-b7b7-4422-a7af-3d4eadafd8a5"/>
     <xsd:import namespace="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -13123,59 +13100,65 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2608e603-b7b7-4422-a7af-3d4eadafd8a5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9DDDFA4-1190-48DF-8E8A-0246AFBBE9BC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62319325-1536-480D-84DB-9EF87BA310BE}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62C76EB2-0543-4395-9D5D-13ECB99AB4F9}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FC6051F-6D03-41BD-AD84-04892A2672B2}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0A4ED22-008A-4CB4-AE75-9C18FA54B1CA}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{632FD088-CDE6-4403-99C2-25395C715483}"/>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{624b1752-a977-4927-b9e6-e48a43684aee}" enabled="1" method="Privileged" siteId="{031a09bc-a2bf-44df-888e-4e09355b7a24}" contentBits="0" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company>IBERDROLA S.A.</Company>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>JACKSON, JOHN</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>