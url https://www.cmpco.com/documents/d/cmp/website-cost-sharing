--- v1 (2025-11-23)
+++ v2 (2025-12-13)
@@ -208,60 +208,60 @@
   <Override PartName="/xl/worksheets/sheet198.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet199.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet200.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet201.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet202.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet203.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet204.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet205.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet206.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29512"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29602"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\E894869\Desktop\Reporting\website cost sharing\Website Cost Sharing Sheets\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\U351524\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{BDD0A830-17BB-4A1A-9E14-76AC26A4729A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4B89A2EB-1038-468B-83FE-547A86ED0C00}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-19425" yWindow="-16320" windowWidth="29040" windowHeight="15720" firstSheet="8" activeTab="8" xr2:uid="{8F798893-6E81-43E9-955E-205961F3B4C0}"/>
+    <workbookView xWindow="28680" yWindow="-2865" windowWidth="29040" windowHeight="15720" xr2:uid="{8F798893-6E81-43E9-955E-205961F3B4C0}"/>
   </bookViews>
   <sheets>
     <sheet name="NOTE" sheetId="231" r:id="rId1"/>
     <sheet name="ANDOVER" sheetId="1" r:id="rId2"/>
     <sheet name="ANSON" sheetId="7" r:id="rId3"/>
     <sheet name="ATHENS" sheetId="8" r:id="rId4"/>
     <sheet name="AUGUSTA K5" sheetId="9" r:id="rId5"/>
     <sheet name="BALDWIN" sheetId="10" r:id="rId6"/>
     <sheet name="BANGOR HYDRO" sheetId="11" r:id="rId7"/>
     <sheet name="BAR MILLS" sheetId="12" r:id="rId8"/>
     <sheet name="BASSETT" sheetId="13" r:id="rId9"/>
     <sheet name="BATH 34" sheetId="14" r:id="rId10"/>
     <sheet name="BATH NORTH END" sheetId="15" r:id="rId11"/>
     <sheet name="BELFAST 115" sheetId="16" r:id="rId12"/>
     <sheet name="BELFAST WEST SIDE" sheetId="17" r:id="rId13"/>
     <sheet name="BERWICK" sheetId="18" r:id="rId14"/>
     <sheet name="BETHEL" sheetId="19" r:id="rId15"/>
     <sheet name="BIDDEFORD INDUSTRIAL PARK" sheetId="20" r:id="rId16"/>
     <sheet name="BIDDEFORD PUMP" sheetId="21" r:id="rId17"/>
     <sheet name="BIGELOW" sheetId="22" r:id="rId18"/>
     <sheet name="BISHOP STREET" sheetId="23" r:id="rId19"/>
     <sheet name="BLAIR ROAD" sheetId="24" r:id="rId20"/>
     <sheet name="BOLT HILL" sheetId="25" r:id="rId21"/>
     <sheet name="BOND BROOK" sheetId="26" r:id="rId22"/>
     <sheet name="BONNY EAGLE" sheetId="27" r:id="rId23"/>
@@ -448,160 +448,145 @@
     <sheet name="WYMAN HYDRO" sheetId="199" r:id="rId204"/>
     <sheet name="YORK BEACH" sheetId="200" r:id="rId205"/>
     <sheet name="YORK HARBOR" sheetId="201" r:id="rId206"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1143" uniqueCount="142">
-[...1 lines deleted...]
-    <t>Please Note: This Cost Sharing Sheet is up to date as of 10/31/2025. This data is subject to change due to  many variables including but not limited to withdrawals, Fully Executed IA's, and level 2 projects that inject aggregated generation ahead of level 4 projects.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1126" uniqueCount="134">
+  <si>
+    <t>Please Note: This Cost Sharing Sheet is up to date as of 12/12/2025. This data is subject to change due to  many variables including but not limited to withdrawals, Fully Executed IA's, and level 2 projects that inject aggregated generation ahead of level 4 projects.</t>
   </si>
   <si>
     <t xml:space="preserve">Triggering Project </t>
   </si>
   <si>
     <t>Circuit</t>
   </si>
   <si>
     <t>Upgrade</t>
   </si>
   <si>
     <t>Cost Sharing PRJ(S)</t>
   </si>
   <si>
     <t>801D1</t>
   </si>
   <si>
     <t>Line Upgrade</t>
   </si>
   <si>
     <t>827D2</t>
   </si>
   <si>
     <t>T-GFOV</t>
   </si>
   <si>
     <t>282;409</t>
   </si>
   <si>
     <t>200D1</t>
   </si>
   <si>
     <t>120D1</t>
   </si>
   <si>
     <t>678D1</t>
   </si>
   <si>
     <t>602D3</t>
   </si>
   <si>
-    <t>602D2</t>
-[...1 lines deleted...]
-  <si>
     <t>206D1</t>
   </si>
   <si>
     <t>874D1</t>
   </si>
   <si>
     <t>Line uprade</t>
   </si>
   <si>
     <t>803D5</t>
   </si>
   <si>
     <t>603D2</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>605D2</t>
   </si>
   <si>
     <t>TGFOV</t>
   </si>
   <si>
     <t>88D2</t>
   </si>
   <si>
     <t>208D1</t>
   </si>
   <si>
     <t>263D1</t>
   </si>
   <si>
-    <t>406D2</t>
-[...1 lines deleted...]
-  <si>
     <t>210D2</t>
   </si>
   <si>
     <t>805D1</t>
   </si>
   <si>
     <t>211D2</t>
   </si>
   <si>
-    <t>806D2</t>
-[...10 lines deleted...]
-  <si>
     <t>612D2</t>
   </si>
   <si>
     <t>215D3</t>
   </si>
   <si>
+    <t>808D3</t>
+  </si>
+  <si>
     <t>463D1</t>
   </si>
   <si>
     <t>810D1</t>
   </si>
   <si>
     <t>Line Recloser</t>
   </si>
   <si>
     <t>216D1</t>
   </si>
   <si>
     <t>811D1</t>
   </si>
   <si>
     <t>873D1</t>
   </si>
   <si>
     <t>411D1</t>
   </si>
   <si>
     <t>219D1</t>
   </si>
   <si>
     <t>812D1</t>
@@ -687,53 +672,50 @@
   <si>
     <t>800D1</t>
   </si>
   <si>
     <t>429D1</t>
   </si>
   <si>
     <t>233D1</t>
   </si>
   <si>
     <t>350;669;805</t>
   </si>
   <si>
     <t>233D2</t>
   </si>
   <si>
     <t>237D1</t>
   </si>
   <si>
     <t>238D1</t>
   </si>
   <si>
     <t>Substation circuit voltage regulator</t>
   </si>
   <si>
-    <t>451D8</t>
-[...1 lines deleted...]
-  <si>
     <t>457D1</t>
   </si>
   <si>
     <t>718;817</t>
   </si>
   <si>
     <t>837D1</t>
   </si>
   <si>
     <t>838D2</t>
   </si>
   <si>
     <t>272D4</t>
   </si>
   <si>
     <t>638D2</t>
   </si>
   <si>
     <t>435D3</t>
   </si>
   <si>
     <t>435D1</t>
   </si>
   <si>
     <t>287;814;902</t>
@@ -747,53 +729,50 @@
   <si>
     <t>3;146;445;699</t>
   </si>
   <si>
     <t>841D1</t>
   </si>
   <si>
     <t>661D2</t>
   </si>
   <si>
     <t>206;801</t>
   </si>
   <si>
     <t>661D1</t>
   </si>
   <si>
     <t>Voltage Regulator</t>
   </si>
   <si>
     <t>647D3</t>
   </si>
   <si>
     <t>875D2</t>
   </si>
   <si>
-    <t>445D1</t>
-[...1 lines deleted...]
-  <si>
     <t>240D1</t>
   </si>
   <si>
     <t>650D4</t>
   </si>
   <si>
     <t>447D1</t>
   </si>
   <si>
     <t>450D2</t>
   </si>
   <si>
     <t>656D3</t>
   </si>
   <si>
     <t>328;758</t>
   </si>
   <si>
     <t>693D1</t>
   </si>
   <si>
     <t>850D1</t>
   </si>
   <si>
     <t>852D1</t>
@@ -832,53 +811,50 @@
     <t>244D1</t>
   </si>
   <si>
     <t>244D2</t>
   </si>
   <si>
     <t>667D1</t>
   </si>
   <si>
     <t>855D2</t>
   </si>
   <si>
     <t>668D5</t>
   </si>
   <si>
     <t>858D3</t>
   </si>
   <si>
     <t>Tranformer Bank Upgrade</t>
   </si>
   <si>
     <t>Circuit Regulator Upgrade</t>
   </si>
   <si>
     <t>250D1</t>
-  </si>
-[...1 lines deleted...]
-    <t>454D1</t>
   </si>
   <si>
     <t>860D2</t>
   </si>
   <si>
     <t>861D8</t>
   </si>
   <si>
     <t>281;731</t>
   </si>
   <si>
     <t>252D2</t>
   </si>
   <si>
     <t>671D1</t>
   </si>
   <si>
     <t>671D2</t>
   </si>
   <si>
     <t>865D5</t>
   </si>
   <si>
     <t>674D2</t>
   </si>
@@ -2125,53 +2101,51 @@
 
 <file path=xl/worksheets/_rels/sheet95.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings92.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet96.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings93.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet97.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings94.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet98.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings95.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet99.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings96.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D45665E0-6DCE-4113-96C3-2E6FC218908E}">
   <dimension ref="A1:Y1"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="119" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" ht="138.75" customHeight="1">
       <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="10"/>
       <c r="C1" s="10"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="10"/>
       <c r="H1" s="10"/>
       <c r="I1" s="10"/>
       <c r="J1" s="10"/>
       <c r="K1" s="10"/>
       <c r="L1" s="10"/>
       <c r="M1" s="10"/>
       <c r="N1" s="10"/>
       <c r="O1" s="10"/>
       <c r="P1" s="10"/>
@@ -2205,51 +2179,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>854</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{7D90F6CF-C9D9-46AB-A1FC-6871C05F8395}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet100.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7E882CB9-097F-4680-BA71-AA60895DCA78}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C16" sqref="C16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -2300,51 +2274,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>365</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{DC3FB835-EC47-49E7-B47C-23C374A4664C}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet102.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3EA689D2-1B2F-42A0-9D70-DCBF113EDB26}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="K24" sqref="K24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -2519,87 +2493,87 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>95</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>95</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>669</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5">
         <v>805</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{1078332E-79A6-4D79-8695-A46802A8BB6D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet107.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BBB5E7CB-0945-4DB1-8881-4F0F028B719C}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="F15" sqref="F15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -2697,51 +2671,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>733</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5">
         <v>821</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C9" xr:uid="{9CE12D5F-76F2-4B0A-8540-2DDB3ECC4460}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8FF685DA-1571-4DCE-8FB7-6E806B04A8BE}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="I29" sqref="I29"/>
@@ -2879,210 +2853,199 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>189</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5">
         <v>608</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>608</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{236AEFB7-9EA9-40FF-80D1-7E4B33435776}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet113.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CCAD80F4-E214-4FD5-A1E1-772E1FE06F74}">
-  <dimension ref="A1:D2"/>
-[...36 lines deleted...]
-        <v>22</v>
+  <dimension ref="A1:D1"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="D10" sqref="D10"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
+    <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="5"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{EBFC2149-D54F-4AEC-942C-3A6CD831F26E}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet114.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{16F1679E-A96B-48A7-8ACE-53CDC55FB48E}">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="I27" sqref="I27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>89</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>135</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C8" xr:uid="{83F44ECD-DBAC-45C4-997D-4914CA20FFE7}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet115.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6CE6D65E-E180-4850-8395-05C4B4511B7A}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="I18" sqref="I18"/>
+      <selection activeCell="E17" sqref="E17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="19.7109375" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
@@ -3274,54 +3237,54 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>355</v>
       </c>
       <c r="B2" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C2" s="5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{00523066-CFA3-4F7B-A5B4-797F27E46ABF}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet120.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E839CC4F-92D5-4753-9527-2B98B3F3E007}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D32" sqref="D32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
@@ -3367,63 +3330,63 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>22</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>22</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C5" xr:uid="{88F66D0A-8DE8-4570-8BA3-12204A04ECAE}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet122.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FBAF57C6-B174-45D1-BB10-B2EA264A949D}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
@@ -3433,54 +3396,54 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="13">
         <v>332</v>
       </c>
       <c r="B2" s="13" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{17FA70F8-4666-4B7F-B3A1-DB159ECC28FF}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet123.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{240B2A4F-1D6F-4A16-94E0-6C2161B46BB6}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="N17" sqref="N17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
@@ -3527,113 +3490,127 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>769</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{90D64A5C-DE92-4374-9F67-D1E23379AD7F}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet125.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76925242-B8B5-4387-A8C0-DA2ABFCD51DB}">
-  <dimension ref="A1:D2"/>
-[...2 lines deleted...]
-      <selection activeCell="D18" sqref="D18"/>
+  <dimension ref="A1:D3"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="D10" sqref="D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>341</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
-  </sheetData>
-[...1 lines deleted...]
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{540F2EA3-A9BA-4BC5-B435-8AE0301B8718}">
+    <row r="3" spans="1:4">
+      <c r="A3" s="5">
+        <v>341</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D3" s="5">
+        <v>934</v>
+      </c>
+    </row>
+  </sheetData>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{540F2EA3-A9BA-4BC5-B435-8AE0301B8718}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet126.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC8C1271-D896-4491-8B08-10E967DFBE0D}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D11" sqref="D11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
@@ -3675,69 +3652,69 @@
     <col min="1" max="1" width="17.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.5703125" customWidth="1"/>
     <col min="3" max="3" width="29.140625" customWidth="1"/>
     <col min="4" max="4" width="36.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>170</v>
       </c>
       <c r="B2" s="12" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>170</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="5"/>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="5"/>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{80C44C65-5615-478B-A738-89D01CD776C3}">
@@ -3763,76 +3740,76 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>48</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>265</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="5">
         <v>698</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>265</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C7" xr:uid="{0DA8A31D-2889-45DA-BA37-0D671AA6192A}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet129.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{69A35F24-58E4-471D-BF3E-5AAAB28F310E}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B19" sqref="B19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -3882,51 +3859,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>175</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5">
         <v>803</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C9" xr:uid="{1D3DA2FD-AC18-4296-925C-8301BAAAEE3F}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet130.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD72FC12-4327-48C8-BC07-D00AB4F19777}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B19" sqref="B19"/>
@@ -3978,65 +3955,65 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>2</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>445</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="5"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{29BDF477-6C7E-4A18-B93F-0798A2560989}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet132.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FA2EF859-0E6A-4BA8-811C-C12AECC91FE5}">
   <dimension ref="A1:D1"/>
   <sheetViews>
@@ -4257,54 +4234,54 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>264</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{0FD1A399-D27C-4018-B488-108F911045B0}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet138.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4D6D6A75-FDCE-4D71-8CEA-3F53343B847B}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D15" sqref="D15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -4394,213 +4371,213 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>372</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{30C58682-0FA6-4ABF-8D4C-8A0150177A01}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet140.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5DBF41F9-F766-41B6-A941-677BFB30B1F8}">
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>19</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>206</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="5">
         <v>801</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>801</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="5"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5">
         <v>801</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{31F69FF1-4ED7-4458-B818-9ECC747E736F}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet141.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4B184885-1BAD-4403-808C-6E73B0BAAE58}">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="G28" sqref="G28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="4">
         <v>620</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="4">
         <v>620</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="C3" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{000308C1-B17E-4C8C-9919-AAFF0AEE4237}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet142.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C80458B0-A703-4FFA-A795-17B1F07626CA}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C25" sqref="C25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="4" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="4" customWidth="1"/>
@@ -4728,118 +4705,107 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>305</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>305</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C5" xr:uid="{94660E99-925B-4BA9-8417-08742124A70D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet145.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{90B84A69-9C7E-4F67-9E45-6FAD6DF954D0}">
-  <dimension ref="A1:D2"/>
-[...36 lines deleted...]
-        <v>22</v>
+  <dimension ref="A1:D1"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="C7" sqref="C7"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
+    <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="5"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{E0B34E07-8138-4FCE-A0D7-87B8B5286819}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet146.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{16EECFE5-8166-49F4-B658-4A5AEE260B22}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D13" sqref="D13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -4928,54 +4894,54 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>413</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D2" s="5">
         <v>829</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{58FB2D7F-055A-4A21-9A0E-C8EB06A6B757}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet149.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{05B6F044-2A52-4C36-B1DD-ADB808793BDD}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -4984,54 +4950,54 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>812</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{A003C967-5127-4824-8433-FAD7A8186360}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A374F54D-52BD-47AF-9542-096AF3E5AF2C}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="J27" sqref="J27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -5121,51 +5087,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>707</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C5" xr:uid="{F59DA158-BD00-4053-BF86-01FCB965518E}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet152.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CD143E2C-C7EC-44DA-A6AF-6A46A1400912}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="K14" sqref="K14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -5216,62 +5182,62 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>519</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>519</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{AAAD92B0-8F84-4228-B5E5-EF5869FB9EF7}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet154.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F0EE31D7-DECB-468D-A600-F94F2A7442CB}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -5362,57 +5328,57 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>11</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{1714D6D7-03E1-4099-A4FE-274E2B0CCD1F}">
       <formula1>#REF!</formula1>
     </dataValidation>
@@ -5477,51 +5443,51 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>40</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{AFCCF87C-F942-48A6-9F34-30D1A2874C08}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet159.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EF9177FD-EE24-41B1-BC1C-9AD096433F63}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
@@ -5531,51 +5497,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>203</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5">
         <v>768</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C5" xr:uid="{8F150AC5-ECB8-4D3D-AC07-9D697F99FBE1}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FD62226B-1EB7-428C-9361-BB3ACB1C5B5D}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D8" sqref="D8"/>
@@ -5587,54 +5553,54 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>37</v>
       </c>
       <c r="B2" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" s="5" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="D2" s="5">
         <v>524</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{1FE6091B-1696-44A9-BB06-3A7604459BE7}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet160.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BA62A536-DC22-42C4-93CB-46F4608EE584}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -5685,104 +5651,104 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>746</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{407D7D6D-AB72-4D44-8667-CC07E175751D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet162.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{331D9F4B-A47D-43D6-A217-D8CA5A2B8301}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="L22" sqref="L22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>53</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5">
         <v>927</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{097DDD05-F5F6-4CAE-ADCD-E985D1D92158}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet163.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{241BC9F8-B5DD-4724-A905-3D6E21482F74}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="P21" sqref="P21"/>
@@ -5794,51 +5760,51 @@
     <col min="2" max="2" width="10.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="4" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="4" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="4">
         <v>603</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C10" xr:uid="{472D7C48-25F2-4E20-A100-A91034A6DDAA}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet164.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E47BBB68-5CF6-44DD-93C0-A9B8FFB5207B}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="E18" sqref="E18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -5847,54 +5813,54 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>353</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D2" s="5">
         <v>813</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{BF8857DE-5D95-4436-9386-E166F4E4E9F6}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet165.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E9425B62-E04C-4417-8D88-25B77C37358B}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C12" sqref="C12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -5903,57 +5869,57 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>229</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{5A43233D-F9FF-4993-B52B-1A9D534593F1}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet166.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C8FF1031-6E49-4837-91CD-968E7EE3BE74}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C16" sqref="C16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -6001,132 +5967,132 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>184</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>185</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="5">
         <v>741</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>741</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{AA547011-8644-46B2-8105-671A1E39FA69}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet168.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{43856333-92D2-4D0E-99A5-6E1D768CCE60}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D28" sqref="D28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>657</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{B26E3F2C-808A-4263-9CAD-5385E8A6A838}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet169.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AAD6AA44-4666-48B2-A973-7E08DA5E1383}">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="E9" sqref="E9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -6135,76 +6101,76 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>124</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5">
         <v>745</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>725</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>745</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{EAF37F22-A184-4EF6-9D7E-6310E84CA85C}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{71F1D3E4-EB99-424C-898B-FFEB5A30BC85}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -6213,54 +6179,54 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>37</v>
       </c>
       <c r="B2" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" s="5" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="D2" s="5">
         <v>524</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{2F8F2C53-2380-41D9-BBB2-F616EFDE22C6}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet170.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7008ED02-3AD9-4165-96AC-AD7FC1474A00}">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -6268,51 +6234,51 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>18</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{EF2B82A6-D7AB-4EB9-96F4-771C1572E147}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
@@ -6331,65 +6297,65 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>254</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5">
         <v>360</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>360</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C10" xr:uid="{93DDADB9-E4CB-4474-BD4B-886903A09D95}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet172.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CE13F381-4DBD-4BAB-879B-CCCAE7C6AD97}">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
@@ -6399,62 +6365,62 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>176</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>217</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{B0FEB67A-E7D8-410E-A600-E0F385A9C5B7}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet173.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B5A2FF9A-7945-4718-BE5E-9D88A2F3C1A4}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="H29" sqref="H29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -6546,51 +6512,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>66</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>124</v>
+        <v>117</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1 C3:C11" xr:uid="{4E1C15C9-2FEB-4434-978A-559F139D9D1B}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet176.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{40E2DA3C-2DF4-4CD2-A7F0-45FF01FF76E5}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:D2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -6683,115 +6649,115 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>872</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>872</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{83E145D6-BB2B-4888-9757-27A37A528816}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet179.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7B3A20D1-D400-480A-AA1B-6684777D8B8F}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="A3" sqref="A3:XFD3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>175</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{080D6C4A-C09B-4BBF-BC16-3BACFF7A9897}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{79BC5D12-953D-4EB2-8C02-AA4CF884F668}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D19" sqref="D19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -6799,51 +6765,51 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>770</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{5BE69DC4-9943-4D3F-B418-4887613E0A7C}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet180.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C8876597-243E-4B07-B3DA-AE6E7FBBE565}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C19" sqref="C19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -6902,88 +6868,77 @@
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{93171C34-D6B8-411B-B7B6-BB6B5509358E}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet182.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2C8E52E3-B1E6-42CC-965A-B1FDF06381BE}">
-  <dimension ref="A1:D2"/>
-[...36 lines deleted...]
-        <v>22</v>
+  <dimension ref="A1:D1"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
+    <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="5"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{B0F3DC14-15FD-4791-A1A1-A3CCB820E137}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet183.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0068C14D-2F5A-40DC-B749-0F6A663162BE}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D8" sqref="D8:D9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -7114,65 +7069,65 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>181</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6">
         <v>201205</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>181</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="6">
         <v>205</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="5"/>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
@@ -7238,79 +7193,79 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>270</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>270</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="5">
         <v>731</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>731</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C4" xr:uid="{6B08D5E9-B3DC-456B-9EF1-5AF095F886F1}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet188.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C7E7EB3C-9FEC-451D-84B3-7B575963DCDB}">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D15" sqref="D15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -7319,76 +7274,76 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>122</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5">
         <v>191</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>191</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>191</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C9" xr:uid="{47BD6944-4E3A-43A9-991A-29131AC2C4FC}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet189.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1A39308B-5FB0-4220-86C2-D61C5DE812F0}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="J25" sqref="J25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -7522,62 +7477,62 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>297</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>321</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="5">
         <v>342</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C7" xr:uid="{A9840CEE-3646-4615-9AEE-DD64ADE2FA08}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet192.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0CD6360B-0492-4246-B0AE-6FF2DF1D3C37}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B9" sqref="B9"/>
@@ -7628,101 +7583,101 @@
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="D2" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{B342A29D-9C24-4263-9E16-C36699B4D1A5}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet194.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4C0EEA28-F51A-42AA-98D2-47E87116A1C0}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D11" sqref="D11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>476</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C5" xr:uid="{A6D59531-64F7-4970-9606-9ADA4C0C675E}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet195.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E28311E1-F43C-490E-AFE0-5F785EDCD789}">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C25" sqref="C25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -7731,62 +7686,62 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>437</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>437</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C7" xr:uid="{0E1635CF-8373-4D75-AB52-CEF1DF90270D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet196.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0F6EC1CB-8221-4496-900A-999D60746D74}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="M21" sqref="M21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -7835,68 +7790,68 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>227</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>751</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="D3" s="5"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{09BE145C-8197-4F69-9017-0981D0A40D28}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
@@ -8122,79 +8077,79 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>61</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>116</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="5">
         <v>653</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>116</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{DEFD0BC9-154C-40E9-B528-340529259BE5}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet202.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC91F392-9D2D-431F-B47F-8F26B9B966B5}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -8242,51 +8197,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>290</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{8B751434-BDBE-45B0-98CF-B0BBAD9672A6}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet204.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{94C190F5-5598-4B53-B618-0A2E8AD70124}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -8461,51 +8416,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="13">
         <v>388</v>
       </c>
       <c r="B2" s="13" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{2A444DF3-9196-4A62-85E9-784599515FCD}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1166058E-01E9-4534-A0B1-C8DFA269607A}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="F8" sqref="F8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -8597,51 +8552,51 @@
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>377</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{313A5153-82EE-4E01-96C2-FFAC8BC8911D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D58DAE9A-F269-470B-8B6A-374410D16C9E}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="E5" sqref="E5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -8658,147 +8613,125 @@
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C7" xr:uid="{3AC03C87-4522-4531-91F7-1F673A3868EE}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DFA90929-6505-4EC2-B31D-A3BF60901BE6}">
-  <dimension ref="A1:D3"/>
-[...2 lines deleted...]
-      <selection activeCell="D15" sqref="D15"/>
+  <dimension ref="A1:D1"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="A13" sqref="A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
-      </c>
-[...20 lines deleted...]
-        <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{7958E872-8AE3-4393-A3E0-FAF2A83A7767}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{30AFF983-EF7D-400E-AF5C-B267C7A75C58}">
   <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="L27" sqref="L27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>491</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6">
         <v>511</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="C15" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C4" xr:uid="{7A83E706-69FB-482C-A639-14B4B58F675D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F9ECF34A-76C0-4DDE-91FC-190094A1503A}">
   <dimension ref="A1:D3"/>
@@ -8813,62 +8746,62 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>415</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>415</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{67368B0B-878E-4261-A8A6-3C145C07B455}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F25891BE-2A68-4642-8175-832D87F9B46D}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="J25" sqref="J25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -8929,62 +8862,62 @@
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>209</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>209</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="5">
         <v>493</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C8" xr:uid="{C0ECDCD3-2580-444B-A5E3-FB32AB42FDED}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3BA0B798-6E24-47E9-A83A-7759A604B122}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="J28" sqref="J28"/>
@@ -9086,123 +9019,76 @@
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{232B63CE-C108-4BF3-A64D-E0C1CE3C7787}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2AC88406-5B8F-4FF6-B461-4E7E581BC0A0}">
-  <dimension ref="A1:D5"/>
-[...2 lines deleted...]
-      <selection activeCell="G29" sqref="G29"/>
+  <dimension ref="A1:D1"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="J33" sqref="J33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="48.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
-      </c>
-[...45 lines deleted...]
-        <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{1918AF3B-0AEF-4478-BA91-58A7319ED38C}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{10846221-959D-48D6-A8C9-EAC7AE08E9A1}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D18" sqref="D18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -9249,51 +9135,51 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>172</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{01C1A25A-0CE4-4460-95D1-07E2897032EA}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet37.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B91DDCD5-950E-4CFA-A84E-6557E25C9D2D}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B19" sqref="B19"/>
     </sheetView>
   </sheetViews>
@@ -9385,51 +9271,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>392</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C8" xr:uid="{753FCBE7-29FF-45C7-B755-8A693D842905}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0D355E61-1CC5-48ED-8300-FC6B9F57EF46}">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="H15" sqref="H15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -9471,126 +9357,137 @@
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>282</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C7" xr:uid="{36D3BB5C-8D17-45AC-A538-1B7317844273}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet40.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{23FFC089-38A5-4F46-B4DE-5A9A16332DC1}">
-  <dimension ref="A1:D1"/>
-[...25 lines deleted...]
-        <v>4</v>
+  <dimension ref="A1:D2"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="C9" sqref="C9"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
+    <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="5"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4">
+      <c r="A2" s="5">
+        <v>911</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{DDBBC684-22D6-48E3-AD03-398B03AE63E4}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet41.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8BF841F9-D732-450E-9071-31EB1764F272}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D9" sqref="D9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>63</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{BA3E77BF-A0B4-477E-A5DF-DEC6291EF85D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet42.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9DFB50C8-86EF-4430-9D91-1BC43B5BB4FE}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
@@ -9682,131 +9579,131 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>219</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5">
         <v>901</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>219</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="5"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>901</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D4" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{17B37D9F-627B-476F-B87C-AA8845F42C33}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet45.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FFC35873-6470-47AB-AF80-B500D3B797BE}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D10" sqref="D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>479</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C10" xr:uid="{0B72B308-9155-4BE1-8B53-5891EE5C351B}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet46.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{14B60666-697E-4D18-830E-8221CB0A5779}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -9938,51 +9835,51 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="9" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>268</v>
       </c>
       <c r="B2" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C2" s="9" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3">
         <v>268</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C8" xr:uid="{7728CC67-2783-4C51-956B-6CE78795E6F4}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
@@ -10052,51 +9949,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>82</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2 C4:C8" xr:uid="{5252067C-555C-4A96-964D-BDD763E32C63}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet51.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D9E57998-991F-4FCB-9039-8FC8018F6E5B}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D8" sqref="D7:D8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -10105,51 +10002,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>258</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5">
         <v>380</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{7037D94E-E863-4114-83BC-CCF94B6CF3E5}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet52.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F0B0E7B7-B12A-484B-81C7-5D1E7097DE5B}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="J33" sqref="J33"/>
@@ -10203,54 +10100,54 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="13">
         <v>806</v>
       </c>
       <c r="B2" s="13" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{01071C5C-69CE-438B-9FF7-33055EB95E41}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet54.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F0AE3D27-CDC4-4E91-84CD-554F5877C8B4}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C13" sqref="C13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -10339,51 +10236,51 @@
     <col min="1" max="1" width="19.28515625" customWidth="1"/>
     <col min="2" max="2" width="12.42578125" customWidth="1"/>
     <col min="3" max="3" width="24.42578125" customWidth="1"/>
     <col min="4" max="4" width="22" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>20</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6">
         <v>80</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
@@ -10452,104 +10349,104 @@
     <col min="1" max="1" width="20.28515625" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" customWidth="1"/>
     <col min="3" max="3" width="27.28515625" customWidth="1"/>
     <col min="4" max="4" width="26.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>924</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D2" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{965D027D-CF2B-47C2-A753-362EC917E360}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet59.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF08ACBD-3C55-4AE4-9B5E-A18085163BEB}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="I17" sqref="I17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>626</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{AC0D5F97-3EDC-4EE0-BC0E-B11774FCEA41}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C85D2FA6-EE50-4164-99F7-7DAF782803FB}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D17" sqref="D17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -10766,76 +10663,76 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>796</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D2" s="5">
         <v>798</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>798</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>866</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{CFD84AF0-0BD3-4DAB-B200-36031194F43F}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet65.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D24544A3-3EA7-4418-B91C-73B528FE809A}">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B17" sqref="B17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -10844,62 +10741,62 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>523</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>855</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C4" xr:uid="{8B540408-80E1-4A60-BF8F-2A068F783C30}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet66.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{698E0865-6834-4F16-9B29-F4A6468113B4}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="E19" sqref="E19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -10949,57 +10846,57 @@
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>1</v>
       </c>
       <c r="B2" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{740265CD-3521-4177-B07B-340F868C4847}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet68.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{07B3DA26-68A1-40DC-BAB0-21F40F271789}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -11047,65 +10944,65 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>474</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>474</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{5557A2B0-63D5-4ACB-813B-AD52AD784DED}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{25185BBD-3A67-4F49-80DD-F5159FB26C29}">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D18" sqref="D18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -11294,51 +11191,51 @@
     <col min="1" max="1" width="19.7109375" customWidth="1"/>
     <col min="2" max="2" width="9" customWidth="1"/>
     <col min="3" max="3" width="28.140625" customWidth="1"/>
     <col min="4" max="4" width="18" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>856</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{384593BC-F5E5-4807-A6F6-7778E6791602}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet73.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{83FF1F69-AAAB-4CDD-9CCE-61D1F9A84447}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G29" sqref="G29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -11389,103 +11286,103 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>834</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{BEBB365C-0CF1-4F82-9D15-8C039F7C2B3F}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet75.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{648D8666-7670-4A9F-8377-325D4863E204}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>214</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5">
         <v>221</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C4" xr:uid="{3C0AA98D-85A6-471B-A8D5-2853E1A2C096}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet76.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D96BF279-2D1D-4085-9E3E-51534D4C82F0}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C18" sqref="C18"/>
@@ -11497,51 +11394,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>333</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{84007D80-9F88-44EB-9EDA-4CB482A2B897}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet77.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{026B6085-B6B4-4DDE-9D0F-C84FEC02B876}">
   <dimension ref="A1:E10"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="A25" sqref="A25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -11550,122 +11447,122 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="5">
         <v>64</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="E10" s="5" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{405A7681-3A75-4994-867D-7D58C48B44CD}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet78.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{49950E9C-5CF3-4956-A124-DA49C383B93F}">
   <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D15" sqref="D15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>33</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>33</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="5">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="5"/>
       <c r="D4" s="4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4"/>
       <c r="B5" s="4"/>
       <c r="C5" s="5"/>
       <c r="D5" s="4"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
       <c r="C6" s="5"/>
       <c r="D6" s="4"/>
@@ -11821,51 +11718,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>79</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C5" xr:uid="{E25D91F0-8794-4EDD-9870-80D36EEE2EE8}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet81.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E43E55F-4E5F-46AB-9A1E-7CC9B46F2D9A}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D18" sqref="D18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -11914,51 +11811,51 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>715</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{D00655C5-6416-4C12-BA2E-90A602761B69}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet83.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C8FBC087-270F-463A-BE0A-63F62D9F78B6}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C17" sqref="C17"/>
     </sheetView>
   </sheetViews>
@@ -12225,113 +12122,99 @@
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{0C27EDB5-93C3-46CB-8539-E06D3D38249E}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1BAE6E69-11E0-4DC1-A2EF-1D0C6DEB792C}">
-  <dimension ref="A1:D4"/>
-[...2 lines deleted...]
-      <selection activeCell="D9" sqref="D9"/>
+  <dimension ref="A1:D3"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="C13" sqref="C13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>110</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>330</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
-      </c>
-[...12 lines deleted...]
-        <v>937</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{E2407DE0-F42E-471F-B215-47F81802E90D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet90.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E9E1D6A0-DDBB-46A2-887D-E621BBD392DE}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -12461,149 +12344,146 @@
     <col min="2" max="2" width="10.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="4" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="4" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="4">
         <v>414</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="4">
         <v>414</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="C3" s="4" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D3" s="4">
         <v>451</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{71A79A4F-FCF5-4A76-A683-73F9120501FC}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet94.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D3AC80E1-E292-49A4-90EB-1B9ACC3A8A1A}">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="C13" sqref="C13"/>
+      <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>68</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>152</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>200</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>587</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{580010E2-D1A3-46E1-94F2-7E346E03161F}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet95.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{61FBFA41-3217-4BCE-92B4-153565FF62E1}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="G22" sqref="G22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -12651,65 +12531,65 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>101</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>349</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{6D1B6B27-D75E-41D4-A3D1-63A432FB2DDB}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet97.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18FDD975-EB61-4353-BC46-90F07F3DCE6F}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D8" sqref="D8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -12717,51 +12597,51 @@
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>416</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C27" xr:uid="{6B9D1C51-EE95-4818-8263-6EA8FDDC66C2}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet98.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{19069219-D4C0-4217-9105-9C2D771ACF4A}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="F13" sqref="F13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -13100,59 +12980,59 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2608e603-b7b7-4422-a7af-3d4eadafd8a5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62319325-1536-480D-84DB-9EF87BA310BE}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EBFA83AE-90D8-4884-8564-3A44F58CC54C}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FC6051F-6D03-41BD-AD84-04892A2672B2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1188D9FA-5346-40C1-BCA5-5FE93FC2955C}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{632FD088-CDE6-4403-99C2-25395C715483}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39ECCC55-C343-4760-8990-D63EB73729E6}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{624b1752-a977-4927-b9e6-e48a43684aee}" enabled="1" method="Privileged" siteId="{031a09bc-a2bf-44df-888e-4e09355b7a24}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company>IBERDROLA S.A.</Company>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>JACKSON, JOHN</dc:creator>
   <cp:keywords/>
   <dc:description/>