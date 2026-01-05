--- v2 (2025-12-13)
+++ v3 (2026-01-05)
@@ -208,60 +208,60 @@
   <Override PartName="/xl/worksheets/sheet198.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet199.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet200.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet201.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet202.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet203.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet204.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet205.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet206.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29602"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29629"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\U351524\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\E894869\Desktop\Reporting\website cost sharing\Website Cost Sharing Sheets\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4B89A2EB-1038-468B-83FE-547A86ED0C00}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{08E3F45B-EF34-42C7-A5E5-8FA07E63F3DD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-2865" windowWidth="29040" windowHeight="15720" xr2:uid="{8F798893-6E81-43E9-955E-205961F3B4C0}"/>
+    <workbookView xWindow="-19425" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{8F798893-6E81-43E9-955E-205961F3B4C0}"/>
   </bookViews>
   <sheets>
     <sheet name="NOTE" sheetId="231" r:id="rId1"/>
     <sheet name="ANDOVER" sheetId="1" r:id="rId2"/>
     <sheet name="ANSON" sheetId="7" r:id="rId3"/>
     <sheet name="ATHENS" sheetId="8" r:id="rId4"/>
     <sheet name="AUGUSTA K5" sheetId="9" r:id="rId5"/>
     <sheet name="BALDWIN" sheetId="10" r:id="rId6"/>
     <sheet name="BANGOR HYDRO" sheetId="11" r:id="rId7"/>
     <sheet name="BAR MILLS" sheetId="12" r:id="rId8"/>
     <sheet name="BASSETT" sheetId="13" r:id="rId9"/>
     <sheet name="BATH 34" sheetId="14" r:id="rId10"/>
     <sheet name="BATH NORTH END" sheetId="15" r:id="rId11"/>
     <sheet name="BELFAST 115" sheetId="16" r:id="rId12"/>
     <sheet name="BELFAST WEST SIDE" sheetId="17" r:id="rId13"/>
     <sheet name="BERWICK" sheetId="18" r:id="rId14"/>
     <sheet name="BETHEL" sheetId="19" r:id="rId15"/>
     <sheet name="BIDDEFORD INDUSTRIAL PARK" sheetId="20" r:id="rId16"/>
     <sheet name="BIDDEFORD PUMP" sheetId="21" r:id="rId17"/>
     <sheet name="BIGELOW" sheetId="22" r:id="rId18"/>
     <sheet name="BISHOP STREET" sheetId="23" r:id="rId19"/>
     <sheet name="BLAIR ROAD" sheetId="24" r:id="rId20"/>
     <sheet name="BOLT HILL" sheetId="25" r:id="rId21"/>
     <sheet name="BOND BROOK" sheetId="26" r:id="rId22"/>
     <sheet name="BONNY EAGLE" sheetId="27" r:id="rId23"/>
@@ -450,51 +450,51 @@
     <sheet name="YORK HARBOR" sheetId="201" r:id="rId206"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1126" uniqueCount="134">
   <si>
-    <t>Please Note: This Cost Sharing Sheet is up to date as of 12/12/2025. This data is subject to change due to  many variables including but not limited to withdrawals, Fully Executed IA's, and level 2 projects that inject aggregated generation ahead of level 4 projects.</t>
+    <t>Please Note: This Cost Sharing Sheet is up to date as of 1/2/2026. This data is subject to change due to  many variables including but not limited to withdrawals, Fully Executed IA's, and level 2 projects that inject aggregated generation ahead of level 4 projects.</t>
   </si>
   <si>
     <t xml:space="preserve">Triggering Project </t>
   </si>
   <si>
     <t>Circuit</t>
   </si>
   <si>
     <t>Upgrade</t>
   </si>
   <si>
     <t>Cost Sharing PRJ(S)</t>
   </si>
   <si>
     <t>801D1</t>
   </si>
   <si>
     <t>Line Upgrade</t>
   </si>
   <si>
     <t>827D2</t>
   </si>
   <si>
     <t>T-GFOV</t>
   </si>
@@ -516,68 +516,71 @@
   <si>
     <t>206D1</t>
   </si>
   <si>
     <t>874D1</t>
   </si>
   <si>
     <t>Line uprade</t>
   </si>
   <si>
     <t>803D5</t>
   </si>
   <si>
     <t>603D2</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>605D2</t>
   </si>
   <si>
     <t>TGFOV</t>
   </si>
   <si>
-    <t>88D2</t>
-[...1 lines deleted...]
-  <si>
     <t>208D1</t>
   </si>
   <si>
     <t>263D1</t>
   </si>
   <si>
     <t>210D2</t>
   </si>
   <si>
     <t>805D1</t>
   </si>
   <si>
     <t>211D2</t>
   </si>
   <si>
+    <t>807D1</t>
+  </si>
+  <si>
+    <t>Enable reverse power on substation regulators; upgrade as needed</t>
+  </si>
+  <si>
     <t>612D2</t>
   </si>
   <si>
     <t>215D3</t>
   </si>
   <si>
     <t>808D3</t>
   </si>
   <si>
     <t>463D1</t>
   </si>
   <si>
     <t>810D1</t>
   </si>
   <si>
     <t>Line Recloser</t>
   </si>
   <si>
     <t>216D1</t>
   </si>
   <si>
     <t>811D1</t>
   </si>
   <si>
     <t>873D1</t>
@@ -621,50 +624,53 @@
   <si>
     <t>225D3</t>
   </si>
   <si>
     <t>405D1</t>
   </si>
   <si>
     <t>Line upgrade</t>
   </si>
   <si>
     <t>226D2</t>
   </si>
   <si>
     <t xml:space="preserve">630D4 </t>
   </si>
   <si>
     <t>416D2</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>436D6</t>
   </si>
   <si>
+    <t>Voltage Regulator</t>
+  </si>
+  <si>
     <t>821D1</t>
   </si>
   <si>
     <t>824D1</t>
   </si>
   <si>
     <t>695D2</t>
   </si>
   <si>
     <t>451;808</t>
   </si>
   <si>
     <t>DVAR Statcom</t>
   </si>
   <si>
     <t>471D2</t>
   </si>
   <si>
     <t>471D1</t>
   </si>
   <si>
     <t>632D1</t>
   </si>
   <si>
     <t>106;349;885</t>
@@ -684,87 +690,81 @@
   <si>
     <t>233D2</t>
   </si>
   <si>
     <t>237D1</t>
   </si>
   <si>
     <t>238D1</t>
   </si>
   <si>
     <t>Substation circuit voltage regulator</t>
   </si>
   <si>
     <t>457D1</t>
   </si>
   <si>
     <t>718;817</t>
   </si>
   <si>
     <t>837D1</t>
   </si>
   <si>
     <t>838D2</t>
   </si>
   <si>
-    <t>272D4</t>
-[...1 lines deleted...]
-  <si>
     <t>638D2</t>
   </si>
   <si>
     <t>435D3</t>
   </si>
   <si>
     <t>435D1</t>
   </si>
   <si>
     <t>287;814;902</t>
   </si>
   <si>
     <t>839D1</t>
   </si>
   <si>
     <t>437D1</t>
   </si>
   <si>
     <t>3;146;445;699</t>
   </si>
   <si>
     <t>841D1</t>
   </si>
   <si>
     <t>661D2</t>
   </si>
   <si>
     <t>206;801</t>
   </si>
   <si>
     <t>661D1</t>
-  </si>
-[...1 lines deleted...]
-    <t>Voltage Regulator</t>
   </si>
   <si>
     <t>647D3</t>
   </si>
   <si>
     <t>875D2</t>
   </si>
   <si>
     <t>240D1</t>
   </si>
   <si>
     <t>650D4</t>
   </si>
   <si>
     <t>447D1</t>
   </si>
   <si>
     <t>450D2</t>
   </si>
   <si>
     <t>656D3</t>
   </si>
   <si>
     <t>328;758</t>
   </si>
@@ -856,160 +856,169 @@
     <t>865D5</t>
   </si>
   <si>
     <t>674D2</t>
   </si>
   <si>
     <t>866D1</t>
   </si>
   <si>
     <t>866D2</t>
   </si>
   <si>
     <t>256D1</t>
   </si>
   <si>
     <t>256D3</t>
   </si>
   <si>
     <t>258D1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="7">
+  <fonts count="8">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{B21D729C-20A0-4FD9-9028-5EC3866C6E96}"/>
     <cellStyle name="Normal_Sheet1" xfId="2" xr:uid="{E22D081B-769C-4587-9846-EE2631005984}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet117.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet42.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet63.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet84.xml"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet138.xml"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet159.xml"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet170.xml"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet191.xml"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet205.xml"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet107.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet53.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet74.xml"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet128.xml"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet149.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet95.xml"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet160.xml"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet181.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet43.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet64.xml"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet118.xml"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet139.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet85.xml"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet150.xml"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet171.xml"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet192.xml"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet206.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet108.xml"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet129.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet54.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet75.xml"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet96.xml"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet140.xml"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet161.xml"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet182.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet119.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet44.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet65.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet86.xml"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet130.xml"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet151.xml"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet172.xml"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet193.xml"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet109.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet34.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet55.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet76.xml"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet97.xml"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet120.xml"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet141.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet162.xml"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet183.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet45.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet66.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet87.xml"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet110.xml"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet131.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet61.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet82.xml"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet152.xml"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet173.xml"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet194.xml"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet199.xml"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet203.xml"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet35.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet56.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet77.xml"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet100.xml"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet105.xml"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet126.xml"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet147.xml"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet168.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet51.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet72.xml"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet93.xml"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet98.xml"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet121.xml"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet142.xml"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet163.xml"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet184.xml"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet189.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet46.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet67.xml"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet116.xml"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet137.xml"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet158.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet41.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet62.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet83.xml"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet88.xml"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet111.xml"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet132.xml"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet153.xml"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet174.xml"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet179.xml"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet195.xml"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet190.xml"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet204.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet36.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet57.xml"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet106.xml"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet127.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet52.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet73.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet78.xml"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet94.xml"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet99.xml"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet101.xml"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet122.xml"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet143.xml"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet148.xml"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet164.xml"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet169.xml"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet185.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet180.xml"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet47.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet68.xml"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet89.xml"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet112.xml"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet133.xml"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet154.xml"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet175.xml"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet196.xml"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet200.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet37.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet58.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet79.xml"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet102.xml"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet123.xml"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet144.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet90.xml"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet165.xml"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet186.xml"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet48.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet69.xml"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet113.xml"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet134.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet80.xml"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet155.xml"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet176.xml"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet197.xml"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet201.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet38.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet59.xml"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet103.xml"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet124.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet70.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet91.xml"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet145.xml"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet166.xml"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet187.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet49.xml"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet114.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet60.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet81.xml"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet135.xml"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet156.xml"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet177.xml"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet198.xml"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet202.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet39.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet50.xml"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet104.xml"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet125.xml"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet146.xml"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet167.xml"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet188.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet71.xml"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet92.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet40.xml"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet115.xml"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet136.xml"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet157.xml"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet178.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2101,51 +2110,53 @@
 
 <file path=xl/worksheets/_rels/sheet95.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings92.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet96.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings93.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet97.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings94.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet98.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings95.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet99.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings96.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D45665E0-6DCE-4113-96C3-2E6FC218908E}">
   <dimension ref="A1:Y1"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A11" sqref="A11"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="119" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" ht="138.75" customHeight="1">
       <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="10"/>
       <c r="C1" s="10"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="10"/>
       <c r="H1" s="10"/>
       <c r="I1" s="10"/>
       <c r="J1" s="10"/>
       <c r="K1" s="10"/>
       <c r="L1" s="10"/>
       <c r="M1" s="10"/>
       <c r="N1" s="10"/>
       <c r="O1" s="10"/>
       <c r="P1" s="10"/>
@@ -2274,51 +2285,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>365</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{DC3FB835-EC47-49E7-B47C-23C374A4664C}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet102.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3EA689D2-1B2F-42A0-9D70-DCBF113EDB26}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="K24" sqref="K24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -2493,87 +2504,87 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>95</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>95</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>669</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5">
         <v>805</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{1078332E-79A6-4D79-8695-A46802A8BB6D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet107.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BBB5E7CB-0945-4DB1-8881-4F0F028B719C}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="F15" sqref="F15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -2671,51 +2682,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>733</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5">
         <v>821</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C9" xr:uid="{9CE12D5F-76F2-4B0A-8540-2DDB3ECC4460}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8FF685DA-1571-4DCE-8FB7-6E806B04A8BE}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="I29" sqref="I29"/>
@@ -2853,68 +2864,68 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>189</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5">
         <v>608</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>608</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{236AEFB7-9EA9-40FF-80D1-7E4B33435776}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet113.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CCAD80F4-E214-4FD5-A1E1-772E1FE06F74}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D10" sqref="D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -2965,68 +2976,68 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>89</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>135</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="6" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C8" xr:uid="{83F44ECD-DBAC-45C4-997D-4914CA20FFE7}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet115.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6CE6D65E-E180-4850-8395-05C4B4511B7A}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="E17" sqref="E17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -3330,63 +3341,63 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>22</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>22</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C5" xr:uid="{88F66D0A-8DE8-4570-8BA3-12204A04ECAE}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet122.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FBAF57C6-B174-45D1-BB10-B2EA264A949D}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
@@ -3396,51 +3407,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="13">
         <v>332</v>
       </c>
       <c r="B2" s="13" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{17FA70F8-4666-4B7F-B3A1-DB159ECC28FF}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet123.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{240B2A4F-1D6F-4A16-94E0-6C2161B46BB6}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="N17" sqref="N17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -3456,150 +3467,139 @@
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{AC557B44-9DDA-4CCF-9B4F-3E45DDF25BFD}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet124.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB53DEB5-1FA9-4D34-B91C-F3D003D59B7C}">
-  <dimension ref="A1:D2"/>
-[...36 lines deleted...]
-        <v>21</v>
+  <dimension ref="A1:D1"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="C17" sqref="C17"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
+    <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="5"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{90D64A5C-DE92-4374-9F67-D1E23379AD7F}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet125.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76925242-B8B5-4387-A8C0-DA2ABFCD51DB}">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D10" sqref="D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>341</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>341</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="5">
         <v>934</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{540F2EA3-A9BA-4BC5-B435-8AE0301B8718}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet126.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC8C1271-D896-4491-8B08-10E967DFBE0D}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D11" sqref="D11"/>
@@ -3652,69 +3652,69 @@
     <col min="1" max="1" width="17.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.5703125" customWidth="1"/>
     <col min="3" max="3" width="29.140625" customWidth="1"/>
     <col min="4" max="4" width="36.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>170</v>
       </c>
       <c r="B2" s="12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>170</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="5"/>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="5"/>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{80C44C65-5615-478B-A738-89D01CD776C3}">
@@ -3740,76 +3740,76 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>48</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>265</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="5">
         <v>698</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>265</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C7" xr:uid="{0DA8A31D-2889-45DA-BA37-0D671AA6192A}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet129.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{69A35F24-58E4-471D-BF3E-5AAAB28F310E}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B19" sqref="B19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -3955,65 +3955,65 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>2</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>445</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="5"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{29BDF477-6C7E-4A18-B93F-0798A2560989}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet132.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FA2EF859-0E6A-4BA8-811C-C12AECC91FE5}">
   <dimension ref="A1:D1"/>
   <sheetViews>
@@ -4234,54 +4234,54 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>264</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{0FD1A399-D27C-4018-B488-108F911045B0}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet138.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4D6D6A75-FDCE-4D71-8CEA-3F53343B847B}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D15" sqref="D15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -4426,94 +4426,94 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>19</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>206</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="5">
         <v>801</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>801</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="5"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5">
         <v>801</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>90</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{31F69FF1-4ED7-4458-B818-9ECC747E736F}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet141.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4B184885-1BAD-4403-808C-6E73B0BAAE58}">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="G28" sqref="G28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
@@ -4953,51 +4953,51 @@
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>812</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>94</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{A003C967-5127-4824-8433-FAD7A8186360}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A374F54D-52BD-47AF-9542-096AF3E5AF2C}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="J27" sqref="J27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -5109,51 +5109,51 @@
         <v>707</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>95</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C5" xr:uid="{F59DA158-BD00-4053-BF86-01FCB965518E}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet152.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CD143E2C-C7EC-44DA-A6AF-6A46A1400912}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="K14" sqref="K14"/>
+      <selection activeCell="B25" sqref="B25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
@@ -5654,51 +5654,51 @@
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>746</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>101</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{407D7D6D-AB72-4D44-8667-CC07E175751D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet162.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{331D9F4B-A47D-43D6-A217-D8CA5A2B8301}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="L22" sqref="L22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -6534,51 +6534,51 @@
         <v>66</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>117</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1 C3:C11" xr:uid="{4E1C15C9-2FEB-4434-978A-559F139D9D1B}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet176.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{40E2DA3C-2DF4-4CD2-A7F0-45FF01FF76E5}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:D2"/>
+      <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
@@ -6732,87 +6732,76 @@
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>175</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>120</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{080D6C4A-C09B-4BBF-BC16-3BACFF7A9897}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{79BC5D12-953D-4EB2-8C02-AA4CF884F668}">
-  <dimension ref="A1:D2"/>
-[...2 lines deleted...]
-      <selection activeCell="D19" sqref="D19"/>
+  <dimension ref="A1:D1"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="D17" sqref="D17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
-      </c>
-[...9 lines deleted...]
-        <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{5BE69DC4-9943-4D3F-B418-4887613E0A7C}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet180.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C8876597-243E-4B07-B3DA-AE6E7FBBE565}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C19" sqref="C19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -7793,65 +7782,65 @@
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>227</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>129</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>751</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>130</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D3" s="5"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{09BE145C-8197-4F69-9017-0981D0A40D28}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
@@ -8105,51 +8094,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>116</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>132</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="5">
         <v>653</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>116</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>132</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{DEFD0BC9-154C-40E9-B528-340529259BE5}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet202.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC91F392-9D2D-431F-B47F-8F26B9B966B5}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -8416,51 +8405,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="13">
         <v>388</v>
       </c>
       <c r="B2" s="13" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{2A444DF3-9196-4A62-85E9-784599515FCD}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1166058E-01E9-4534-A0B1-C8DFA269607A}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="F8" sqref="F8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -8552,51 +8541,51 @@
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>377</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{313A5153-82EE-4E01-96C2-FFAC8BC8911D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D58DAE9A-F269-470B-8B6A-374410D16C9E}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="E5" sqref="E5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -8687,51 +8676,51 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>491</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6">
         <v>511</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="C15" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C4" xr:uid="{7A83E706-69FB-482C-A639-14B4B58F675D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F9ECF34A-76C0-4DDE-91FC-190094A1503A}">
   <dimension ref="A1:D3"/>
@@ -8746,62 +8735,62 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>415</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>415</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{67368B0B-878E-4261-A8A6-3C145C07B455}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F25891BE-2A68-4642-8175-832D87F9B46D}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="J25" sqref="J25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -8862,62 +8851,62 @@
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>209</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>209</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="5">
         <v>493</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C8" xr:uid="{C0ECDCD3-2580-444B-A5E3-FB32AB42FDED}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3BA0B798-6E24-47E9-A83A-7759A604B122}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="J28" sqref="J28"/>
@@ -9060,126 +9049,137 @@
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{1918AF3B-0AEF-4478-BA91-58A7319ED38C}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{10846221-959D-48D6-A8C9-EAC7AE08E9A1}">
-  <dimension ref="A1:D1"/>
-[...30 lines deleted...]
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{4B42AC90-B898-4A34-A193-D2D41D16951E}">
+  <dimension ref="A1:D2"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="C4" sqref="C4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="65.85546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="5"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" ht="16.5">
+      <c r="A2" s="5">
+        <v>950</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" s="14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{4B42AC90-B898-4A34-A193-D2D41D16951E}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet36.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3A584516-1127-42DC-8003-37F4E1E64798}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C18" sqref="C18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>172</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{01C1A25A-0CE4-4460-95D1-07E2897032EA}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet37.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B91DDCD5-950E-4CFA-A84E-6557E25C9D2D}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B19" sqref="B19"/>
     </sheetView>
   </sheetViews>
@@ -9271,51 +9271,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>392</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C8" xr:uid="{753FCBE7-29FF-45C7-B755-8A693D842905}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0D355E61-1CC5-48ED-8300-FC6B9F57EF46}">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="H15" sqref="H15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -9360,82 +9360,82 @@
         <v>282</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C7" xr:uid="{36D3BB5C-8D17-45AC-A538-1B7317844273}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet40.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{23FFC089-38A5-4F46-B4DE-5A9A16332DC1}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="C9" sqref="C9"/>
+      <selection activeCell="C19" sqref="C19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>911</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{DDBBC684-22D6-48E3-AD03-398B03AE63E4}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet41.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8BF841F9-D732-450E-9071-31EB1764F272}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D9" sqref="D9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -9443,51 +9443,51 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>63</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{BA3E77BF-A0B4-477E-A5DF-DEC6291EF85D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet42.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9DFB50C8-86EF-4430-9D91-1BC43B5BB4FE}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
@@ -9579,131 +9579,131 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>219</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5">
         <v>901</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>219</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="5"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>901</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D4" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{17B37D9F-627B-476F-B87C-AA8845F42C33}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet45.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FFC35873-6470-47AB-AF80-B500D3B797BE}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D10" sqref="D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>479</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C10" xr:uid="{0B72B308-9155-4BE1-8B53-5891EE5C351B}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet46.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{14B60666-697E-4D18-830E-8221CB0A5779}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -9835,51 +9835,51 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="9" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>268</v>
       </c>
       <c r="B2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C2" s="9" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3">
         <v>268</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C8" xr:uid="{7728CC67-2783-4C51-956B-6CE78795E6F4}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
@@ -9949,51 +9949,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>82</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2 C4:C8" xr:uid="{5252067C-555C-4A96-964D-BDD763E32C63}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet51.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D9E57998-991F-4FCB-9039-8FC8018F6E5B}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D8" sqref="D7:D8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -10002,51 +10002,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>258</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5">
         <v>380</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{7037D94E-E863-4114-83BC-CCF94B6CF3E5}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet52.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F0B0E7B7-B12A-484B-81C7-5D1E7097DE5B}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="J33" sqref="J33"/>
@@ -10100,51 +10100,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="13">
         <v>806</v>
       </c>
       <c r="B2" s="13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{01071C5C-69CE-438B-9FF7-33055EB95E41}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet54.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F0AE3D27-CDC4-4E91-84CD-554F5877C8B4}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C13" sqref="C13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -10236,51 +10236,51 @@
     <col min="1" max="1" width="19.28515625" customWidth="1"/>
     <col min="2" max="2" width="12.42578125" customWidth="1"/>
     <col min="3" max="3" width="24.42578125" customWidth="1"/>
     <col min="4" max="4" width="22" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>20</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6">
         <v>80</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
@@ -10349,51 +10349,51 @@
     <col min="1" max="1" width="20.28515625" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" customWidth="1"/>
     <col min="3" max="3" width="27.28515625" customWidth="1"/>
     <col min="4" max="4" width="26.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>924</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D2" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{965D027D-CF2B-47C2-A753-362EC917E360}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet59.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF08ACBD-3C55-4AE4-9B5E-A18085163BEB}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="I17" sqref="I17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -10402,51 +10402,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>626</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{AC0D5F97-3EDC-4EE0-BC0E-B11774FCEA41}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C85D2FA6-EE50-4164-99F7-7DAF782803FB}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D17" sqref="D17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -10663,76 +10663,76 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>796</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D2" s="5">
         <v>798</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>798</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>866</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{CFD84AF0-0BD3-4DAB-B200-36031194F43F}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet65.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D24544A3-3EA7-4418-B91C-73B528FE809A}">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B17" sqref="B17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -10741,62 +10741,62 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>523</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>855</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C4" xr:uid="{8B540408-80E1-4A60-BF8F-2A068F783C30}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet66.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{698E0865-6834-4F16-9B29-F4A6468113B4}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="E19" sqref="E19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -10846,57 +10846,57 @@
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>1</v>
       </c>
       <c r="B2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{740265CD-3521-4177-B07B-340F868C4847}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet68.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{07B3DA26-68A1-40DC-BAB0-21F40F271789}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -10944,65 +10944,65 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>474</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>474</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{5557A2B0-63D5-4ACB-813B-AD52AD784DED}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{25185BBD-3A67-4F49-80DD-F5159FB26C29}">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D18" sqref="D18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
@@ -11191,51 +11191,51 @@
     <col min="1" max="1" width="19.7109375" customWidth="1"/>
     <col min="2" max="2" width="9" customWidth="1"/>
     <col min="3" max="3" width="28.140625" customWidth="1"/>
     <col min="4" max="4" width="18" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>856</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{384593BC-F5E5-4807-A6F6-7778E6791602}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet73.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{83FF1F69-AAAB-4CDD-9CCE-61D1F9A84447}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G29" sqref="G29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -11286,103 +11286,103 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>834</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1" xr:uid="{BEBB365C-0CF1-4F82-9D15-8C039F7C2B3F}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet75.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{648D8666-7670-4A9F-8377-325D4863E204}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>214</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5">
         <v>221</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C4" xr:uid="{3C0AA98D-85A6-471B-A8D5-2853E1A2C096}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet76.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D96BF279-2D1D-4085-9E3E-51534D4C82F0}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C18" sqref="C18"/>
@@ -11394,51 +11394,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>333</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{84007D80-9F88-44EB-9EDA-4CB482A2B897}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet77.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{026B6085-B6B4-4DDE-9D0F-C84FEC02B876}">
   <dimension ref="A1:E10"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="A25" sqref="A25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -11447,169 +11447,164 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="5">
         <v>64</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="E10" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{405A7681-3A75-4994-867D-7D58C48B44CD}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet78.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{49950E9C-5CF3-4956-A124-DA49C383B93F}">
   <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="D15" sqref="D15"/>
+      <selection activeCell="E10" sqref="E10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>33</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>33</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="5">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:4">
-      <c r="A4" s="4"/>
-[...2 lines deleted...]
-      <c r="D4" s="4"/>
+      <c r="A4" s="4">
+        <v>34</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4"/>
       <c r="B5" s="4"/>
-      <c r="C5" s="5"/>
-      <c r="D5" s="4"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
-      <c r="C6" s="5"/>
-      <c r="D6" s="4"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="4"/>
       <c r="B7" s="4"/>
-      <c r="C7" s="4"/>
-      <c r="D7" s="4"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="4"/>
       <c r="B8" s="4"/>
-      <c r="C8" s="4"/>
-      <c r="D8" s="4"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
-      <c r="C9" s="4"/>
-[...4 lines deleted...]
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C6" xr:uid="{A84D1BD0-ABAC-4FA9-86B6-8D5E6D4E3894}">
+    </row>
+  </sheetData>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{A84D1BD0-ABAC-4FA9-86B6-8D5E6D4E3894}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet79.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CB1C0814-9FFB-4E10-8162-374B2693384E}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B19" sqref="B19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
@@ -11718,51 +11713,51 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>79</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C5" xr:uid="{E25D91F0-8794-4EDD-9870-80D36EEE2EE8}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet81.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E43E55F-4E5F-46AB-9A1E-7CC9B46F2D9A}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D18" sqref="D18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -11811,51 +11806,51 @@
     <col min="1" max="1" width="16.28515625" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>715</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{D00655C5-6416-4C12-BA2E-90A602761B69}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet83.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C8FBC087-270F-463A-BE0A-63F62D9F78B6}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C17" sqref="C17"/>
     </sheetView>
   </sheetViews>
@@ -12344,68 +12339,68 @@
     <col min="2" max="2" width="10.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="4" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="4" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="4">
         <v>414</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="4">
         <v>414</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C3" s="4" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D3" s="4">
         <v>451</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C2" xr:uid="{71A79A4F-FCF5-4A76-A683-73F9120501FC}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet94.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D3AC80E1-E292-49A4-90EB-1B9ACC3A8A1A}">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -12414,73 +12409,73 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>68</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>152</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="5">
         <v>200</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{580010E2-D1A3-46E1-94F2-7E346E03161F}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet95.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{61FBFA41-3217-4BCE-92B4-153565FF62E1}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="G22" sqref="G22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -12531,65 +12526,65 @@
     <col min="2" max="2" width="10.28515625" style="5" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>101</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="5">
         <v>349</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C3" xr:uid="{6D1B6B27-D75E-41D4-A3D1-63A432FB2DDB}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet97.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18FDD975-EB61-4353-BC46-90F07F3DCE6F}">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D8" sqref="D8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -12597,51 +12592,51 @@
     <col min="1" max="1" width="16.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="32.140625" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="5">
         <v>416</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C27" xr:uid="{6B9D1C51-EE95-4818-8263-6EA8FDDC66C2}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet98.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{19069219-D4C0-4217-9105-9C2D771ACF4A}">
   <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="F13" sqref="F13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -12980,59 +12975,59 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2608e603-b7b7-4422-a7af-3d4eadafd8a5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EBFA83AE-90D8-4884-8564-3A44F58CC54C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1A60CBC-708A-48B1-9E87-12BBF965EEA5}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1188D9FA-5346-40C1-BCA5-5FE93FC2955C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F6AD51B-A3BF-4A67-AE78-7C4A43A43462}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39ECCC55-C343-4760-8990-D63EB73729E6}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E824FE93-B111-45E2-8844-2C5C71925FC8}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{624b1752-a977-4927-b9e6-e48a43684aee}" enabled="1" method="Privileged" siteId="{031a09bc-a2bf-44df-888e-4e09355b7a24}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company>IBERDROLA S.A.</Company>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>JACKSON, JOHN</dc:creator>
   <cp:keywords/>
   <dc:description/>