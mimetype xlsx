--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -1,84 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2025\October 1, 2025 Price Change\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2026\January 1, 2026 Price Change\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DAC5A315-F4B7-4287-ADFB-6FA93F1C3C01}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AE99C0A6-E37A-44AB-94C5-1F3FDDF2C89B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-5220" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SGS-TOU #1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'SGS-TOU #1'!$A$1:$J$172</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="262" uniqueCount="95">
   <si>
     <t>SUBJECT: Rate SGS-TOU Revisions</t>
   </si>
   <si>
     <t>RATE BULLETIN: Rate SGS-TOU #1</t>
   </si>
   <si>
     <t>TO: RATE DISTRIBUTION LIST</t>
   </si>
   <si>
     <t>The following is a summary of Rate SGS-TOU revisions for general information and use.</t>
   </si>
   <si>
     <t>Basic Rate  2/, 3/</t>
   </si>
   <si>
     <t>Per customer 1 PH</t>
   </si>
   <si>
     <t>Per customer 3 PH</t>
   </si>
   <si>
     <t>Per kWh - winter on-peak</t>
   </si>
   <si>
@@ -312,54 +314,57 @@
   <si>
     <t>40th Rev.</t>
   </si>
   <si>
     <t>41st Rev.</t>
   </si>
   <si>
     <t>42nd Rev.</t>
   </si>
   <si>
     <t>43rd Rev.</t>
   </si>
   <si>
     <t>44th Rev.</t>
   </si>
   <si>
     <t>45th Rev.</t>
   </si>
   <si>
     <t>46th Rev.</t>
   </si>
   <si>
     <t>47th Rev.</t>
   </si>
   <si>
-    <t>DATE: October 1, 2025</t>
-[...2 lines deleted...]
-    <t>(Supersedes Issue of  07/01/2025)</t>
+    <t>48th Rev.</t>
+  </si>
+  <si>
+    <t>DATE: January 1, 2026</t>
+  </si>
+  <si>
+    <t>(Supersedes Issue of  10/1/2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="9">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="41" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="#,##0.000000_);\(#,##0.000000\)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.000000_);_(* \(#,##0.000000\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="m/d/yy"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.0000000_);\(&quot;$&quot;#,##0.0000000\)"/>
   </numFmts>
   <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
@@ -1601,59 +1606,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:J228"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A173" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A174" sqref="A174"/>
+      <selection activeCell="J174" sqref="J174"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.453125" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="32.7265625" style="1" customWidth="1"/>
     <col min="2" max="2" width="12.7265625" style="1" customWidth="1"/>
     <col min="3" max="3" width="2.81640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.7265625" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.81640625" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.7265625" style="1" customWidth="1"/>
     <col min="7" max="7" width="2.81640625" style="1" customWidth="1"/>
     <col min="8" max="8" width="12.7265625" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.81640625" style="1" customWidth="1"/>
     <col min="10" max="10" width="12.7265625" style="1" customWidth="1"/>
     <col min="11" max="11" width="2.81640625" style="1" customWidth="1"/>
     <col min="12" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A1" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="8"/>
       <c r="C1" s="8"/>
       <c r="D1" s="8"/>
@@ -4205,64 +4210,64 @@
     <row r="175" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A175" s="8"/>
       <c r="B175" s="8"/>
       <c r="C175" s="8"/>
       <c r="D175" s="8"/>
       <c r="E175" s="8"/>
       <c r="G175" s="23"/>
       <c r="H175" s="18"/>
       <c r="I175" s="18"/>
       <c r="J175" s="19" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="176" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A176" s="9" t="s">
         <v>2</v>
       </c>
       <c r="B176" s="8"/>
       <c r="C176" s="8"/>
       <c r="D176" s="8"/>
       <c r="E176" s="8"/>
       <c r="G176" s="23"/>
       <c r="H176" s="18"/>
       <c r="I176" s="18"/>
       <c r="J176" s="19" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="177" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A177" s="8"/>
       <c r="B177" s="8"/>
       <c r="C177" s="8"/>
       <c r="D177" s="8"/>
       <c r="E177" s="8"/>
       <c r="G177" s="23"/>
       <c r="H177" s="18"/>
       <c r="I177" s="18"/>
       <c r="J177" s="19" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="178" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A178" s="8"/>
       <c r="B178" s="8"/>
       <c r="C178" s="8"/>
       <c r="D178" s="8"/>
       <c r="E178" s="8"/>
       <c r="F178" s="8"/>
       <c r="G178" s="8"/>
       <c r="H178" s="8"/>
       <c r="I178" s="8"/>
     </row>
     <row r="179" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A179" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B179" s="8"/>
       <c r="C179" s="8"/>
       <c r="D179" s="8"/>
       <c r="E179" s="8"/>
       <c r="F179" s="8"/>
       <c r="G179" s="8"/>
       <c r="H179" s="8"/>
       <c r="I179" s="8"/>
@@ -4347,294 +4352,315 @@
         <v>44.94</v>
       </c>
     </row>
     <row r="186" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A186" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B186" s="26">
         <v>44.52</v>
       </c>
       <c r="D186" s="26">
         <v>55.38</v>
       </c>
       <c r="F186" s="26">
         <v>56.13</v>
       </c>
       <c r="H186" s="26">
         <v>51.44</v>
       </c>
       <c r="J186" s="26">
         <v>52.92</v>
       </c>
     </row>
     <row r="187" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A187" s="2" t="s">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="B187" s="27">
         <v>9.558599999999999E-2</v>
       </c>
       <c r="D187" s="27">
         <v>0.121964</v>
       </c>
       <c r="F187" s="27">
         <v>0.121088</v>
       </c>
       <c r="H187" s="27">
         <v>0.13481799999999999</v>
       </c>
       <c r="J187" s="27">
         <v>0.25300499999999998</v>
       </c>
     </row>
     <row r="188" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A188" s="2" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="B188" s="27">
         <v>9.558599999999999E-2</v>
       </c>
       <c r="D188" s="27">
         <v>0.121964</v>
       </c>
       <c r="F188" s="27">
         <v>0.121088</v>
       </c>
       <c r="H188" s="27">
         <v>0.13481799999999999</v>
       </c>
       <c r="J188" s="27">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A189" s="2" t="s">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="B189" s="27">
         <v>4.0967999999999997E-2</v>
       </c>
       <c r="D189" s="27">
         <v>5.1561999999999997E-2</v>
       </c>
       <c r="F189" s="27">
         <v>5.0685999999999995E-2</v>
       </c>
       <c r="H189" s="27">
         <v>6.3714999999999994E-2</v>
       </c>
       <c r="J189" s="27">
         <v>8.2544999999999993E-2</v>
       </c>
     </row>
     <row r="190" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A190" s="2" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="B190" s="27">
         <v>9.558599999999999E-2</v>
       </c>
       <c r="D190" s="27">
         <v>0.121964</v>
       </c>
       <c r="F190" s="27">
         <v>0.121088</v>
       </c>
       <c r="H190" s="27">
         <v>0.13481799999999999</v>
       </c>
       <c r="J190" s="27">
         <v>0.25300499999999998</v>
       </c>
     </row>
     <row r="191" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A191" s="2" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="B191" s="27">
         <v>9.558599999999999E-2</v>
       </c>
       <c r="D191" s="27">
         <v>0.121964</v>
       </c>
       <c r="F191" s="27">
         <v>0.121088</v>
       </c>
       <c r="H191" s="27">
         <v>0.13481799999999999</v>
       </c>
       <c r="J191" s="27">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A192" s="2" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="B192" s="27">
         <v>4.0967999999999997E-2</v>
       </c>
       <c r="D192" s="27">
         <v>5.1561999999999997E-2</v>
       </c>
       <c r="F192" s="27">
         <v>5.0685999999999995E-2</v>
       </c>
       <c r="H192" s="27">
         <v>6.3714999999999994E-2</v>
       </c>
       <c r="J192" s="27">
         <v>8.2544999999999993E-2</v>
       </c>
     </row>
     <row r="193" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A193" s="2"/>
       <c r="B193" s="27"/>
       <c r="D193" s="27"/>
       <c r="F193" s="27"/>
       <c r="H193" s="27"/>
     </row>
     <row r="194" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A194" s="8"/>
       <c r="B194" s="20" t="s">
         <v>91</v>
       </c>
-      <c r="D194" s="27"/>
+      <c r="D194" s="20" t="s">
+        <v>92</v>
+      </c>
       <c r="F194" s="27"/>
       <c r="H194" s="27"/>
     </row>
     <row r="195" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A195" s="8"/>
       <c r="B195" s="20" t="s">
         <v>49</v>
       </c>
-      <c r="D195" s="27"/>
+      <c r="D195" s="20" t="s">
+        <v>49</v>
+      </c>
       <c r="F195" s="27"/>
       <c r="H195" s="27"/>
     </row>
     <row r="196" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A196" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B196" s="21">
         <v>45931</v>
       </c>
-      <c r="D196" s="27"/>
+      <c r="D196" s="21">
+        <v>46023</v>
+      </c>
       <c r="F196" s="27"/>
       <c r="H196" s="27"/>
     </row>
     <row r="197" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="D197" s="27"/>
       <c r="F197" s="27"/>
       <c r="H197" s="27"/>
     </row>
     <row r="198" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A198" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B198" s="25">
         <v>46.33</v>
       </c>
-      <c r="D198" s="27"/>
+      <c r="D198" s="25">
+        <v>46.38</v>
+      </c>
       <c r="F198" s="27"/>
       <c r="H198" s="27"/>
     </row>
     <row r="199" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A199" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B199" s="26">
         <v>54.31</v>
       </c>
-      <c r="D199" s="27"/>
+      <c r="D199" s="26">
+        <v>54.31</v>
+      </c>
       <c r="F199" s="27"/>
       <c r="H199" s="27"/>
     </row>
     <row r="200" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A200" s="2" t="s">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="B200" s="27">
         <v>0.250023</v>
       </c>
-      <c r="D200" s="27"/>
+      <c r="D200" s="27">
+        <v>0.25781700000000002</v>
+      </c>
       <c r="F200" s="27"/>
       <c r="H200" s="27"/>
     </row>
     <row r="201" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A201" s="2" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="B201" s="27">
         <v>0</v>
       </c>
-      <c r="D201" s="27"/>
+      <c r="D201" s="27">
+        <v>0</v>
+      </c>
       <c r="F201" s="27"/>
       <c r="H201" s="27"/>
     </row>
     <row r="202" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A202" s="2" t="s">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="B202" s="27">
         <v>7.9562999999999995E-2</v>
       </c>
-      <c r="D202" s="27"/>
+      <c r="D202" s="27">
+        <v>8.7087999999999999E-2</v>
+      </c>
       <c r="F202" s="27"/>
       <c r="H202" s="27"/>
     </row>
     <row r="203" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A203" s="2" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="B203" s="27">
         <v>0.250023</v>
       </c>
-      <c r="D203" s="27"/>
+      <c r="D203" s="27">
+        <v>0.25781700000000002</v>
+      </c>
       <c r="F203" s="27"/>
       <c r="H203" s="27"/>
     </row>
     <row r="204" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A204" s="2" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="B204" s="27">
         <v>0</v>
       </c>
-      <c r="D204" s="27"/>
+      <c r="D204" s="27">
+        <v>0</v>
+      </c>
       <c r="F204" s="27"/>
       <c r="H204" s="27"/>
     </row>
     <row r="205" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A205" s="2" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="B205" s="27">
         <v>7.9562999999999995E-2</v>
       </c>
-      <c r="D205" s="27"/>
+      <c r="D205" s="27">
+        <v>8.7087999999999999E-2</v>
+      </c>
       <c r="F205" s="27"/>
       <c r="H205" s="27"/>
     </row>
     <row r="206" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A206" s="2"/>
       <c r="B206" s="27"/>
       <c r="D206" s="27"/>
       <c r="F206" s="27"/>
       <c r="H206" s="27"/>
     </row>
     <row r="207" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A207" s="2"/>
       <c r="B207" s="27"/>
       <c r="D207" s="27"/>
       <c r="F207" s="27"/>
       <c r="H207" s="27"/>
     </row>
     <row r="208" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A208" s="2"/>
       <c r="B208" s="27"/>
       <c r="D208" s="27"/>
       <c r="F208" s="27"/>
       <c r="H208" s="27"/>
     </row>
     <row r="209" spans="1:8" x14ac:dyDescent="0.3">
@@ -4728,51 +4754,60 @@
       <c r="A228" s="23" t="s">
         <v>48</v>
       </c>
       <c r="B228" s="28"/>
       <c r="C228" s="28"/>
       <c r="D228" s="23"/>
       <c r="E228" s="23"/>
       <c r="F228" s="23"/>
       <c r="G228" s="23"/>
       <c r="H228" s="23"/>
       <c r="I228" s="23"/>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="89" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;12&amp;K008000Internal Use</oddFooter>
   </headerFooter>
   <rowBreaks count="3" manualBreakCount="3">
     <brk id="58" max="9" man="1"/>
     <brk id="117" max="9" man="1"/>
     <brk id="172" max="16383" man="1"/>
   </rowBreaks>
+  <customProperties>
+    <customPr name="_pios_id" r:id="rId2"/>
+  </customProperties>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{019c027e-33b7-45fc-a572-8ffa5d09ec36}" enabled="1" method="Standard" siteId="{031a09bc-a2bf-44df-888e-4e09355b7a24}" contentBits="2" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">