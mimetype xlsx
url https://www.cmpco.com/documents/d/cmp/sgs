--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -1,85 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2025\October 1, 2025 Price Change\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2026\January 1, 2026 Price Change\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{01392E8D-5623-45F5-B3C0-520F68A7ADF9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{66D8798F-EAB0-47B0-B333-533FF46D400D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-5220" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SGS #1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'SGS #1'!$A$1:$J$172</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="249" uniqueCount="108">
   <si>
     <t>SUBJECT: Rate SGS Revisions</t>
   </si>
   <si>
     <t>RATE BULLETIN: Rate SGS #1</t>
   </si>
   <si>
     <t>TO: RATE DISTRIBUTION LIST</t>
   </si>
   <si>
     <t>The following is a summary of Rate SGS revisions for general information and use.</t>
   </si>
   <si>
     <t>Original  1/</t>
   </si>
   <si>
     <t>1st Rev. 2/</t>
   </si>
   <si>
     <t>2nd Rev. 1/</t>
   </si>
   <si>
     <t>3rd Rev. 1/</t>
   </si>
   <si>
@@ -362,54 +363,57 @@
   <si>
     <t>55th Rev.</t>
   </si>
   <si>
     <t>56th Rev.</t>
   </si>
   <si>
     <t>57th Rev.</t>
   </si>
   <si>
     <t>58th Rev.</t>
   </si>
   <si>
     <t>59th Rev.</t>
   </si>
   <si>
     <t>60th Rev.</t>
   </si>
   <si>
     <t>61st Rev.</t>
   </si>
   <si>
     <t>62nd Rev.</t>
   </si>
   <si>
-    <t>DATE:  October 1, 2025</t>
-[...2 lines deleted...]
-    <t>(Supersedes Issue of  07/01/2025)</t>
+    <t>63rd Rev.</t>
+  </si>
+  <si>
+    <t>DATE:  January 1, 2026</t>
+  </si>
+  <si>
+    <t>(Supersedes Issue of  10/1/2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="9">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="#,##0.000000_);\(#,##0.000000\)"/>
     <numFmt numFmtId="165" formatCode="0.000000_)"/>
     <numFmt numFmtId="166" formatCode="0.00_)"/>
     <numFmt numFmtId="167" formatCode="_(* #,##0.000000_);_(* \(#,##0.000000\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="168" formatCode="m/d/yy"/>
     <numFmt numFmtId="169" formatCode="&quot;$&quot;#,##0.0000000_);\(&quot;$&quot;#,##0.0000000\)"/>
     <numFmt numFmtId="170" formatCode="0.000000"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
@@ -806,2549 +810,2566 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O231"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A167" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A174" sqref="A174"/>
+    <sheetView tabSelected="1" topLeftCell="A164" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="H198" sqref="H198"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.453125" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="22.54296875" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="2.81640625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="22.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="10.7109375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="2.85546875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="10.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="3.5703125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="10.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="2.85546875" style="1" customWidth="1"/>
     <col min="8" max="8" width="13" style="1" customWidth="1"/>
-    <col min="9" max="9" width="4.1796875" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="12" max="16384" width="11.453125" style="1"/>
+    <col min="9" max="9" width="4.140625" style="1" customWidth="1"/>
+    <col min="10" max="10" width="11.28515625" style="1" customWidth="1"/>
+    <col min="11" max="11" width="2.85546875" style="1" customWidth="1"/>
+    <col min="12" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="10"/>
       <c r="C1" s="10"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="10"/>
       <c r="I1" s="10"/>
       <c r="J1" s="11" t="s">
         <v>1</v>
       </c>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
     </row>
-    <row r="2" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A2" s="10"/>
       <c r="B2" s="10"/>
       <c r="C2" s="10"/>
       <c r="D2" s="10"/>
       <c r="E2" s="10"/>
       <c r="F2" s="10"/>
       <c r="G2" s="10"/>
       <c r="I2" s="10"/>
       <c r="J2" s="11" t="s">
         <v>79</v>
       </c>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
     </row>
-    <row r="3" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A3" s="9" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="10"/>
       <c r="C3" s="10"/>
       <c r="D3" s="10"/>
       <c r="E3" s="10"/>
       <c r="F3" s="10"/>
       <c r="G3" s="10"/>
       <c r="I3" s="10"/>
       <c r="J3" s="11" t="s">
         <v>57</v>
       </c>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
     </row>
-    <row r="4" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A4" s="10"/>
       <c r="B4" s="10"/>
       <c r="C4" s="10"/>
       <c r="D4" s="10"/>
       <c r="E4" s="10"/>
       <c r="F4" s="10"/>
       <c r="G4" s="10"/>
       <c r="I4" s="10"/>
       <c r="J4" s="11" t="s">
         <v>54</v>
       </c>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
     </row>
-    <row r="5" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A5" s="10"/>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
       <c r="F5" s="10"/>
       <c r="G5" s="10"/>
       <c r="H5" s="10"/>
       <c r="I5" s="10"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="2"/>
       <c r="O5" s="2"/>
     </row>
-    <row r="6" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A6" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="10"/>
       <c r="C6" s="10"/>
       <c r="D6" s="10"/>
       <c r="E6" s="10"/>
       <c r="F6" s="10"/>
       <c r="G6" s="10"/>
       <c r="H6" s="10"/>
       <c r="I6" s="10"/>
     </row>
-    <row r="7" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" s="10"/>
       <c r="B7" s="10"/>
       <c r="C7" s="10"/>
       <c r="D7" s="10"/>
       <c r="E7" s="10"/>
       <c r="F7" s="10"/>
       <c r="G7" s="10"/>
       <c r="H7" s="10"/>
       <c r="I7" s="10"/>
     </row>
-    <row r="8" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A8" s="10"/>
       <c r="B8" s="12" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="10"/>
       <c r="D8" s="12" t="s">
         <v>5</v>
       </c>
       <c r="E8" s="10"/>
       <c r="F8" s="12" t="s">
         <v>6</v>
       </c>
       <c r="G8" s="10"/>
       <c r="H8" s="12" t="s">
         <v>7</v>
       </c>
       <c r="I8" s="10"/>
       <c r="J8" s="12" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="9" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="15">
         <v>31778</v>
       </c>
       <c r="C9" s="16"/>
       <c r="D9" s="15">
         <v>31809</v>
       </c>
       <c r="E9" s="16"/>
       <c r="F9" s="15">
         <v>31898</v>
       </c>
       <c r="G9" s="16"/>
       <c r="H9" s="15">
         <v>32143</v>
       </c>
       <c r="I9" s="17"/>
       <c r="J9" s="15">
         <v>32874</v>
       </c>
       <c r="K9" s="18"/>
     </row>
-    <row r="11" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="3">
         <v>9.75</v>
       </c>
       <c r="D11" s="3">
         <v>9.6</v>
       </c>
       <c r="F11" s="3">
         <v>9.3699999999999992</v>
       </c>
       <c r="H11" s="3">
         <v>9.14</v>
       </c>
       <c r="J11" s="3">
         <v>9.68</v>
       </c>
     </row>
-    <row r="12" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="4">
         <v>0.104002</v>
       </c>
       <c r="D12" s="4">
         <v>0.102462</v>
       </c>
       <c r="F12" s="4">
         <v>0.10015499999999999</v>
       </c>
       <c r="H12" s="4">
         <v>9.8458000000000004E-2</v>
       </c>
       <c r="J12" s="4">
         <v>0.10156999999999999</v>
       </c>
     </row>
-    <row r="13" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="4">
         <v>7.8797000000000006E-2</v>
       </c>
       <c r="D13" s="4">
         <v>7.7658000000000005E-2</v>
       </c>
       <c r="F13" s="4">
         <v>7.5951000000000005E-2</v>
       </c>
       <c r="H13" s="4">
         <v>7.4853000000000003E-2</v>
       </c>
       <c r="J13" s="4">
         <v>7.7951000000000006E-2</v>
       </c>
     </row>
-    <row r="15" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" s="10"/>
       <c r="B15" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="10"/>
       <c r="D15" s="12" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="10"/>
       <c r="F15" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="12" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="10"/>
       <c r="J15" s="12" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="16" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="15">
         <v>33239</v>
       </c>
       <c r="C16" s="17"/>
       <c r="D16" s="15">
         <v>33298</v>
       </c>
       <c r="E16" s="17"/>
       <c r="F16" s="15">
         <v>33573</v>
       </c>
       <c r="G16" s="18"/>
       <c r="H16" s="15">
         <v>33848</v>
       </c>
       <c r="I16" s="17"/>
       <c r="J16" s="15">
         <v>34151</v>
       </c>
     </row>
-    <row r="18" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="3">
         <v>10.38</v>
       </c>
       <c r="D18" s="3">
         <v>11.02</v>
       </c>
       <c r="F18" s="3">
         <v>10.27</v>
       </c>
       <c r="H18" s="3">
         <v>10.27</v>
       </c>
       <c r="J18" s="3">
         <v>10.27</v>
       </c>
     </row>
-    <row r="19" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="1">
         <v>10.38</v>
       </c>
       <c r="D19" s="1">
         <v>11.02</v>
       </c>
       <c r="F19" s="1">
         <v>10.27</v>
       </c>
       <c r="H19" s="1">
         <v>17.07</v>
       </c>
       <c r="J19" s="1">
         <v>17.07</v>
       </c>
     </row>
-    <row r="20" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="4">
         <v>0.105271</v>
       </c>
       <c r="D20" s="1">
         <v>0.108657</v>
       </c>
       <c r="F20" s="5">
         <v>0.10023</v>
       </c>
       <c r="H20" s="4">
         <v>0.101407</v>
       </c>
       <c r="J20" s="4">
         <v>0.104433</v>
       </c>
     </row>
-    <row r="21" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A21" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="4">
         <v>8.2281000000000007E-2</v>
       </c>
       <c r="D21" s="1">
         <v>8.6258000000000001E-2</v>
       </c>
       <c r="F21" s="1">
         <v>7.0966000000000001E-2</v>
       </c>
       <c r="H21" s="4">
         <v>7.2142999999999999E-2</v>
       </c>
       <c r="J21" s="4">
         <v>7.5047000000000003E-2</v>
       </c>
     </row>
-    <row r="23" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A23" s="10"/>
       <c r="B23" s="12" t="s">
         <v>20</v>
       </c>
       <c r="D23" s="12" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10"/>
       <c r="F23" s="12" t="s">
         <v>22</v>
       </c>
       <c r="G23" s="10"/>
       <c r="H23" s="12" t="s">
         <v>23</v>
       </c>
       <c r="I23" s="10"/>
       <c r="J23" s="12" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="24" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A24" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B24" s="15">
         <v>34304</v>
       </c>
       <c r="C24" s="18"/>
       <c r="D24" s="15">
         <v>34335</v>
       </c>
       <c r="E24" s="17"/>
       <c r="F24" s="15">
         <v>34547</v>
       </c>
       <c r="G24" s="17"/>
       <c r="H24" s="15">
         <v>34669</v>
       </c>
       <c r="I24" s="17"/>
       <c r="J24" s="15">
         <v>34881</v>
       </c>
     </row>
-    <row r="26" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B26" s="3">
         <v>10.6</v>
       </c>
       <c r="D26" s="3">
         <v>10.65</v>
       </c>
       <c r="F26" s="3">
         <v>10.66</v>
       </c>
       <c r="H26" s="3">
         <v>10.66</v>
       </c>
       <c r="J26" s="3">
         <v>10.92</v>
       </c>
     </row>
-    <row r="27" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="1">
         <v>17.61</v>
       </c>
       <c r="D27" s="1">
         <v>17.68</v>
       </c>
       <c r="F27" s="6">
         <v>17.7</v>
       </c>
       <c r="H27" s="6">
         <v>17.7</v>
       </c>
       <c r="J27" s="6">
         <v>18.13</v>
       </c>
     </row>
-    <row r="28" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B28" s="4">
         <v>0.121656</v>
       </c>
       <c r="D28" s="4">
         <v>0.122188</v>
       </c>
       <c r="F28" s="4">
         <v>0.122382</v>
       </c>
       <c r="H28" s="4">
         <v>0.12456100000000001</v>
       </c>
       <c r="J28" s="4">
         <v>0.13414599999999999</v>
       </c>
     </row>
-    <row r="29" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A29" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B29" s="4">
         <v>9.1467999999999994E-2</v>
       </c>
       <c r="D29" s="4">
         <v>9.1884999999999994E-2</v>
       </c>
       <c r="F29" s="4">
         <v>9.2050999999999994E-2</v>
       </c>
       <c r="H29" s="4">
         <v>9.4435000000000005E-2</v>
       </c>
       <c r="J29" s="4">
         <v>0.103288</v>
       </c>
     </row>
-    <row r="31" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:10" x14ac:dyDescent="0.2">
       <c r="B31" s="12" t="s">
         <v>66</v>
       </c>
       <c r="D31" s="12" t="s">
         <v>67</v>
       </c>
       <c r="F31" s="12" t="s">
         <v>62</v>
       </c>
       <c r="H31" s="12" t="s">
         <v>61</v>
       </c>
       <c r="J31" s="12" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="32" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A32" s="10"/>
       <c r="B32" s="12" t="s">
         <v>63</v>
       </c>
       <c r="D32" s="12" t="s">
         <v>63</v>
       </c>
       <c r="F32" s="12" t="s">
         <v>64</v>
       </c>
       <c r="H32" s="12" t="s">
         <v>65</v>
       </c>
       <c r="J32" s="12" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="33" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A33" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="15">
         <v>35247</v>
       </c>
       <c r="C33" s="18"/>
       <c r="D33" s="15">
         <v>35612</v>
       </c>
       <c r="E33" s="18"/>
       <c r="F33" s="15">
         <v>35987</v>
       </c>
       <c r="G33" s="18"/>
       <c r="H33" s="15">
         <v>36586</v>
       </c>
       <c r="I33" s="18"/>
       <c r="J33" s="15">
         <v>36770</v>
       </c>
     </row>
-    <row r="35" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B35" s="3">
         <v>11.06</v>
       </c>
       <c r="D35" s="3">
         <v>11.181660000000001</v>
       </c>
       <c r="F35" s="3">
         <v>11.33</v>
       </c>
       <c r="H35" s="3">
         <v>10.220000000000001</v>
       </c>
       <c r="J35" s="3">
         <v>10.23</v>
       </c>
     </row>
-    <row r="36" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A36" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B36" s="6">
         <v>18.36</v>
       </c>
       <c r="D36" s="7">
         <v>18.561959999999999</v>
       </c>
       <c r="F36" s="7">
         <v>18.809999999999999</v>
       </c>
       <c r="H36" s="7">
         <v>16.96</v>
       </c>
       <c r="J36" s="7">
         <v>16.98</v>
       </c>
     </row>
-    <row r="37" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A37" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B37" s="4">
         <v>0.13583600000000001</v>
       </c>
       <c r="D37" s="8">
         <v>0.13733000000000001</v>
       </c>
       <c r="F37" s="8">
         <v>0.139156</v>
       </c>
       <c r="H37" s="8">
         <v>8.4609000000000004E-2</v>
       </c>
       <c r="J37" s="8">
         <v>8.6180999999999994E-2</v>
       </c>
     </row>
-    <row r="38" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A38" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B38" s="4">
         <v>0.104589</v>
       </c>
       <c r="D38" s="8">
         <v>0.105739</v>
       </c>
       <c r="F38" s="8">
         <v>0.107145</v>
       </c>
       <c r="H38" s="8">
         <v>5.5739999999999998E-2</v>
       </c>
       <c r="J38" s="8">
         <v>5.7272999999999998E-2</v>
       </c>
     </row>
-    <row r="39" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A39" s="2"/>
       <c r="B39" s="4"/>
       <c r="D39" s="8"/>
       <c r="F39" s="8"/>
       <c r="H39" s="8"/>
       <c r="J39" s="8"/>
     </row>
-    <row r="40" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A40" s="2"/>
       <c r="B40" s="4"/>
       <c r="D40" s="8"/>
       <c r="F40" s="8"/>
       <c r="H40" s="8"/>
       <c r="J40" s="8"/>
     </row>
-    <row r="41" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A41" s="2"/>
       <c r="B41" s="4"/>
       <c r="D41" s="8"/>
       <c r="F41" s="8"/>
       <c r="H41" s="8"/>
       <c r="J41" s="8"/>
     </row>
-    <row r="42" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A42" s="2"/>
       <c r="B42" s="4"/>
       <c r="D42" s="8"/>
       <c r="F42" s="8"/>
       <c r="H42" s="8"/>
       <c r="J42" s="8"/>
     </row>
-    <row r="43" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A43" s="2"/>
       <c r="B43" s="4"/>
       <c r="D43" s="8"/>
       <c r="F43" s="8"/>
       <c r="H43" s="8"/>
       <c r="J43" s="8"/>
     </row>
-    <row r="44" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A44" s="2" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="45" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A45" s="2" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="46" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A46" s="2" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="47" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A47" s="2" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="48" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A48" s="2" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="49" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A49" s="2" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="50" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A50" s="1" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="51" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A51" s="2" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="52" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A52" s="2" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="53" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A53" s="2" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="54" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A54" s="2" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="55" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A55" s="2" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="56" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A56" s="2" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="57" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A57" s="2" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="58" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A58" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B58" s="10"/>
       <c r="C58" s="10"/>
       <c r="D58" s="10"/>
       <c r="E58" s="10"/>
       <c r="F58" s="10"/>
       <c r="G58" s="10"/>
       <c r="H58" s="22"/>
       <c r="I58" s="23"/>
       <c r="J58" s="24" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="59" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A59" s="10"/>
       <c r="B59" s="10"/>
       <c r="C59" s="10"/>
       <c r="D59" s="10"/>
       <c r="E59" s="10"/>
       <c r="F59" s="10"/>
       <c r="G59" s="10"/>
       <c r="H59" s="22"/>
       <c r="I59" s="23"/>
       <c r="J59" s="24" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="60" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A60" s="9" t="s">
         <v>2</v>
       </c>
       <c r="B60" s="10"/>
       <c r="C60" s="10"/>
       <c r="D60" s="10"/>
       <c r="E60" s="10"/>
       <c r="F60" s="10"/>
       <c r="G60" s="10"/>
       <c r="H60" s="22"/>
       <c r="I60" s="23"/>
       <c r="J60" s="24" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="61" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A61" s="10"/>
       <c r="B61" s="10"/>
       <c r="C61" s="10"/>
       <c r="D61" s="10"/>
       <c r="E61" s="10"/>
       <c r="F61" s="10"/>
       <c r="G61" s="10"/>
       <c r="H61" s="22"/>
       <c r="I61" s="23"/>
       <c r="J61" s="24" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="62" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A62" s="10"/>
       <c r="B62" s="10"/>
       <c r="C62" s="10"/>
       <c r="D62" s="10"/>
       <c r="E62" s="10"/>
       <c r="F62" s="10"/>
       <c r="G62" s="10"/>
       <c r="H62" s="10"/>
       <c r="I62" s="10"/>
     </row>
-    <row r="63" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A63" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B63" s="10"/>
       <c r="C63" s="10"/>
       <c r="D63" s="10"/>
       <c r="E63" s="10"/>
       <c r="F63" s="10"/>
       <c r="G63" s="10"/>
       <c r="H63" s="10"/>
       <c r="I63" s="10"/>
     </row>
-    <row r="64" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A64" s="10"/>
       <c r="B64" s="10"/>
       <c r="C64" s="10"/>
       <c r="D64" s="10"/>
       <c r="E64" s="10"/>
       <c r="F64" s="10"/>
       <c r="G64" s="10"/>
       <c r="H64" s="10"/>
       <c r="I64" s="10"/>
     </row>
-    <row r="65" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A65" s="10"/>
       <c r="B65" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C65" s="10"/>
       <c r="D65" s="12" t="s">
         <v>42</v>
       </c>
       <c r="E65" s="10"/>
       <c r="F65" s="19" t="s">
         <v>43</v>
       </c>
       <c r="G65" s="10"/>
       <c r="H65" s="19" t="s">
         <v>44</v>
       </c>
       <c r="I65" s="10"/>
       <c r="J65" s="19" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="66" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A66" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B66" s="15">
         <v>37073</v>
       </c>
       <c r="C66" s="16"/>
       <c r="D66" s="15">
         <v>37316</v>
       </c>
       <c r="E66" s="14"/>
       <c r="F66" s="20">
         <v>37438</v>
       </c>
       <c r="G66" s="14"/>
       <c r="H66" s="20">
         <v>37803</v>
       </c>
       <c r="I66" s="10"/>
       <c r="J66" s="20">
         <v>38169</v>
       </c>
     </row>
-    <row r="67" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:10" x14ac:dyDescent="0.2">
       <c r="H67" s="22"/>
       <c r="J67" s="22"/>
     </row>
-    <row r="68" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B68" s="3">
         <v>10.23</v>
       </c>
       <c r="D68" s="3">
         <v>10.23</v>
       </c>
       <c r="F68" s="3">
         <v>9.76</v>
       </c>
       <c r="H68" s="25">
         <v>9.76</v>
       </c>
       <c r="J68" s="25">
         <v>9.76</v>
       </c>
     </row>
-    <row r="69" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A69" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B69" s="6">
         <v>16.98</v>
       </c>
       <c r="D69" s="6">
         <v>16.98</v>
       </c>
       <c r="F69" s="6">
         <v>16.21</v>
       </c>
       <c r="H69" s="26">
         <v>16.21</v>
       </c>
       <c r="J69" s="26">
         <v>16.21</v>
       </c>
     </row>
-    <row r="70" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A70" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B70" s="4">
         <v>8.7583999999999995E-2</v>
       </c>
       <c r="D70" s="4">
         <v>8.0291000000000001E-2</v>
       </c>
       <c r="F70" s="4">
         <v>7.8172000000000005E-2</v>
       </c>
       <c r="H70" s="27">
         <v>6.6680000000000003E-2</v>
       </c>
       <c r="J70" s="27">
         <v>6.3794000000000003E-2</v>
       </c>
     </row>
-    <row r="71" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A71" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B71" s="4">
         <v>5.8675999999999999E-2</v>
       </c>
       <c r="D71" s="4">
         <v>5.3780000000000001E-2</v>
       </c>
       <c r="F71" s="4">
         <v>5.2547000000000003E-2</v>
       </c>
       <c r="H71" s="27">
         <v>5.2571E-2</v>
       </c>
       <c r="J71" s="27">
         <v>5.1115000000000001E-2</v>
       </c>
     </row>
-    <row r="72" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="72" spans="1:10" x14ac:dyDescent="0.2">
       <c r="F72" s="21"/>
     </row>
-    <row r="73" spans="1:10" ht="39" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A73" s="10"/>
       <c r="B73" s="30" t="s">
         <v>69</v>
       </c>
       <c r="D73" s="30" t="s">
         <v>70</v>
       </c>
       <c r="F73" s="30" t="s">
         <v>71</v>
       </c>
       <c r="H73" s="29" t="s">
         <v>72</v>
       </c>
       <c r="J73" s="30" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="74" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A74" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B74" s="20">
         <v>38412</v>
       </c>
       <c r="D74" s="20">
         <v>38534</v>
       </c>
       <c r="F74" s="20">
         <v>38777</v>
       </c>
       <c r="H74" s="20">
         <v>38899</v>
       </c>
       <c r="J74" s="20">
         <v>39142</v>
       </c>
     </row>
-    <row r="75" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="75" spans="1:10" x14ac:dyDescent="0.2">
       <c r="B75" s="22"/>
       <c r="D75" s="22"/>
       <c r="F75" s="22"/>
       <c r="H75" s="22"/>
       <c r="J75" s="22"/>
     </row>
-    <row r="76" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B76" s="25">
         <v>9.76</v>
       </c>
       <c r="D76" s="25">
         <v>9.76</v>
       </c>
       <c r="F76" s="25">
         <v>9.76</v>
       </c>
       <c r="H76" s="25">
         <v>9.76</v>
       </c>
       <c r="J76" s="25">
         <v>9.76</v>
       </c>
     </row>
-    <row r="77" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A77" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B77" s="26">
         <v>16.21</v>
       </c>
       <c r="D77" s="26">
         <v>16.21</v>
       </c>
       <c r="F77" s="26">
         <v>16.21</v>
       </c>
       <c r="H77" s="26">
         <v>16.21</v>
       </c>
       <c r="J77" s="26">
         <v>16.21</v>
       </c>
     </row>
-    <row r="78" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A78" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B78" s="27">
         <v>5.6506000000000001E-2</v>
       </c>
       <c r="D78" s="27">
         <v>5.7891999999999999E-2</v>
       </c>
       <c r="F78" s="27">
         <v>5.5143999999999999E-2</v>
       </c>
       <c r="H78" s="27">
         <v>5.8224999999999999E-2</v>
       </c>
       <c r="J78" s="27">
         <v>5.7202000000000003E-2</v>
       </c>
     </row>
-    <row r="79" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A79" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B79" s="27">
         <v>5.1028999999999998E-2</v>
       </c>
       <c r="D79" s="27">
         <v>5.3142000000000002E-2</v>
       </c>
       <c r="F79" s="27">
         <v>5.1698000000000001E-2</v>
       </c>
       <c r="H79" s="27">
         <v>5.4586000000000003E-2</v>
       </c>
       <c r="J79" s="27">
         <v>5.3563E-2</v>
       </c>
     </row>
-    <row r="81" spans="1:10" ht="52" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A81" s="10"/>
       <c r="B81" s="29" t="s">
         <v>68</v>
       </c>
       <c r="D81" s="29" t="s">
         <v>77</v>
       </c>
       <c r="F81" s="29" t="s">
         <v>74</v>
       </c>
       <c r="G81" s="22"/>
       <c r="H81" s="29" t="s">
         <v>75</v>
       </c>
       <c r="J81" s="29" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="82" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A82" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B82" s="20">
         <v>39264</v>
       </c>
       <c r="D82" s="20">
         <v>39508</v>
       </c>
       <c r="F82" s="20">
         <v>39630</v>
       </c>
       <c r="H82" s="20">
         <v>39873</v>
       </c>
       <c r="J82" s="20">
         <v>39995</v>
       </c>
     </row>
-    <row r="83" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:10" x14ac:dyDescent="0.2">
       <c r="B83" s="22"/>
       <c r="D83" s="22"/>
       <c r="F83" s="22"/>
       <c r="H83" s="22"/>
       <c r="J83" s="22"/>
     </row>
-    <row r="84" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B84" s="25">
         <v>9.9</v>
       </c>
       <c r="D84" s="25">
         <v>9.9</v>
       </c>
       <c r="F84" s="25">
         <v>9.9</v>
       </c>
       <c r="H84" s="25">
         <v>9.9</v>
       </c>
       <c r="J84" s="25">
         <v>10.47</v>
       </c>
     </row>
-    <row r="85" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A85" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B85" s="26">
         <v>16.440000000000001</v>
       </c>
       <c r="D85" s="26">
         <v>16.440000000000001</v>
       </c>
       <c r="F85" s="26">
         <v>16.43</v>
       </c>
       <c r="H85" s="26">
         <v>16.43</v>
       </c>
       <c r="J85" s="26">
         <v>17.39</v>
       </c>
     </row>
-    <row r="86" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A86" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B86" s="27">
         <v>5.6179E-2</v>
       </c>
       <c r="D86" s="27">
         <v>4.9602E-2</v>
       </c>
       <c r="F86" s="27">
         <v>4.6586000000000002E-2</v>
       </c>
       <c r="H86" s="27">
         <v>4.6656000000000003E-2</v>
       </c>
       <c r="J86" s="27">
         <v>5.0521999999999997E-2</v>
       </c>
     </row>
-    <row r="87" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A87" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B87" s="27">
         <v>5.2259E-2</v>
       </c>
       <c r="D87" s="27">
         <v>4.5682E-2</v>
       </c>
       <c r="F87" s="27">
         <v>4.6586000000000002E-2</v>
       </c>
       <c r="H87" s="27">
         <v>4.6656000000000003E-2</v>
       </c>
       <c r="J87" s="27">
         <v>5.0521999999999997E-2</v>
       </c>
     </row>
-    <row r="94" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A94" s="2" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="95" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A95" s="2" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="96" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A96" s="2" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="97" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A97" s="2" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="98" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A98" s="2" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="99" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A99" s="2" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="100" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="100" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A100" s="1" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="101" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A101" s="2" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="102" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A102" s="2" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="103" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="103" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A103" s="2" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="104" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="104" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A104" s="2" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="105" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A105" s="2" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="106" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A106" s="2" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="107" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="107" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A107" s="2" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="108" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="108" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A108" s="1" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="109" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A109" s="22" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="110" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A110" s="1" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="111" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="111" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A111" s="22" t="s">
         <v>51</v>
       </c>
       <c r="B111" s="28"/>
       <c r="C111" s="28"/>
       <c r="D111" s="22"/>
       <c r="E111" s="22"/>
       <c r="F111" s="22"/>
       <c r="G111" s="22"/>
       <c r="H111" s="22"/>
       <c r="I111" s="22"/>
     </row>
-    <row r="112" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="112" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A112" s="22" t="s">
         <v>52</v>
       </c>
       <c r="B112" s="28"/>
       <c r="C112" s="28"/>
       <c r="D112" s="22"/>
       <c r="E112" s="22"/>
       <c r="F112" s="22"/>
       <c r="G112" s="22"/>
       <c r="H112" s="22"/>
       <c r="I112" s="22"/>
     </row>
-    <row r="113" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A113" s="22" t="s">
         <v>53</v>
       </c>
       <c r="B113" s="28"/>
       <c r="C113" s="28"/>
       <c r="D113" s="22"/>
       <c r="E113" s="22"/>
       <c r="F113" s="22"/>
       <c r="G113" s="22"/>
       <c r="H113" s="22"/>
       <c r="I113" s="22"/>
     </row>
-    <row r="114" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="114" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A114" s="22"/>
       <c r="B114" s="28"/>
       <c r="C114" s="28"/>
       <c r="D114" s="22"/>
       <c r="E114" s="22"/>
       <c r="F114" s="22"/>
       <c r="G114" s="22"/>
       <c r="H114" s="22"/>
       <c r="I114" s="22"/>
     </row>
-    <row r="115" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="115" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A115" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B115" s="10"/>
       <c r="C115" s="10"/>
       <c r="D115" s="10"/>
       <c r="E115" s="10"/>
       <c r="F115" s="10"/>
       <c r="G115" s="10"/>
       <c r="H115" s="22"/>
       <c r="I115" s="23"/>
       <c r="J115" s="24" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="116" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="116" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A116" s="10"/>
       <c r="B116" s="10"/>
       <c r="C116" s="10"/>
       <c r="D116" s="10"/>
       <c r="E116" s="10"/>
       <c r="F116" s="10"/>
       <c r="G116" s="10"/>
       <c r="H116" s="22"/>
       <c r="I116" s="23"/>
       <c r="J116" s="24" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="117" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="117" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A117" s="9" t="s">
         <v>2</v>
       </c>
       <c r="B117" s="10"/>
       <c r="C117" s="10"/>
       <c r="D117" s="10"/>
       <c r="E117" s="10"/>
       <c r="F117" s="10"/>
       <c r="G117" s="10"/>
       <c r="H117" s="22"/>
       <c r="I117" s="23"/>
       <c r="J117" s="24" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="118" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="118" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A118" s="10"/>
       <c r="B118" s="10"/>
       <c r="C118" s="10"/>
       <c r="D118" s="10"/>
       <c r="E118" s="10"/>
       <c r="F118" s="10"/>
       <c r="G118" s="10"/>
       <c r="H118" s="22"/>
       <c r="I118" s="23"/>
       <c r="J118" s="24" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="119" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="119" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A119" s="10"/>
       <c r="B119" s="10"/>
       <c r="C119" s="10"/>
       <c r="D119" s="10"/>
       <c r="E119" s="10"/>
       <c r="F119" s="10"/>
       <c r="G119" s="10"/>
       <c r="H119" s="23"/>
       <c r="I119" s="23"/>
       <c r="J119" s="22"/>
     </row>
-    <row r="120" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="120" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A120" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B120" s="10"/>
       <c r="C120" s="10"/>
       <c r="D120" s="10"/>
       <c r="E120" s="10"/>
       <c r="F120" s="10"/>
       <c r="G120" s="10"/>
       <c r="H120" s="23"/>
       <c r="I120" s="23"/>
       <c r="J120" s="22"/>
     </row>
-    <row r="121" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A121" s="10"/>
       <c r="B121" s="10"/>
       <c r="C121" s="10"/>
       <c r="D121" s="10"/>
       <c r="E121" s="10"/>
       <c r="F121" s="10"/>
       <c r="G121" s="10"/>
       <c r="H121" s="23"/>
       <c r="I121" s="23"/>
       <c r="J121" s="22"/>
     </row>
-    <row r="122" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="122" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A122" s="10"/>
       <c r="B122" s="19" t="s">
         <v>59</v>
       </c>
       <c r="C122" s="10"/>
       <c r="D122" s="19" t="s">
         <v>60</v>
       </c>
       <c r="E122" s="10"/>
       <c r="F122" s="19" t="s">
         <v>78</v>
       </c>
       <c r="G122" s="10"/>
       <c r="H122" s="19" t="s">
         <v>81</v>
       </c>
       <c r="I122" s="23"/>
       <c r="J122" s="19" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="123" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="123" spans="1:10" x14ac:dyDescent="0.2">
       <c r="B123" s="19" t="s">
         <v>58</v>
       </c>
       <c r="C123" s="16"/>
       <c r="D123" s="19" t="s">
         <v>58</v>
       </c>
       <c r="E123" s="14"/>
       <c r="F123" s="19" t="s">
         <v>58</v>
       </c>
       <c r="G123" s="14"/>
       <c r="H123" s="19" t="s">
         <v>58</v>
       </c>
       <c r="I123" s="23"/>
       <c r="J123" s="19" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="124" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="124" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A124" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B124" s="20">
         <v>40360</v>
       </c>
       <c r="D124" s="20">
         <v>40725</v>
       </c>
       <c r="F124" s="20">
         <v>40969</v>
       </c>
       <c r="H124" s="20">
         <v>41091</v>
       </c>
       <c r="I124" s="22"/>
       <c r="J124" s="20">
         <v>41456</v>
       </c>
     </row>
-    <row r="125" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="125" spans="1:10" x14ac:dyDescent="0.2">
       <c r="B125" s="22"/>
       <c r="D125" s="22"/>
       <c r="F125" s="22"/>
       <c r="H125" s="22"/>
       <c r="I125" s="22"/>
       <c r="J125" s="22"/>
     </row>
-    <row r="126" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="126" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A126" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B126" s="25">
         <v>10.17</v>
       </c>
       <c r="D126" s="25">
         <v>10.62</v>
       </c>
       <c r="F126" s="25">
         <v>10.62</v>
       </c>
       <c r="H126" s="25">
         <v>10.83</v>
       </c>
       <c r="I126" s="22"/>
       <c r="J126" s="25">
         <v>11.48</v>
       </c>
     </row>
-    <row r="127" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="127" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A127" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B127" s="26">
         <v>16.91</v>
       </c>
       <c r="D127" s="26">
         <v>17.649999999999999</v>
       </c>
       <c r="F127" s="26">
         <v>17.649999999999999</v>
       </c>
       <c r="H127" s="26">
         <v>18</v>
       </c>
       <c r="I127" s="22"/>
       <c r="J127" s="26">
         <v>19.100000000000001</v>
       </c>
     </row>
-    <row r="128" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="128" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A128" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B128" s="27">
         <v>5.0314999999999999E-2</v>
       </c>
       <c r="D128" s="27">
         <v>5.3265E-2</v>
       </c>
       <c r="F128" s="27">
         <v>5.4058000000000002E-2</v>
       </c>
       <c r="H128" s="27">
         <v>5.6947999999999999E-2</v>
       </c>
       <c r="I128" s="22"/>
       <c r="J128" s="27">
         <v>5.994E-2</v>
       </c>
     </row>
-    <row r="129" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="129" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A129" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B129" s="27">
         <v>5.0314999999999999E-2</v>
       </c>
       <c r="D129" s="27">
         <v>5.3265E-2</v>
       </c>
       <c r="F129" s="27">
         <v>5.4058000000000002E-2</v>
       </c>
       <c r="H129" s="27">
         <v>5.6947999999999999E-2</v>
       </c>
       <c r="I129" s="22"/>
       <c r="J129" s="27">
         <v>5.994E-2</v>
       </c>
     </row>
-    <row r="130" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="130" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A130" s="10"/>
       <c r="B130" s="19"/>
       <c r="D130" s="19"/>
       <c r="F130" s="19"/>
       <c r="H130" s="19"/>
       <c r="J130" s="19"/>
     </row>
-    <row r="131" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="131" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A131" s="10"/>
       <c r="B131" s="19" t="s">
         <v>83</v>
       </c>
       <c r="D131" s="19" t="s">
         <v>85</v>
       </c>
       <c r="F131" s="19" t="s">
         <v>86</v>
       </c>
       <c r="H131" s="19" t="s">
         <v>87</v>
       </c>
       <c r="J131" s="19" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="132" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="132" spans="1:10" x14ac:dyDescent="0.2">
       <c r="B132" s="19" t="s">
         <v>58</v>
       </c>
       <c r="D132" s="19" t="s">
         <v>58</v>
       </c>
       <c r="F132" s="19" t="s">
         <v>58</v>
       </c>
       <c r="H132" s="19" t="s">
         <v>58</v>
       </c>
       <c r="J132" s="19" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="133" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="133" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A133" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B133" s="20">
         <v>41883</v>
       </c>
       <c r="D133" s="20">
         <v>42186</v>
       </c>
       <c r="F133" s="20">
         <v>42552</v>
       </c>
       <c r="H133" s="20">
         <v>42917</v>
       </c>
       <c r="J133" s="20">
         <v>43282</v>
       </c>
     </row>
-    <row r="134" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="134" spans="1:10" x14ac:dyDescent="0.2">
       <c r="B134" s="22"/>
       <c r="D134" s="22"/>
       <c r="F134" s="22"/>
       <c r="H134" s="22"/>
       <c r="J134" s="26"/>
     </row>
-    <row r="135" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="135" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B135" s="25">
         <v>15</v>
       </c>
       <c r="D135" s="25">
         <v>15</v>
       </c>
       <c r="F135" s="25">
         <v>15</v>
       </c>
       <c r="H135" s="25">
         <v>15.38</v>
       </c>
       <c r="J135" s="25">
         <v>15.26</v>
       </c>
     </row>
-    <row r="136" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="136" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A136" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B136" s="26">
         <v>19.100000000000001</v>
       </c>
       <c r="D136" s="26">
         <v>19.100000000000001</v>
       </c>
       <c r="F136" s="26">
         <v>19.100000000000001</v>
       </c>
       <c r="H136" s="26">
         <v>19.579999999999998</v>
       </c>
       <c r="J136" s="26">
         <v>19.43</v>
       </c>
     </row>
-    <row r="137" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="137" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A137" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B137" s="27">
         <v>5.1677000000000001E-2</v>
       </c>
       <c r="D137" s="27">
         <v>5.4039999999999998E-2</v>
       </c>
       <c r="F137" s="27">
         <v>5.9563999999999999E-2</v>
       </c>
       <c r="H137" s="27">
         <v>5.9607999999999994E-2</v>
       </c>
       <c r="J137" s="1">
         <v>5.8832000000000002E-2</v>
       </c>
     </row>
-    <row r="138" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="138" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A138" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B138" s="27">
         <v>5.1677000000000001E-2</v>
       </c>
       <c r="D138" s="27">
         <v>5.4039999999999998E-2</v>
       </c>
       <c r="F138" s="27">
         <v>5.9563999999999999E-2</v>
       </c>
       <c r="H138" s="27">
         <v>5.9607999999999994E-2</v>
       </c>
       <c r="J138" s="1">
         <v>5.8832000000000002E-2</v>
       </c>
     </row>
-    <row r="139" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="139" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A139" s="13"/>
       <c r="B139" s="20"/>
       <c r="D139" s="20"/>
       <c r="F139" s="20"/>
       <c r="H139" s="20"/>
       <c r="J139" s="20"/>
     </row>
-    <row r="140" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="140" spans="1:10" x14ac:dyDescent="0.2">
       <c r="B140" s="19" t="s">
         <v>89</v>
       </c>
       <c r="D140" s="19" t="s">
         <v>90</v>
       </c>
       <c r="F140" s="19" t="s">
         <v>91</v>
       </c>
       <c r="H140" s="19" t="s">
         <v>92</v>
       </c>
       <c r="J140" s="23" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="141" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="141" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A141" s="2"/>
       <c r="B141" s="19" t="s">
         <v>58</v>
       </c>
       <c r="D141" s="19" t="s">
         <v>58</v>
       </c>
       <c r="F141" s="19" t="s">
         <v>58</v>
       </c>
       <c r="H141" s="19" t="s">
         <v>58</v>
       </c>
       <c r="J141" s="31" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="142" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="142" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A142" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B142" s="20">
         <v>43647</v>
       </c>
       <c r="D142" s="20">
         <v>43891</v>
       </c>
       <c r="F142" s="20">
         <v>44013</v>
       </c>
       <c r="H142" s="20">
         <v>44409</v>
       </c>
       <c r="J142" s="20">
         <v>44743</v>
       </c>
     </row>
-    <row r="143" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="143" spans="1:10" x14ac:dyDescent="0.2">
       <c r="B143" s="26"/>
       <c r="D143" s="27"/>
       <c r="F143" s="27"/>
       <c r="H143" s="27"/>
       <c r="J143" s="32"/>
     </row>
-    <row r="144" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="144" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B144" s="25">
         <v>15.33</v>
       </c>
       <c r="D144" s="25">
         <v>15.72</v>
       </c>
       <c r="F144" s="25">
         <v>16.310000000000002</v>
       </c>
       <c r="H144" s="25">
         <v>16.86</v>
       </c>
       <c r="J144" s="33">
         <v>20.16</v>
       </c>
     </row>
-    <row r="145" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="145" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A145" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B145" s="26">
         <v>19.520000000000003</v>
       </c>
       <c r="D145" s="26">
         <v>20.02</v>
       </c>
       <c r="F145" s="26">
         <v>20.77</v>
       </c>
       <c r="H145" s="26">
         <v>21.47</v>
       </c>
       <c r="J145" s="33">
         <v>25.67</v>
       </c>
     </row>
-    <row r="146" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="146" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A146" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B146" s="1">
         <v>5.8075000000000002E-2</v>
       </c>
       <c r="D146" s="1">
         <v>6.2134000000000002E-2</v>
       </c>
       <c r="F146" s="1">
         <v>6.2367000000000006E-2</v>
       </c>
       <c r="H146" s="1">
         <v>7.7710999999999988E-2</v>
       </c>
       <c r="J146" s="1">
         <v>7.1563999999999989E-2</v>
       </c>
     </row>
-    <row r="147" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="147" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A147" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B147" s="1">
         <v>5.8075000000000002E-2</v>
       </c>
       <c r="D147" s="1">
         <v>6.2134000000000002E-2</v>
       </c>
       <c r="F147" s="1">
         <v>6.2367000000000006E-2</v>
       </c>
       <c r="H147" s="1">
         <v>7.7710999999999988E-2</v>
       </c>
       <c r="J147" s="1">
         <v>7.1563999999999989E-2</v>
       </c>
     </row>
-    <row r="153" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="153" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A153" s="2" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="154" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="154" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A154" s="2" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="155" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="155" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A155" s="2" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="156" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="156" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A156" s="2" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="157" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="157" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A157" s="2" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="158" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="158" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A158" s="2" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="159" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="159" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A159" s="1" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="160" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="160" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A160" s="2" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="161" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="161" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A161" s="2" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="162" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="162" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A162" s="2" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="163" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="163" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A163" s="2" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="164" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="164" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A164" s="2" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="165" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="165" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A165" s="2" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="166" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="166" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A166" s="2" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="167" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="167" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A167" s="1" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="168" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="168" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A168" s="22" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="169" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="169" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A169" s="1" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="170" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="170" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A170" s="22" t="s">
         <v>51</v>
       </c>
       <c r="B170" s="28"/>
       <c r="C170" s="28"/>
       <c r="D170" s="22"/>
       <c r="E170" s="22"/>
       <c r="F170" s="22"/>
       <c r="G170" s="22"/>
       <c r="H170" s="22"/>
       <c r="I170" s="22"/>
     </row>
-    <row r="171" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="171" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A171" s="22" t="s">
         <v>52</v>
       </c>
       <c r="B171" s="28"/>
       <c r="C171" s="28"/>
       <c r="D171" s="22"/>
       <c r="E171" s="22"/>
       <c r="F171" s="22"/>
       <c r="G171" s="22"/>
       <c r="H171" s="22"/>
       <c r="I171" s="22"/>
     </row>
-    <row r="172" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="172" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A172" s="22" t="s">
         <v>53</v>
       </c>
       <c r="B172" s="28"/>
       <c r="C172" s="28"/>
       <c r="D172" s="22"/>
       <c r="E172" s="22"/>
       <c r="F172" s="22"/>
       <c r="G172" s="22"/>
       <c r="H172" s="22"/>
       <c r="I172" s="22"/>
     </row>
-    <row r="174" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="174" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A174" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B174" s="10"/>
       <c r="C174" s="10"/>
       <c r="D174" s="10"/>
       <c r="E174" s="10"/>
       <c r="F174" s="10"/>
       <c r="G174" s="10"/>
       <c r="H174" s="22"/>
       <c r="I174" s="23"/>
       <c r="J174" s="24" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="175" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="175" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A175" s="10"/>
       <c r="B175" s="10"/>
       <c r="C175" s="10"/>
       <c r="D175" s="10"/>
       <c r="E175" s="10"/>
       <c r="F175" s="10"/>
       <c r="G175" s="10"/>
       <c r="H175" s="22"/>
       <c r="I175" s="23"/>
       <c r="J175" s="24" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="176" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="176" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A176" s="9" t="s">
         <v>2</v>
       </c>
       <c r="B176" s="10"/>
       <c r="C176" s="10"/>
       <c r="D176" s="10"/>
       <c r="E176" s="10"/>
       <c r="F176" s="10"/>
       <c r="G176" s="10"/>
       <c r="H176" s="22"/>
       <c r="I176" s="23"/>
       <c r="J176" s="24" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" x14ac:dyDescent="0.3">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="177" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A177" s="10"/>
       <c r="B177" s="10"/>
       <c r="C177" s="10"/>
       <c r="D177" s="10"/>
       <c r="E177" s="10"/>
       <c r="F177" s="10"/>
       <c r="G177" s="10"/>
       <c r="H177" s="22"/>
       <c r="I177" s="23"/>
       <c r="J177" s="24" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" x14ac:dyDescent="0.3">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="178" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A178" s="10"/>
       <c r="B178" s="10"/>
       <c r="C178" s="10"/>
       <c r="D178" s="10"/>
       <c r="E178" s="10"/>
       <c r="F178" s="10"/>
       <c r="G178" s="10"/>
       <c r="H178" s="23"/>
       <c r="I178" s="23"/>
       <c r="J178" s="22"/>
     </row>
-    <row r="179" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="179" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A179" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B179" s="10"/>
       <c r="C179" s="10"/>
       <c r="D179" s="10"/>
       <c r="E179" s="10"/>
       <c r="F179" s="10"/>
       <c r="G179" s="10"/>
       <c r="H179" s="23"/>
       <c r="I179" s="23"/>
       <c r="J179" s="22"/>
     </row>
-    <row r="181" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="181" spans="1:10" x14ac:dyDescent="0.2">
       <c r="B181" s="19" t="s">
         <v>97</v>
       </c>
       <c r="D181" s="19" t="s">
         <v>98</v>
       </c>
       <c r="F181" s="19" t="s">
         <v>99</v>
       </c>
       <c r="H181" s="19" t="s">
         <v>100</v>
       </c>
       <c r="J181" s="19" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="182" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="182" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A182" s="2"/>
       <c r="B182" s="19" t="s">
         <v>58</v>
       </c>
       <c r="D182" s="19" t="s">
         <v>58</v>
       </c>
       <c r="F182" s="19" t="s">
         <v>58</v>
       </c>
       <c r="H182" s="19" t="s">
         <v>58</v>
       </c>
       <c r="J182" s="19" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="183" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="183" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A183" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B183" s="20">
         <v>44927</v>
       </c>
       <c r="D183" s="20">
         <v>45108</v>
       </c>
       <c r="F183" s="20">
         <v>45292</v>
       </c>
       <c r="H183" s="20">
         <v>45474</v>
       </c>
       <c r="J183" s="20">
         <v>45505</v>
       </c>
     </row>
-    <row r="184" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="184" spans="1:10" x14ac:dyDescent="0.2">
       <c r="B184" s="26"/>
       <c r="D184" s="26"/>
       <c r="F184" s="26"/>
       <c r="H184" s="26"/>
     </row>
-    <row r="185" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="185" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A185" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B185" s="25">
         <v>20.16</v>
       </c>
       <c r="D185" s="25">
         <v>30.910000000000004</v>
       </c>
       <c r="F185" s="25">
         <v>31.910000000000004</v>
       </c>
       <c r="H185" s="25">
         <v>40.01</v>
       </c>
       <c r="J185" s="25">
         <v>40.76</v>
       </c>
     </row>
-    <row r="186" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="186" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A186" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B186" s="26">
         <v>25.67</v>
       </c>
       <c r="D186" s="26">
         <v>39.65</v>
       </c>
       <c r="F186" s="26">
         <v>40.65</v>
       </c>
       <c r="H186" s="26">
         <v>48.57</v>
       </c>
       <c r="J186" s="26">
         <v>49.32</v>
       </c>
     </row>
-    <row r="187" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="187" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A187" s="2" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="B187" s="1">
         <v>6.9855E-2</v>
       </c>
       <c r="D187" s="1">
         <v>7.4946999999999986E-2</v>
       </c>
       <c r="F187" s="1">
         <v>6.6107999999999986E-2</v>
       </c>
       <c r="H187" s="34">
         <v>8.5330000000000003E-2</v>
       </c>
       <c r="J187" s="34">
         <v>8.4454000000000001E-2</v>
       </c>
     </row>
-    <row r="188" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="188" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A188" s="2" t="s">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="B188" s="1">
         <v>6.9855E-2</v>
       </c>
       <c r="D188" s="1">
         <v>7.4946999999999986E-2</v>
       </c>
       <c r="F188" s="1">
         <v>6.6107999999999986E-2</v>
       </c>
       <c r="H188" s="34">
         <v>8.5330000000000003E-2</v>
       </c>
       <c r="J188" s="34">
         <v>8.4454000000000001E-2</v>
       </c>
     </row>
-    <row r="189" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="189" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A189" s="10"/>
     </row>
-    <row r="190" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="190" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A190" s="10"/>
       <c r="B190" s="19" t="s">
         <v>102</v>
       </c>
       <c r="D190" s="19" t="s">
         <v>103</v>
       </c>
       <c r="F190" s="19" t="s">
         <v>104</v>
       </c>
-    </row>
-    <row r="191" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="H190" s="19" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="191" spans="1:10" x14ac:dyDescent="0.2">
       <c r="B191" s="19" t="s">
         <v>58</v>
       </c>
       <c r="D191" s="19" t="s">
         <v>58</v>
       </c>
       <c r="F191" s="19" t="s">
         <v>58</v>
       </c>
-    </row>
-    <row r="192" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="H191" s="19" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="192" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A192" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B192" s="20">
         <v>45658</v>
       </c>
       <c r="D192" s="20">
         <v>45839</v>
       </c>
       <c r="F192" s="20">
         <v>45931</v>
       </c>
-    </row>
-    <row r="194" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="H192" s="20">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A194" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B194" s="25">
         <v>41.71</v>
       </c>
       <c r="D194" s="25">
         <v>44.94</v>
       </c>
       <c r="F194" s="25">
         <v>46.33</v>
       </c>
-    </row>
-    <row r="195" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="H194" s="25">
+        <v>46.38</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A195" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B195" s="26">
         <v>49.26</v>
       </c>
       <c r="D195" s="26">
         <v>52.86</v>
       </c>
       <c r="F195" s="26">
         <v>54.25</v>
       </c>
-    </row>
-    <row r="196" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="H195" s="26">
+        <v>54.31</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A196" s="2" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="B196" s="34">
         <v>9.8552000000000001E-2</v>
       </c>
       <c r="D196" s="34">
         <v>0.102882</v>
       </c>
       <c r="F196" s="34">
         <v>9.9900000000000003E-2</v>
       </c>
-    </row>
-    <row r="197" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="H196" s="34">
+        <v>0.10745200000000001</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A197" s="2" t="s">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="B197" s="34">
         <v>9.8552000000000001E-2</v>
       </c>
       <c r="D197" s="34">
         <v>0.102882</v>
       </c>
       <c r="F197" s="34">
         <v>9.9900000000000003E-2</v>
       </c>
-    </row>
-    <row r="198" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="H197" s="34">
+        <v>0.10745200000000001</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A198" s="13"/>
     </row>
-    <row r="200" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="200" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A200" s="2"/>
     </row>
-    <row r="201" spans="1:6" x14ac:dyDescent="0.3">
-[...24 lines deleted...]
-    <row r="212" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="201" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A201" s="13"/>
+    </row>
+    <row r="203" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A203" s="2"/>
+    </row>
+    <row r="204" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A204" s="2"/>
+    </row>
+    <row r="205" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A205" s="2"/>
+    </row>
+    <row r="206" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A206" s="2"/>
+    </row>
+    <row r="212" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A212" s="2" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="213" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="213" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A213" s="2" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="214" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="214" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A214" s="2" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="215" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="215" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A215" s="2" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="216" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="216" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A216" s="2" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="217" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="217" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A217" s="2" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="218" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="218" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A218" s="1" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="219" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="219" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A219" s="2" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="220" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="220" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A220" s="2" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="221" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="221" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A221" s="2" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="222" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="222" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A222" s="2" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="223" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="223" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A223" s="2" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="224" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="224" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A224" s="2" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="225" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="225" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A225" s="2" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="226" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="226" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A226" s="1" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="227" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="227" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A227" s="22" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="228" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="228" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A228" s="1" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="229" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="229" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A229" s="22" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="230" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="230" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A230" s="22" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="231" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="231" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A231" s="22" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="4" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;12&amp;K008000Internal Use</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="57" max="16383" man="1"/>
     <brk id="173" max="16383" man="1"/>
   </rowBreaks>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{019c027e-33b7-45fc-a572-8ffa5d09ec36}" enabled="1" method="Standard" siteId="{031a09bc-a2bf-44df-888e-4e09355b7a24}" contentBits="2" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">