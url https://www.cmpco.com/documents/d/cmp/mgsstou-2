--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -1,82 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2025\October 1, 2025 Price Change\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2026\January 1, 2026 Price Change\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2EB732FE-8A68-44C6-AA8B-64AF0C7609AA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3233B00A-B599-47A7-8803-219E169FD9EF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-5220" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MGS-S-TOU #1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="384" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="386" uniqueCount="130">
   <si>
     <t>SUBJECT: Rate MGS-S-TOU Revisions</t>
   </si>
   <si>
     <t>RATE BULLETIN: Rate MGS-S-TOU #1</t>
   </si>
   <si>
     <t>TO: RATE DISTRIBUTION LIST</t>
   </si>
   <si>
     <t>The following is a summary of Rate MGS-S-TOU revisions for general information and use.</t>
   </si>
   <si>
     <t>Basic Rate  2/, 3/</t>
   </si>
   <si>
     <t>Per customer - 1 Ph</t>
   </si>
   <si>
     <t>Per customer - 3 Ph</t>
   </si>
   <si>
     <t>Per kW  - winter on-peak</t>
   </si>
   <si>
@@ -412,57 +413,60 @@
   <si>
     <t>Page 4 of  6</t>
   </si>
   <si>
     <t>Page 3 of  6</t>
   </si>
   <si>
     <t>Page 2 of  6</t>
   </si>
   <si>
     <t>Page 1 of  6</t>
   </si>
   <si>
     <t>57th Rev.</t>
   </si>
   <si>
     <t>Per kW  - December through February on-peak</t>
   </si>
   <si>
     <t xml:space="preserve">              - December through February shoulder</t>
   </si>
   <si>
     <t xml:space="preserve">              - December through February off-peak</t>
   </si>
   <si>
-    <t>DATE: October 1, 2025</t>
-[...4 lines deleted...]
-  <si>
     <t>58th Rev.</t>
+  </si>
+  <si>
+    <t>DATE: January 1, 2026</t>
+  </si>
+  <si>
+    <t>59th Rev.</t>
+  </si>
+  <si>
+    <t>(Supersedes Issue of  10/1/2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="10">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="41" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="#,##0.000000_);\(#,##0.000000\)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.000000_);_(* \(#,##0.000000\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="m/d/yy"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.0000000_);\(&quot;$&quot;#,##0.0000000\)"/>
     <numFmt numFmtId="168" formatCode="0.000000"/>
   </numFmts>
   <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
@@ -1163,51 +1167,51 @@
     <xf numFmtId="4" fontId="14" fillId="28" borderId="0" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="14" fillId="28" borderId="0" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="14" fillId="26" borderId="0" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="14" fillId="28" borderId="10" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="14" fillId="29" borderId="10" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="26" borderId="10" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="15" fillId="30" borderId="0" applyNumberFormat="0" applyProtection="0">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="12" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="36">
+  <cellXfs count="37">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="7" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1"/>
     <xf numFmtId="39" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" xfId="28" applyFont="1"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -1234,50 +1238,51 @@
     <xf numFmtId="166" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="7" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" xfId="28" applyFont="1" applyFill="1"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="168" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="191">
     <cellStyle name="20% - Accent1 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - Accent2 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent3 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent4 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent5 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent6 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="40% - Accent1 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="40% - Accent2 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="40% - Accent3 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="40% - Accent4 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="40% - Accent5 2" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="40% - Accent6 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="60% - Accent1 2" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="60% - Accent2 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="60% - Accent3 2" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="60% - Accent4 2" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="60% - Accent5 2" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="60% - Accent6 2" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="Accent1 2" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="Accent2 2" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="Accent3 2" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="Accent4 2" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
     <cellStyle name="Accent5 2" xfId="23" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
@@ -1739,51 +1744,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:K360"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A294" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A301" sqref="A301"/>
+      <selection activeCell="J302" sqref="J302"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.453125" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="36.08984375" style="1" customWidth="1"/>
     <col min="2" max="2" width="12.7265625" style="1" customWidth="1"/>
     <col min="3" max="3" width="2.81640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.7265625" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.81640625" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.7265625" style="1" customWidth="1"/>
     <col min="7" max="7" width="2.81640625" style="1" customWidth="1"/>
     <col min="8" max="8" width="12.7265625" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.81640625" style="1" customWidth="1"/>
     <col min="10" max="10" width="15" style="1" customWidth="1"/>
     <col min="11" max="11" width="5.1796875" style="1" customWidth="1"/>
     <col min="12" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A1" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="8"/>
       <c r="C1" s="8"/>
       <c r="D1" s="8"/>
@@ -6227,346 +6232,406 @@
       <c r="J303" s="29" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="304" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A304" s="8"/>
       <c r="B304" s="8"/>
       <c r="C304" s="8"/>
       <c r="D304" s="8"/>
       <c r="G304" s="27"/>
       <c r="H304" s="28"/>
       <c r="I304" s="28"/>
       <c r="J304" s="29"/>
     </row>
     <row r="305" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A305" s="9" t="s">
         <v>2</v>
       </c>
       <c r="B305" s="8"/>
       <c r="C305" s="8"/>
       <c r="D305" s="8"/>
       <c r="G305" s="27"/>
       <c r="H305" s="28"/>
       <c r="I305" s="28"/>
       <c r="J305" s="29" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="306" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A306" s="8"/>
       <c r="B306" s="8"/>
       <c r="C306" s="8"/>
       <c r="D306" s="8"/>
       <c r="G306" s="27"/>
       <c r="H306" s="28"/>
       <c r="I306" s="28"/>
       <c r="J306" s="29" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="307" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A307" s="8"/>
       <c r="B307" s="8"/>
       <c r="C307" s="8"/>
       <c r="D307" s="8"/>
       <c r="G307" s="8"/>
       <c r="H307" s="8"/>
       <c r="I307" s="8"/>
       <c r="J307" s="8"/>
     </row>
     <row r="308" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A308" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B308" s="8"/>
       <c r="C308" s="8"/>
       <c r="D308" s="8"/>
       <c r="E308" s="8"/>
       <c r="F308" s="8"/>
       <c r="G308" s="8"/>
       <c r="H308" s="8"/>
       <c r="I308" s="8"/>
       <c r="J308" s="8"/>
     </row>
     <row r="309" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A309" s="9"/>
       <c r="B309" s="8"/>
       <c r="C309" s="8"/>
       <c r="D309" s="8"/>
       <c r="E309" s="8"/>
       <c r="F309" s="8"/>
       <c r="G309" s="8"/>
       <c r="H309" s="8"/>
       <c r="I309" s="8"/>
       <c r="J309" s="8"/>
     </row>
     <row r="310" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A310" s="9"/>
       <c r="B310" s="24" t="s">
         <v>122</v>
       </c>
       <c r="C310" s="8"/>
       <c r="D310" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E310" s="8"/>
+      <c r="F310" s="24" t="s">
         <v>128</v>
       </c>
-      <c r="E310" s="8"/>
-      <c r="F310" s="24"/>
       <c r="G310" s="8"/>
       <c r="H310" s="11"/>
       <c r="J310" s="24"/>
     </row>
     <row r="311" spans="1:10" x14ac:dyDescent="0.3">
       <c r="B311" s="24" t="s">
         <v>76</v>
       </c>
       <c r="D311" s="24" t="s">
         <v>76</v>
       </c>
-      <c r="F311" s="24"/>
+      <c r="F311" s="24" t="s">
+        <v>76</v>
+      </c>
       <c r="H311" s="24"/>
       <c r="J311" s="24"/>
     </row>
     <row r="312" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A312" s="34" t="s">
         <v>4</v>
       </c>
       <c r="B312" s="25">
         <v>45839</v>
       </c>
       <c r="D312" s="25">
         <v>45931</v>
       </c>
-      <c r="F312" s="25"/>
+      <c r="F312" s="25">
+        <v>46023</v>
+      </c>
       <c r="H312" s="25"/>
       <c r="J312" s="25"/>
     </row>
     <row r="313" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A313" s="27"/>
     </row>
     <row r="314" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A314" s="33" t="s">
         <v>5</v>
       </c>
       <c r="B314" s="1">
         <v>339.77</v>
       </c>
       <c r="D314" s="1">
         <v>363.19</v>
       </c>
+      <c r="F314" s="1">
+        <v>363.55</v>
+      </c>
     </row>
     <row r="315" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A315" s="33" t="s">
         <v>6</v>
       </c>
       <c r="B315" s="1">
         <v>298.38</v>
       </c>
       <c r="D315" s="1">
         <v>321.8</v>
       </c>
+      <c r="F315" s="36">
+        <v>322.10000000000002</v>
+      </c>
     </row>
     <row r="316" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A316" s="33" t="s">
-        <v>9</v>
+        <v>93</v>
       </c>
       <c r="B316" s="1">
-        <v>14.51</v>
+        <v>28.81</v>
       </c>
       <c r="D316" s="1">
-        <v>14.51</v>
+        <v>28.81</v>
+      </c>
+      <c r="F316" s="1">
+        <v>29.93</v>
       </c>
     </row>
     <row r="317" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A317" s="33" t="s">
-        <v>10</v>
+        <v>94</v>
       </c>
       <c r="B317" s="1">
         <v>0</v>
       </c>
       <c r="D317" s="1">
         <v>0</v>
       </c>
+      <c r="F317" s="1">
+        <v>0</v>
+      </c>
     </row>
     <row r="318" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A318" s="33" t="s">
-        <v>14</v>
+        <v>96</v>
       </c>
       <c r="B318" s="1">
-        <v>0</v>
+        <v>0.89</v>
       </c>
       <c r="D318" s="1">
-        <v>0</v>
+        <v>0.89</v>
+      </c>
+      <c r="F318" s="1">
+        <v>0.89</v>
       </c>
     </row>
     <row r="319" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A319" s="33" t="s">
-        <v>93</v>
+        <v>123</v>
       </c>
       <c r="B319" s="1">
-        <v>28.81</v>
+        <v>15.25</v>
       </c>
       <c r="D319" s="1">
-        <v>28.81</v>
+        <v>15.25</v>
+      </c>
+      <c r="F319" s="1">
+        <v>16.329999999999998</v>
       </c>
     </row>
     <row r="320" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A320" s="33" t="s">
-        <v>94</v>
+        <v>124</v>
       </c>
       <c r="B320" s="1">
         <v>0</v>
       </c>
       <c r="D320" s="1">
         <v>0</v>
       </c>
+      <c r="F320" s="1">
+        <v>0</v>
+      </c>
     </row>
     <row r="321" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A321" s="33" t="s">
-        <v>96</v>
+        <v>125</v>
       </c>
       <c r="B321" s="1">
-        <v>0.89</v>
+        <v>0</v>
       </c>
       <c r="D321" s="1">
-        <v>0.89</v>
+        <v>0</v>
+      </c>
+      <c r="F321" s="1">
+        <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A322" s="33" t="s">
-        <v>123</v>
+        <v>9</v>
       </c>
       <c r="B322" s="1">
-        <v>15.25</v>
+        <v>14.51</v>
       </c>
       <c r="D322" s="1">
-        <v>15.25</v>
+        <v>14.51</v>
+      </c>
+      <c r="F322" s="1">
+        <v>15.59</v>
       </c>
     </row>
     <row r="323" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A323" s="33" t="s">
-        <v>124</v>
+        <v>10</v>
       </c>
       <c r="B323" s="1">
         <v>0</v>
       </c>
       <c r="D323" s="1">
         <v>0</v>
       </c>
+      <c r="F323" s="1">
+        <v>0</v>
+      </c>
     </row>
     <row r="324" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A324" s="33" t="s">
-        <v>125</v>
+        <v>14</v>
       </c>
       <c r="B324" s="1">
         <v>0</v>
       </c>
       <c r="D324" s="1">
         <v>0</v>
       </c>
+      <c r="F324" s="1">
+        <v>0</v>
+      </c>
     </row>
     <row r="325" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A325" s="33" t="s">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c r="B325" s="1">
         <v>1.8676000000000002E-2</v>
       </c>
       <c r="D325" s="1">
         <v>1.6649000000000001E-2</v>
       </c>
+      <c r="F325" s="1">
+        <v>1.6649000000000001E-2</v>
+      </c>
       <c r="J325" s="35"/>
     </row>
     <row r="326" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A326" s="33" t="s">
-        <v>10</v>
+        <v>94</v>
       </c>
       <c r="B326" s="1">
         <v>0</v>
       </c>
       <c r="D326" s="1">
         <v>0</v>
       </c>
+      <c r="F326" s="1">
+        <v>0</v>
+      </c>
       <c r="J326" s="35"/>
     </row>
     <row r="327" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A327" s="33" t="s">
-        <v>14</v>
+        <v>96</v>
       </c>
       <c r="B327" s="1">
         <v>1.8676000000000002E-2</v>
       </c>
       <c r="D327" s="1">
         <v>1.6649000000000001E-2</v>
       </c>
+      <c r="F327" s="1">
+        <v>1.6649000000000001E-2</v>
+      </c>
       <c r="J327" s="35"/>
     </row>
     <row r="328" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A328" s="33" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="B328" s="1">
         <v>1.8676000000000002E-2</v>
       </c>
       <c r="D328" s="1">
         <v>1.6649000000000001E-2</v>
       </c>
+      <c r="F328" s="1">
+        <v>1.6649000000000001E-2</v>
+      </c>
       <c r="J328" s="35"/>
     </row>
     <row r="329" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A329" s="33" t="s">
-        <v>94</v>
+        <v>10</v>
       </c>
       <c r="B329" s="1">
         <v>0</v>
       </c>
       <c r="D329" s="1">
         <v>0</v>
       </c>
+      <c r="F329" s="1">
+        <v>0</v>
+      </c>
       <c r="J329" s="35"/>
     </row>
     <row r="330" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A330" s="33" t="s">
-        <v>96</v>
+        <v>14</v>
       </c>
       <c r="B330" s="1">
         <v>1.8676000000000002E-2</v>
       </c>
       <c r="D330" s="1">
+        <v>1.6649000000000001E-2</v>
+      </c>
+      <c r="F330" s="1">
         <v>1.6649000000000001E-2</v>
       </c>
       <c r="J330" s="35"/>
     </row>
     <row r="331" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A331" s="33" t="s">
         <v>15</v>
       </c>
       <c r="B331" s="1">
         <v>4.3600000000000003</v>
       </c>
       <c r="D331" s="1">
-        <v>4.3600000000000003</v>
+        <v>2.0299999999999998</v>
+      </c>
+      <c r="F331" s="1">
+        <v>2.0299999999999998</v>
       </c>
     </row>
     <row r="333" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A333" s="9"/>
       <c r="B333" s="24"/>
       <c r="D333" s="24"/>
       <c r="F333" s="24"/>
       <c r="H333" s="24"/>
       <c r="J333" s="24"/>
     </row>
     <row r="334" spans="1:10" x14ac:dyDescent="0.3">
       <c r="B334" s="24"/>
       <c r="D334" s="24"/>
       <c r="F334" s="24"/>
       <c r="H334" s="24"/>
       <c r="J334" s="24"/>
     </row>
     <row r="335" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A335" s="34"/>
       <c r="B335" s="25"/>
       <c r="D335" s="25"/>
       <c r="F335" s="25"/>
       <c r="H335" s="25"/>
       <c r="J335" s="25"/>
     </row>
@@ -6660,50 +6725,56 @@
         <v>74</v>
       </c>
     </row>
     <row r="360" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A360" s="27" t="s">
         <v>88</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="83" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;12&amp;K008000Internal Use</oddFooter>
   </headerFooter>
   <rowBreaks count="3" manualBreakCount="3">
     <brk id="58" max="16383" man="1"/>
     <brk id="116" max="16383" man="1"/>
     <brk id="175" max="9" man="1"/>
   </rowBreaks>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{019c027e-33b7-45fc-a572-8ffa5d09ec36}" enabled="1" method="Standard" siteId="{031a09bc-a2bf-44df-888e-4e09355b7a24}" contentBits="2" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MGS-S-TOU #1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Central Maine Power Co.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>