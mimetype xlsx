--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -1,82 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2025\October 1, 2025 Price Change\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2026\January 1, 2026 Price Change\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8AE3A64B-8726-429B-AA53-DA4349A3BEC9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{68C8D3D6-AFCC-4041-8E5C-0007D46A1AF8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MGS-S #1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="254" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="263" uniqueCount="123">
   <si>
     <t>SUBJECT: Rate MGS-S Revisions</t>
   </si>
   <si>
     <t>RATE BULLETIN: Rate MGS-S #1</t>
   </si>
   <si>
     <t>TO: RATE DISTRIBUTION LIST</t>
   </si>
   <si>
     <t>The following is a summary of Rate MGS-S revisions for general information and use.</t>
   </si>
   <si>
     <t xml:space="preserve">   Original  1/</t>
   </si>
   <si>
     <t xml:space="preserve">    1st Rev. 2/</t>
   </si>
   <si>
     <t xml:space="preserve">    2nd Rev. 1/</t>
   </si>
   <si>
     <t xml:space="preserve">    3rd Rev. 1/</t>
   </si>
   <si>
@@ -391,57 +392,60 @@
   <si>
     <t>55th Rev. 1/, 7/</t>
   </si>
   <si>
     <t>58th Rev. 1/, 7/</t>
   </si>
   <si>
     <t>56th Rev. 1/, 7/</t>
   </si>
   <si>
     <t>57th Rev. 1/, 7/</t>
   </si>
   <si>
     <t>59th Rev. 1/, 7/</t>
   </si>
   <si>
     <t>60th Rev. 1/, 7/</t>
   </si>
   <si>
     <t>61st Rev. 1/, 7/</t>
   </si>
   <si>
     <t>62nd Rev. 1/, 7/</t>
   </si>
   <si>
-    <t>DATE: October 1, 2025</t>
-[...4 lines deleted...]
-  <si>
     <t>63rd Rev. 1/, 7/</t>
+  </si>
+  <si>
+    <t>64th Rev. 1/, 7/</t>
+  </si>
+  <si>
+    <t>DATE: January 1, 2026</t>
+  </si>
+  <si>
+    <t>(Supersedes Issue of  10/1/2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="#,##0.000000_);\(#,##0.000000\)"/>
     <numFmt numFmtId="165" formatCode="0.00_)"/>
     <numFmt numFmtId="166" formatCode="_(* #,##0.000000_);_(* \(#,##0.000000\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="167" formatCode="m/d/yy"/>
     <numFmt numFmtId="168" formatCode="&quot;$&quot;#,##0.0000000_);\(&quot;$&quot;#,##0.0000000\)"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
@@ -856,3264 +860,3344 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:K254"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A187" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="J223" sqref="J223"/>
+    <sheetView tabSelected="1" topLeftCell="A190" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="J190" sqref="J190"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.453125" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="23" style="1" customWidth="1"/>
-    <col min="2" max="2" width="12.7109375" style="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="16384" width="11.42578125" style="1"/>
+    <col min="2" max="2" width="12.7265625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="2.81640625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="12.7265625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="2.81640625" style="1" customWidth="1"/>
+    <col min="6" max="6" width="12.7265625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="2.81640625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="12.7265625" style="1" customWidth="1"/>
+    <col min="9" max="9" width="2.81640625" style="1" customWidth="1"/>
+    <col min="10" max="10" width="14.81640625" style="1" customWidth="1"/>
+    <col min="11" max="11" width="3.54296875" style="1" customWidth="1"/>
+    <col min="12" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A1" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="9"/>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="F1" s="9"/>
       <c r="I1" s="9"/>
       <c r="J1" s="15" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A2" s="9"/>
       <c r="B2" s="9"/>
       <c r="C2" s="9"/>
       <c r="D2" s="9"/>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
       <c r="I2" s="9"/>
       <c r="J2" s="15" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="3" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A3" s="9"/>
       <c r="B3" s="9"/>
       <c r="C3" s="9"/>
       <c r="D3" s="9"/>
       <c r="E3" s="9"/>
       <c r="F3" s="9"/>
       <c r="I3" s="9"/>
       <c r="J3" s="15"/>
     </row>
-    <row r="4" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A4" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="9"/>
       <c r="C4" s="9"/>
       <c r="D4" s="9"/>
       <c r="E4" s="9"/>
       <c r="F4" s="9"/>
       <c r="I4" s="9"/>
       <c r="J4" s="15" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="5" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A5" s="9"/>
       <c r="B5" s="9"/>
       <c r="C5" s="9"/>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="15" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="6" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A6" s="9"/>
       <c r="B6" s="9"/>
       <c r="C6" s="9"/>
       <c r="D6" s="9"/>
       <c r="E6" s="9"/>
       <c r="F6" s="9"/>
       <c r="G6" s="9"/>
       <c r="H6" s="9"/>
       <c r="I6" s="9"/>
     </row>
-    <row r="7" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A7" s="10" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="9"/>
       <c r="C7" s="9"/>
       <c r="D7" s="9"/>
       <c r="E7" s="9"/>
       <c r="F7" s="9"/>
       <c r="G7" s="9"/>
       <c r="H7" s="9"/>
       <c r="I7" s="9"/>
     </row>
-    <row r="8" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A8" s="9"/>
       <c r="B8" s="9"/>
       <c r="C8" s="9"/>
       <c r="D8" s="9"/>
       <c r="E8" s="9"/>
       <c r="F8" s="9"/>
       <c r="G8" s="9"/>
       <c r="H8" s="9"/>
       <c r="I8" s="9"/>
     </row>
-    <row r="9" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A9" s="9"/>
       <c r="B9" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="13"/>
       <c r="F9" s="13" t="s">
         <v>6</v>
       </c>
       <c r="G9" s="13"/>
       <c r="H9" s="13" t="s">
         <v>7</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="10" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A10" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="21">
         <v>31778</v>
       </c>
       <c r="C10" s="21"/>
       <c r="D10" s="21">
         <v>31809</v>
       </c>
       <c r="E10" s="21"/>
       <c r="F10" s="21">
         <v>31898</v>
       </c>
       <c r="G10" s="21"/>
       <c r="H10" s="21">
         <v>32143</v>
       </c>
       <c r="I10" s="22"/>
       <c r="J10" s="21">
         <v>32874</v>
       </c>
     </row>
-    <row r="12" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="3">
         <v>20.74</v>
       </c>
       <c r="D12" s="3">
         <v>20.43</v>
       </c>
       <c r="F12" s="3">
         <v>20.02</v>
       </c>
       <c r="H12" s="3">
         <v>19.59</v>
       </c>
       <c r="J12" s="3">
         <v>20.74</v>
       </c>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="4">
         <v>38.659999999999997</v>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="4">
         <v>38.08</v>
       </c>
       <c r="E13" s="4"/>
       <c r="F13" s="4">
         <v>37.299999999999997</v>
       </c>
       <c r="H13" s="4">
         <v>36.5</v>
       </c>
       <c r="J13" s="4">
         <v>38.64</v>
       </c>
     </row>
-    <row r="14" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A14" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="4">
         <v>10.37</v>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="4">
         <v>10.210000000000001</v>
       </c>
       <c r="E14" s="4"/>
       <c r="F14" s="4">
         <v>10.01</v>
       </c>
       <c r="H14" s="4">
         <v>9.8000000000000007</v>
       </c>
       <c r="J14" s="4">
         <v>10.210000000000001</v>
       </c>
     </row>
-    <row r="15" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A15" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="4">
         <v>5.83</v>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="4">
         <v>5.74</v>
       </c>
       <c r="E15" s="4"/>
       <c r="F15" s="4">
         <v>5.62</v>
       </c>
       <c r="H15" s="4">
         <v>5.5</v>
       </c>
       <c r="J15" s="4">
         <v>5.91</v>
       </c>
     </row>
-    <row r="16" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="5">
         <v>4.9009999999999998E-2</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5">
         <v>4.8377000000000003E-2</v>
       </c>
       <c r="E16" s="5"/>
       <c r="F16" s="5">
         <v>4.7557000000000002E-2</v>
       </c>
       <c r="H16" s="5">
         <v>4.7197999999999997E-2</v>
       </c>
       <c r="J16" s="5">
         <v>4.7823999999999998E-2</v>
       </c>
     </row>
-    <row r="17" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A17" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="5">
         <v>4.0140000000000002E-2</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="5">
         <v>3.9641999999999997E-2</v>
       </c>
       <c r="E17" s="5"/>
       <c r="F17" s="5">
         <v>3.8996999999999997E-2</v>
       </c>
       <c r="H17" s="5">
         <v>3.8832999999999999E-2</v>
       </c>
       <c r="J17" s="5">
         <v>3.9469999999999998E-2</v>
       </c>
     </row>
-    <row r="18" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A18" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="4">
         <v>0.55000000000000004</v>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="4">
         <v>0.54</v>
       </c>
       <c r="E18" s="4"/>
       <c r="F18" s="4">
         <v>0.52</v>
       </c>
       <c r="H18" s="4">
         <v>0.51</v>
       </c>
       <c r="J18" s="4">
         <v>0.54</v>
       </c>
     </row>
-    <row r="20" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A20" s="9"/>
       <c r="B20" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13" t="s">
         <v>17</v>
       </c>
       <c r="E20" s="13"/>
       <c r="F20" s="13" t="s">
         <v>18</v>
       </c>
       <c r="G20" s="20"/>
       <c r="H20" s="13" t="s">
         <v>19</v>
       </c>
       <c r="I20" s="13"/>
       <c r="J20" s="13" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="21" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A21" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="16" t="s">
         <v>57</v>
       </c>
       <c r="C21" s="17"/>
       <c r="D21" s="16" t="s">
         <v>58</v>
       </c>
       <c r="E21" s="17"/>
       <c r="F21" s="21">
         <v>33573</v>
       </c>
       <c r="G21" s="23"/>
       <c r="H21" s="21">
         <v>33848</v>
       </c>
       <c r="I21" s="21"/>
       <c r="J21" s="21" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="23" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B23" s="3">
         <v>22.25</v>
       </c>
       <c r="D23" s="3">
         <v>23.63</v>
       </c>
       <c r="F23" s="3">
         <v>25.07</v>
       </c>
       <c r="H23" s="3">
         <v>25.07</v>
       </c>
       <c r="J23" s="3">
         <v>25.25</v>
       </c>
     </row>
-    <row r="24" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A24" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="4">
         <v>41.45</v>
       </c>
       <c r="D24" s="4">
         <v>44.02</v>
       </c>
       <c r="F24" s="4">
         <v>32.71</v>
       </c>
       <c r="H24" s="4">
         <v>32.71</v>
       </c>
       <c r="J24" s="1">
         <v>32.950000000000003</v>
       </c>
     </row>
-    <row r="25" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B25" s="4">
         <v>10.7</v>
       </c>
       <c r="D25" s="4">
         <v>11.15</v>
       </c>
       <c r="F25" s="4">
         <v>11.85</v>
       </c>
       <c r="H25" s="4">
         <v>11.85</v>
       </c>
       <c r="J25" s="1">
         <v>11.94</v>
       </c>
     </row>
-    <row r="26" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A26" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B26" s="4">
         <v>6.47</v>
       </c>
       <c r="D26" s="4">
         <v>6.98</v>
       </c>
       <c r="F26" s="4">
         <v>5.88</v>
       </c>
       <c r="H26" s="4">
         <v>5.88</v>
       </c>
       <c r="J26" s="1">
         <v>5.92</v>
       </c>
     </row>
-    <row r="27" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B27" s="5">
         <v>4.8577000000000002E-2</v>
       </c>
       <c r="D27" s="5">
         <v>4.9273999999999998E-2</v>
       </c>
       <c r="F27" s="5">
         <v>5.1813999999999999E-2</v>
       </c>
       <c r="H27" s="1">
         <v>5.2866999999999997E-2</v>
       </c>
       <c r="J27" s="1">
         <v>5.3365999999999997E-2</v>
       </c>
     </row>
-    <row r="28" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A28" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B28" s="5">
         <v>4.0346E-2</v>
       </c>
       <c r="D28" s="5">
         <v>4.1155999999999998E-2</v>
       </c>
       <c r="F28" s="5">
         <v>3.9968999999999998E-2</v>
       </c>
       <c r="H28" s="1">
         <v>4.1022000000000003E-2</v>
       </c>
       <c r="J28" s="1">
         <v>4.1433999999999999E-2</v>
       </c>
     </row>
-    <row r="29" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A29" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B29" s="4">
         <v>0.57999999999999996</v>
       </c>
       <c r="D29" s="1">
         <v>0.62</v>
       </c>
       <c r="F29" s="1">
         <v>0.65</v>
       </c>
       <c r="H29" s="1">
         <v>0.65</v>
       </c>
       <c r="J29" s="1">
         <v>0.65</v>
       </c>
     </row>
-    <row r="31" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A31" s="9"/>
       <c r="B31" s="13" t="s">
         <v>22</v>
       </c>
       <c r="C31" s="9"/>
       <c r="D31" s="13" t="s">
         <v>23</v>
       </c>
       <c r="E31" s="9"/>
       <c r="F31" s="13" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="13" t="s">
         <v>25</v>
       </c>
       <c r="I31" s="9"/>
       <c r="J31" s="13" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="32" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A32" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="14" t="s">
         <v>27</v>
       </c>
       <c r="C32" s="9"/>
       <c r="D32" s="14" t="s">
         <v>28</v>
       </c>
       <c r="E32" s="9"/>
       <c r="F32" s="14" t="s">
         <v>29</v>
       </c>
       <c r="H32" s="14" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="9"/>
       <c r="J32" s="14" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="34" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="3">
         <v>25.25</v>
       </c>
       <c r="D34" s="3">
         <v>26.13</v>
       </c>
       <c r="F34" s="3">
         <v>26.25</v>
       </c>
       <c r="H34" s="3">
         <v>26.28</v>
       </c>
       <c r="J34" s="3">
         <v>26.28</v>
       </c>
     </row>
-    <row r="35" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A35" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B35" s="1">
         <v>32.950000000000003</v>
       </c>
       <c r="D35" s="6">
         <v>34.1</v>
       </c>
       <c r="F35" s="6">
         <v>34.26</v>
       </c>
       <c r="H35" s="6">
         <v>34.29</v>
       </c>
       <c r="J35" s="6">
         <v>34.29</v>
       </c>
     </row>
-    <row r="36" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B36" s="1">
         <v>11.94</v>
       </c>
       <c r="D36" s="6">
         <v>12.36</v>
       </c>
       <c r="F36" s="6">
         <v>12.42</v>
       </c>
       <c r="H36" s="6">
         <v>12.43</v>
       </c>
       <c r="J36" s="6">
         <v>12.43</v>
       </c>
     </row>
-    <row r="37" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A37" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B37" s="1">
         <v>5.92</v>
       </c>
       <c r="D37" s="6">
         <v>6.13</v>
       </c>
       <c r="F37" s="6">
         <v>6.16</v>
       </c>
       <c r="H37" s="6">
         <v>6.17</v>
       </c>
       <c r="J37" s="6">
         <v>6.17</v>
       </c>
     </row>
-    <row r="38" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B38" s="5">
         <v>5.6050000000000003E-2</v>
       </c>
       <c r="D38" s="5">
         <v>7.3112999999999997E-2</v>
       </c>
       <c r="F38" s="5">
         <v>7.3452000000000003E-2</v>
       </c>
       <c r="H38" s="5">
         <v>7.3596999999999996E-2</v>
       </c>
       <c r="J38" s="5">
         <v>7.5590000000000004E-2</v>
       </c>
     </row>
-    <row r="39" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A39" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B39" s="5">
         <v>4.4045000000000001E-2</v>
       </c>
       <c r="D39" s="5">
         <v>6.0787000000000001E-2</v>
       </c>
       <c r="F39" s="5">
         <v>6.1085E-2</v>
       </c>
       <c r="H39" s="5">
         <v>6.1207999999999999E-2</v>
       </c>
       <c r="J39" s="5">
         <v>6.3317999999999999E-2</v>
       </c>
     </row>
-    <row r="40" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A40" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B40" s="1">
         <v>0.65</v>
       </c>
       <c r="D40" s="1">
         <v>0.67</v>
       </c>
       <c r="F40" s="1">
         <v>0.67</v>
       </c>
       <c r="H40" s="1">
         <v>0.67</v>
       </c>
       <c r="J40" s="1">
         <v>0.67</v>
       </c>
     </row>
-    <row r="41" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A41" s="2"/>
     </row>
-    <row r="42" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A42" s="2"/>
     </row>
-    <row r="44" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A44" s="2" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="45" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A45" s="2" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="46" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A46" s="2" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="47" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A47" s="2" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="48" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A48" s="2" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="49" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A49" s="2" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="50" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A50" s="2" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="51" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A51" s="2" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="52" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A52" s="2" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="53" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A53" s="2" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="54" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A54" s="2" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="55" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A55" s="2"/>
     </row>
-    <row r="56" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A56" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B56" s="9"/>
       <c r="C56" s="9"/>
       <c r="D56" s="9"/>
       <c r="E56" s="9"/>
       <c r="F56" s="9"/>
       <c r="G56" s="29"/>
       <c r="H56" s="29"/>
       <c r="I56" s="30"/>
       <c r="J56" s="31" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="57" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A57" s="9"/>
       <c r="B57" s="9"/>
       <c r="C57" s="9"/>
       <c r="D57" s="9"/>
       <c r="E57" s="9"/>
       <c r="F57" s="9"/>
       <c r="G57" s="29"/>
       <c r="H57" s="29"/>
       <c r="I57" s="30"/>
       <c r="J57" s="31" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="58" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A58" s="9"/>
       <c r="B58" s="9"/>
       <c r="C58" s="9"/>
       <c r="D58" s="9"/>
       <c r="E58" s="9"/>
       <c r="F58" s="9"/>
       <c r="G58" s="29"/>
       <c r="H58" s="29"/>
       <c r="I58" s="30"/>
       <c r="J58" s="29"/>
       <c r="K58" s="15"/>
     </row>
-    <row r="59" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A59" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B59" s="9"/>
       <c r="C59" s="9"/>
       <c r="D59" s="9"/>
       <c r="E59" s="9"/>
       <c r="F59" s="9"/>
       <c r="G59" s="29"/>
       <c r="H59" s="29"/>
       <c r="I59" s="29"/>
       <c r="J59" s="31" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="60" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A60" s="9"/>
       <c r="B60" s="9"/>
       <c r="C60" s="9"/>
       <c r="D60" s="9"/>
       <c r="E60" s="9"/>
       <c r="F60" s="9"/>
       <c r="G60" s="29"/>
       <c r="H60" s="29"/>
       <c r="I60" s="30"/>
       <c r="J60" s="31" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="61" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A61" s="9"/>
       <c r="B61" s="9"/>
       <c r="C61" s="9"/>
       <c r="D61" s="9"/>
       <c r="E61" s="9"/>
       <c r="F61" s="9"/>
       <c r="G61" s="9"/>
       <c r="H61" s="9"/>
       <c r="I61" s="9"/>
     </row>
-    <row r="62" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A62" s="10" t="s">
         <v>3</v>
       </c>
       <c r="B62" s="9"/>
       <c r="C62" s="9"/>
       <c r="D62" s="9"/>
       <c r="E62" s="9"/>
       <c r="F62" s="9"/>
       <c r="G62" s="9"/>
       <c r="H62" s="9"/>
       <c r="I62" s="9"/>
     </row>
-    <row r="63" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A63" s="9"/>
       <c r="B63" s="9"/>
       <c r="C63" s="9"/>
       <c r="D63" s="9"/>
       <c r="E63" s="9"/>
       <c r="F63" s="9"/>
       <c r="G63" s="9"/>
       <c r="H63" s="9"/>
       <c r="I63" s="9"/>
     </row>
-    <row r="64" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A64" s="9"/>
       <c r="B64" s="13" t="s">
         <v>40</v>
       </c>
       <c r="C64" s="13"/>
       <c r="D64" s="13" t="s">
         <v>41</v>
       </c>
       <c r="E64" s="13"/>
       <c r="F64" s="13" t="s">
         <v>42</v>
       </c>
       <c r="G64" s="13"/>
       <c r="H64" s="13" t="s">
         <v>43</v>
       </c>
       <c r="I64" s="13"/>
       <c r="J64" s="13" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="65" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A65" s="11" t="s">
         <v>45</v>
       </c>
       <c r="B65" s="21">
         <v>34881</v>
       </c>
       <c r="C65" s="21"/>
       <c r="D65" s="21">
         <v>35247</v>
       </c>
       <c r="E65" s="21"/>
       <c r="F65" s="21">
         <v>35612</v>
       </c>
       <c r="G65" s="21"/>
       <c r="H65" s="21">
         <v>35987</v>
       </c>
       <c r="I65" s="22"/>
       <c r="J65" s="21">
         <v>36586</v>
       </c>
     </row>
-    <row r="67" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B67" s="3">
         <v>26.92</v>
       </c>
       <c r="D67" s="3">
         <v>27.26</v>
       </c>
       <c r="F67" s="3">
         <v>27.55986</v>
       </c>
       <c r="H67" s="3">
         <v>27.93</v>
       </c>
       <c r="J67" s="3">
         <v>25.19</v>
       </c>
     </row>
-    <row r="68" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A68" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B68" s="4">
         <v>35.119999999999997</v>
       </c>
       <c r="C68" s="4"/>
       <c r="D68" s="4">
         <v>35.56</v>
       </c>
       <c r="E68" s="4"/>
       <c r="F68" s="7">
         <v>35.951160000000002</v>
       </c>
       <c r="H68" s="7">
         <v>36.43</v>
       </c>
       <c r="J68" s="7">
         <v>32.85</v>
       </c>
     </row>
-    <row r="69" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A69" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B69" s="4">
         <v>12.73</v>
       </c>
       <c r="C69" s="4"/>
       <c r="D69" s="4">
         <v>12.89</v>
       </c>
       <c r="E69" s="4"/>
       <c r="F69" s="7">
         <v>13.031790000000001</v>
       </c>
       <c r="H69" s="7">
         <v>13.21</v>
       </c>
       <c r="J69" s="7">
         <v>12.15</v>
       </c>
     </row>
-    <row r="70" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A70" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B70" s="4">
         <v>6.32</v>
       </c>
       <c r="C70" s="4"/>
       <c r="D70" s="4">
         <v>6.4</v>
       </c>
       <c r="E70" s="4"/>
       <c r="F70" s="7">
         <v>6.4703999999999997</v>
       </c>
       <c r="H70" s="7">
         <v>6.56</v>
       </c>
       <c r="J70" s="7">
         <v>6.16</v>
       </c>
     </row>
-    <row r="71" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B71" s="5">
         <v>8.0625000000000002E-2</v>
       </c>
       <c r="C71" s="5"/>
       <c r="D71" s="5">
         <v>8.1641000000000005E-2</v>
       </c>
       <c r="E71" s="5"/>
       <c r="F71" s="8">
         <v>8.2539000000000001E-2</v>
       </c>
       <c r="H71" s="8">
         <v>8.3637000000000003E-2</v>
       </c>
       <c r="J71" s="8">
         <v>2.3709000000000001E-2</v>
       </c>
     </row>
-    <row r="72" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A72" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B72" s="5">
         <v>6.8054000000000003E-2</v>
       </c>
       <c r="C72" s="5"/>
       <c r="D72" s="5">
         <v>6.8911E-2</v>
       </c>
       <c r="E72" s="5"/>
       <c r="F72" s="8">
         <v>6.9668999999999995E-2</v>
       </c>
       <c r="H72" s="8">
         <v>7.0596000000000006E-2</v>
       </c>
       <c r="J72" s="8">
         <v>1.1948E-2</v>
       </c>
     </row>
-    <row r="73" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A73" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B73" s="4">
         <v>0.69</v>
       </c>
       <c r="C73" s="4"/>
       <c r="D73" s="4">
         <v>0.7</v>
       </c>
       <c r="E73" s="4"/>
       <c r="F73" s="7">
         <v>0.7077</v>
       </c>
       <c r="H73" s="7">
         <v>0.72</v>
       </c>
       <c r="J73" s="7">
         <v>0.65</v>
       </c>
     </row>
-    <row r="74" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B74" s="4"/>
       <c r="C74" s="4"/>
       <c r="D74" s="4"/>
       <c r="E74" s="4"/>
       <c r="F74" s="4"/>
       <c r="H74" s="4"/>
       <c r="J74" s="4"/>
     </row>
-    <row r="75" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A75" s="9"/>
       <c r="B75" s="17" t="s">
         <v>61</v>
       </c>
       <c r="C75" s="19"/>
       <c r="D75" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E75" s="19"/>
       <c r="F75" s="17" t="s">
         <v>59</v>
       </c>
       <c r="G75" s="19"/>
       <c r="H75" s="17" t="s">
         <v>62</v>
       </c>
       <c r="I75" s="19"/>
       <c r="J75" s="26" t="s">
         <v>67</v>
       </c>
       <c r="K75" s="19"/>
     </row>
-    <row r="76" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A76" s="11" t="s">
         <v>45</v>
       </c>
       <c r="B76" s="21">
         <v>36770</v>
       </c>
       <c r="C76" s="24"/>
       <c r="D76" s="21">
         <v>36996</v>
       </c>
       <c r="E76" s="24"/>
       <c r="F76" s="21">
         <v>37073</v>
       </c>
       <c r="G76" s="25"/>
       <c r="H76" s="21">
         <v>37316</v>
       </c>
       <c r="I76" s="18"/>
       <c r="J76" s="27">
         <v>37438</v>
       </c>
       <c r="K76" s="19"/>
     </row>
-    <row r="77" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:11" x14ac:dyDescent="0.3">
       <c r="C77" s="9"/>
       <c r="E77" s="9"/>
       <c r="I77" s="12"/>
     </row>
-    <row r="78" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B78" s="3">
         <v>25.22</v>
       </c>
       <c r="D78" s="3">
         <v>25.22</v>
       </c>
       <c r="F78" s="3">
         <v>25.22</v>
       </c>
       <c r="H78" s="3">
         <v>25.22</v>
       </c>
       <c r="J78" s="3">
         <v>24.07</v>
       </c>
     </row>
-    <row r="79" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A79" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B79" s="7">
         <v>32.89</v>
       </c>
       <c r="D79" s="7">
         <v>32.89</v>
       </c>
       <c r="F79" s="7">
         <v>32.89</v>
       </c>
       <c r="H79" s="7">
         <v>32.89</v>
       </c>
       <c r="J79" s="7">
         <v>31.39</v>
       </c>
     </row>
-    <row r="80" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A80" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B80" s="7">
         <v>12.46</v>
       </c>
       <c r="D80" s="7">
         <v>12.46</v>
       </c>
       <c r="F80" s="7">
         <v>12.8</v>
       </c>
       <c r="H80" s="7">
         <v>12.61</v>
       </c>
       <c r="J80" s="7">
         <v>12.35</v>
       </c>
     </row>
-    <row r="81" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A81" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B81" s="7">
         <v>6.47</v>
       </c>
       <c r="D81" s="7">
         <v>6.47</v>
       </c>
       <c r="F81" s="7">
         <v>6.81</v>
       </c>
       <c r="H81" s="7">
         <v>6.62</v>
       </c>
       <c r="J81" s="7">
         <v>6.56</v>
       </c>
     </row>
-    <row r="82" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B82" s="8">
         <v>2.3741000000000002E-2</v>
       </c>
       <c r="D82" s="8">
         <v>1.5741000000000002E-2</v>
       </c>
       <c r="F82" s="8">
         <v>1.5741000000000002E-2</v>
       </c>
       <c r="H82" s="8">
         <v>2.3741000000000002E-2</v>
       </c>
       <c r="J82" s="8">
         <v>2.3713999999999999E-2</v>
       </c>
     </row>
-    <row r="83" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A83" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B83" s="8">
         <v>1.1964000000000001E-2</v>
       </c>
       <c r="D83" s="8">
         <v>3.9639999999999996E-3</v>
       </c>
       <c r="F83" s="8">
         <v>3.9639999999999996E-3</v>
       </c>
       <c r="H83" s="8">
         <v>1.1964000000000001E-2</v>
       </c>
       <c r="J83" s="8">
         <v>1.1951E-2</v>
       </c>
     </row>
-    <row r="84" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="84" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A84" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B84" s="7">
         <v>0.65</v>
       </c>
       <c r="D84" s="7">
         <v>0.65</v>
       </c>
       <c r="F84" s="7">
         <v>0.65</v>
       </c>
       <c r="H84" s="7">
         <v>0.65</v>
       </c>
       <c r="J84" s="7">
         <v>0.62</v>
       </c>
     </row>
-    <row r="85" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:10" x14ac:dyDescent="0.3">
       <c r="B85" s="4"/>
       <c r="J85" s="28"/>
     </row>
-    <row r="86" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A86" s="9"/>
       <c r="B86" s="26" t="s">
         <v>68</v>
       </c>
       <c r="D86" s="26" t="s">
         <v>69</v>
       </c>
       <c r="F86" s="26" t="s">
         <v>73</v>
       </c>
       <c r="H86" s="26" t="s">
         <v>74</v>
       </c>
       <c r="J86" s="26" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="87" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A87" s="11" t="s">
         <v>45</v>
       </c>
       <c r="B87" s="27">
         <v>37803</v>
       </c>
       <c r="D87" s="27">
         <v>38169</v>
       </c>
       <c r="F87" s="27">
         <v>38412</v>
       </c>
       <c r="H87" s="27">
         <v>38534</v>
       </c>
       <c r="J87" s="27">
         <v>38777</v>
       </c>
     </row>
-    <row r="88" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="88" spans="1:10" x14ac:dyDescent="0.3">
       <c r="B88" s="29"/>
       <c r="C88" s="9"/>
       <c r="D88" s="29"/>
       <c r="E88" s="9"/>
       <c r="F88" s="29"/>
       <c r="H88" s="29"/>
       <c r="I88" s="9"/>
       <c r="J88" s="29"/>
     </row>
-    <row r="89" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A89" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B89" s="32">
         <v>24.07</v>
       </c>
       <c r="C89" s="9"/>
       <c r="D89" s="32">
         <v>24.07</v>
       </c>
       <c r="E89" s="9"/>
       <c r="F89" s="32">
         <v>24.07</v>
       </c>
       <c r="H89" s="32">
         <v>24.07</v>
       </c>
       <c r="I89" s="9"/>
       <c r="J89" s="32">
         <v>24.07</v>
       </c>
     </row>
-    <row r="90" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A90" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B90" s="33">
         <v>31.39</v>
       </c>
       <c r="D90" s="33">
         <v>31.39</v>
       </c>
       <c r="F90" s="33">
         <v>31.39</v>
       </c>
       <c r="H90" s="33">
         <v>31.39</v>
       </c>
       <c r="J90" s="33">
         <v>31.39</v>
       </c>
     </row>
-    <row r="91" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="91" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A91" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B91" s="33">
         <v>10.64</v>
       </c>
       <c r="D91" s="33">
         <v>10.1</v>
       </c>
       <c r="F91" s="33">
         <v>10.039999999999999</v>
       </c>
       <c r="H91" s="33">
         <v>10.59</v>
       </c>
       <c r="J91" s="33">
         <v>9.74</v>
       </c>
     </row>
-    <row r="92" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="92" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A92" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B92" s="33">
         <v>6.56</v>
       </c>
       <c r="D92" s="33">
         <v>6.16</v>
       </c>
       <c r="F92" s="33">
         <v>6.16</v>
       </c>
       <c r="H92" s="33">
         <v>6.78</v>
       </c>
       <c r="J92" s="33">
         <v>6.78</v>
       </c>
     </row>
-    <row r="93" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="93" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B93" s="34">
         <v>1.7458999999999999E-2</v>
       </c>
       <c r="D93" s="34">
         <v>1.7469999999999999E-2</v>
       </c>
       <c r="F93" s="34">
         <v>1.7174999999999999E-2</v>
       </c>
       <c r="H93" s="34">
         <v>1.7174999999999999E-2</v>
       </c>
       <c r="J93" s="34">
         <v>1.3521999999999999E-2</v>
       </c>
     </row>
-    <row r="94" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="94" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A94" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B94" s="34">
         <v>8.9510000000000006E-3</v>
       </c>
       <c r="D94" s="34">
         <v>8.9510000000000006E-3</v>
       </c>
       <c r="F94" s="34">
         <v>8.9510000000000006E-3</v>
       </c>
       <c r="H94" s="34">
         <v>8.9510000000000006E-3</v>
       </c>
       <c r="J94" s="34">
         <v>8.9510000000000006E-3</v>
       </c>
     </row>
-    <row r="95" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="95" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A95" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B95" s="33">
         <v>0.62</v>
       </c>
       <c r="D95" s="33">
         <v>0.62</v>
       </c>
       <c r="F95" s="33">
         <v>0.62</v>
       </c>
       <c r="H95" s="33">
         <v>0.62</v>
       </c>
       <c r="J95" s="33">
         <v>0.62</v>
       </c>
     </row>
-    <row r="96" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="96" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A96" s="2"/>
       <c r="B96" s="33"/>
       <c r="D96" s="33"/>
       <c r="F96" s="33"/>
       <c r="H96" s="33"/>
       <c r="J96" s="33"/>
     </row>
-    <row r="97" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="97" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A97" s="2"/>
       <c r="B97" s="33"/>
       <c r="D97" s="33"/>
       <c r="F97" s="33"/>
       <c r="H97" s="33"/>
       <c r="J97" s="33"/>
     </row>
-    <row r="98" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="98" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A98" s="2"/>
       <c r="B98" s="33"/>
       <c r="D98" s="33"/>
       <c r="F98" s="33"/>
       <c r="H98" s="33"/>
       <c r="J98" s="33"/>
     </row>
-    <row r="99" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="99" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A99" s="2"/>
       <c r="B99" s="33"/>
       <c r="D99" s="33"/>
       <c r="F99" s="33"/>
       <c r="H99" s="33"/>
       <c r="J99" s="33"/>
     </row>
-    <row r="100" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="100" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A100" s="2"/>
       <c r="B100" s="33"/>
       <c r="D100" s="33"/>
       <c r="F100" s="33"/>
       <c r="H100" s="33"/>
       <c r="J100" s="33"/>
     </row>
-    <row r="101" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="101" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A101" s="2"/>
       <c r="B101" s="33"/>
       <c r="D101" s="33"/>
       <c r="F101" s="33"/>
       <c r="H101" s="33"/>
       <c r="J101" s="33"/>
     </row>
-    <row r="102" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="102" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A102" s="2" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="103" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="103" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A103" s="2" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="104" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="104" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A104" s="2" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="105" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="105" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A105" s="2" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="106" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="106" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A106" s="2" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="107" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="107" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A107" s="2" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="108" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="108" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A108" s="2" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="109" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="109" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A109" s="2" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="110" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="110" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A110" s="2" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="111" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="111" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A111" s="2" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="112" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="112" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A112" s="29" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="113" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="113" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A113" s="1" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="114" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="114" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A114" s="1" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="115" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="115" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A115" s="29" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="116" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="116" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A116" s="29" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="117" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="117" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A117" s="29" t="s">
         <v>76</v>
       </c>
       <c r="B117" s="35"/>
       <c r="C117" s="35"/>
       <c r="D117" s="29"/>
       <c r="E117" s="29"/>
       <c r="F117" s="29"/>
       <c r="G117" s="29"/>
       <c r="H117" s="29"/>
       <c r="I117" s="29"/>
     </row>
-    <row r="118" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="118" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A118" s="29" t="s">
         <v>79</v>
       </c>
       <c r="B118" s="35"/>
       <c r="C118" s="35"/>
       <c r="D118" s="29"/>
       <c r="E118" s="29"/>
       <c r="F118" s="29"/>
       <c r="G118" s="29"/>
       <c r="H118" s="29"/>
       <c r="I118" s="29"/>
     </row>
-    <row r="119" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="119" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A119" s="29"/>
       <c r="B119" s="35"/>
       <c r="C119" s="35"/>
       <c r="D119" s="29"/>
       <c r="E119" s="29"/>
       <c r="F119" s="29"/>
       <c r="G119" s="29"/>
       <c r="H119" s="29"/>
       <c r="I119" s="29"/>
     </row>
-    <row r="120" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="120" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A120" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B120" s="9"/>
       <c r="C120" s="9"/>
       <c r="D120" s="9"/>
       <c r="E120" s="9"/>
       <c r="F120" s="9"/>
       <c r="G120" s="29"/>
       <c r="H120" s="29"/>
       <c r="I120" s="30"/>
       <c r="J120" s="31" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="121" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="121" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A121" s="9"/>
       <c r="B121" s="9"/>
       <c r="C121" s="9"/>
       <c r="D121" s="9"/>
       <c r="E121" s="9"/>
       <c r="F121" s="9"/>
       <c r="G121" s="29"/>
       <c r="H121" s="29"/>
       <c r="I121" s="30"/>
       <c r="J121" s="31" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="122" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="122" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A122" s="9"/>
       <c r="B122" s="9"/>
       <c r="C122" s="9"/>
       <c r="D122" s="9"/>
       <c r="E122" s="9"/>
       <c r="F122" s="9"/>
       <c r="G122" s="29"/>
       <c r="H122" s="29"/>
       <c r="I122" s="30"/>
       <c r="J122" s="29"/>
       <c r="K122" s="15"/>
     </row>
-    <row r="123" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="123" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A123" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B123" s="9"/>
       <c r="C123" s="9"/>
       <c r="D123" s="9"/>
       <c r="E123" s="9"/>
       <c r="F123" s="9"/>
       <c r="G123" s="29"/>
       <c r="H123" s="29"/>
       <c r="I123" s="29"/>
       <c r="J123" s="31" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="124" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="124" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A124" s="9"/>
       <c r="B124" s="9"/>
       <c r="C124" s="9"/>
       <c r="D124" s="9"/>
       <c r="E124" s="9"/>
       <c r="F124" s="9"/>
       <c r="G124" s="29"/>
       <c r="H124" s="29"/>
       <c r="I124" s="30"/>
       <c r="J124" s="31" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="125" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="125" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A125" s="9"/>
       <c r="B125" s="9"/>
       <c r="C125" s="9"/>
       <c r="D125" s="9"/>
       <c r="E125" s="9"/>
       <c r="F125" s="9"/>
       <c r="G125" s="9"/>
       <c r="H125" s="9"/>
       <c r="I125" s="9"/>
     </row>
-    <row r="126" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="126" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A126" s="10" t="s">
         <v>3</v>
       </c>
       <c r="B126" s="9"/>
       <c r="C126" s="9"/>
       <c r="D126" s="9"/>
       <c r="E126" s="9"/>
       <c r="F126" s="9"/>
       <c r="G126" s="9"/>
       <c r="H126" s="9"/>
       <c r="I126" s="9"/>
       <c r="J126" s="31"/>
     </row>
-    <row r="127" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="127" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A127" s="9"/>
       <c r="B127" s="9"/>
       <c r="C127" s="9"/>
       <c r="D127" s="9"/>
       <c r="E127" s="9"/>
       <c r="F127" s="9"/>
       <c r="G127" s="9"/>
       <c r="H127" s="9"/>
       <c r="I127" s="9"/>
     </row>
-    <row r="128" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="128" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A128" s="9"/>
       <c r="B128" s="26" t="s">
         <v>80</v>
       </c>
       <c r="C128" s="13"/>
       <c r="D128" s="26" t="s">
         <v>81</v>
       </c>
       <c r="E128" s="13"/>
       <c r="F128" s="26" t="s">
         <v>82</v>
       </c>
       <c r="G128" s="13"/>
       <c r="H128" s="26" t="s">
         <v>83</v>
       </c>
       <c r="I128" s="13"/>
       <c r="J128" s="26" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="129" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="129" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A129" s="11" t="s">
         <v>45</v>
       </c>
       <c r="B129" s="27">
         <v>38899</v>
       </c>
       <c r="C129" s="21"/>
       <c r="D129" s="27">
         <v>39142</v>
       </c>
       <c r="E129" s="21"/>
       <c r="F129" s="27">
         <v>39264</v>
       </c>
       <c r="G129" s="21"/>
       <c r="H129" s="27">
         <v>39508</v>
       </c>
       <c r="I129" s="22"/>
       <c r="J129" s="27">
         <v>39630</v>
       </c>
     </row>
-    <row r="130" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="130" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B130" s="29"/>
       <c r="D130" s="29"/>
       <c r="F130" s="29"/>
       <c r="H130" s="29"/>
       <c r="J130" s="29"/>
     </row>
-    <row r="131" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="131" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A131" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B131" s="32">
         <v>24.07</v>
       </c>
       <c r="D131" s="32">
         <v>24.07</v>
       </c>
       <c r="F131" s="32">
         <v>24.46</v>
       </c>
       <c r="H131" s="32">
         <v>24.46</v>
       </c>
       <c r="J131" s="32">
         <v>24.62</v>
       </c>
     </row>
-    <row r="132" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="132" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A132" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B132" s="33">
         <v>31.39</v>
       </c>
       <c r="C132" s="4"/>
       <c r="D132" s="33">
         <v>31.39</v>
       </c>
       <c r="E132" s="4"/>
       <c r="F132" s="33">
         <v>31.9</v>
       </c>
       <c r="H132" s="33">
         <v>31.9</v>
       </c>
       <c r="J132" s="33">
         <v>32.07</v>
       </c>
     </row>
-    <row r="133" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="133" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A133" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B133" s="33">
         <v>10.4</v>
       </c>
       <c r="C133" s="4"/>
       <c r="D133" s="33">
         <v>9.89</v>
       </c>
       <c r="E133" s="4"/>
       <c r="F133" s="33">
         <v>9.5399999999999991</v>
       </c>
       <c r="H133" s="33">
         <v>8.4600000000000009</v>
       </c>
       <c r="J133" s="33">
         <v>7.76</v>
       </c>
     </row>
-    <row r="134" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="134" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A134" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B134" s="33">
         <v>7.66</v>
       </c>
       <c r="C134" s="4"/>
       <c r="D134" s="33">
         <v>7.66</v>
       </c>
       <c r="E134" s="4"/>
       <c r="F134" s="33">
         <v>7.28</v>
       </c>
       <c r="H134" s="33">
         <v>6.2</v>
       </c>
       <c r="J134" s="33">
         <v>6.85</v>
       </c>
     </row>
-    <row r="135" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="135" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B135" s="34">
         <v>1.3521999999999999E-2</v>
       </c>
       <c r="C135" s="5"/>
       <c r="D135" s="34">
         <v>1.0928999999999999E-2</v>
       </c>
       <c r="E135" s="5"/>
       <c r="F135" s="34">
         <v>9.9659999999999992E-3</v>
       </c>
       <c r="H135" s="34">
         <v>4.7939999999999997E-3</v>
       </c>
       <c r="J135" s="34">
         <v>5.5149999999999999E-3</v>
       </c>
     </row>
-    <row r="136" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="136" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A136" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B136" s="34">
         <v>1.0057999999999999E-2</v>
       </c>
       <c r="C136" s="5"/>
       <c r="D136" s="34">
         <v>1.0057999999999999E-2</v>
       </c>
       <c r="E136" s="5"/>
       <c r="F136" s="34">
         <v>9.9659999999999992E-3</v>
       </c>
       <c r="H136" s="34">
         <v>4.7939999999999997E-3</v>
       </c>
       <c r="J136" s="34">
         <v>5.5149999999999999E-3</v>
       </c>
     </row>
-    <row r="137" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="137" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A137" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B137" s="33">
         <v>0.62</v>
       </c>
       <c r="C137" s="4"/>
       <c r="D137" s="33">
         <v>0.62</v>
       </c>
       <c r="E137" s="4"/>
       <c r="F137" s="33">
         <v>0.62</v>
       </c>
       <c r="H137" s="33">
         <v>0.62</v>
       </c>
       <c r="J137" s="33">
         <v>0.62</v>
       </c>
     </row>
-    <row r="138" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="138" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B138" s="36"/>
       <c r="C138" s="4"/>
       <c r="D138" s="4"/>
       <c r="E138" s="4"/>
       <c r="F138" s="4"/>
       <c r="H138" s="4"/>
       <c r="J138" s="4"/>
     </row>
-    <row r="139" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="139" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A139" s="9"/>
       <c r="B139" s="26" t="s">
         <v>85</v>
       </c>
       <c r="C139" s="19"/>
       <c r="D139" s="26" t="s">
         <v>86</v>
       </c>
       <c r="E139" s="19"/>
       <c r="F139" s="26" t="s">
         <v>87</v>
       </c>
       <c r="G139" s="19"/>
       <c r="H139" s="26" t="s">
         <v>88</v>
       </c>
       <c r="I139" s="19"/>
       <c r="J139" s="26" t="s">
         <v>90</v>
       </c>
       <c r="K139" s="19"/>
     </row>
-    <row r="140" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="140" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A140" s="11" t="s">
         <v>45</v>
       </c>
       <c r="B140" s="27">
         <v>39873</v>
       </c>
       <c r="C140" s="24"/>
       <c r="D140" s="27">
         <v>39995</v>
       </c>
       <c r="E140" s="24"/>
       <c r="F140" s="27">
         <v>40360</v>
       </c>
       <c r="G140" s="25"/>
       <c r="H140" s="27">
         <v>40725</v>
       </c>
       <c r="I140" s="18"/>
       <c r="J140" s="27">
         <v>40969</v>
       </c>
       <c r="K140" s="19"/>
     </row>
-    <row r="141" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="141" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B141" s="29"/>
       <c r="C141" s="9"/>
       <c r="D141" s="29"/>
       <c r="E141" s="9"/>
       <c r="F141" s="29"/>
       <c r="H141" s="29"/>
       <c r="I141" s="12"/>
       <c r="J141" s="29"/>
     </row>
-    <row r="142" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="142" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A142" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B142" s="32">
         <v>24.62</v>
       </c>
       <c r="D142" s="32">
         <v>25.87</v>
       </c>
       <c r="F142" s="32">
         <v>25.13</v>
       </c>
       <c r="H142" s="32">
         <v>26.31</v>
       </c>
       <c r="J142" s="32">
         <v>26.31</v>
       </c>
     </row>
-    <row r="143" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="143" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A143" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B143" s="33">
         <v>32.07</v>
       </c>
       <c r="D143" s="33">
         <v>33.72</v>
       </c>
       <c r="F143" s="33">
         <v>32.76</v>
       </c>
       <c r="H143" s="33">
         <v>34.270000000000003</v>
       </c>
       <c r="J143" s="33">
         <v>34.270000000000003</v>
       </c>
     </row>
-    <row r="144" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="144" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A144" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B144" s="33">
         <v>7.77</v>
       </c>
       <c r="D144" s="33">
         <v>9.15</v>
       </c>
       <c r="F144" s="33">
         <v>9.08</v>
       </c>
       <c r="H144" s="33">
         <v>9.52</v>
       </c>
       <c r="J144" s="33">
         <v>9.65</v>
       </c>
     </row>
-    <row r="145" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="145" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A145" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B145" s="33">
         <v>6.86</v>
       </c>
       <c r="D145" s="33">
         <v>8.14</v>
       </c>
       <c r="F145" s="33">
         <v>8.1</v>
       </c>
       <c r="H145" s="33">
         <v>8.5</v>
       </c>
       <c r="J145" s="33">
         <v>8.6300000000000008</v>
       </c>
     </row>
-    <row r="146" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="146" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B146" s="34">
         <v>5.574E-3</v>
       </c>
       <c r="D146" s="34">
         <v>4.7840000000000001E-3</v>
       </c>
       <c r="F146" s="34">
         <v>4.6519999999999999E-3</v>
       </c>
       <c r="H146" s="34">
         <v>4.8180000000000002E-3</v>
       </c>
       <c r="J146" s="34">
         <v>5.4390000000000003E-3</v>
       </c>
     </row>
-    <row r="147" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="147" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A147" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B147" s="34">
         <v>5.574E-3</v>
       </c>
       <c r="D147" s="34">
         <v>4.7840000000000001E-3</v>
       </c>
       <c r="F147" s="34">
         <v>4.6519999999999999E-3</v>
       </c>
       <c r="H147" s="34">
         <v>4.8180000000000002E-3</v>
       </c>
       <c r="J147" s="34">
         <v>5.4390000000000003E-3</v>
       </c>
     </row>
-    <row r="148" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="148" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A148" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B148" s="33">
         <v>0.62</v>
       </c>
       <c r="D148" s="33">
         <v>0.66</v>
       </c>
       <c r="F148" s="33">
         <v>0.65</v>
       </c>
       <c r="H148" s="33">
         <v>0.68</v>
       </c>
       <c r="J148" s="33">
         <v>0.68</v>
       </c>
     </row>
-    <row r="149" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="149" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B149" s="4"/>
       <c r="J149" s="28"/>
     </row>
-    <row r="150" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="150" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A150" s="30"/>
       <c r="B150" s="26" t="s">
         <v>92</v>
       </c>
       <c r="D150" s="26" t="s">
         <v>93</v>
       </c>
       <c r="F150" s="26" t="s">
         <v>96</v>
       </c>
       <c r="H150" s="26" t="s">
         <v>97</v>
       </c>
       <c r="J150" s="26" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="151" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="151" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A151" s="37" t="s">
         <v>45</v>
       </c>
       <c r="B151" s="27">
         <v>41091</v>
       </c>
       <c r="D151" s="27">
         <v>41456</v>
       </c>
       <c r="F151" s="27">
         <v>41883</v>
       </c>
       <c r="H151" s="27">
         <v>42186</v>
       </c>
       <c r="J151" s="27">
         <v>42552</v>
       </c>
     </row>
-    <row r="152" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="152" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A152" s="29"/>
       <c r="B152" s="29"/>
       <c r="C152" s="9"/>
       <c r="D152" s="29"/>
       <c r="E152" s="9"/>
       <c r="F152" s="29"/>
       <c r="G152" s="9"/>
       <c r="H152" s="29"/>
       <c r="I152" s="9"/>
       <c r="J152" s="29"/>
     </row>
-    <row r="153" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="153" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A153" s="35" t="s">
         <v>9</v>
       </c>
       <c r="B153" s="32">
         <v>26.81</v>
       </c>
       <c r="D153" s="32">
         <v>28.6</v>
       </c>
       <c r="F153" s="32">
         <v>28.6</v>
       </c>
       <c r="H153" s="32">
         <v>28.6</v>
       </c>
       <c r="J153" s="32">
         <v>28.6</v>
       </c>
     </row>
-    <row r="154" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="154" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A154" s="35" t="s">
         <v>10</v>
       </c>
       <c r="B154" s="33">
         <v>34.94</v>
       </c>
       <c r="D154" s="33">
         <v>37.22</v>
       </c>
       <c r="F154" s="33">
         <v>37.22</v>
       </c>
       <c r="H154" s="33">
         <v>37.22</v>
       </c>
       <c r="J154" s="33">
         <v>37.22</v>
       </c>
     </row>
-    <row r="155" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="155" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A155" s="35" t="s">
         <v>11</v>
       </c>
       <c r="B155" s="33">
         <v>10.37</v>
       </c>
       <c r="D155" s="33">
         <v>11.33</v>
       </c>
       <c r="F155" s="33">
         <v>10.59</v>
       </c>
       <c r="H155" s="33">
         <v>10.95</v>
       </c>
       <c r="J155" s="33">
         <v>12.32</v>
       </c>
     </row>
-    <row r="156" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="156" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A156" s="35" t="s">
         <v>12</v>
       </c>
       <c r="B156" s="33">
         <v>9.33</v>
       </c>
       <c r="D156" s="33">
         <v>10.23</v>
       </c>
       <c r="F156" s="33">
         <v>11.37</v>
       </c>
       <c r="H156" s="33">
         <v>11.72</v>
       </c>
       <c r="J156" s="33">
         <v>13.02</v>
       </c>
     </row>
-    <row r="157" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="157" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A157" s="35" t="s">
         <v>13</v>
       </c>
       <c r="B157" s="34">
         <v>5.3099999999999996E-3</v>
       </c>
       <c r="D157" s="34">
         <v>4.398E-3</v>
       </c>
       <c r="F157" s="34">
         <v>1.2199999999999999E-3</v>
       </c>
       <c r="H157" s="34">
         <v>2.8570000000000002E-3</v>
       </c>
       <c r="J157" s="34">
         <v>6.9119999999999997E-3</v>
       </c>
     </row>
-    <row r="158" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="158" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A158" s="35" t="s">
         <v>14</v>
       </c>
       <c r="B158" s="34">
         <v>5.3099999999999996E-3</v>
       </c>
       <c r="D158" s="34">
         <v>4.398E-3</v>
       </c>
       <c r="F158" s="34">
         <v>1.2199999999999999E-3</v>
       </c>
       <c r="H158" s="34">
         <v>2.8570000000000002E-3</v>
       </c>
       <c r="J158" s="34">
         <v>6.9119999999999997E-3</v>
       </c>
     </row>
-    <row r="159" spans="1:10" s="29" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="159" spans="1:10" s="29" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A159" s="35" t="s">
         <v>46</v>
       </c>
       <c r="B159" s="33">
         <v>0.7</v>
       </c>
       <c r="D159" s="33">
         <v>0.74</v>
       </c>
       <c r="F159" s="33">
         <v>0.79</v>
       </c>
       <c r="H159" s="33">
         <v>0.92</v>
       </c>
       <c r="J159" s="33">
         <v>1.1599999999999999</v>
       </c>
     </row>
-    <row r="160" spans="1:10" s="29" customFormat="1" x14ac:dyDescent="0.2"/>
-    <row r="161" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="160" spans="1:10" s="29" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="161" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A161" s="30"/>
       <c r="B161" s="26" t="s">
         <v>99</v>
       </c>
       <c r="D161" s="26" t="s">
         <v>100</v>
       </c>
       <c r="F161" s="26" t="s">
         <v>107</v>
       </c>
       <c r="H161" s="26" t="s">
         <v>108</v>
       </c>
       <c r="J161" s="26" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="162" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="162" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A162" s="37" t="s">
         <v>45</v>
       </c>
       <c r="B162" s="27">
         <v>42917</v>
       </c>
       <c r="D162" s="27">
         <v>43282</v>
       </c>
       <c r="F162" s="27">
         <v>43647</v>
       </c>
       <c r="H162" s="27">
         <v>43891</v>
       </c>
       <c r="J162" s="27">
         <v>44013</v>
       </c>
     </row>
-    <row r="163" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="163" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A163" s="29"/>
       <c r="B163" s="29"/>
       <c r="C163" s="9"/>
       <c r="D163" s="29"/>
       <c r="F163" s="29"/>
       <c r="G163" s="9"/>
       <c r="H163" s="29"/>
       <c r="I163" s="9"/>
       <c r="J163" s="29"/>
     </row>
-    <row r="164" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="164" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A164" s="35" t="s">
         <v>9</v>
       </c>
       <c r="B164" s="32">
         <v>29.2</v>
       </c>
       <c r="D164" s="32">
         <v>29.1</v>
       </c>
       <c r="F164" s="32">
         <v>29.220000000000002</v>
       </c>
       <c r="H164" s="32">
         <v>29.96</v>
       </c>
       <c r="J164" s="32">
         <v>29.98</v>
       </c>
     </row>
-    <row r="165" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="165" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A165" s="35" t="s">
         <v>10</v>
       </c>
       <c r="B165" s="33">
         <v>38.04</v>
       </c>
       <c r="D165" s="33">
         <v>37.869999999999997</v>
       </c>
       <c r="F165" s="33">
         <v>38.03</v>
       </c>
       <c r="H165" s="33">
         <v>39</v>
       </c>
       <c r="J165" s="33">
         <v>39.03</v>
       </c>
     </row>
-    <row r="166" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="166" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A166" s="35" t="s">
         <v>12</v>
       </c>
       <c r="B166" s="33">
         <v>13.57</v>
       </c>
       <c r="D166" s="33">
         <v>12.85</v>
       </c>
       <c r="F166" s="33">
         <v>13.27</v>
       </c>
       <c r="H166" s="33">
         <v>13.530000000000001</v>
       </c>
       <c r="J166" s="33">
         <v>13.23</v>
       </c>
     </row>
-    <row r="167" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="167" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A167" s="35" t="s">
         <v>94</v>
       </c>
       <c r="B167" s="33">
         <v>14.29</v>
       </c>
       <c r="D167" s="33">
         <v>13.58</v>
       </c>
       <c r="F167" s="33">
         <v>13.920000000000002</v>
       </c>
       <c r="H167" s="33">
         <v>14.250000000000002</v>
       </c>
       <c r="J167" s="33">
         <v>14</v>
       </c>
     </row>
-    <row r="168" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="168" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A168" s="35" t="s">
         <v>14</v>
       </c>
       <c r="B168" s="34">
         <v>9.1300000000000018E-4</v>
       </c>
       <c r="D168" s="34">
         <v>1.6590000000000001E-3</v>
       </c>
       <c r="F168" s="34">
         <v>3.7450000000000001E-3</v>
       </c>
       <c r="H168" s="34">
         <v>5.2979999999999998E-3</v>
       </c>
       <c r="J168" s="34">
         <v>5.5800000000000008E-3</v>
       </c>
     </row>
-    <row r="169" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="169" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A169" s="35" t="s">
         <v>95</v>
       </c>
       <c r="B169" s="34">
         <v>9.1300000000000018E-4</v>
       </c>
       <c r="D169" s="34">
         <v>1.6590000000000001E-3</v>
       </c>
       <c r="F169" s="34">
         <v>3.7450000000000001E-3</v>
       </c>
       <c r="H169" s="34">
         <v>5.2979999999999998E-3</v>
       </c>
       <c r="J169" s="34">
         <v>5.5800000000000008E-3</v>
       </c>
     </row>
-    <row r="170" spans="1:10" s="29" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="170" spans="1:10" s="29" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A170" s="35" t="s">
         <v>15</v>
       </c>
       <c r="B170" s="33">
         <v>1.1100000000000001</v>
       </c>
       <c r="D170" s="33">
         <v>1.3</v>
       </c>
       <c r="F170" s="33">
         <v>1.25</v>
       </c>
       <c r="H170" s="33">
         <v>1.21</v>
       </c>
       <c r="J170" s="33">
         <v>1.26</v>
       </c>
     </row>
-    <row r="171" spans="1:10" s="29" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="171" spans="1:10" s="29" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A171" s="35"/>
       <c r="B171" s="33"/>
       <c r="D171" s="33"/>
     </row>
-    <row r="172" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="172" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A172" s="2" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="173" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="173" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A173" s="2" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="174" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="174" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A174" s="2" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="175" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="175" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A175" s="2" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="176" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="176" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A176" s="2" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="177" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="177" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A177" s="2" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="178" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="178" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A178" s="2" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="179" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="179" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A179" s="2" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="180" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="180" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A180" s="2" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="181" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="181" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A181" s="2" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="182" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="182" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A182" s="29" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="183" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="183" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A183" s="1" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="184" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="184" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A184" s="1" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="185" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="185" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A185" s="29" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="186" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="186" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A186" s="29" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="187" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="187" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A187" s="29" t="s">
         <v>76</v>
       </c>
       <c r="B187" s="35"/>
       <c r="C187" s="35"/>
       <c r="D187" s="29"/>
       <c r="E187" s="29"/>
       <c r="F187" s="29"/>
       <c r="G187" s="29"/>
       <c r="H187" s="29"/>
       <c r="I187" s="29"/>
     </row>
-    <row r="188" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="188" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A188" s="29" t="s">
         <v>79</v>
       </c>
       <c r="B188" s="35"/>
       <c r="C188" s="35"/>
       <c r="D188" s="29"/>
       <c r="E188" s="29"/>
       <c r="F188" s="29"/>
       <c r="G188" s="29"/>
       <c r="H188" s="29"/>
       <c r="I188" s="29"/>
     </row>
-    <row r="190" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="190" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A190" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B190" s="9"/>
       <c r="C190" s="9"/>
       <c r="D190" s="9"/>
       <c r="E190" s="9"/>
       <c r="F190" s="9"/>
       <c r="G190" s="29"/>
       <c r="H190" s="29"/>
       <c r="I190" s="30"/>
       <c r="J190" s="31" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="191" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="191" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A191" s="9"/>
       <c r="B191" s="9"/>
       <c r="C191" s="9"/>
       <c r="D191" s="9"/>
       <c r="E191" s="9"/>
       <c r="F191" s="9"/>
       <c r="G191" s="29"/>
       <c r="H191" s="29"/>
       <c r="I191" s="30"/>
       <c r="J191" s="31" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="192" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="192" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A192" s="9"/>
       <c r="B192" s="9"/>
       <c r="C192" s="9"/>
       <c r="D192" s="9"/>
       <c r="E192" s="9"/>
       <c r="F192" s="9"/>
       <c r="G192" s="29"/>
       <c r="H192" s="29"/>
       <c r="I192" s="30"/>
       <c r="J192" s="29"/>
     </row>
-    <row r="193" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="193" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A193" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B193" s="9"/>
       <c r="C193" s="9"/>
       <c r="D193" s="9"/>
       <c r="E193" s="9"/>
       <c r="F193" s="9"/>
       <c r="G193" s="29"/>
       <c r="H193" s="29"/>
       <c r="I193" s="29"/>
       <c r="J193" s="31" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" x14ac:dyDescent="0.2">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="194" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A194" s="9"/>
       <c r="B194" s="9"/>
       <c r="C194" s="9"/>
       <c r="D194" s="9"/>
       <c r="E194" s="9"/>
       <c r="F194" s="9"/>
       <c r="G194" s="29"/>
       <c r="H194" s="29"/>
       <c r="I194" s="30"/>
       <c r="J194" s="31" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" x14ac:dyDescent="0.2">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="195" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A195" s="9"/>
       <c r="B195" s="9"/>
       <c r="C195" s="9"/>
       <c r="D195" s="9"/>
       <c r="E195" s="9"/>
       <c r="F195" s="9"/>
       <c r="G195" s="9"/>
       <c r="H195" s="9"/>
       <c r="I195" s="9"/>
     </row>
-    <row r="196" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="196" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A196" s="10" t="s">
         <v>3</v>
       </c>
       <c r="B196" s="9"/>
       <c r="C196" s="9"/>
       <c r="D196" s="9"/>
       <c r="E196" s="9"/>
       <c r="F196" s="9"/>
       <c r="G196" s="9"/>
       <c r="H196" s="9"/>
       <c r="I196" s="9"/>
       <c r="J196" s="31"/>
     </row>
-    <row r="197" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="197" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A197" s="9"/>
       <c r="B197" s="9"/>
       <c r="C197" s="9"/>
       <c r="D197" s="9"/>
       <c r="E197" s="9"/>
       <c r="F197" s="9"/>
       <c r="G197" s="9"/>
       <c r="H197" s="9"/>
       <c r="I197" s="9"/>
     </row>
-    <row r="198" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="198" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A198" s="30"/>
       <c r="B198" s="26" t="s">
         <v>110</v>
       </c>
       <c r="D198" s="26" t="s">
         <v>111</v>
       </c>
       <c r="F198" s="26" t="s">
         <v>113</v>
       </c>
       <c r="H198" s="26" t="s">
         <v>114</v>
       </c>
       <c r="J198" s="26" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="199" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="199" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A199" s="37" t="s">
         <v>45</v>
       </c>
       <c r="B199" s="27">
         <v>44409</v>
       </c>
       <c r="D199" s="27">
         <v>44743</v>
       </c>
       <c r="F199" s="27">
         <v>44927</v>
       </c>
       <c r="H199" s="27">
         <v>45108</v>
       </c>
       <c r="J199" s="27">
         <v>45292</v>
       </c>
     </row>
-    <row r="200" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="200" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A200" s="29"/>
       <c r="B200" s="29"/>
       <c r="C200" s="9"/>
       <c r="D200" s="29"/>
       <c r="F200" s="29"/>
       <c r="H200" s="29"/>
       <c r="J200" s="29"/>
     </row>
-    <row r="201" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="201" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A201" s="35" t="s">
         <v>9</v>
       </c>
       <c r="B201" s="32">
         <v>30.01</v>
       </c>
       <c r="D201" s="32">
         <v>38.42</v>
       </c>
       <c r="F201" s="32">
         <v>38.42</v>
       </c>
       <c r="H201" s="32">
         <v>192.62</v>
       </c>
       <c r="J201" s="32">
         <v>197.18</v>
       </c>
     </row>
-    <row r="202" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="202" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A202" s="35" t="s">
         <v>10</v>
       </c>
       <c r="B202" s="33">
         <v>39.06</v>
       </c>
       <c r="D202" s="33">
         <v>50.01</v>
       </c>
       <c r="F202" s="33">
         <v>50.01</v>
       </c>
       <c r="H202" s="33">
         <v>205.07999999999998</v>
       </c>
       <c r="J202" s="33">
         <v>211.01999999999998</v>
       </c>
     </row>
-    <row r="203" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="203" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A203" s="35" t="s">
+        <v>94</v>
+      </c>
+      <c r="B203" s="33">
+        <v>17.97</v>
+      </c>
+      <c r="D203" s="33">
+        <v>16.64</v>
+      </c>
+      <c r="F203" s="33">
+        <v>15.85</v>
+      </c>
+      <c r="H203" s="33">
+        <v>17.380000000000003</v>
+      </c>
+      <c r="J203" s="33">
+        <v>14.46</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A204" s="35" t="s">
         <v>12</v>
       </c>
-      <c r="B203" s="33">
+      <c r="B204" s="33">
         <v>17.169999999999998</v>
       </c>
-      <c r="D203" s="33">
+      <c r="D204" s="33">
         <v>15.71</v>
       </c>
-      <c r="F203" s="33">
+      <c r="F204" s="33">
         <v>14.92</v>
       </c>
-      <c r="H203" s="33">
+      <c r="H204" s="33">
         <v>16.39</v>
       </c>
-      <c r="J203" s="33">
+      <c r="J204" s="33">
         <v>13.45</v>
       </c>
     </row>
-    <row r="204" spans="1:10" x14ac:dyDescent="0.2">
-[...19 lines deleted...]
-    <row r="205" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="205" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A205" s="35" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="B205" s="34">
         <v>7.0889999999999998E-3</v>
       </c>
       <c r="D205" s="34">
         <v>1.745E-3</v>
       </c>
       <c r="F205" s="34">
         <v>2.3310000000000002E-3</v>
       </c>
       <c r="H205" s="34">
         <v>4.3169999999999997E-3</v>
       </c>
       <c r="J205" s="34">
         <v>4.3169999999999997E-3</v>
       </c>
     </row>
-    <row r="206" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="206" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A206" s="35" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
       <c r="B206" s="34">
         <v>7.0889999999999998E-3</v>
       </c>
       <c r="D206" s="34">
         <v>1.745E-3</v>
       </c>
       <c r="F206" s="34">
         <v>2.3310000000000002E-3</v>
       </c>
       <c r="H206" s="34">
         <v>4.3169999999999997E-3</v>
       </c>
       <c r="J206" s="34">
         <v>4.3169999999999997E-3</v>
       </c>
     </row>
-    <row r="207" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="207" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A207" s="35" t="s">
         <v>15</v>
       </c>
       <c r="B207" s="33">
         <v>1.46</v>
       </c>
       <c r="C207" s="29"/>
       <c r="D207" s="33">
         <v>1.7</v>
       </c>
       <c r="F207" s="33">
         <v>1.7</v>
       </c>
       <c r="H207" s="33">
         <v>1.1600000000000001</v>
       </c>
       <c r="J207" s="33">
         <v>1.21</v>
       </c>
     </row>
-    <row r="208" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="208" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A208" s="35"/>
       <c r="B208" s="33"/>
       <c r="C208" s="29"/>
       <c r="D208" s="33"/>
       <c r="E208" s="29"/>
       <c r="F208" s="29"/>
       <c r="G208" s="29"/>
       <c r="H208" s="29"/>
       <c r="I208" s="29"/>
       <c r="J208" s="29"/>
     </row>
-    <row r="209" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="209" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A209" s="30"/>
       <c r="B209" s="26" t="s">
         <v>115</v>
       </c>
       <c r="D209" s="26" t="s">
         <v>116</v>
       </c>
       <c r="F209" s="26" t="s">
         <v>117</v>
       </c>
       <c r="H209" s="26" t="s">
         <v>118</v>
       </c>
       <c r="J209" s="26" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:10" x14ac:dyDescent="0.2">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="210" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A210" s="37" t="s">
         <v>45</v>
       </c>
       <c r="B210" s="27">
         <v>45474</v>
       </c>
       <c r="D210" s="27">
         <v>45505</v>
       </c>
       <c r="F210" s="27">
         <v>45658</v>
       </c>
       <c r="H210" s="27">
         <v>45839</v>
       </c>
       <c r="J210" s="27">
         <v>45931</v>
       </c>
     </row>
-    <row r="211" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="211" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A211" s="29"/>
       <c r="B211" s="29"/>
     </row>
-    <row r="212" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="212" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A212" s="35" t="s">
         <v>9</v>
       </c>
       <c r="B212" s="32">
         <v>266.08999999999997</v>
       </c>
       <c r="D212" s="32">
         <v>278.31000000000006</v>
       </c>
       <c r="F212" s="32">
         <v>280.91000000000003</v>
       </c>
       <c r="H212" s="32">
         <v>177.56</v>
       </c>
       <c r="J212" s="32">
         <v>200.98</v>
       </c>
     </row>
-    <row r="213" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="213" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A213" s="35" t="s">
         <v>10</v>
       </c>
       <c r="B213" s="33">
         <v>285.68</v>
       </c>
       <c r="D213" s="33">
         <v>297.90000000000003</v>
       </c>
       <c r="F213" s="33">
         <v>301.29000000000002</v>
       </c>
       <c r="H213" s="33">
         <v>200.34</v>
       </c>
       <c r="J213" s="33">
         <v>223.76</v>
       </c>
     </row>
-    <row r="214" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="214" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A214" s="35" t="s">
+        <v>94</v>
+      </c>
+      <c r="B214" s="33">
+        <v>15.79</v>
+      </c>
+      <c r="D214" s="33">
+        <v>15.79</v>
+      </c>
+      <c r="F214" s="33">
+        <v>19.32</v>
+      </c>
+      <c r="H214" s="33">
+        <v>20.16</v>
+      </c>
+      <c r="J214" s="33">
+        <v>20.16</v>
+      </c>
+    </row>
+    <row r="215" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A215" s="35" t="s">
         <v>12</v>
       </c>
-      <c r="B214" s="33">
+      <c r="B215" s="33">
         <v>14.55</v>
       </c>
-      <c r="D214" s="33">
+      <c r="D215" s="33">
         <v>14.55</v>
       </c>
-      <c r="F214" s="33">
+      <c r="F215" s="33">
         <v>18.93</v>
       </c>
-      <c r="H214" s="33">
+      <c r="H215" s="33">
         <v>19.63</v>
       </c>
-      <c r="J214" s="33">
+      <c r="J215" s="33">
         <v>19.63</v>
       </c>
     </row>
-    <row r="215" spans="1:10" x14ac:dyDescent="0.2">
-[...19 lines deleted...]
-    <row r="216" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="216" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A216" s="35" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="B216" s="34">
         <v>1.2293999999999999E-2</v>
       </c>
       <c r="D216" s="34">
         <v>1.1418000000000001E-2</v>
       </c>
       <c r="F216" s="34">
         <v>1.1418000000000001E-2</v>
       </c>
       <c r="H216" s="34">
         <v>1.8676000000000002E-2</v>
       </c>
       <c r="J216" s="34">
         <v>1.6649000000000001E-2</v>
       </c>
     </row>
-    <row r="217" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="217" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A217" s="35" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
       <c r="B217" s="34">
         <v>1.2293999999999999E-2</v>
       </c>
       <c r="D217" s="34">
         <v>1.1418000000000001E-2</v>
       </c>
       <c r="F217" s="34">
         <v>1.1418000000000001E-2</v>
       </c>
       <c r="H217" s="34">
         <v>1.8676000000000002E-2</v>
       </c>
       <c r="J217" s="34">
         <v>1.6649000000000001E-2</v>
       </c>
     </row>
-    <row r="218" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="218" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A218" s="35" t="s">
         <v>15</v>
       </c>
       <c r="B218" s="33">
         <v>1.93</v>
       </c>
       <c r="D218" s="33">
         <v>1.93</v>
       </c>
       <c r="F218" s="33">
         <v>1.73</v>
       </c>
       <c r="H218" s="33">
         <v>2.31</v>
       </c>
       <c r="J218" s="33">
         <v>2.31</v>
       </c>
     </row>
-    <row r="238" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="220" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A220" s="30"/>
+      <c r="B220" s="26" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="221" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A221" s="37" t="s">
+        <v>45</v>
+      </c>
+      <c r="B221" s="27">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="222" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A222" s="29"/>
+      <c r="B222" s="29"/>
+    </row>
+    <row r="223" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A223" s="35" t="s">
+        <v>9</v>
+      </c>
+      <c r="B223" s="32">
+        <v>201.09</v>
+      </c>
+    </row>
+    <row r="224" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A224" s="35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B224" s="33">
+        <v>223.9</v>
+      </c>
+    </row>
+    <row r="225" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A225" s="35" t="s">
+        <v>94</v>
+      </c>
+      <c r="B225" s="33">
+        <v>21.25</v>
+      </c>
+    </row>
+    <row r="226" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A226" s="35" t="s">
+        <v>12</v>
+      </c>
+      <c r="B226" s="33">
+        <v>20.72</v>
+      </c>
+    </row>
+    <row r="227" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A227" s="35" t="s">
+        <v>95</v>
+      </c>
+      <c r="B227" s="34">
+        <v>1.6649000000000001E-2</v>
+      </c>
+    </row>
+    <row r="228" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A228" s="35" t="s">
+        <v>14</v>
+      </c>
+      <c r="B228" s="34">
+        <v>1.6649000000000001E-2</v>
+      </c>
+    </row>
+    <row r="229" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A229" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="B229" s="33">
+        <v>2.34</v>
+      </c>
+    </row>
+    <row r="238" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A238" s="2" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="239" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="239" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A239" s="2" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="240" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="240" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A240" s="2" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="241" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="241" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A241" s="2" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="242" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="242" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A242" s="2" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="243" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="243" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A243" s="2" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="244" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="244" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A244" s="2" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="245" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="245" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A245" s="2" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="246" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="246" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A246" s="2" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="247" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="247" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A247" s="2" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="248" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="248" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A248" s="29" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="249" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="249" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A249" s="1" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="250" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="250" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A250" s="1" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="251" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="251" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A251" s="29" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="252" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="252" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A252" s="29" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="253" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="253" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A253" s="29" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="254" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="254" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A254" s="29" t="s">
         <v>79</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="4" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="83" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;12&amp;K008000Internal Use</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="55" max="16383" man="1"/>
     <brk id="119" max="16383" man="1"/>
   </rowBreaks>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{019c027e-33b7-45fc-a572-8ffa5d09ec36}" enabled="1" method="Standard" siteId="{031a09bc-a2bf-44df-888e-4e09355b7a24}" contentBits="2" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MGS-S #1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Central Maine Power Co.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>