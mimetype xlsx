--- v0 (2025-11-05)
+++ v1 (2026-01-10)
@@ -2,94 +2,94 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29609"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Settlement\Supplier_Settlement\Documentation\Load Characteristics_Monthly RNS Peak\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D2172702-00FA-42C6-950A-54F85BC2F123}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{CDF65C33-9461-4FD6-A83B-658DF57CE1BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{3B50B077-E882-4F11-A36D-B426AA0807D8}"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly RNS Peak_2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4791" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6135" uniqueCount="39">
   <si>
     <t>Posting Based on Final ReSettlement Quantities</t>
   </si>
   <si>
     <t>RNS Peak Load Data By Rate Class</t>
   </si>
   <si>
-    <t>January - July 2025</t>
+    <t>January - September 2025</t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>June</t>
   </si>
   <si>
     <t>July</t>
   </si>
   <si>
     <t>August</t>
   </si>
@@ -1027,51 +1027,51 @@
         <v>17</v>
       </c>
       <c r="L9" s="5"/>
       <c r="N9" s="6"/>
       <c r="P9" s="4" t="s">
         <v>18</v>
       </c>
       <c r="Q9" s="5"/>
       <c r="S9" s="6"/>
       <c r="U9" s="4" t="s">
         <v>16</v>
       </c>
       <c r="V9" s="5"/>
       <c r="X9" s="6"/>
       <c r="Z9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="AA9" s="5"/>
       <c r="AC9" s="6"/>
       <c r="AE9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="AF9" s="5"/>
       <c r="AH9" s="6"/>
       <c r="AJ9" s="4" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="AK9" s="5"/>
       <c r="AM9" s="6"/>
       <c r="AO9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="AP9" s="5"/>
       <c r="AR9" s="6"/>
       <c r="AT9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="AU9" s="5"/>
       <c r="AW9" s="6"/>
       <c r="AY9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="AZ9" s="5"/>
       <c r="BB9" s="6"/>
       <c r="BD9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="BE9" s="5"/>
       <c r="BG9" s="6"/>
     </row>
     <row r="10" spans="1:59" ht="13.5" thickBot="1">
@@ -1294,54 +1294,74 @@
       </c>
       <c r="Z11" s="1">
         <v>45832</v>
       </c>
       <c r="AA11" t="s">
         <v>24</v>
       </c>
       <c r="AB11" t="s">
         <v>25</v>
       </c>
       <c r="AC11" s="9">
         <v>478762.005</v>
       </c>
       <c r="AE11" s="1">
         <v>45867</v>
       </c>
       <c r="AF11" t="s">
         <v>24</v>
       </c>
       <c r="AG11" t="s">
         <v>25</v>
       </c>
       <c r="AH11" s="9">
         <v>464923.212</v>
       </c>
-      <c r="AJ11" s="1"/>
-[...2 lines deleted...]
-      <c r="AR11" s="9"/>
+      <c r="AJ11" s="1">
+        <v>45881</v>
+      </c>
+      <c r="AK11" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL11" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM11" s="9">
+        <v>511517.49699999997</v>
+      </c>
+      <c r="AO11" s="1">
+        <v>45925</v>
+      </c>
+      <c r="AP11" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ11" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR11" s="9">
+        <v>278415.45</v>
+      </c>
       <c r="AT11" s="1"/>
       <c r="AW11" s="9"/>
       <c r="AY11" s="1"/>
       <c r="BB11" s="9"/>
       <c r="BD11" s="1"/>
       <c r="BG11" s="9"/>
     </row>
     <row r="12" spans="1:59">
       <c r="A12" s="1">
         <v>45665</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="9">
         <v>2080.373</v>
       </c>
       <c r="F12" s="1">
         <v>45694</v>
       </c>
       <c r="G12" t="s">
         <v>24</v>
@@ -1390,54 +1410,74 @@
       </c>
       <c r="Z12" s="1">
         <v>45832</v>
       </c>
       <c r="AA12" t="s">
         <v>24</v>
       </c>
       <c r="AB12" t="s">
         <v>26</v>
       </c>
       <c r="AC12" s="9">
         <v>1909.835</v>
       </c>
       <c r="AE12" s="1">
         <v>45867</v>
       </c>
       <c r="AF12" t="s">
         <v>24</v>
       </c>
       <c r="AG12" t="s">
         <v>26</v>
       </c>
       <c r="AH12" s="9">
         <v>2079.0320000000002</v>
       </c>
-      <c r="AJ12" s="1"/>
-[...2 lines deleted...]
-      <c r="AR12" s="9"/>
+      <c r="AJ12" s="1">
+        <v>45881</v>
+      </c>
+      <c r="AK12" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL12" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM12" s="9">
+        <v>2018.558</v>
+      </c>
+      <c r="AO12" s="1">
+        <v>45925</v>
+      </c>
+      <c r="AP12" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ12" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR12" s="9">
+        <v>2214.1379999999999</v>
+      </c>
       <c r="AT12" s="1"/>
       <c r="AW12" s="9"/>
       <c r="AY12" s="1"/>
       <c r="BB12" s="9"/>
       <c r="BD12" s="1"/>
       <c r="BG12" s="9"/>
     </row>
     <row r="13" spans="1:59">
       <c r="A13" s="1">
         <v>45665</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="9">
         <v>340.29399999999998</v>
       </c>
       <c r="F13" s="1">
         <v>45694</v>
       </c>
       <c r="G13" t="s">
         <v>24</v>
@@ -1486,54 +1526,74 @@
       </c>
       <c r="Z13" s="1">
         <v>45832</v>
       </c>
       <c r="AA13" t="s">
         <v>24</v>
       </c>
       <c r="AB13" t="s">
         <v>27</v>
       </c>
       <c r="AC13" s="9">
         <v>14.651999999999999</v>
       </c>
       <c r="AE13" s="1">
         <v>45867</v>
       </c>
       <c r="AF13" t="s">
         <v>24</v>
       </c>
       <c r="AG13" t="s">
         <v>27</v>
       </c>
       <c r="AH13" s="9">
         <v>5.6079999999999997</v>
       </c>
-      <c r="AJ13" s="1"/>
-[...2 lines deleted...]
-      <c r="AR13" s="9"/>
+      <c r="AJ13" s="1">
+        <v>45881</v>
+      </c>
+      <c r="AK13" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL13" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM13" s="9">
+        <v>9.7609999999999992</v>
+      </c>
+      <c r="AO13" s="1">
+        <v>45925</v>
+      </c>
+      <c r="AP13" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ13" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR13" s="9">
+        <v>109.593</v>
+      </c>
       <c r="AT13" s="1"/>
       <c r="AW13" s="9"/>
       <c r="AY13" s="1"/>
       <c r="BB13" s="9"/>
       <c r="BD13" s="1"/>
       <c r="BG13" s="9"/>
     </row>
     <row r="14" spans="1:59">
       <c r="A14" s="1">
         <v>45665</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>28</v>
       </c>
       <c r="D14" s="9">
         <v>8815.7950000000001</v>
       </c>
       <c r="F14" s="1">
         <v>45694</v>
       </c>
       <c r="G14" t="s">
         <v>24</v>
@@ -1582,54 +1642,74 @@
       </c>
       <c r="Z14" s="1">
         <v>45832</v>
       </c>
       <c r="AA14" t="s">
         <v>24</v>
       </c>
       <c r="AB14" t="s">
         <v>28</v>
       </c>
       <c r="AC14" s="9">
         <v>1447.69</v>
       </c>
       <c r="AE14" s="1">
         <v>45867</v>
       </c>
       <c r="AF14" t="s">
         <v>24</v>
       </c>
       <c r="AG14" t="s">
         <v>28</v>
       </c>
       <c r="AH14" s="9">
         <v>734.00400000000002</v>
       </c>
-      <c r="AJ14" s="1"/>
-[...2 lines deleted...]
-      <c r="AR14" s="9"/>
+      <c r="AJ14" s="1">
+        <v>45881</v>
+      </c>
+      <c r="AK14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL14" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM14" s="9">
+        <v>813.452</v>
+      </c>
+      <c r="AO14" s="1">
+        <v>45925</v>
+      </c>
+      <c r="AP14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ14" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR14" s="9">
+        <v>575.86599999999999</v>
+      </c>
       <c r="AT14" s="1"/>
       <c r="AW14" s="9"/>
       <c r="AY14" s="1"/>
       <c r="BB14" s="9"/>
       <c r="BD14" s="1"/>
       <c r="BG14" s="9"/>
     </row>
     <row r="15" spans="1:59">
       <c r="A15" s="1">
         <v>45665</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>29</v>
       </c>
       <c r="D15" s="9">
         <v>15881.088</v>
       </c>
       <c r="F15" s="1">
         <v>45694</v>
       </c>
       <c r="G15" t="s">
         <v>24</v>
@@ -1678,54 +1758,74 @@
       </c>
       <c r="Z15" s="1">
         <v>45832</v>
       </c>
       <c r="AA15" t="s">
         <v>24</v>
       </c>
       <c r="AB15" t="s">
         <v>29</v>
       </c>
       <c r="AC15" s="9">
         <v>16591.897000000001</v>
       </c>
       <c r="AE15" s="1">
         <v>45867</v>
       </c>
       <c r="AF15" t="s">
         <v>24</v>
       </c>
       <c r="AG15" t="s">
         <v>29</v>
       </c>
       <c r="AH15" s="9">
         <v>17811.798999999999</v>
       </c>
-      <c r="AJ15" s="1"/>
-[...2 lines deleted...]
-      <c r="AR15" s="9"/>
+      <c r="AJ15" s="1">
+        <v>45881</v>
+      </c>
+      <c r="AK15" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL15" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM15" s="9">
+        <v>17524.271000000001</v>
+      </c>
+      <c r="AO15" s="1">
+        <v>45925</v>
+      </c>
+      <c r="AP15" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ15" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR15" s="9">
+        <v>15590.339</v>
+      </c>
       <c r="AT15" s="1"/>
       <c r="AW15" s="9"/>
       <c r="AY15" s="1"/>
       <c r="BB15" s="9"/>
       <c r="BD15" s="1"/>
       <c r="BG15" s="9"/>
     </row>
     <row r="16" spans="1:59">
       <c r="A16" s="1">
         <v>45665</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>30</v>
       </c>
       <c r="D16" s="9">
         <v>39167.033000000003</v>
       </c>
       <c r="F16" s="1">
         <v>45694</v>
       </c>
       <c r="G16" t="s">
         <v>24</v>
@@ -1774,54 +1874,74 @@
       </c>
       <c r="Z16" s="1">
         <v>45832</v>
       </c>
       <c r="AA16" t="s">
         <v>24</v>
       </c>
       <c r="AB16" t="s">
         <v>30</v>
       </c>
       <c r="AC16" s="9">
         <v>49975.108</v>
       </c>
       <c r="AE16" s="1">
         <v>45867</v>
       </c>
       <c r="AF16" t="s">
         <v>24</v>
       </c>
       <c r="AG16" t="s">
         <v>30</v>
       </c>
       <c r="AH16" s="9">
         <v>49371.743000000002</v>
       </c>
-      <c r="AJ16" s="1"/>
-[...2 lines deleted...]
-      <c r="AR16" s="9"/>
+      <c r="AJ16" s="1">
+        <v>45881</v>
+      </c>
+      <c r="AK16" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL16" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM16" s="9">
+        <v>48511.076999999997</v>
+      </c>
+      <c r="AO16" s="1">
+        <v>45925</v>
+      </c>
+      <c r="AP16" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ16" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR16" s="9">
+        <v>43872.813999999998</v>
+      </c>
       <c r="AT16" s="1"/>
       <c r="AW16" s="9"/>
       <c r="AY16" s="1"/>
       <c r="BB16" s="9"/>
       <c r="BD16" s="1"/>
       <c r="BG16" s="9"/>
     </row>
     <row r="17" spans="1:59">
       <c r="A17" s="1">
         <v>45665</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>31</v>
       </c>
       <c r="D17" s="9">
         <v>67161.415999999997</v>
       </c>
       <c r="F17" s="1">
         <v>45694</v>
       </c>
       <c r="G17" t="s">
         <v>24</v>
@@ -1870,54 +1990,74 @@
       </c>
       <c r="Z17" s="1">
         <v>45832</v>
       </c>
       <c r="AA17" t="s">
         <v>24</v>
       </c>
       <c r="AB17" t="s">
         <v>31</v>
       </c>
       <c r="AC17" s="9">
         <v>73517.914000000004</v>
       </c>
       <c r="AE17" s="1">
         <v>45867</v>
       </c>
       <c r="AF17" t="s">
         <v>24</v>
       </c>
       <c r="AG17" t="s">
         <v>31</v>
       </c>
       <c r="AH17" s="9">
         <v>78422.539000000004</v>
       </c>
-      <c r="AJ17" s="1"/>
-[...2 lines deleted...]
-      <c r="AR17" s="9"/>
+      <c r="AJ17" s="1">
+        <v>45881</v>
+      </c>
+      <c r="AK17" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL17" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM17" s="9">
+        <v>77426.225999999995</v>
+      </c>
+      <c r="AO17" s="1">
+        <v>45925</v>
+      </c>
+      <c r="AP17" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ17" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR17" s="9">
+        <v>69353.97</v>
+      </c>
       <c r="AT17" s="1"/>
       <c r="AW17" s="9"/>
       <c r="AY17" s="1"/>
       <c r="BB17" s="9"/>
       <c r="BD17" s="1"/>
       <c r="BG17" s="9"/>
     </row>
     <row r="18" spans="1:59">
       <c r="A18" s="1">
         <v>45665</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>32</v>
       </c>
       <c r="D18" s="9">
         <v>11347.257</v>
       </c>
       <c r="F18" s="1">
         <v>45694</v>
       </c>
       <c r="G18" t="s">
         <v>24</v>
@@ -1966,54 +2106,74 @@
       </c>
       <c r="Z18" s="1">
         <v>45832</v>
       </c>
       <c r="AA18" t="s">
         <v>24</v>
       </c>
       <c r="AB18" t="s">
         <v>32</v>
       </c>
       <c r="AC18" s="9">
         <v>11928.849</v>
       </c>
       <c r="AE18" s="1">
         <v>45867</v>
       </c>
       <c r="AF18" t="s">
         <v>24</v>
       </c>
       <c r="AG18" t="s">
         <v>32</v>
       </c>
       <c r="AH18" s="9">
         <v>10445.85</v>
       </c>
-      <c r="AJ18" s="1"/>
-[...2 lines deleted...]
-      <c r="AR18" s="9"/>
+      <c r="AJ18" s="1">
+        <v>45881</v>
+      </c>
+      <c r="AK18" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL18" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM18" s="9">
+        <v>10090.155000000001</v>
+      </c>
+      <c r="AO18" s="1">
+        <v>45925</v>
+      </c>
+      <c r="AP18" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ18" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR18" s="9">
+        <v>10390.43</v>
+      </c>
       <c r="AT18" s="1"/>
       <c r="AW18" s="9"/>
       <c r="AY18" s="1"/>
       <c r="BB18" s="9"/>
       <c r="BD18" s="1"/>
       <c r="BG18" s="9"/>
     </row>
     <row r="19" spans="1:59">
       <c r="A19" s="1">
         <v>45665</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>33</v>
       </c>
       <c r="D19" s="9">
         <v>89187.525999999998</v>
       </c>
       <c r="F19" s="1">
         <v>45694</v>
       </c>
       <c r="G19" t="s">
         <v>24</v>
@@ -2062,54 +2222,74 @@
       </c>
       <c r="Z19" s="1">
         <v>45832</v>
       </c>
       <c r="AA19" t="s">
         <v>24</v>
       </c>
       <c r="AB19" t="s">
         <v>33</v>
       </c>
       <c r="AC19" s="9">
         <v>75093.447</v>
       </c>
       <c r="AE19" s="1">
         <v>45867</v>
       </c>
       <c r="AF19" t="s">
         <v>24</v>
       </c>
       <c r="AG19" t="s">
         <v>33</v>
       </c>
       <c r="AH19" s="9">
         <v>81098.483999999997</v>
       </c>
-      <c r="AJ19" s="1"/>
-[...2 lines deleted...]
-      <c r="AR19" s="9"/>
+      <c r="AJ19" s="1">
+        <v>45881</v>
+      </c>
+      <c r="AK19" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL19" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM19" s="9">
+        <v>64390.196000000004</v>
+      </c>
+      <c r="AO19" s="1">
+        <v>45925</v>
+      </c>
+      <c r="AP19" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ19" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR19" s="9">
+        <v>78921.173999999999</v>
+      </c>
       <c r="AT19" s="1"/>
       <c r="AW19" s="9"/>
       <c r="AY19" s="1"/>
       <c r="BB19" s="9"/>
       <c r="BD19" s="1"/>
       <c r="BG19" s="9"/>
     </row>
     <row r="20" spans="1:59">
       <c r="A20" s="1">
         <v>45665</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>34</v>
       </c>
       <c r="D20" s="9">
         <v>41499.4</v>
       </c>
       <c r="F20" s="1">
         <v>45694</v>
       </c>
       <c r="G20" t="s">
         <v>24</v>
@@ -2158,54 +2338,74 @@
       </c>
       <c r="Z20" s="1">
         <v>45832</v>
       </c>
       <c r="AA20" t="s">
         <v>24</v>
       </c>
       <c r="AB20" t="s">
         <v>34</v>
       </c>
       <c r="AC20" s="9">
         <v>54776.5</v>
       </c>
       <c r="AE20" s="1">
         <v>45867</v>
       </c>
       <c r="AF20" t="s">
         <v>24</v>
       </c>
       <c r="AG20" t="s">
         <v>34</v>
       </c>
       <c r="AH20" s="9">
         <v>44369.599999999999</v>
       </c>
-      <c r="AJ20" s="1"/>
-[...2 lines deleted...]
-      <c r="AR20" s="9"/>
+      <c r="AJ20" s="1">
+        <v>45881</v>
+      </c>
+      <c r="AK20" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL20" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM20" s="9">
+        <v>77028.2</v>
+      </c>
+      <c r="AO20" s="1">
+        <v>45925</v>
+      </c>
+      <c r="AP20" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ20" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR20" s="9">
+        <v>133734.9</v>
+      </c>
       <c r="AT20" s="1"/>
       <c r="AW20" s="9"/>
       <c r="AY20" s="1"/>
       <c r="BB20" s="9"/>
       <c r="BD20" s="1"/>
       <c r="BG20" s="9"/>
     </row>
     <row r="21" spans="1:59">
       <c r="A21" s="1">
         <v>45665</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>35</v>
       </c>
       <c r="D21" s="9">
         <v>8974.6419999999998</v>
       </c>
       <c r="F21" s="1">
         <v>45694</v>
       </c>
       <c r="G21" t="s">
         <v>24</v>
@@ -2254,54 +2454,74 @@
       </c>
       <c r="Z21" s="1">
         <v>45832</v>
       </c>
       <c r="AA21" t="s">
         <v>24</v>
       </c>
       <c r="AB21" t="s">
         <v>35</v>
       </c>
       <c r="AC21" s="9">
         <v>6658.5330000000004</v>
       </c>
       <c r="AE21" s="1">
         <v>45867</v>
       </c>
       <c r="AF21" t="s">
         <v>24</v>
       </c>
       <c r="AG21" t="s">
         <v>35</v>
       </c>
       <c r="AH21" s="9">
         <v>6640.8450000000003</v>
       </c>
-      <c r="AJ21" s="1"/>
-[...2 lines deleted...]
-      <c r="AR21" s="9"/>
+      <c r="AJ21" s="1">
+        <v>45881</v>
+      </c>
+      <c r="AK21" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL21" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM21" s="9">
+        <v>7512.3329999999996</v>
+      </c>
+      <c r="AO21" s="1">
+        <v>45925</v>
+      </c>
+      <c r="AP21" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ21" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR21" s="9">
+        <v>6406.3419999999996</v>
+      </c>
       <c r="AT21" s="1"/>
       <c r="AW21" s="9"/>
       <c r="AY21" s="1"/>
       <c r="BB21" s="9"/>
       <c r="BD21" s="1"/>
       <c r="BG21" s="9"/>
     </row>
     <row r="22" spans="1:59">
       <c r="A22" s="1">
         <v>45665</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>36</v>
       </c>
       <c r="D22" s="9">
         <v>186764.946</v>
       </c>
       <c r="F22" s="1">
         <v>45694</v>
       </c>
       <c r="G22" t="s">
         <v>24</v>
@@ -2350,54 +2570,74 @@
       </c>
       <c r="Z22" s="1">
         <v>45832</v>
       </c>
       <c r="AA22" t="s">
         <v>24</v>
       </c>
       <c r="AB22" t="s">
         <v>36</v>
       </c>
       <c r="AC22" s="9">
         <v>188912.72399999999</v>
       </c>
       <c r="AE22" s="1">
         <v>45867</v>
       </c>
       <c r="AF22" t="s">
         <v>24</v>
       </c>
       <c r="AG22" t="s">
         <v>36</v>
       </c>
       <c r="AH22" s="9">
         <v>187914.22399999999</v>
       </c>
-      <c r="AJ22" s="1"/>
-[...2 lines deleted...]
-      <c r="AR22" s="9"/>
+      <c r="AJ22" s="1">
+        <v>45881</v>
+      </c>
+      <c r="AK22" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL22" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM22" s="9">
+        <v>196805.59</v>
+      </c>
+      <c r="AO22" s="1">
+        <v>45925</v>
+      </c>
+      <c r="AP22" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ22" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR22" s="9">
+        <v>156549.304</v>
+      </c>
       <c r="AT22" s="1"/>
       <c r="AW22" s="9"/>
       <c r="AY22" s="1"/>
       <c r="BB22" s="9"/>
       <c r="BD22" s="1"/>
       <c r="BG22" s="9"/>
     </row>
     <row r="23" spans="1:59">
       <c r="A23" s="1">
         <v>45665</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>37</v>
       </c>
       <c r="D23" s="9">
         <v>90042.933000000005</v>
       </c>
       <c r="F23" s="1">
         <v>45694</v>
       </c>
       <c r="G23" t="s">
         <v>24</v>
@@ -2446,54 +2686,74 @@
       </c>
       <c r="Z23" s="1">
         <v>45832</v>
       </c>
       <c r="AA23" t="s">
         <v>24</v>
       </c>
       <c r="AB23" t="s">
         <v>37</v>
       </c>
       <c r="AC23" s="9">
         <v>75254.615000000005</v>
       </c>
       <c r="AE23" s="1">
         <v>45867</v>
       </c>
       <c r="AF23" t="s">
         <v>24</v>
       </c>
       <c r="AG23" t="s">
         <v>37</v>
       </c>
       <c r="AH23" s="9">
         <v>74586.141000000003</v>
       </c>
-      <c r="AJ23" s="1"/>
-[...2 lines deleted...]
-      <c r="AR23" s="9"/>
+      <c r="AJ23" s="1">
+        <v>45881</v>
+      </c>
+      <c r="AK23" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL23" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM23" s="9">
+        <v>79681.62</v>
+      </c>
+      <c r="AO23" s="1">
+        <v>45925</v>
+      </c>
+      <c r="AP23" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ23" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR23" s="9">
+        <v>58345.642</v>
+      </c>
       <c r="AT23" s="1"/>
       <c r="AW23" s="9"/>
       <c r="AY23" s="1"/>
       <c r="BB23" s="9"/>
       <c r="BD23" s="1"/>
       <c r="BG23" s="9"/>
     </row>
     <row r="24" spans="1:59">
       <c r="A24" s="1">
         <v>45665</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>38</v>
       </c>
       <c r="D24" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F24" s="1">
         <v>45694</v>
       </c>
       <c r="G24" t="s">
         <v>24</v>
@@ -2542,54 +2802,74 @@
       </c>
       <c r="Z24" s="1">
         <v>45832</v>
       </c>
       <c r="AA24" t="s">
         <v>24</v>
       </c>
       <c r="AB24" t="s">
         <v>38</v>
       </c>
       <c r="AC24" s="9">
         <v>2026.5360000000001</v>
       </c>
       <c r="AE24" s="1">
         <v>45867</v>
       </c>
       <c r="AF24" t="s">
         <v>24</v>
       </c>
       <c r="AG24" t="s">
         <v>38</v>
       </c>
       <c r="AH24" s="9">
         <v>2130.7190000000001</v>
       </c>
-      <c r="AJ24" s="1"/>
-[...2 lines deleted...]
-      <c r="AR24" s="9"/>
+      <c r="AJ24" s="1">
+        <v>45881</v>
+      </c>
+      <c r="AK24" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL24" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM24" s="9">
+        <v>2154.087</v>
+      </c>
+      <c r="AO24" s="1">
+        <v>45925</v>
+      </c>
+      <c r="AP24" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ24" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR24" s="9">
+        <v>2311.8490000000002</v>
+      </c>
       <c r="AT24" s="1"/>
       <c r="AW24" s="9"/>
       <c r="AY24" s="1"/>
       <c r="BB24" s="9"/>
       <c r="BD24" s="1"/>
       <c r="BG24" s="9"/>
     </row>
     <row r="25" spans="1:59">
       <c r="A25" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="9">
         <v>503456.402</v>
       </c>
       <c r="F25" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G25" t="s">
         <v>24</v>
@@ -2638,54 +2918,74 @@
       </c>
       <c r="Z25" s="1">
         <v>45832.041666666664</v>
       </c>
       <c r="AA25" t="s">
         <v>24</v>
       </c>
       <c r="AB25" t="s">
         <v>25</v>
       </c>
       <c r="AC25" s="9">
         <v>445115.67200000002</v>
       </c>
       <c r="AE25" s="1">
         <v>45867.041666666664</v>
       </c>
       <c r="AF25" t="s">
         <v>24</v>
       </c>
       <c r="AG25" t="s">
         <v>25</v>
       </c>
       <c r="AH25" s="9">
         <v>430633.34399999998</v>
       </c>
-      <c r="AJ25" s="1"/>
-[...2 lines deleted...]
-      <c r="AR25" s="9"/>
+      <c r="AJ25" s="1">
+        <v>45881.041666666664</v>
+      </c>
+      <c r="AK25" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL25" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM25" s="9">
+        <v>473983.50799999997</v>
+      </c>
+      <c r="AO25" s="1">
+        <v>45925.041666666664</v>
+      </c>
+      <c r="AP25" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ25" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR25" s="9">
+        <v>262212.864</v>
+      </c>
       <c r="AT25" s="1"/>
       <c r="AW25" s="9"/>
       <c r="AY25" s="1"/>
       <c r="BB25" s="9"/>
       <c r="BD25" s="1"/>
       <c r="BG25" s="9"/>
     </row>
     <row r="26" spans="1:59">
       <c r="A26" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="9">
         <v>2080.373</v>
       </c>
       <c r="F26" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G26" t="s">
         <v>24</v>
@@ -2734,54 +3034,74 @@
       </c>
       <c r="Z26" s="1">
         <v>45832.041666666664</v>
       </c>
       <c r="AA26" t="s">
         <v>24</v>
       </c>
       <c r="AB26" t="s">
         <v>26</v>
       </c>
       <c r="AC26" s="9">
         <v>1909.835</v>
       </c>
       <c r="AE26" s="1">
         <v>45867.041666666664</v>
       </c>
       <c r="AF26" t="s">
         <v>24</v>
       </c>
       <c r="AG26" t="s">
         <v>26</v>
       </c>
       <c r="AH26" s="9">
         <v>2079.0320000000002</v>
       </c>
-      <c r="AJ26" s="1"/>
-[...2 lines deleted...]
-      <c r="AR26" s="9"/>
+      <c r="AJ26" s="1">
+        <v>45881.041666666664</v>
+      </c>
+      <c r="AK26" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL26" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM26" s="9">
+        <v>2018.558</v>
+      </c>
+      <c r="AO26" s="1">
+        <v>45925.041666666664</v>
+      </c>
+      <c r="AP26" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ26" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR26" s="9">
+        <v>2214.1379999999999</v>
+      </c>
       <c r="AT26" s="1"/>
       <c r="AW26" s="9"/>
       <c r="AY26" s="1"/>
       <c r="BB26" s="9"/>
       <c r="BD26" s="1"/>
       <c r="BG26" s="9"/>
     </row>
     <row r="27" spans="1:59">
       <c r="A27" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>27</v>
       </c>
       <c r="D27" s="9">
         <v>332.48700000000002</v>
       </c>
       <c r="F27" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G27" t="s">
         <v>24</v>
@@ -2830,54 +3150,74 @@
       </c>
       <c r="Z27" s="1">
         <v>45832.041666666664</v>
       </c>
       <c r="AA27" t="s">
         <v>24</v>
       </c>
       <c r="AB27" t="s">
         <v>27</v>
       </c>
       <c r="AC27" s="9">
         <v>7.694</v>
       </c>
       <c r="AE27" s="1">
         <v>45867.041666666664</v>
       </c>
       <c r="AF27" t="s">
         <v>24</v>
       </c>
       <c r="AG27" t="s">
         <v>27</v>
       </c>
       <c r="AH27" s="9">
         <v>8.0679999999999996</v>
       </c>
-      <c r="AJ27" s="1"/>
-[...2 lines deleted...]
-      <c r="AR27" s="9"/>
+      <c r="AJ27" s="1">
+        <v>45881.041666666664</v>
+      </c>
+      <c r="AK27" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL27" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM27" s="9">
+        <v>7.8970000000000002</v>
+      </c>
+      <c r="AO27" s="1">
+        <v>45925.041666666664</v>
+      </c>
+      <c r="AP27" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ27" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR27" s="9">
+        <v>107</v>
+      </c>
       <c r="AT27" s="1"/>
       <c r="AW27" s="9"/>
       <c r="AY27" s="1"/>
       <c r="BB27" s="9"/>
       <c r="BD27" s="1"/>
       <c r="BG27" s="9"/>
     </row>
     <row r="28" spans="1:59">
       <c r="A28" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>28</v>
       </c>
       <c r="D28" s="9">
         <v>8689.2720000000008</v>
       </c>
       <c r="F28" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G28" t="s">
         <v>24</v>
@@ -2926,54 +3266,74 @@
       </c>
       <c r="Z28" s="1">
         <v>45832.041666666664</v>
       </c>
       <c r="AA28" t="s">
         <v>24</v>
       </c>
       <c r="AB28" t="s">
         <v>28</v>
       </c>
       <c r="AC28" s="9">
         <v>1316.319</v>
       </c>
       <c r="AE28" s="1">
         <v>45867.041666666664</v>
       </c>
       <c r="AF28" t="s">
         <v>24</v>
       </c>
       <c r="AG28" t="s">
         <v>28</v>
       </c>
       <c r="AH28" s="9">
         <v>681.54499999999996</v>
       </c>
-      <c r="AJ28" s="1"/>
-[...2 lines deleted...]
-      <c r="AR28" s="9"/>
+      <c r="AJ28" s="1">
+        <v>45881.041666666664</v>
+      </c>
+      <c r="AK28" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL28" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM28" s="9">
+        <v>712.73900000000003</v>
+      </c>
+      <c r="AO28" s="1">
+        <v>45925.041666666664</v>
+      </c>
+      <c r="AP28" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ28" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR28" s="9">
+        <v>520.63400000000001</v>
+      </c>
       <c r="AT28" s="1"/>
       <c r="AW28" s="9"/>
       <c r="AY28" s="1"/>
       <c r="BB28" s="9"/>
       <c r="BD28" s="1"/>
       <c r="BG28" s="9"/>
     </row>
     <row r="29" spans="1:59">
       <c r="A29" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>29</v>
       </c>
       <c r="D29" s="9">
         <v>15774.278</v>
       </c>
       <c r="F29" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G29" t="s">
         <v>24</v>
@@ -3022,54 +3382,74 @@
       </c>
       <c r="Z29" s="1">
         <v>45832.041666666664</v>
       </c>
       <c r="AA29" t="s">
         <v>24</v>
       </c>
       <c r="AB29" t="s">
         <v>29</v>
       </c>
       <c r="AC29" s="9">
         <v>16642.650000000001</v>
       </c>
       <c r="AE29" s="1">
         <v>45867.041666666664</v>
       </c>
       <c r="AF29" t="s">
         <v>24</v>
       </c>
       <c r="AG29" t="s">
         <v>29</v>
       </c>
       <c r="AH29" s="9">
         <v>17115.454000000002</v>
       </c>
-      <c r="AJ29" s="1"/>
-[...2 lines deleted...]
-      <c r="AR29" s="9"/>
+      <c r="AJ29" s="1">
+        <v>45881.041666666664</v>
+      </c>
+      <c r="AK29" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL29" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM29" s="9">
+        <v>17233.455999999998</v>
+      </c>
+      <c r="AO29" s="1">
+        <v>45925.041666666664</v>
+      </c>
+      <c r="AP29" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ29" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR29" s="9">
+        <v>15322.201999999999</v>
+      </c>
       <c r="AT29" s="1"/>
       <c r="AW29" s="9"/>
       <c r="AY29" s="1"/>
       <c r="BB29" s="9"/>
       <c r="BD29" s="1"/>
       <c r="BG29" s="9"/>
     </row>
     <row r="30" spans="1:59">
       <c r="A30" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>30</v>
       </c>
       <c r="D30" s="9">
         <v>38701.188000000002</v>
       </c>
       <c r="F30" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G30" t="s">
         <v>24</v>
@@ -3118,54 +3498,74 @@
       </c>
       <c r="Z30" s="1">
         <v>45832.041666666664</v>
       </c>
       <c r="AA30" t="s">
         <v>24</v>
       </c>
       <c r="AB30" t="s">
         <v>30</v>
       </c>
       <c r="AC30" s="9">
         <v>49707.32</v>
       </c>
       <c r="AE30" s="1">
         <v>45867.041666666664</v>
       </c>
       <c r="AF30" t="s">
         <v>24</v>
       </c>
       <c r="AG30" t="s">
         <v>30</v>
       </c>
       <c r="AH30" s="9">
         <v>47310.703000000001</v>
       </c>
-      <c r="AJ30" s="1"/>
-[...2 lines deleted...]
-      <c r="AR30" s="9"/>
+      <c r="AJ30" s="1">
+        <v>45881.041666666664</v>
+      </c>
+      <c r="AK30" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL30" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM30" s="9">
+        <v>47028.396999999997</v>
+      </c>
+      <c r="AO30" s="1">
+        <v>45925.041666666664</v>
+      </c>
+      <c r="AP30" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ30" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR30" s="9">
+        <v>42993.207999999999</v>
+      </c>
       <c r="AT30" s="1"/>
       <c r="AW30" s="9"/>
       <c r="AY30" s="1"/>
       <c r="BB30" s="9"/>
       <c r="BD30" s="1"/>
       <c r="BG30" s="9"/>
     </row>
     <row r="31" spans="1:59">
       <c r="A31" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>31</v>
       </c>
       <c r="D31" s="9">
         <v>65795.304000000004</v>
       </c>
       <c r="F31" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G31" t="s">
         <v>24</v>
@@ -3214,54 +3614,74 @@
       </c>
       <c r="Z31" s="1">
         <v>45832.041666666664</v>
       </c>
       <c r="AA31" t="s">
         <v>24</v>
       </c>
       <c r="AB31" t="s">
         <v>31</v>
       </c>
       <c r="AC31" s="9">
         <v>73206.789999999994</v>
       </c>
       <c r="AE31" s="1">
         <v>45867.041666666664</v>
       </c>
       <c r="AF31" t="s">
         <v>24</v>
       </c>
       <c r="AG31" t="s">
         <v>31</v>
       </c>
       <c r="AH31" s="9">
         <v>76873.937999999995</v>
       </c>
-      <c r="AJ31" s="1"/>
-[...2 lines deleted...]
-      <c r="AR31" s="9"/>
+      <c r="AJ31" s="1">
+        <v>45881.041666666664</v>
+      </c>
+      <c r="AK31" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL31" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM31" s="9">
+        <v>76322.475999999995</v>
+      </c>
+      <c r="AO31" s="1">
+        <v>45925.041666666664</v>
+      </c>
+      <c r="AP31" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ31" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR31" s="9">
+        <v>67587.34</v>
+      </c>
       <c r="AT31" s="1"/>
       <c r="AW31" s="9"/>
       <c r="AY31" s="1"/>
       <c r="BB31" s="9"/>
       <c r="BD31" s="1"/>
       <c r="BG31" s="9"/>
     </row>
     <row r="32" spans="1:59">
       <c r="A32" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>32</v>
       </c>
       <c r="D32" s="9">
         <v>11411.766</v>
       </c>
       <c r="F32" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G32" t="s">
         <v>24</v>
@@ -3310,54 +3730,74 @@
       </c>
       <c r="Z32" s="1">
         <v>45832.041666666664</v>
       </c>
       <c r="AA32" t="s">
         <v>24</v>
       </c>
       <c r="AB32" t="s">
         <v>32</v>
       </c>
       <c r="AC32" s="9">
         <v>11739.409</v>
       </c>
       <c r="AE32" s="1">
         <v>45867.041666666664</v>
       </c>
       <c r="AF32" t="s">
         <v>24</v>
       </c>
       <c r="AG32" t="s">
         <v>32</v>
       </c>
       <c r="AH32" s="9">
         <v>10380.49</v>
       </c>
-      <c r="AJ32" s="1"/>
-[...2 lines deleted...]
-      <c r="AR32" s="9"/>
+      <c r="AJ32" s="1">
+        <v>45881.041666666664</v>
+      </c>
+      <c r="AK32" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL32" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM32" s="9">
+        <v>10124.91</v>
+      </c>
+      <c r="AO32" s="1">
+        <v>45925.041666666664</v>
+      </c>
+      <c r="AP32" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ32" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR32" s="9">
+        <v>10424.895</v>
+      </c>
       <c r="AT32" s="1"/>
       <c r="AW32" s="9"/>
       <c r="AY32" s="1"/>
       <c r="BB32" s="9"/>
       <c r="BD32" s="1"/>
       <c r="BG32" s="9"/>
     </row>
     <row r="33" spans="1:59">
       <c r="A33" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>33</v>
       </c>
       <c r="D33" s="9">
         <v>91517.108999999997</v>
       </c>
       <c r="F33" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G33" t="s">
         <v>24</v>
@@ -3406,54 +3846,74 @@
       </c>
       <c r="Z33" s="1">
         <v>45832.041666666664</v>
       </c>
       <c r="AA33" t="s">
         <v>24</v>
       </c>
       <c r="AB33" t="s">
         <v>33</v>
       </c>
       <c r="AC33" s="9">
         <v>74005.269</v>
       </c>
       <c r="AE33" s="1">
         <v>45867.041666666664</v>
       </c>
       <c r="AF33" t="s">
         <v>24</v>
       </c>
       <c r="AG33" t="s">
         <v>33</v>
       </c>
       <c r="AH33" s="9">
         <v>79448.671000000002</v>
       </c>
-      <c r="AJ33" s="1"/>
-[...2 lines deleted...]
-      <c r="AR33" s="9"/>
+      <c r="AJ33" s="1">
+        <v>45881.041666666664</v>
+      </c>
+      <c r="AK33" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL33" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM33" s="9">
+        <v>62924.34</v>
+      </c>
+      <c r="AO33" s="1">
+        <v>45925.041666666664</v>
+      </c>
+      <c r="AP33" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ33" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR33" s="9">
+        <v>79655.513000000006</v>
+      </c>
       <c r="AT33" s="1"/>
       <c r="AW33" s="9"/>
       <c r="AY33" s="1"/>
       <c r="BB33" s="9"/>
       <c r="BD33" s="1"/>
       <c r="BG33" s="9"/>
     </row>
     <row r="34" spans="1:59">
       <c r="A34" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>34</v>
       </c>
       <c r="D34" s="9">
         <v>46661</v>
       </c>
       <c r="F34" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G34" t="s">
         <v>24</v>
@@ -3502,54 +3962,74 @@
       </c>
       <c r="Z34" s="1">
         <v>45832.041666666664</v>
       </c>
       <c r="AA34" t="s">
         <v>24</v>
       </c>
       <c r="AB34" t="s">
         <v>34</v>
       </c>
       <c r="AC34" s="9">
         <v>55346.8</v>
       </c>
       <c r="AE34" s="1">
         <v>45867.041666666664</v>
       </c>
       <c r="AF34" t="s">
         <v>24</v>
       </c>
       <c r="AG34" t="s">
         <v>34</v>
       </c>
       <c r="AH34" s="9">
         <v>47214.1</v>
       </c>
-      <c r="AJ34" s="1"/>
-[...2 lines deleted...]
-      <c r="AR34" s="9"/>
+      <c r="AJ34" s="1">
+        <v>45881.041666666664</v>
+      </c>
+      <c r="AK34" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL34" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM34" s="9">
+        <v>80054.100000000006</v>
+      </c>
+      <c r="AO34" s="1">
+        <v>45925.041666666664</v>
+      </c>
+      <c r="AP34" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ34" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR34" s="9">
+        <v>130172.7</v>
+      </c>
       <c r="AT34" s="1"/>
       <c r="AW34" s="9"/>
       <c r="AY34" s="1"/>
       <c r="BB34" s="9"/>
       <c r="BD34" s="1"/>
       <c r="BG34" s="9"/>
     </row>
     <row r="35" spans="1:59">
       <c r="A35" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>35</v>
       </c>
       <c r="D35" s="9">
         <v>8876.848</v>
       </c>
       <c r="F35" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G35" t="s">
         <v>24</v>
@@ -3598,54 +4078,74 @@
       </c>
       <c r="Z35" s="1">
         <v>45832.041666666664</v>
       </c>
       <c r="AA35" t="s">
         <v>24</v>
       </c>
       <c r="AB35" t="s">
         <v>35</v>
       </c>
       <c r="AC35" s="9">
         <v>6629.8490000000002</v>
       </c>
       <c r="AE35" s="1">
         <v>45867.041666666664</v>
       </c>
       <c r="AF35" t="s">
         <v>24</v>
       </c>
       <c r="AG35" t="s">
         <v>35</v>
       </c>
       <c r="AH35" s="9">
         <v>6558.0140000000001</v>
       </c>
-      <c r="AJ35" s="1"/>
-[...2 lines deleted...]
-      <c r="AR35" s="9"/>
+      <c r="AJ35" s="1">
+        <v>45881.041666666664</v>
+      </c>
+      <c r="AK35" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL35" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM35" s="9">
+        <v>7280.9930000000004</v>
+      </c>
+      <c r="AO35" s="1">
+        <v>45925.041666666664</v>
+      </c>
+      <c r="AP35" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ35" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR35" s="9">
+        <v>6263.3220000000001</v>
+      </c>
       <c r="AT35" s="1"/>
       <c r="AW35" s="9"/>
       <c r="AY35" s="1"/>
       <c r="BB35" s="9"/>
       <c r="BD35" s="1"/>
       <c r="BG35" s="9"/>
     </row>
     <row r="36" spans="1:59">
       <c r="A36" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36" t="s">
         <v>36</v>
       </c>
       <c r="D36" s="9">
         <v>185573.4</v>
       </c>
       <c r="F36" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G36" t="s">
         <v>24</v>
@@ -3694,54 +4194,74 @@
       </c>
       <c r="Z36" s="1">
         <v>45832.041666666664</v>
       </c>
       <c r="AA36" t="s">
         <v>24</v>
       </c>
       <c r="AB36" t="s">
         <v>36</v>
       </c>
       <c r="AC36" s="9">
         <v>183732.21299999999</v>
       </c>
       <c r="AE36" s="1">
         <v>45867.041666666664</v>
       </c>
       <c r="AF36" t="s">
         <v>24</v>
       </c>
       <c r="AG36" t="s">
         <v>36</v>
       </c>
       <c r="AH36" s="9">
         <v>182226.935</v>
       </c>
-      <c r="AJ36" s="1"/>
-[...2 lines deleted...]
-      <c r="AR36" s="9"/>
+      <c r="AJ36" s="1">
+        <v>45881.041666666664</v>
+      </c>
+      <c r="AK36" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL36" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM36" s="9">
+        <v>190558.15</v>
+      </c>
+      <c r="AO36" s="1">
+        <v>45925.041666666664</v>
+      </c>
+      <c r="AP36" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ36" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR36" s="9">
+        <v>152997.67199999999</v>
+      </c>
       <c r="AT36" s="1"/>
       <c r="AW36" s="9"/>
       <c r="AY36" s="1"/>
       <c r="BB36" s="9"/>
       <c r="BD36" s="1"/>
       <c r="BG36" s="9"/>
     </row>
     <row r="37" spans="1:59">
       <c r="A37" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37" t="s">
         <v>37</v>
       </c>
       <c r="D37" s="9">
         <v>89697.466</v>
       </c>
       <c r="F37" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G37" t="s">
         <v>24</v>
@@ -3790,54 +4310,74 @@
       </c>
       <c r="Z37" s="1">
         <v>45832.041666666664</v>
       </c>
       <c r="AA37" t="s">
         <v>24</v>
       </c>
       <c r="AB37" t="s">
         <v>37</v>
       </c>
       <c r="AC37" s="9">
         <v>72609.899999999994</v>
       </c>
       <c r="AE37" s="1">
         <v>45867.041666666664</v>
       </c>
       <c r="AF37" t="s">
         <v>24</v>
       </c>
       <c r="AG37" t="s">
         <v>37</v>
       </c>
       <c r="AH37" s="9">
         <v>71882.769</v>
       </c>
-      <c r="AJ37" s="1"/>
-[...2 lines deleted...]
-      <c r="AR37" s="9"/>
+      <c r="AJ37" s="1">
+        <v>45881.041666666664</v>
+      </c>
+      <c r="AK37" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL37" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM37" s="9">
+        <v>76514.687999999995</v>
+      </c>
+      <c r="AO37" s="1">
+        <v>45925.041666666664</v>
+      </c>
+      <c r="AP37" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ37" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR37" s="9">
+        <v>57006.813000000002</v>
+      </c>
       <c r="AT37" s="1"/>
       <c r="AW37" s="9"/>
       <c r="AY37" s="1"/>
       <c r="BB37" s="9"/>
       <c r="BD37" s="1"/>
       <c r="BG37" s="9"/>
     </row>
     <row r="38" spans="1:59">
       <c r="A38" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38" t="s">
         <v>38</v>
       </c>
       <c r="D38" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F38" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G38" t="s">
         <v>24</v>
@@ -3886,54 +4426,74 @@
       </c>
       <c r="Z38" s="1">
         <v>45832.041666666664</v>
       </c>
       <c r="AA38" t="s">
         <v>24</v>
       </c>
       <c r="AB38" t="s">
         <v>38</v>
       </c>
       <c r="AC38" s="9">
         <v>2026.5360000000001</v>
       </c>
       <c r="AE38" s="1">
         <v>45867.041666666664</v>
       </c>
       <c r="AF38" t="s">
         <v>24</v>
       </c>
       <c r="AG38" t="s">
         <v>38</v>
       </c>
       <c r="AH38" s="9">
         <v>2130.7190000000001</v>
       </c>
-      <c r="AJ38" s="1"/>
-[...2 lines deleted...]
-      <c r="AR38" s="9"/>
+      <c r="AJ38" s="1">
+        <v>45881.041666666664</v>
+      </c>
+      <c r="AK38" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL38" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM38" s="9">
+        <v>2154.087</v>
+      </c>
+      <c r="AO38" s="1">
+        <v>45925.041666666664</v>
+      </c>
+      <c r="AP38" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ38" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR38" s="9">
+        <v>2311.8490000000002</v>
+      </c>
       <c r="AT38" s="1"/>
       <c r="AW38" s="9"/>
       <c r="AY38" s="1"/>
       <c r="BB38" s="9"/>
       <c r="BD38" s="1"/>
       <c r="BG38" s="9"/>
     </row>
     <row r="39" spans="1:59">
       <c r="A39" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="C39" t="s">
         <v>25</v>
       </c>
       <c r="D39" s="9">
         <v>497800.83199999999</v>
       </c>
       <c r="F39" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G39" t="s">
         <v>24</v>
@@ -3982,54 +4542,74 @@
       </c>
       <c r="Z39" s="1">
         <v>45832.083333333336</v>
       </c>
       <c r="AA39" t="s">
         <v>24</v>
       </c>
       <c r="AB39" t="s">
         <v>25</v>
       </c>
       <c r="AC39" s="9">
         <v>422929.16100000002</v>
       </c>
       <c r="AE39" s="1">
         <v>45867.083333333336</v>
       </c>
       <c r="AF39" t="s">
         <v>24</v>
       </c>
       <c r="AG39" t="s">
         <v>25</v>
       </c>
       <c r="AH39" s="9">
         <v>409538.68699999998</v>
       </c>
-      <c r="AJ39" s="1"/>
-[...2 lines deleted...]
-      <c r="AR39" s="9"/>
+      <c r="AJ39" s="1">
+        <v>45881.083333333336</v>
+      </c>
+      <c r="AK39" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL39" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM39" s="9">
+        <v>449117.11099999998</v>
+      </c>
+      <c r="AO39" s="1">
+        <v>45925.083333333336</v>
+      </c>
+      <c r="AP39" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ39" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR39" s="9">
+        <v>254114.31899999999</v>
+      </c>
       <c r="AT39" s="1"/>
       <c r="AW39" s="9"/>
       <c r="AY39" s="1"/>
       <c r="BB39" s="9"/>
       <c r="BD39" s="1"/>
       <c r="BG39" s="9"/>
     </row>
     <row r="40" spans="1:59">
       <c r="A40" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40" t="s">
         <v>26</v>
       </c>
       <c r="D40" s="9">
         <v>2080.373</v>
       </c>
       <c r="F40" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G40" t="s">
         <v>24</v>
@@ -4078,54 +4658,74 @@
       </c>
       <c r="Z40" s="1">
         <v>45832.083333333336</v>
       </c>
       <c r="AA40" t="s">
         <v>24</v>
       </c>
       <c r="AB40" t="s">
         <v>26</v>
       </c>
       <c r="AC40" s="9">
         <v>1909.835</v>
       </c>
       <c r="AE40" s="1">
         <v>45867.083333333336</v>
       </c>
       <c r="AF40" t="s">
         <v>24</v>
       </c>
       <c r="AG40" t="s">
         <v>26</v>
       </c>
       <c r="AH40" s="9">
         <v>2079.0320000000002</v>
       </c>
-      <c r="AJ40" s="1"/>
-[...2 lines deleted...]
-      <c r="AR40" s="9"/>
+      <c r="AJ40" s="1">
+        <v>45881.083333333336</v>
+      </c>
+      <c r="AK40" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL40" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM40" s="9">
+        <v>2018.558</v>
+      </c>
+      <c r="AO40" s="1">
+        <v>45925.083333333336</v>
+      </c>
+      <c r="AP40" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ40" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR40" s="9">
+        <v>2214.1379999999999</v>
+      </c>
       <c r="AT40" s="1"/>
       <c r="AW40" s="9"/>
       <c r="AY40" s="1"/>
       <c r="BB40" s="9"/>
       <c r="BD40" s="1"/>
       <c r="BG40" s="9"/>
     </row>
     <row r="41" spans="1:59">
       <c r="A41" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>27</v>
       </c>
       <c r="D41" s="9">
         <v>307.745</v>
       </c>
       <c r="F41" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G41" t="s">
         <v>24</v>
@@ -4174,54 +4774,74 @@
       </c>
       <c r="Z41" s="1">
         <v>45832.083333333336</v>
       </c>
       <c r="AA41" t="s">
         <v>24</v>
       </c>
       <c r="AB41" t="s">
         <v>27</v>
       </c>
       <c r="AC41" s="9">
         <v>5.62</v>
       </c>
       <c r="AE41" s="1">
         <v>45867.083333333336</v>
       </c>
       <c r="AF41" t="s">
         <v>24</v>
       </c>
       <c r="AG41" t="s">
         <v>27</v>
       </c>
       <c r="AH41" s="9">
         <v>8.9849999999999994</v>
       </c>
-      <c r="AJ41" s="1"/>
-[...2 lines deleted...]
-      <c r="AR41" s="9"/>
+      <c r="AJ41" s="1">
+        <v>45881.083333333336</v>
+      </c>
+      <c r="AK41" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL41" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM41" s="9">
+        <v>10.358000000000001</v>
+      </c>
+      <c r="AO41" s="1">
+        <v>45925.083333333336</v>
+      </c>
+      <c r="AP41" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ41" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR41" s="9">
+        <v>107.339</v>
+      </c>
       <c r="AT41" s="1"/>
       <c r="AW41" s="9"/>
       <c r="AY41" s="1"/>
       <c r="BB41" s="9"/>
       <c r="BD41" s="1"/>
       <c r="BG41" s="9"/>
     </row>
     <row r="42" spans="1:59">
       <c r="A42" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42" t="s">
         <v>28</v>
       </c>
       <c r="D42" s="9">
         <v>8678.0949999999993</v>
       </c>
       <c r="F42" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G42" t="s">
         <v>24</v>
@@ -4270,54 +4890,74 @@
       </c>
       <c r="Z42" s="1">
         <v>45832.083333333336</v>
       </c>
       <c r="AA42" t="s">
         <v>24</v>
       </c>
       <c r="AB42" t="s">
         <v>28</v>
       </c>
       <c r="AC42" s="9">
         <v>1238.989</v>
       </c>
       <c r="AE42" s="1">
         <v>45867.083333333336</v>
       </c>
       <c r="AF42" t="s">
         <v>24</v>
       </c>
       <c r="AG42" t="s">
         <v>28</v>
       </c>
       <c r="AH42" s="9">
         <v>620.05399999999997</v>
       </c>
-      <c r="AJ42" s="1"/>
-[...2 lines deleted...]
-      <c r="AR42" s="9"/>
+      <c r="AJ42" s="1">
+        <v>45881.083333333336</v>
+      </c>
+      <c r="AK42" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL42" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM42" s="9">
+        <v>672.44799999999998</v>
+      </c>
+      <c r="AO42" s="1">
+        <v>45925.083333333336</v>
+      </c>
+      <c r="AP42" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ42" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR42" s="9">
+        <v>511.03699999999998</v>
+      </c>
       <c r="AT42" s="1"/>
       <c r="AW42" s="9"/>
       <c r="AY42" s="1"/>
       <c r="BB42" s="9"/>
       <c r="BD42" s="1"/>
       <c r="BG42" s="9"/>
     </row>
     <row r="43" spans="1:59">
       <c r="A43" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="9">
         <v>15588.99</v>
       </c>
       <c r="F43" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G43" t="s">
         <v>24</v>
@@ -4366,54 +5006,74 @@
       </c>
       <c r="Z43" s="1">
         <v>45832.083333333336</v>
       </c>
       <c r="AA43" t="s">
         <v>24</v>
       </c>
       <c r="AB43" t="s">
         <v>29</v>
       </c>
       <c r="AC43" s="9">
         <v>16523.96</v>
       </c>
       <c r="AE43" s="1">
         <v>45867.083333333336</v>
       </c>
       <c r="AF43" t="s">
         <v>24</v>
       </c>
       <c r="AG43" t="s">
         <v>29</v>
       </c>
       <c r="AH43" s="9">
         <v>16802.650000000001</v>
       </c>
-      <c r="AJ43" s="1"/>
-[...2 lines deleted...]
-      <c r="AR43" s="9"/>
+      <c r="AJ43" s="1">
+        <v>45881.083333333336</v>
+      </c>
+      <c r="AK43" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL43" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM43" s="9">
+        <v>16608.602999999999</v>
+      </c>
+      <c r="AO43" s="1">
+        <v>45925.083333333336</v>
+      </c>
+      <c r="AP43" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ43" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR43" s="9">
+        <v>15015.790999999999</v>
+      </c>
       <c r="AT43" s="1"/>
       <c r="AW43" s="9"/>
       <c r="AY43" s="1"/>
       <c r="BB43" s="9"/>
       <c r="BD43" s="1"/>
       <c r="BG43" s="9"/>
     </row>
     <row r="44" spans="1:59">
       <c r="A44" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B44" t="s">
         <v>24</v>
       </c>
       <c r="C44" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="9">
         <v>37758.752999999997</v>
       </c>
       <c r="F44" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G44" t="s">
         <v>24</v>
@@ -4462,54 +5122,74 @@
       </c>
       <c r="Z44" s="1">
         <v>45832.083333333336</v>
       </c>
       <c r="AA44" t="s">
         <v>24</v>
       </c>
       <c r="AB44" t="s">
         <v>30</v>
       </c>
       <c r="AC44" s="9">
         <v>47540.184000000001</v>
       </c>
       <c r="AE44" s="1">
         <v>45867.083333333336</v>
       </c>
       <c r="AF44" t="s">
         <v>24</v>
       </c>
       <c r="AG44" t="s">
         <v>30</v>
       </c>
       <c r="AH44" s="9">
         <v>46663.927000000003</v>
       </c>
-      <c r="AJ44" s="1"/>
-[...2 lines deleted...]
-      <c r="AR44" s="9"/>
+      <c r="AJ44" s="1">
+        <v>45881.083333333336</v>
+      </c>
+      <c r="AK44" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL44" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM44" s="9">
+        <v>45013.197</v>
+      </c>
+      <c r="AO44" s="1">
+        <v>45925.083333333336</v>
+      </c>
+      <c r="AP44" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ44" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR44" s="9">
+        <v>41418.843999999997</v>
+      </c>
       <c r="AT44" s="1"/>
       <c r="AW44" s="9"/>
       <c r="AY44" s="1"/>
       <c r="BB44" s="9"/>
       <c r="BD44" s="1"/>
       <c r="BG44" s="9"/>
     </row>
     <row r="45" spans="1:59">
       <c r="A45" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B45" t="s">
         <v>24</v>
       </c>
       <c r="C45" t="s">
         <v>31</v>
       </c>
       <c r="D45" s="9">
         <v>63647.684999999998</v>
       </c>
       <c r="F45" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G45" t="s">
         <v>24</v>
@@ -4558,54 +5238,74 @@
       </c>
       <c r="Z45" s="1">
         <v>45832.083333333336</v>
       </c>
       <c r="AA45" t="s">
         <v>24</v>
       </c>
       <c r="AB45" t="s">
         <v>31</v>
       </c>
       <c r="AC45" s="9">
         <v>72526.076000000001</v>
       </c>
       <c r="AE45" s="1">
         <v>45867.083333333336</v>
       </c>
       <c r="AF45" t="s">
         <v>24</v>
       </c>
       <c r="AG45" t="s">
         <v>31</v>
       </c>
       <c r="AH45" s="9">
         <v>75032.865000000005</v>
       </c>
-      <c r="AJ45" s="1"/>
-[...2 lines deleted...]
-      <c r="AR45" s="9"/>
+      <c r="AJ45" s="1">
+        <v>45881.083333333336</v>
+      </c>
+      <c r="AK45" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL45" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM45" s="9">
+        <v>73969.948999999993</v>
+      </c>
+      <c r="AO45" s="1">
+        <v>45925.083333333336</v>
+      </c>
+      <c r="AP45" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ45" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR45" s="9">
+        <v>65908.698999999993</v>
+      </c>
       <c r="AT45" s="1"/>
       <c r="AW45" s="9"/>
       <c r="AY45" s="1"/>
       <c r="BB45" s="9"/>
       <c r="BD45" s="1"/>
       <c r="BG45" s="9"/>
     </row>
     <row r="46" spans="1:59">
       <c r="A46" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B46" t="s">
         <v>24</v>
       </c>
       <c r="C46" t="s">
         <v>32</v>
       </c>
       <c r="D46" s="9">
         <v>11146.784</v>
       </c>
       <c r="F46" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G46" t="s">
         <v>24</v>
@@ -4654,54 +5354,74 @@
       </c>
       <c r="Z46" s="1">
         <v>45832.083333333336</v>
       </c>
       <c r="AA46" t="s">
         <v>24</v>
       </c>
       <c r="AB46" t="s">
         <v>32</v>
       </c>
       <c r="AC46" s="9">
         <v>11446.438</v>
       </c>
       <c r="AE46" s="1">
         <v>45867.083333333336</v>
       </c>
       <c r="AF46" t="s">
         <v>24</v>
       </c>
       <c r="AG46" t="s">
         <v>32</v>
       </c>
       <c r="AH46" s="9">
         <v>10138.450000000001</v>
       </c>
-      <c r="AJ46" s="1"/>
-[...2 lines deleted...]
-      <c r="AR46" s="9"/>
+      <c r="AJ46" s="1">
+        <v>45881.083333333336</v>
+      </c>
+      <c r="AK46" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL46" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM46" s="9">
+        <v>10182.450000000001</v>
+      </c>
+      <c r="AO46" s="1">
+        <v>45925.083333333336</v>
+      </c>
+      <c r="AP46" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ46" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR46" s="9">
+        <v>10308.969999999999</v>
+      </c>
       <c r="AT46" s="1"/>
       <c r="AW46" s="9"/>
       <c r="AY46" s="1"/>
       <c r="BB46" s="9"/>
       <c r="BD46" s="1"/>
       <c r="BG46" s="9"/>
     </row>
     <row r="47" spans="1:59">
       <c r="A47" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="9">
         <v>92672.118000000002</v>
       </c>
       <c r="F47" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G47" t="s">
         <v>24</v>
@@ -4750,54 +5470,74 @@
       </c>
       <c r="Z47" s="1">
         <v>45832.083333333336</v>
       </c>
       <c r="AA47" t="s">
         <v>24</v>
       </c>
       <c r="AB47" t="s">
         <v>33</v>
       </c>
       <c r="AC47" s="9">
         <v>76111.862999999998</v>
       </c>
       <c r="AE47" s="1">
         <v>45867.083333333336</v>
       </c>
       <c r="AF47" t="s">
         <v>24</v>
       </c>
       <c r="AG47" t="s">
         <v>33</v>
       </c>
       <c r="AH47" s="9">
         <v>81538.224000000002</v>
       </c>
-      <c r="AJ47" s="1"/>
-[...2 lines deleted...]
-      <c r="AR47" s="9"/>
+      <c r="AJ47" s="1">
+        <v>45881.083333333336</v>
+      </c>
+      <c r="AK47" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL47" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM47" s="9">
+        <v>63424.836000000003</v>
+      </c>
+      <c r="AO47" s="1">
+        <v>45925.083333333336</v>
+      </c>
+      <c r="AP47" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ47" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR47" s="9">
+        <v>79738.819000000003</v>
+      </c>
       <c r="AT47" s="1"/>
       <c r="AW47" s="9"/>
       <c r="AY47" s="1"/>
       <c r="BB47" s="9"/>
       <c r="BD47" s="1"/>
       <c r="BG47" s="9"/>
     </row>
     <row r="48" spans="1:59">
       <c r="A48" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" t="s">
         <v>34</v>
       </c>
       <c r="D48" s="9">
         <v>46573.5</v>
       </c>
       <c r="F48" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G48" t="s">
         <v>24</v>
@@ -4846,54 +5586,74 @@
       </c>
       <c r="Z48" s="1">
         <v>45832.083333333336</v>
       </c>
       <c r="AA48" t="s">
         <v>24</v>
       </c>
       <c r="AB48" t="s">
         <v>34</v>
       </c>
       <c r="AC48" s="9">
         <v>60884.4</v>
       </c>
       <c r="AE48" s="1">
         <v>45867.083333333336</v>
       </c>
       <c r="AF48" t="s">
         <v>24</v>
       </c>
       <c r="AG48" t="s">
         <v>34</v>
       </c>
       <c r="AH48" s="9">
         <v>49835.4</v>
       </c>
-      <c r="AJ48" s="1"/>
-[...2 lines deleted...]
-      <c r="AR48" s="9"/>
+      <c r="AJ48" s="1">
+        <v>45881.083333333336</v>
+      </c>
+      <c r="AK48" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL48" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM48" s="9">
+        <v>83248.2</v>
+      </c>
+      <c r="AO48" s="1">
+        <v>45925.083333333336</v>
+      </c>
+      <c r="AP48" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ48" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR48" s="9">
+        <v>132200.29999999999</v>
+      </c>
       <c r="AT48" s="1"/>
       <c r="AW48" s="9"/>
       <c r="AY48" s="1"/>
       <c r="BB48" s="9"/>
       <c r="BD48" s="1"/>
       <c r="BG48" s="9"/>
     </row>
     <row r="49" spans="1:59">
       <c r="A49" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B49" t="s">
         <v>24</v>
       </c>
       <c r="C49" t="s">
         <v>35</v>
       </c>
       <c r="D49" s="9">
         <v>8893.7759999999998</v>
       </c>
       <c r="F49" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G49" t="s">
         <v>24</v>
@@ -4942,54 +5702,74 @@
       </c>
       <c r="Z49" s="1">
         <v>45832.083333333336</v>
       </c>
       <c r="AA49" t="s">
         <v>24</v>
       </c>
       <c r="AB49" t="s">
         <v>35</v>
       </c>
       <c r="AC49" s="9">
         <v>6931.2070000000003</v>
       </c>
       <c r="AE49" s="1">
         <v>45867.083333333336</v>
       </c>
       <c r="AF49" t="s">
         <v>24</v>
       </c>
       <c r="AG49" t="s">
         <v>35</v>
       </c>
       <c r="AH49" s="9">
         <v>6392.4790000000003</v>
       </c>
-      <c r="AJ49" s="1"/>
-[...2 lines deleted...]
-      <c r="AR49" s="9"/>
+      <c r="AJ49" s="1">
+        <v>45881.083333333336</v>
+      </c>
+      <c r="AK49" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL49" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM49" s="9">
+        <v>7287.134</v>
+      </c>
+      <c r="AO49" s="1">
+        <v>45925.083333333336</v>
+      </c>
+      <c r="AP49" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ49" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR49" s="9">
+        <v>6223.0879999999997</v>
+      </c>
       <c r="AT49" s="1"/>
       <c r="AW49" s="9"/>
       <c r="AY49" s="1"/>
       <c r="BB49" s="9"/>
       <c r="BD49" s="1"/>
       <c r="BG49" s="9"/>
     </row>
     <row r="50" spans="1:59">
       <c r="A50" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B50" t="s">
         <v>24</v>
       </c>
       <c r="C50" t="s">
         <v>36</v>
       </c>
       <c r="D50" s="9">
         <v>185849.736</v>
       </c>
       <c r="F50" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G50" t="s">
         <v>24</v>
@@ -5038,54 +5818,74 @@
       </c>
       <c r="Z50" s="1">
         <v>45832.083333333336</v>
       </c>
       <c r="AA50" t="s">
         <v>24</v>
       </c>
       <c r="AB50" t="s">
         <v>36</v>
       </c>
       <c r="AC50" s="9">
         <v>181087.69</v>
       </c>
       <c r="AE50" s="1">
         <v>45867.083333333336</v>
       </c>
       <c r="AF50" t="s">
         <v>24</v>
       </c>
       <c r="AG50" t="s">
         <v>36</v>
       </c>
       <c r="AH50" s="9">
         <v>178849.73800000001</v>
       </c>
-      <c r="AJ50" s="1"/>
-[...2 lines deleted...]
-      <c r="AR50" s="9"/>
+      <c r="AJ50" s="1">
+        <v>45881.083333333336</v>
+      </c>
+      <c r="AK50" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL50" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM50" s="9">
+        <v>186315.533</v>
+      </c>
+      <c r="AO50" s="1">
+        <v>45925.083333333336</v>
+      </c>
+      <c r="AP50" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ50" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR50" s="9">
+        <v>152213.13699999999</v>
+      </c>
       <c r="AT50" s="1"/>
       <c r="AW50" s="9"/>
       <c r="AY50" s="1"/>
       <c r="BB50" s="9"/>
       <c r="BD50" s="1"/>
       <c r="BG50" s="9"/>
     </row>
     <row r="51" spans="1:59">
       <c r="A51" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B51" t="s">
         <v>24</v>
       </c>
       <c r="C51" t="s">
         <v>37</v>
       </c>
       <c r="D51" s="9">
         <v>89719.191000000006</v>
       </c>
       <c r="F51" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G51" t="s">
         <v>24</v>
@@ -5134,54 +5934,74 @@
       </c>
       <c r="Z51" s="1">
         <v>45832.083333333336</v>
       </c>
       <c r="AA51" t="s">
         <v>24</v>
       </c>
       <c r="AB51" t="s">
         <v>37</v>
       </c>
       <c r="AC51" s="9">
         <v>70933.495999999999</v>
       </c>
       <c r="AE51" s="1">
         <v>45867.083333333336</v>
       </c>
       <c r="AF51" t="s">
         <v>24</v>
       </c>
       <c r="AG51" t="s">
         <v>37</v>
       </c>
       <c r="AH51" s="9">
         <v>70068.45</v>
       </c>
-      <c r="AJ51" s="1"/>
-[...2 lines deleted...]
-      <c r="AR51" s="9"/>
+      <c r="AJ51" s="1">
+        <v>45881.083333333336</v>
+      </c>
+      <c r="AK51" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL51" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM51" s="9">
+        <v>74393.994000000006</v>
+      </c>
+      <c r="AO51" s="1">
+        <v>45925.083333333336</v>
+      </c>
+      <c r="AP51" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ51" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR51" s="9">
+        <v>56482.607000000004</v>
+      </c>
       <c r="AT51" s="1"/>
       <c r="AW51" s="9"/>
       <c r="AY51" s="1"/>
       <c r="BB51" s="9"/>
       <c r="BD51" s="1"/>
       <c r="BG51" s="9"/>
     </row>
     <row r="52" spans="1:59">
       <c r="A52" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B52" t="s">
         <v>24</v>
       </c>
       <c r="C52" t="s">
         <v>38</v>
       </c>
       <c r="D52" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F52" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G52" t="s">
         <v>24</v>
@@ -5230,54 +6050,74 @@
       </c>
       <c r="Z52" s="1">
         <v>45832.083333333336</v>
       </c>
       <c r="AA52" t="s">
         <v>24</v>
       </c>
       <c r="AB52" t="s">
         <v>38</v>
       </c>
       <c r="AC52" s="9">
         <v>2026.5360000000001</v>
       </c>
       <c r="AE52" s="1">
         <v>45867.083333333336</v>
       </c>
       <c r="AF52" t="s">
         <v>24</v>
       </c>
       <c r="AG52" t="s">
         <v>38</v>
       </c>
       <c r="AH52" s="9">
         <v>2130.7190000000001</v>
       </c>
-      <c r="AJ52" s="1"/>
-[...2 lines deleted...]
-      <c r="AR52" s="9"/>
+      <c r="AJ52" s="1">
+        <v>45881.083333333336</v>
+      </c>
+      <c r="AK52" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL52" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM52" s="9">
+        <v>2154.087</v>
+      </c>
+      <c r="AO52" s="1">
+        <v>45925.083333333336</v>
+      </c>
+      <c r="AP52" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ52" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR52" s="9">
+        <v>2311.8490000000002</v>
+      </c>
       <c r="AT52" s="1"/>
       <c r="AW52" s="9"/>
       <c r="AY52" s="1"/>
       <c r="BB52" s="9"/>
       <c r="BD52" s="1"/>
       <c r="BG52" s="9"/>
     </row>
     <row r="53" spans="1:59">
       <c r="A53" s="1">
         <v>45665.125</v>
       </c>
       <c r="B53" t="s">
         <v>24</v>
       </c>
       <c r="C53" t="s">
         <v>25</v>
       </c>
       <c r="D53" s="9">
         <v>501204.70500000002</v>
       </c>
       <c r="F53" s="1">
         <v>45694.125</v>
       </c>
       <c r="G53" t="s">
         <v>24</v>
@@ -5326,54 +6166,74 @@
       </c>
       <c r="Z53" s="1">
         <v>45832.125</v>
       </c>
       <c r="AA53" t="s">
         <v>24</v>
       </c>
       <c r="AB53" t="s">
         <v>25</v>
       </c>
       <c r="AC53" s="9">
         <v>410718.59700000001</v>
       </c>
       <c r="AE53" s="1">
         <v>45867.125</v>
       </c>
       <c r="AF53" t="s">
         <v>24</v>
       </c>
       <c r="AG53" t="s">
         <v>25</v>
       </c>
       <c r="AH53" s="9">
         <v>396054.40600000002</v>
       </c>
-      <c r="AJ53" s="1"/>
-[...2 lines deleted...]
-      <c r="AR53" s="9"/>
+      <c r="AJ53" s="1">
+        <v>45881.125</v>
+      </c>
+      <c r="AK53" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL53" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM53" s="9">
+        <v>432954.467</v>
+      </c>
+      <c r="AO53" s="1">
+        <v>45925.125</v>
+      </c>
+      <c r="AP53" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ53" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR53" s="9">
+        <v>253066.133</v>
+      </c>
       <c r="AT53" s="1"/>
       <c r="AW53" s="9"/>
       <c r="AY53" s="1"/>
       <c r="BB53" s="9"/>
       <c r="BD53" s="1"/>
       <c r="BG53" s="9"/>
     </row>
     <row r="54" spans="1:59">
       <c r="A54" s="1">
         <v>45665.125</v>
       </c>
       <c r="B54" t="s">
         <v>24</v>
       </c>
       <c r="C54" t="s">
         <v>26</v>
       </c>
       <c r="D54" s="9">
         <v>2080.373</v>
       </c>
       <c r="F54" s="1">
         <v>45694.125</v>
       </c>
       <c r="G54" t="s">
         <v>24</v>
@@ -5422,54 +6282,74 @@
       </c>
       <c r="Z54" s="1">
         <v>45832.125</v>
       </c>
       <c r="AA54" t="s">
         <v>24</v>
       </c>
       <c r="AB54" t="s">
         <v>26</v>
       </c>
       <c r="AC54" s="9">
         <v>1909.835</v>
       </c>
       <c r="AE54" s="1">
         <v>45867.125</v>
       </c>
       <c r="AF54" t="s">
         <v>24</v>
       </c>
       <c r="AG54" t="s">
         <v>26</v>
       </c>
       <c r="AH54" s="9">
         <v>2079.0320000000002</v>
       </c>
-      <c r="AJ54" s="1"/>
-[...2 lines deleted...]
-      <c r="AR54" s="9"/>
+      <c r="AJ54" s="1">
+        <v>45881.125</v>
+      </c>
+      <c r="AK54" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL54" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM54" s="9">
+        <v>2018.558</v>
+      </c>
+      <c r="AO54" s="1">
+        <v>45925.125</v>
+      </c>
+      <c r="AP54" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ54" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR54" s="9">
+        <v>2214.1379999999999</v>
+      </c>
       <c r="AT54" s="1"/>
       <c r="AW54" s="9"/>
       <c r="AY54" s="1"/>
       <c r="BB54" s="9"/>
       <c r="BD54" s="1"/>
       <c r="BG54" s="9"/>
     </row>
     <row r="55" spans="1:59">
       <c r="A55" s="1">
         <v>45665.125</v>
       </c>
       <c r="B55" t="s">
         <v>24</v>
       </c>
       <c r="C55" t="s">
         <v>27</v>
       </c>
       <c r="D55" s="9">
         <v>285.02100000000002</v>
       </c>
       <c r="F55" s="1">
         <v>45694.125</v>
       </c>
       <c r="G55" t="s">
         <v>24</v>
@@ -5518,54 +6398,74 @@
       </c>
       <c r="Z55" s="1">
         <v>45832.125</v>
       </c>
       <c r="AA55" t="s">
         <v>24</v>
       </c>
       <c r="AB55" t="s">
         <v>27</v>
       </c>
       <c r="AC55" s="9">
         <v>3.617</v>
       </c>
       <c r="AE55" s="1">
         <v>45867.125</v>
       </c>
       <c r="AF55" t="s">
         <v>24</v>
       </c>
       <c r="AG55" t="s">
         <v>27</v>
       </c>
       <c r="AH55" s="9">
         <v>5.5949999999999998</v>
       </c>
-      <c r="AJ55" s="1"/>
-[...2 lines deleted...]
-      <c r="AR55" s="9"/>
+      <c r="AJ55" s="1">
+        <v>45881.125</v>
+      </c>
+      <c r="AK55" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL55" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM55" s="9">
+        <v>6.7389999999999999</v>
+      </c>
+      <c r="AO55" s="1">
+        <v>45925.125</v>
+      </c>
+      <c r="AP55" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ55" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR55" s="9">
+        <v>109.04300000000001</v>
+      </c>
       <c r="AT55" s="1"/>
       <c r="AW55" s="9"/>
       <c r="AY55" s="1"/>
       <c r="BB55" s="9"/>
       <c r="BD55" s="1"/>
       <c r="BG55" s="9"/>
     </row>
     <row r="56" spans="1:59">
       <c r="A56" s="1">
         <v>45665.125</v>
       </c>
       <c r="B56" t="s">
         <v>24</v>
       </c>
       <c r="C56" t="s">
         <v>28</v>
       </c>
       <c r="D56" s="9">
         <v>8752.7909999999993</v>
       </c>
       <c r="F56" s="1">
         <v>45694.125</v>
       </c>
       <c r="G56" t="s">
         <v>24</v>
@@ -5614,54 +6514,74 @@
       </c>
       <c r="Z56" s="1">
         <v>45832.125</v>
       </c>
       <c r="AA56" t="s">
         <v>24</v>
       </c>
       <c r="AB56" t="s">
         <v>28</v>
       </c>
       <c r="AC56" s="9">
         <v>1208.135</v>
       </c>
       <c r="AE56" s="1">
         <v>45867.125</v>
       </c>
       <c r="AF56" t="s">
         <v>24</v>
       </c>
       <c r="AG56" t="s">
         <v>28</v>
       </c>
       <c r="AH56" s="9">
         <v>591.91899999999998</v>
       </c>
-      <c r="AJ56" s="1"/>
-[...2 lines deleted...]
-      <c r="AR56" s="9"/>
+      <c r="AJ56" s="1">
+        <v>45881.125</v>
+      </c>
+      <c r="AK56" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL56" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM56" s="9">
+        <v>643.06299999999999</v>
+      </c>
+      <c r="AO56" s="1">
+        <v>45925.125</v>
+      </c>
+      <c r="AP56" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ56" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR56" s="9">
+        <v>511.77499999999998</v>
+      </c>
       <c r="AT56" s="1"/>
       <c r="AW56" s="9"/>
       <c r="AY56" s="1"/>
       <c r="BB56" s="9"/>
       <c r="BD56" s="1"/>
       <c r="BG56" s="9"/>
     </row>
     <row r="57" spans="1:59">
       <c r="A57" s="1">
         <v>45665.125</v>
       </c>
       <c r="B57" t="s">
         <v>24</v>
       </c>
       <c r="C57" t="s">
         <v>29</v>
       </c>
       <c r="D57" s="9">
         <v>15349.508</v>
       </c>
       <c r="F57" s="1">
         <v>45694.125</v>
       </c>
       <c r="G57" t="s">
         <v>24</v>
@@ -5710,54 +6630,74 @@
       </c>
       <c r="Z57" s="1">
         <v>45832.125</v>
       </c>
       <c r="AA57" t="s">
         <v>24</v>
       </c>
       <c r="AB57" t="s">
         <v>29</v>
       </c>
       <c r="AC57" s="9">
         <v>16246.159</v>
       </c>
       <c r="AE57" s="1">
         <v>45867.125</v>
       </c>
       <c r="AF57" t="s">
         <v>24</v>
       </c>
       <c r="AG57" t="s">
         <v>29</v>
       </c>
       <c r="AH57" s="9">
         <v>16587.990000000002</v>
       </c>
-      <c r="AJ57" s="1"/>
-[...2 lines deleted...]
-      <c r="AR57" s="9"/>
+      <c r="AJ57" s="1">
+        <v>45881.125</v>
+      </c>
+      <c r="AK57" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL57" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM57" s="9">
+        <v>16635.081999999999</v>
+      </c>
+      <c r="AO57" s="1">
+        <v>45925.125</v>
+      </c>
+      <c r="AP57" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ57" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR57" s="9">
+        <v>14990.215</v>
+      </c>
       <c r="AT57" s="1"/>
       <c r="AW57" s="9"/>
       <c r="AY57" s="1"/>
       <c r="BB57" s="9"/>
       <c r="BD57" s="1"/>
       <c r="BG57" s="9"/>
     </row>
     <row r="58" spans="1:59">
       <c r="A58" s="1">
         <v>45665.125</v>
       </c>
       <c r="B58" t="s">
         <v>24</v>
       </c>
       <c r="C58" t="s">
         <v>30</v>
       </c>
       <c r="D58" s="9">
         <v>38276.737000000001</v>
       </c>
       <c r="F58" s="1">
         <v>45694.125</v>
       </c>
       <c r="G58" t="s">
         <v>24</v>
@@ -5806,54 +6746,74 @@
       </c>
       <c r="Z58" s="1">
         <v>45832.125</v>
       </c>
       <c r="AA58" t="s">
         <v>24</v>
       </c>
       <c r="AB58" t="s">
         <v>30</v>
       </c>
       <c r="AC58" s="9">
         <v>47171.610999999997</v>
       </c>
       <c r="AE58" s="1">
         <v>45867.125</v>
       </c>
       <c r="AF58" t="s">
         <v>24</v>
       </c>
       <c r="AG58" t="s">
         <v>30</v>
       </c>
       <c r="AH58" s="9">
         <v>46615.788999999997</v>
       </c>
-      <c r="AJ58" s="1"/>
-[...2 lines deleted...]
-      <c r="AR58" s="9"/>
+      <c r="AJ58" s="1">
+        <v>45881.125</v>
+      </c>
+      <c r="AK58" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL58" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM58" s="9">
+        <v>45020.41</v>
+      </c>
+      <c r="AO58" s="1">
+        <v>45925.125</v>
+      </c>
+      <c r="AP58" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ58" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR58" s="9">
+        <v>40858.396999999997</v>
+      </c>
       <c r="AT58" s="1"/>
       <c r="AW58" s="9"/>
       <c r="AY58" s="1"/>
       <c r="BB58" s="9"/>
       <c r="BD58" s="1"/>
       <c r="BG58" s="9"/>
     </row>
     <row r="59" spans="1:59">
       <c r="A59" s="1">
         <v>45665.125</v>
       </c>
       <c r="B59" t="s">
         <v>24</v>
       </c>
       <c r="C59" t="s">
         <v>31</v>
       </c>
       <c r="D59" s="9">
         <v>64235.809000000001</v>
       </c>
       <c r="F59" s="1">
         <v>45694.125</v>
       </c>
       <c r="G59" t="s">
         <v>24</v>
@@ -5902,54 +6862,74 @@
       </c>
       <c r="Z59" s="1">
         <v>45832.125</v>
       </c>
       <c r="AA59" t="s">
         <v>24</v>
       </c>
       <c r="AB59" t="s">
         <v>31</v>
       </c>
       <c r="AC59" s="9">
         <v>72083.05</v>
       </c>
       <c r="AE59" s="1">
         <v>45867.125</v>
       </c>
       <c r="AF59" t="s">
         <v>24</v>
       </c>
       <c r="AG59" t="s">
         <v>31</v>
       </c>
       <c r="AH59" s="9">
         <v>74313.3</v>
       </c>
-      <c r="AJ59" s="1"/>
-[...2 lines deleted...]
-      <c r="AR59" s="9"/>
+      <c r="AJ59" s="1">
+        <v>45881.125</v>
+      </c>
+      <c r="AK59" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL59" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM59" s="9">
+        <v>73774.088000000003</v>
+      </c>
+      <c r="AO59" s="1">
+        <v>45925.125</v>
+      </c>
+      <c r="AP59" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ59" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR59" s="9">
+        <v>65320.921999999999</v>
+      </c>
       <c r="AT59" s="1"/>
       <c r="AW59" s="9"/>
       <c r="AY59" s="1"/>
       <c r="BB59" s="9"/>
       <c r="BD59" s="1"/>
       <c r="BG59" s="9"/>
     </row>
     <row r="60" spans="1:59">
       <c r="A60" s="1">
         <v>45665.125</v>
       </c>
       <c r="B60" t="s">
         <v>24</v>
       </c>
       <c r="C60" t="s">
         <v>32</v>
       </c>
       <c r="D60" s="9">
         <v>11036.867</v>
       </c>
       <c r="F60" s="1">
         <v>45694.125</v>
       </c>
       <c r="G60" t="s">
         <v>24</v>
@@ -5998,54 +6978,74 @@
       </c>
       <c r="Z60" s="1">
         <v>45832.125</v>
       </c>
       <c r="AA60" t="s">
         <v>24</v>
       </c>
       <c r="AB60" t="s">
         <v>32</v>
       </c>
       <c r="AC60" s="9">
         <v>11286.563</v>
       </c>
       <c r="AE60" s="1">
         <v>45867.125</v>
       </c>
       <c r="AF60" t="s">
         <v>24</v>
       </c>
       <c r="AG60" t="s">
         <v>32</v>
       </c>
       <c r="AH60" s="9">
         <v>10187.405000000001</v>
       </c>
-      <c r="AJ60" s="1"/>
-[...2 lines deleted...]
-      <c r="AR60" s="9"/>
+      <c r="AJ60" s="1">
+        <v>45881.125</v>
+      </c>
+      <c r="AK60" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL60" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM60" s="9">
+        <v>10078.635</v>
+      </c>
+      <c r="AO60" s="1">
+        <v>45925.125</v>
+      </c>
+      <c r="AP60" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ60" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR60" s="9">
+        <v>10500.6</v>
+      </c>
       <c r="AT60" s="1"/>
       <c r="AW60" s="9"/>
       <c r="AY60" s="1"/>
       <c r="BB60" s="9"/>
       <c r="BD60" s="1"/>
       <c r="BG60" s="9"/>
     </row>
     <row r="61" spans="1:59">
       <c r="A61" s="1">
         <v>45665.125</v>
       </c>
       <c r="B61" t="s">
         <v>24</v>
       </c>
       <c r="C61" t="s">
         <v>33</v>
       </c>
       <c r="D61" s="9">
         <v>90516.551000000007</v>
       </c>
       <c r="F61" s="1">
         <v>45694.125</v>
       </c>
       <c r="G61" t="s">
         <v>24</v>
@@ -6094,54 +7094,74 @@
       </c>
       <c r="Z61" s="1">
         <v>45832.125</v>
       </c>
       <c r="AA61" t="s">
         <v>24</v>
       </c>
       <c r="AB61" t="s">
         <v>33</v>
       </c>
       <c r="AC61" s="9">
         <v>74524.763999999996</v>
       </c>
       <c r="AE61" s="1">
         <v>45867.125</v>
       </c>
       <c r="AF61" t="s">
         <v>24</v>
       </c>
       <c r="AG61" t="s">
         <v>33</v>
       </c>
       <c r="AH61" s="9">
         <v>81016.532999999996</v>
       </c>
-      <c r="AJ61" s="1"/>
-[...2 lines deleted...]
-      <c r="AR61" s="9"/>
+      <c r="AJ61" s="1">
+        <v>45881.125</v>
+      </c>
+      <c r="AK61" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL61" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM61" s="9">
+        <v>62383.686000000002</v>
+      </c>
+      <c r="AO61" s="1">
+        <v>45925.125</v>
+      </c>
+      <c r="AP61" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ61" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR61" s="9">
+        <v>78633.436000000002</v>
+      </c>
       <c r="AT61" s="1"/>
       <c r="AW61" s="9"/>
       <c r="AY61" s="1"/>
       <c r="BB61" s="9"/>
       <c r="BD61" s="1"/>
       <c r="BG61" s="9"/>
     </row>
     <row r="62" spans="1:59">
       <c r="A62" s="1">
         <v>45665.125</v>
       </c>
       <c r="B62" t="s">
         <v>24</v>
       </c>
       <c r="C62" t="s">
         <v>34</v>
       </c>
       <c r="D62" s="9">
         <v>48665.4</v>
       </c>
       <c r="F62" s="1">
         <v>45694.125</v>
       </c>
       <c r="G62" t="s">
         <v>24</v>
@@ -6190,54 +7210,74 @@
       </c>
       <c r="Z62" s="1">
         <v>45832.125</v>
       </c>
       <c r="AA62" t="s">
         <v>24</v>
       </c>
       <c r="AB62" t="s">
         <v>34</v>
       </c>
       <c r="AC62" s="9">
         <v>48366.9</v>
       </c>
       <c r="AE62" s="1">
         <v>45867.125</v>
       </c>
       <c r="AF62" t="s">
         <v>24</v>
       </c>
       <c r="AG62" t="s">
         <v>34</v>
       </c>
       <c r="AH62" s="9">
         <v>52017.8</v>
       </c>
-      <c r="AJ62" s="1"/>
-[...2 lines deleted...]
-      <c r="AR62" s="9"/>
+      <c r="AJ62" s="1">
+        <v>45881.125</v>
+      </c>
+      <c r="AK62" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL62" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM62" s="9">
+        <v>83398.100000000006</v>
+      </c>
+      <c r="AO62" s="1">
+        <v>45925.125</v>
+      </c>
+      <c r="AP62" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ62" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR62" s="9">
+        <v>131035.6</v>
+      </c>
       <c r="AT62" s="1"/>
       <c r="AW62" s="9"/>
       <c r="AY62" s="1"/>
       <c r="BB62" s="9"/>
       <c r="BD62" s="1"/>
       <c r="BG62" s="9"/>
     </row>
     <row r="63" spans="1:59">
       <c r="A63" s="1">
         <v>45665.125</v>
       </c>
       <c r="B63" t="s">
         <v>24</v>
       </c>
       <c r="C63" t="s">
         <v>35</v>
       </c>
       <c r="D63" s="9">
         <v>8916.6419999999998</v>
       </c>
       <c r="F63" s="1">
         <v>45694.125</v>
       </c>
       <c r="G63" t="s">
         <v>24</v>
@@ -6286,54 +7326,74 @@
       </c>
       <c r="Z63" s="1">
         <v>45832.125</v>
       </c>
       <c r="AA63" t="s">
         <v>24</v>
       </c>
       <c r="AB63" t="s">
         <v>35</v>
       </c>
       <c r="AC63" s="9">
         <v>7215.5649999999996</v>
       </c>
       <c r="AE63" s="1">
         <v>45867.125</v>
       </c>
       <c r="AF63" t="s">
         <v>24</v>
       </c>
       <c r="AG63" t="s">
         <v>35</v>
       </c>
       <c r="AH63" s="9">
         <v>6695.6139999999996</v>
       </c>
-      <c r="AJ63" s="1"/>
-[...2 lines deleted...]
-      <c r="AR63" s="9"/>
+      <c r="AJ63" s="1">
+        <v>45881.125</v>
+      </c>
+      <c r="AK63" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL63" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM63" s="9">
+        <v>7570.5680000000002</v>
+      </c>
+      <c r="AO63" s="1">
+        <v>45925.125</v>
+      </c>
+      <c r="AP63" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ63" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR63" s="9">
+        <v>6285.6570000000002</v>
+      </c>
       <c r="AT63" s="1"/>
       <c r="AW63" s="9"/>
       <c r="AY63" s="1"/>
       <c r="BB63" s="9"/>
       <c r="BD63" s="1"/>
       <c r="BG63" s="9"/>
     </row>
     <row r="64" spans="1:59">
       <c r="A64" s="1">
         <v>45665.125</v>
       </c>
       <c r="B64" t="s">
         <v>24</v>
       </c>
       <c r="C64" t="s">
         <v>36</v>
       </c>
       <c r="D64" s="9">
         <v>189362.927</v>
       </c>
       <c r="F64" s="1">
         <v>45694.125</v>
       </c>
       <c r="G64" t="s">
         <v>24</v>
@@ -6382,54 +7442,74 @@
       </c>
       <c r="Z64" s="1">
         <v>45832.125</v>
       </c>
       <c r="AA64" t="s">
         <v>24</v>
       </c>
       <c r="AB64" t="s">
         <v>36</v>
       </c>
       <c r="AC64" s="9">
         <v>182944.61499999999</v>
       </c>
       <c r="AE64" s="1">
         <v>45867.125</v>
       </c>
       <c r="AF64" t="s">
         <v>24</v>
       </c>
       <c r="AG64" t="s">
         <v>36</v>
       </c>
       <c r="AH64" s="9">
         <v>180721.85200000001</v>
       </c>
-      <c r="AJ64" s="1"/>
-[...2 lines deleted...]
-      <c r="AR64" s="9"/>
+      <c r="AJ64" s="1">
+        <v>45881.125</v>
+      </c>
+      <c r="AK64" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL64" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM64" s="9">
+        <v>187656.34</v>
+      </c>
+      <c r="AO64" s="1">
+        <v>45925.125</v>
+      </c>
+      <c r="AP64" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ64" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR64" s="9">
+        <v>155024.97200000001</v>
+      </c>
       <c r="AT64" s="1"/>
       <c r="AW64" s="9"/>
       <c r="AY64" s="1"/>
       <c r="BB64" s="9"/>
       <c r="BD64" s="1"/>
       <c r="BG64" s="9"/>
     </row>
     <row r="65" spans="1:59">
       <c r="A65" s="1">
         <v>45665.125</v>
       </c>
       <c r="B65" t="s">
         <v>24</v>
       </c>
       <c r="C65" t="s">
         <v>37</v>
       </c>
       <c r="D65" s="9">
         <v>90314.001999999993</v>
       </c>
       <c r="F65" s="1">
         <v>45694.125</v>
       </c>
       <c r="G65" t="s">
         <v>24</v>
@@ -6478,54 +7558,74 @@
       </c>
       <c r="Z65" s="1">
         <v>45832.125</v>
       </c>
       <c r="AA65" t="s">
         <v>24</v>
       </c>
       <c r="AB65" t="s">
         <v>37</v>
       </c>
       <c r="AC65" s="9">
         <v>70071.289999999994</v>
       </c>
       <c r="AE65" s="1">
         <v>45867.125</v>
       </c>
       <c r="AF65" t="s">
         <v>24</v>
       </c>
       <c r="AG65" t="s">
         <v>37</v>
       </c>
       <c r="AH65" s="9">
         <v>69560.865999999995</v>
       </c>
-      <c r="AJ65" s="1"/>
-[...2 lines deleted...]
-      <c r="AR65" s="9"/>
+      <c r="AJ65" s="1">
+        <v>45881.125</v>
+      </c>
+      <c r="AK65" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL65" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM65" s="9">
+        <v>73213.902000000002</v>
+      </c>
+      <c r="AO65" s="1">
+        <v>45925.125</v>
+      </c>
+      <c r="AP65" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ65" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR65" s="9">
+        <v>56443.747000000003</v>
+      </c>
       <c r="AT65" s="1"/>
       <c r="AW65" s="9"/>
       <c r="AY65" s="1"/>
       <c r="BB65" s="9"/>
       <c r="BD65" s="1"/>
       <c r="BG65" s="9"/>
     </row>
     <row r="66" spans="1:59">
       <c r="A66" s="1">
         <v>45665.125</v>
       </c>
       <c r="B66" t="s">
         <v>24</v>
       </c>
       <c r="C66" t="s">
         <v>38</v>
       </c>
       <c r="D66" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F66" s="1">
         <v>45694.125</v>
       </c>
       <c r="G66" t="s">
         <v>24</v>
@@ -6574,54 +7674,74 @@
       </c>
       <c r="Z66" s="1">
         <v>45832.125</v>
       </c>
       <c r="AA66" t="s">
         <v>24</v>
       </c>
       <c r="AB66" t="s">
         <v>38</v>
       </c>
       <c r="AC66" s="9">
         <v>2026.5360000000001</v>
       </c>
       <c r="AE66" s="1">
         <v>45867.125</v>
       </c>
       <c r="AF66" t="s">
         <v>24</v>
       </c>
       <c r="AG66" t="s">
         <v>38</v>
       </c>
       <c r="AH66" s="9">
         <v>2130.7190000000001</v>
       </c>
-      <c r="AJ66" s="1"/>
-[...2 lines deleted...]
-      <c r="AR66" s="9"/>
+      <c r="AJ66" s="1">
+        <v>45881.125</v>
+      </c>
+      <c r="AK66" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL66" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM66" s="9">
+        <v>2154.087</v>
+      </c>
+      <c r="AO66" s="1">
+        <v>45925.125</v>
+      </c>
+      <c r="AP66" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ66" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR66" s="9">
+        <v>2311.8490000000002</v>
+      </c>
       <c r="AT66" s="1"/>
       <c r="AW66" s="9"/>
       <c r="AY66" s="1"/>
       <c r="BB66" s="9"/>
       <c r="BD66" s="1"/>
       <c r="BG66" s="9"/>
     </row>
     <row r="67" spans="1:59">
       <c r="A67" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B67" t="s">
         <v>24</v>
       </c>
       <c r="C67" t="s">
         <v>25</v>
       </c>
       <c r="D67" s="9">
         <v>518017.94099999999</v>
       </c>
       <c r="F67" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G67" t="s">
         <v>24</v>
@@ -6670,54 +7790,74 @@
       </c>
       <c r="Z67" s="1">
         <v>45832.166666666664</v>
       </c>
       <c r="AA67" t="s">
         <v>24</v>
       </c>
       <c r="AB67" t="s">
         <v>25</v>
       </c>
       <c r="AC67" s="9">
         <v>412528.46100000001</v>
       </c>
       <c r="AE67" s="1">
         <v>45867.166666666664</v>
       </c>
       <c r="AF67" t="s">
         <v>24</v>
       </c>
       <c r="AG67" t="s">
         <v>25</v>
       </c>
       <c r="AH67" s="9">
         <v>394492.62900000002</v>
       </c>
-      <c r="AJ67" s="1"/>
-[...2 lines deleted...]
-      <c r="AR67" s="9"/>
+      <c r="AJ67" s="1">
+        <v>45881.166666666664</v>
+      </c>
+      <c r="AK67" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL67" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM67" s="9">
+        <v>428020.26699999999</v>
+      </c>
+      <c r="AO67" s="1">
+        <v>45925.166666666664</v>
+      </c>
+      <c r="AP67" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ67" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR67" s="9">
+        <v>263908.12599999999</v>
+      </c>
       <c r="AT67" s="1"/>
       <c r="AW67" s="9"/>
       <c r="AY67" s="1"/>
       <c r="BB67" s="9"/>
       <c r="BD67" s="1"/>
       <c r="BG67" s="9"/>
     </row>
     <row r="68" spans="1:59">
       <c r="A68" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B68" t="s">
         <v>24</v>
       </c>
       <c r="C68" t="s">
         <v>26</v>
       </c>
       <c r="D68" s="9">
         <v>2080.373</v>
       </c>
       <c r="F68" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G68" t="s">
         <v>24</v>
@@ -6766,54 +7906,74 @@
       </c>
       <c r="Z68" s="1">
         <v>45832.166666666664</v>
       </c>
       <c r="AA68" t="s">
         <v>24</v>
       </c>
       <c r="AB68" t="s">
         <v>26</v>
       </c>
       <c r="AC68" s="9">
         <v>0</v>
       </c>
       <c r="AE68" s="1">
         <v>45867.166666666664</v>
       </c>
       <c r="AF68" t="s">
         <v>24</v>
       </c>
       <c r="AG68" t="s">
         <v>26</v>
       </c>
       <c r="AH68" s="9">
         <v>0</v>
       </c>
-      <c r="AJ68" s="1"/>
-[...2 lines deleted...]
-      <c r="AR68" s="9"/>
+      <c r="AJ68" s="1">
+        <v>45881.166666666664</v>
+      </c>
+      <c r="AK68" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL68" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM68" s="9">
+        <v>2018.558</v>
+      </c>
+      <c r="AO68" s="1">
+        <v>45925.166666666664</v>
+      </c>
+      <c r="AP68" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ68" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR68" s="9">
+        <v>2214.1379999999999</v>
+      </c>
       <c r="AT68" s="1"/>
       <c r="AW68" s="9"/>
       <c r="AY68" s="1"/>
       <c r="BB68" s="9"/>
       <c r="BD68" s="1"/>
       <c r="BG68" s="9"/>
     </row>
     <row r="69" spans="1:59">
       <c r="A69" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B69" t="s">
         <v>24</v>
       </c>
       <c r="C69" t="s">
         <v>27</v>
       </c>
       <c r="D69" s="9">
         <v>297.00299999999999</v>
       </c>
       <c r="F69" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G69" t="s">
         <v>24</v>
@@ -6862,54 +8022,74 @@
       </c>
       <c r="Z69" s="1">
         <v>45832.166666666664</v>
       </c>
       <c r="AA69" t="s">
         <v>24</v>
       </c>
       <c r="AB69" t="s">
         <v>27</v>
       </c>
       <c r="AC69" s="9">
         <v>5.4569999999999999</v>
       </c>
       <c r="AE69" s="1">
         <v>45867.166666666664</v>
       </c>
       <c r="AF69" t="s">
         <v>24</v>
       </c>
       <c r="AG69" t="s">
         <v>27</v>
       </c>
       <c r="AH69" s="9">
         <v>8.8759999999999994</v>
       </c>
-      <c r="AJ69" s="1"/>
-[...2 lines deleted...]
-      <c r="AR69" s="9"/>
+      <c r="AJ69" s="1">
+        <v>45881.166666666664</v>
+      </c>
+      <c r="AK69" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL69" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM69" s="9">
+        <v>8.2490000000000006</v>
+      </c>
+      <c r="AO69" s="1">
+        <v>45925.166666666664</v>
+      </c>
+      <c r="AP69" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ69" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR69" s="9">
+        <v>107.19799999999999</v>
+      </c>
       <c r="AT69" s="1"/>
       <c r="AW69" s="9"/>
       <c r="AY69" s="1"/>
       <c r="BB69" s="9"/>
       <c r="BD69" s="1"/>
       <c r="BG69" s="9"/>
     </row>
     <row r="70" spans="1:59">
       <c r="A70" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B70" t="s">
         <v>24</v>
       </c>
       <c r="C70" t="s">
         <v>28</v>
       </c>
       <c r="D70" s="9">
         <v>8930.143</v>
       </c>
       <c r="F70" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G70" t="s">
         <v>24</v>
@@ -6958,54 +8138,74 @@
       </c>
       <c r="Z70" s="1">
         <v>45832.166666666664</v>
       </c>
       <c r="AA70" t="s">
         <v>24</v>
       </c>
       <c r="AB70" t="s">
         <v>28</v>
       </c>
       <c r="AC70" s="9">
         <v>1206.7190000000001</v>
       </c>
       <c r="AE70" s="1">
         <v>45867.166666666664</v>
       </c>
       <c r="AF70" t="s">
         <v>24</v>
       </c>
       <c r="AG70" t="s">
         <v>28</v>
       </c>
       <c r="AH70" s="9">
         <v>578.66200000000003</v>
       </c>
-      <c r="AJ70" s="1"/>
-[...2 lines deleted...]
-      <c r="AR70" s="9"/>
+      <c r="AJ70" s="1">
+        <v>45881.166666666664</v>
+      </c>
+      <c r="AK70" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL70" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM70" s="9">
+        <v>641.76800000000003</v>
+      </c>
+      <c r="AO70" s="1">
+        <v>45925.166666666664</v>
+      </c>
+      <c r="AP70" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ70" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR70" s="9">
+        <v>523.71100000000001</v>
+      </c>
       <c r="AT70" s="1"/>
       <c r="AW70" s="9"/>
       <c r="AY70" s="1"/>
       <c r="BB70" s="9"/>
       <c r="BD70" s="1"/>
       <c r="BG70" s="9"/>
     </row>
     <row r="71" spans="1:59">
       <c r="A71" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B71" t="s">
         <v>24</v>
       </c>
       <c r="C71" t="s">
         <v>29</v>
       </c>
       <c r="D71" s="9">
         <v>15497.008</v>
       </c>
       <c r="F71" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G71" t="s">
         <v>24</v>
@@ -7054,54 +8254,74 @@
       </c>
       <c r="Z71" s="1">
         <v>45832.166666666664</v>
       </c>
       <c r="AA71" t="s">
         <v>24</v>
       </c>
       <c r="AB71" t="s">
         <v>29</v>
       </c>
       <c r="AC71" s="9">
         <v>16944.151000000002</v>
       </c>
       <c r="AE71" s="1">
         <v>45867.166666666664</v>
       </c>
       <c r="AF71" t="s">
         <v>24</v>
       </c>
       <c r="AG71" t="s">
         <v>29</v>
       </c>
       <c r="AH71" s="9">
         <v>17592.902999999998</v>
       </c>
-      <c r="AJ71" s="1"/>
-[...2 lines deleted...]
-      <c r="AR71" s="9"/>
+      <c r="AJ71" s="1">
+        <v>45881.166666666664</v>
+      </c>
+      <c r="AK71" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL71" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM71" s="9">
+        <v>17445.285</v>
+      </c>
+      <c r="AO71" s="1">
+        <v>45925.166666666664</v>
+      </c>
+      <c r="AP71" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ71" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR71" s="9">
+        <v>16018.050999999999</v>
+      </c>
       <c r="AT71" s="1"/>
       <c r="AW71" s="9"/>
       <c r="AY71" s="1"/>
       <c r="BB71" s="9"/>
       <c r="BD71" s="1"/>
       <c r="BG71" s="9"/>
     </row>
     <row r="72" spans="1:59">
       <c r="A72" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B72" t="s">
         <v>24</v>
       </c>
       <c r="C72" t="s">
         <v>30</v>
       </c>
       <c r="D72" s="9">
         <v>40295.377</v>
       </c>
       <c r="F72" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G72" t="s">
         <v>24</v>
@@ -7150,54 +8370,74 @@
       </c>
       <c r="Z72" s="1">
         <v>45832.166666666664</v>
       </c>
       <c r="AA72" t="s">
         <v>24</v>
       </c>
       <c r="AB72" t="s">
         <v>30</v>
       </c>
       <c r="AC72" s="9">
         <v>49001.652000000002</v>
       </c>
       <c r="AE72" s="1">
         <v>45867.166666666664</v>
       </c>
       <c r="AF72" t="s">
         <v>24</v>
       </c>
       <c r="AG72" t="s">
         <v>30</v>
       </c>
       <c r="AH72" s="9">
         <v>48466.423000000003</v>
       </c>
-      <c r="AJ72" s="1"/>
-[...2 lines deleted...]
-      <c r="AR72" s="9"/>
+      <c r="AJ72" s="1">
+        <v>45881.166666666664</v>
+      </c>
+      <c r="AK72" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL72" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM72" s="9">
+        <v>46728.873</v>
+      </c>
+      <c r="AO72" s="1">
+        <v>45925.166666666664</v>
+      </c>
+      <c r="AP72" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ72" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR72" s="9">
+        <v>42813.296999999999</v>
+      </c>
       <c r="AT72" s="1"/>
       <c r="AW72" s="9"/>
       <c r="AY72" s="1"/>
       <c r="BB72" s="9"/>
       <c r="BD72" s="1"/>
       <c r="BG72" s="9"/>
     </row>
     <row r="73" spans="1:59">
       <c r="A73" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B73" t="s">
         <v>24</v>
       </c>
       <c r="C73" t="s">
         <v>31</v>
       </c>
       <c r="D73" s="9">
         <v>67386.785999999993</v>
       </c>
       <c r="F73" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G73" t="s">
         <v>24</v>
@@ -7246,54 +8486,74 @@
       </c>
       <c r="Z73" s="1">
         <v>45832.166666666664</v>
       </c>
       <c r="AA73" t="s">
         <v>24</v>
       </c>
       <c r="AB73" t="s">
         <v>31</v>
       </c>
       <c r="AC73" s="9">
         <v>73977.788</v>
       </c>
       <c r="AE73" s="1">
         <v>45867.166666666664</v>
       </c>
       <c r="AF73" t="s">
         <v>24</v>
       </c>
       <c r="AG73" t="s">
         <v>31</v>
       </c>
       <c r="AH73" s="9">
         <v>77832.854000000007</v>
       </c>
-      <c r="AJ73" s="1"/>
-[...2 lines deleted...]
-      <c r="AR73" s="9"/>
+      <c r="AJ73" s="1">
+        <v>45881.166666666664</v>
+      </c>
+      <c r="AK73" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL73" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM73" s="9">
+        <v>76608.399999999994</v>
+      </c>
+      <c r="AO73" s="1">
+        <v>45925.166666666664</v>
+      </c>
+      <c r="AP73" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ73" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR73" s="9">
+        <v>69233.317999999999</v>
+      </c>
       <c r="AT73" s="1"/>
       <c r="AW73" s="9"/>
       <c r="AY73" s="1"/>
       <c r="BB73" s="9"/>
       <c r="BD73" s="1"/>
       <c r="BG73" s="9"/>
     </row>
     <row r="74" spans="1:59">
       <c r="A74" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B74" t="s">
         <v>24</v>
       </c>
       <c r="C74" t="s">
         <v>32</v>
       </c>
       <c r="D74" s="9">
         <v>11416.52</v>
       </c>
       <c r="F74" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G74" t="s">
         <v>24</v>
@@ -7342,54 +8602,74 @@
       </c>
       <c r="Z74" s="1">
         <v>45832.166666666664</v>
       </c>
       <c r="AA74" t="s">
         <v>24</v>
       </c>
       <c r="AB74" t="s">
         <v>32</v>
       </c>
       <c r="AC74" s="9">
         <v>11812.264999999999</v>
       </c>
       <c r="AE74" s="1">
         <v>45867.166666666664</v>
       </c>
       <c r="AF74" t="s">
         <v>24</v>
       </c>
       <c r="AG74" t="s">
         <v>32</v>
       </c>
       <c r="AH74" s="9">
         <v>10339.040000000001</v>
       </c>
-      <c r="AJ74" s="1"/>
-[...2 lines deleted...]
-      <c r="AR74" s="9"/>
+      <c r="AJ74" s="1">
+        <v>45881.166666666664</v>
+      </c>
+      <c r="AK74" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL74" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM74" s="9">
+        <v>9920.74</v>
+      </c>
+      <c r="AO74" s="1">
+        <v>45925.166666666664</v>
+      </c>
+      <c r="AP74" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ74" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR74" s="9">
+        <v>10623.12</v>
+      </c>
       <c r="AT74" s="1"/>
       <c r="AW74" s="9"/>
       <c r="AY74" s="1"/>
       <c r="BB74" s="9"/>
       <c r="BD74" s="1"/>
       <c r="BG74" s="9"/>
     </row>
     <row r="75" spans="1:59">
       <c r="A75" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B75" t="s">
         <v>24</v>
       </c>
       <c r="C75" t="s">
         <v>33</v>
       </c>
       <c r="D75" s="9">
         <v>92621.119000000006</v>
       </c>
       <c r="F75" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G75" t="s">
         <v>24</v>
@@ -7438,54 +8718,74 @@
       </c>
       <c r="Z75" s="1">
         <v>45832.166666666664</v>
       </c>
       <c r="AA75" t="s">
         <v>24</v>
       </c>
       <c r="AB75" t="s">
         <v>33</v>
       </c>
       <c r="AC75" s="9">
         <v>73713.790999999997</v>
       </c>
       <c r="AE75" s="1">
         <v>45867.166666666664</v>
       </c>
       <c r="AF75" t="s">
         <v>24</v>
       </c>
       <c r="AG75" t="s">
         <v>33</v>
       </c>
       <c r="AH75" s="9">
         <v>79792.671000000002</v>
       </c>
-      <c r="AJ75" s="1"/>
-[...2 lines deleted...]
-      <c r="AR75" s="9"/>
+      <c r="AJ75" s="1">
+        <v>45881.166666666664</v>
+      </c>
+      <c r="AK75" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL75" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM75" s="9">
+        <v>62884.09</v>
+      </c>
+      <c r="AO75" s="1">
+        <v>45925.166666666664</v>
+      </c>
+      <c r="AP75" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ75" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR75" s="9">
+        <v>79567.850000000006</v>
+      </c>
       <c r="AT75" s="1"/>
       <c r="AW75" s="9"/>
       <c r="AY75" s="1"/>
       <c r="BB75" s="9"/>
       <c r="BD75" s="1"/>
       <c r="BG75" s="9"/>
     </row>
     <row r="76" spans="1:59">
       <c r="A76" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B76" t="s">
         <v>24</v>
       </c>
       <c r="C76" t="s">
         <v>34</v>
       </c>
       <c r="D76" s="9">
         <v>47849.599999999999</v>
       </c>
       <c r="F76" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G76" t="s">
         <v>24</v>
@@ -7534,54 +8834,74 @@
       </c>
       <c r="Z76" s="1">
         <v>45832.166666666664</v>
       </c>
       <c r="AA76" t="s">
         <v>24</v>
       </c>
       <c r="AB76" t="s">
         <v>34</v>
       </c>
       <c r="AC76" s="9">
         <v>40487</v>
       </c>
       <c r="AE76" s="1">
         <v>45867.166666666664</v>
       </c>
       <c r="AF76" t="s">
         <v>24</v>
       </c>
       <c r="AG76" t="s">
         <v>34</v>
       </c>
       <c r="AH76" s="9">
         <v>67272.2</v>
       </c>
-      <c r="AJ76" s="1"/>
-[...2 lines deleted...]
-      <c r="AR76" s="9"/>
+      <c r="AJ76" s="1">
+        <v>45881.166666666664</v>
+      </c>
+      <c r="AK76" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL76" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM76" s="9">
+        <v>79610.399999999994</v>
+      </c>
+      <c r="AO76" s="1">
+        <v>45925.166666666664</v>
+      </c>
+      <c r="AP76" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ76" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR76" s="9">
+        <v>131593.1</v>
+      </c>
       <c r="AT76" s="1"/>
       <c r="AW76" s="9"/>
       <c r="AY76" s="1"/>
       <c r="BB76" s="9"/>
       <c r="BD76" s="1"/>
       <c r="BG76" s="9"/>
     </row>
     <row r="77" spans="1:59">
       <c r="A77" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B77" t="s">
         <v>24</v>
       </c>
       <c r="C77" t="s">
         <v>35</v>
       </c>
       <c r="D77" s="9">
         <v>9211.3819999999996</v>
       </c>
       <c r="F77" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G77" t="s">
         <v>24</v>
@@ -7630,54 +8950,74 @@
       </c>
       <c r="Z77" s="1">
         <v>45832.166666666664</v>
       </c>
       <c r="AA77" t="s">
         <v>24</v>
       </c>
       <c r="AB77" t="s">
         <v>35</v>
       </c>
       <c r="AC77" s="9">
         <v>7312.1189999999997</v>
       </c>
       <c r="AE77" s="1">
         <v>45867.166666666664</v>
       </c>
       <c r="AF77" t="s">
         <v>24</v>
       </c>
       <c r="AG77" t="s">
         <v>35</v>
       </c>
       <c r="AH77" s="9">
         <v>7060.0820000000003</v>
       </c>
-      <c r="AJ77" s="1"/>
-[...2 lines deleted...]
-      <c r="AR77" s="9"/>
+      <c r="AJ77" s="1">
+        <v>45881.166666666664</v>
+      </c>
+      <c r="AK77" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL77" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM77" s="9">
+        <v>7794.6139999999996</v>
+      </c>
+      <c r="AO77" s="1">
+        <v>45925.166666666664</v>
+      </c>
+      <c r="AP77" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ77" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR77" s="9">
+        <v>6412.6319999999996</v>
+      </c>
       <c r="AT77" s="1"/>
       <c r="AW77" s="9"/>
       <c r="AY77" s="1"/>
       <c r="BB77" s="9"/>
       <c r="BD77" s="1"/>
       <c r="BG77" s="9"/>
     </row>
     <row r="78" spans="1:59">
       <c r="A78" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B78" t="s">
         <v>24</v>
       </c>
       <c r="C78" t="s">
         <v>36</v>
       </c>
       <c r="D78" s="9">
         <v>199741.23199999999</v>
       </c>
       <c r="F78" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G78" t="s">
         <v>24</v>
@@ -7726,54 +9066,74 @@
       </c>
       <c r="Z78" s="1">
         <v>45832.166666666664</v>
       </c>
       <c r="AA78" t="s">
         <v>24</v>
       </c>
       <c r="AB78" t="s">
         <v>36</v>
       </c>
       <c r="AC78" s="9">
         <v>193828.47899999999</v>
       </c>
       <c r="AE78" s="1">
         <v>45867.166666666664</v>
       </c>
       <c r="AF78" t="s">
         <v>24</v>
       </c>
       <c r="AG78" t="s">
         <v>36</v>
       </c>
       <c r="AH78" s="9">
         <v>191273.429</v>
       </c>
-      <c r="AJ78" s="1"/>
-[...2 lines deleted...]
-      <c r="AR78" s="9"/>
+      <c r="AJ78" s="1">
+        <v>45881.166666666664</v>
+      </c>
+      <c r="AK78" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL78" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM78" s="9">
+        <v>196604.41800000001</v>
+      </c>
+      <c r="AO78" s="1">
+        <v>45925.166666666664</v>
+      </c>
+      <c r="AP78" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ78" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR78" s="9">
+        <v>165204.67499999999</v>
+      </c>
       <c r="AT78" s="1"/>
       <c r="AW78" s="9"/>
       <c r="AY78" s="1"/>
       <c r="BB78" s="9"/>
       <c r="BD78" s="1"/>
       <c r="BG78" s="9"/>
     </row>
     <row r="79" spans="1:59">
       <c r="A79" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B79" t="s">
         <v>24</v>
       </c>
       <c r="C79" t="s">
         <v>37</v>
       </c>
       <c r="D79" s="9">
         <v>91848.839000000007</v>
       </c>
       <c r="F79" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G79" t="s">
         <v>24</v>
@@ -7822,54 +9182,74 @@
       </c>
       <c r="Z79" s="1">
         <v>45832.166666666664</v>
       </c>
       <c r="AA79" t="s">
         <v>24</v>
       </c>
       <c r="AB79" t="s">
         <v>37</v>
       </c>
       <c r="AC79" s="9">
         <v>70493.216</v>
       </c>
       <c r="AE79" s="1">
         <v>45867.166666666664</v>
       </c>
       <c r="AF79" t="s">
         <v>24</v>
       </c>
       <c r="AG79" t="s">
         <v>37</v>
       </c>
       <c r="AH79" s="9">
         <v>70075.138999999996</v>
       </c>
-      <c r="AJ79" s="1"/>
-[...2 lines deleted...]
-      <c r="AR79" s="9"/>
+      <c r="AJ79" s="1">
+        <v>45881.166666666664</v>
+      </c>
+      <c r="AK79" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL79" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM79" s="9">
+        <v>73819.75</v>
+      </c>
+      <c r="AO79" s="1">
+        <v>45925.166666666664</v>
+      </c>
+      <c r="AP79" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ79" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR79" s="9">
+        <v>57501.786</v>
+      </c>
       <c r="AT79" s="1"/>
       <c r="AW79" s="9"/>
       <c r="AY79" s="1"/>
       <c r="BB79" s="9"/>
       <c r="BD79" s="1"/>
       <c r="BG79" s="9"/>
     </row>
     <row r="80" spans="1:59">
       <c r="A80" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B80" t="s">
         <v>24</v>
       </c>
       <c r="C80" t="s">
         <v>38</v>
       </c>
       <c r="D80" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F80" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G80" t="s">
         <v>24</v>
@@ -7918,54 +9298,74 @@
       </c>
       <c r="Z80" s="1">
         <v>45832.166666666664</v>
       </c>
       <c r="AA80" t="s">
         <v>24</v>
       </c>
       <c r="AB80" t="s">
         <v>38</v>
       </c>
       <c r="AC80" s="9">
         <v>0</v>
       </c>
       <c r="AE80" s="1">
         <v>45867.166666666664</v>
       </c>
       <c r="AF80" t="s">
         <v>24</v>
       </c>
       <c r="AG80" t="s">
         <v>38</v>
       </c>
       <c r="AH80" s="9">
         <v>0</v>
       </c>
-      <c r="AJ80" s="1"/>
-[...2 lines deleted...]
-      <c r="AR80" s="9"/>
+      <c r="AJ80" s="1">
+        <v>45881.166666666664</v>
+      </c>
+      <c r="AK80" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL80" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM80" s="9">
+        <v>2154.087</v>
+      </c>
+      <c r="AO80" s="1">
+        <v>45925.166666666664</v>
+      </c>
+      <c r="AP80" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ80" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR80" s="9">
+        <v>2311.8490000000002</v>
+      </c>
       <c r="AT80" s="1"/>
       <c r="AW80" s="9"/>
       <c r="AY80" s="1"/>
       <c r="BB80" s="9"/>
       <c r="BD80" s="1"/>
       <c r="BG80" s="9"/>
     </row>
     <row r="81" spans="1:59">
       <c r="A81" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B81" t="s">
         <v>24</v>
       </c>
       <c r="C81" t="s">
         <v>25</v>
       </c>
       <c r="D81" s="9">
         <v>560663.06799999997</v>
       </c>
       <c r="F81" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G81" t="s">
         <v>24</v>
@@ -8014,54 +9414,74 @@
       </c>
       <c r="Z81" s="1">
         <v>45832.208333333336</v>
       </c>
       <c r="AA81" t="s">
         <v>24</v>
       </c>
       <c r="AB81" t="s">
         <v>25</v>
       </c>
       <c r="AC81" s="9">
         <v>438079.25099999999</v>
       </c>
       <c r="AE81" s="1">
         <v>45867.208333333336</v>
       </c>
       <c r="AF81" t="s">
         <v>24</v>
       </c>
       <c r="AG81" t="s">
         <v>25</v>
       </c>
       <c r="AH81" s="9">
         <v>413333.80900000001</v>
       </c>
-      <c r="AJ81" s="1"/>
-[...2 lines deleted...]
-      <c r="AR81" s="9"/>
+      <c r="AJ81" s="1">
+        <v>45881.208333333336</v>
+      </c>
+      <c r="AK81" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL81" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM81" s="9">
+        <v>442057.02100000001</v>
+      </c>
+      <c r="AO81" s="1">
+        <v>45925.208333333336</v>
+      </c>
+      <c r="AP81" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ81" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR81" s="9">
+        <v>298198.81199999998</v>
+      </c>
       <c r="AT81" s="1"/>
       <c r="AW81" s="9"/>
       <c r="AY81" s="1"/>
       <c r="BB81" s="9"/>
       <c r="BD81" s="1"/>
       <c r="BG81" s="9"/>
     </row>
     <row r="82" spans="1:59">
       <c r="A82" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B82" t="s">
         <v>24</v>
       </c>
       <c r="C82" t="s">
         <v>26</v>
       </c>
       <c r="D82" s="9">
         <v>2080.373</v>
       </c>
       <c r="F82" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G82" t="s">
         <v>24</v>
@@ -8110,54 +9530,74 @@
       </c>
       <c r="Z82" s="1">
         <v>45832.208333333336</v>
       </c>
       <c r="AA82" t="s">
         <v>24</v>
       </c>
       <c r="AB82" t="s">
         <v>26</v>
       </c>
       <c r="AC82" s="9">
         <v>0</v>
       </c>
       <c r="AE82" s="1">
         <v>45867.208333333336</v>
       </c>
       <c r="AF82" t="s">
         <v>24</v>
       </c>
       <c r="AG82" t="s">
         <v>26</v>
       </c>
       <c r="AH82" s="9">
         <v>0</v>
       </c>
-      <c r="AJ82" s="1"/>
-[...2 lines deleted...]
-      <c r="AR82" s="9"/>
+      <c r="AJ82" s="1">
+        <v>45881.208333333336</v>
+      </c>
+      <c r="AK82" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL82" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM82" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO82" s="1">
+        <v>45925.208333333336</v>
+      </c>
+      <c r="AP82" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ82" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR82" s="9">
+        <v>0</v>
+      </c>
       <c r="AT82" s="1"/>
       <c r="AW82" s="9"/>
       <c r="AY82" s="1"/>
       <c r="BB82" s="9"/>
       <c r="BD82" s="1"/>
       <c r="BG82" s="9"/>
     </row>
     <row r="83" spans="1:59">
       <c r="A83" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B83" t="s">
         <v>24</v>
       </c>
       <c r="C83" t="s">
         <v>27</v>
       </c>
       <c r="D83" s="9">
         <v>319.69799999999998</v>
       </c>
       <c r="F83" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G83" t="s">
         <v>24</v>
@@ -8206,54 +9646,74 @@
       </c>
       <c r="Z83" s="1">
         <v>45832.208333333336</v>
       </c>
       <c r="AA83" t="s">
         <v>24</v>
       </c>
       <c r="AB83" t="s">
         <v>27</v>
       </c>
       <c r="AC83" s="9">
         <v>3.242</v>
       </c>
       <c r="AE83" s="1">
         <v>45867.208333333336</v>
       </c>
       <c r="AF83" t="s">
         <v>24</v>
       </c>
       <c r="AG83" t="s">
         <v>27</v>
       </c>
       <c r="AH83" s="9">
         <v>8.19</v>
       </c>
-      <c r="AJ83" s="1"/>
-[...2 lines deleted...]
-      <c r="AR83" s="9"/>
+      <c r="AJ83" s="1">
+        <v>45881.208333333336</v>
+      </c>
+      <c r="AK83" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL83" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM83" s="9">
+        <v>6.9980000000000002</v>
+      </c>
+      <c r="AO83" s="1">
+        <v>45925.208333333336</v>
+      </c>
+      <c r="AP83" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ83" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR83" s="9">
+        <v>107.587</v>
+      </c>
       <c r="AT83" s="1"/>
       <c r="AW83" s="9"/>
       <c r="AY83" s="1"/>
       <c r="BB83" s="9"/>
       <c r="BD83" s="1"/>
       <c r="BG83" s="9"/>
     </row>
     <row r="84" spans="1:59">
       <c r="A84" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B84" t="s">
         <v>24</v>
       </c>
       <c r="C84" t="s">
         <v>28</v>
       </c>
       <c r="D84" s="9">
         <v>9433.2530000000006</v>
       </c>
       <c r="F84" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G84" t="s">
         <v>24</v>
@@ -8302,54 +9762,74 @@
       </c>
       <c r="Z84" s="1">
         <v>45832.208333333336</v>
       </c>
       <c r="AA84" t="s">
         <v>24</v>
       </c>
       <c r="AB84" t="s">
         <v>28</v>
       </c>
       <c r="AC84" s="9">
         <v>1267.2449999999999</v>
       </c>
       <c r="AE84" s="1">
         <v>45867.208333333336</v>
       </c>
       <c r="AF84" t="s">
         <v>24</v>
       </c>
       <c r="AG84" t="s">
         <v>28</v>
       </c>
       <c r="AH84" s="9">
         <v>609.44500000000005</v>
       </c>
-      <c r="AJ84" s="1"/>
-[...2 lines deleted...]
-      <c r="AR84" s="9"/>
+      <c r="AJ84" s="1">
+        <v>45881.208333333336</v>
+      </c>
+      <c r="AK84" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL84" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM84" s="9">
+        <v>667.88</v>
+      </c>
+      <c r="AO84" s="1">
+        <v>45925.208333333336</v>
+      </c>
+      <c r="AP84" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ84" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR84" s="9">
+        <v>615.83100000000002</v>
+      </c>
       <c r="AT84" s="1"/>
       <c r="AW84" s="9"/>
       <c r="AY84" s="1"/>
       <c r="BB84" s="9"/>
       <c r="BD84" s="1"/>
       <c r="BG84" s="9"/>
     </row>
     <row r="85" spans="1:59">
       <c r="A85" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B85" t="s">
         <v>24</v>
       </c>
       <c r="C85" t="s">
         <v>29</v>
       </c>
       <c r="D85" s="9">
         <v>16968.994999999999</v>
       </c>
       <c r="F85" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G85" t="s">
         <v>24</v>
@@ -8398,54 +9878,74 @@
       </c>
       <c r="Z85" s="1">
         <v>45832.208333333336</v>
       </c>
       <c r="AA85" t="s">
         <v>24</v>
       </c>
       <c r="AB85" t="s">
         <v>29</v>
       </c>
       <c r="AC85" s="9">
         <v>18312.172999999999</v>
       </c>
       <c r="AE85" s="1">
         <v>45867.208333333336</v>
       </c>
       <c r="AF85" t="s">
         <v>24</v>
       </c>
       <c r="AG85" t="s">
         <v>29</v>
       </c>
       <c r="AH85" s="9">
         <v>20573.530999999999</v>
       </c>
-      <c r="AJ85" s="1"/>
-[...2 lines deleted...]
-      <c r="AR85" s="9"/>
+      <c r="AJ85" s="1">
+        <v>45881.208333333336</v>
+      </c>
+      <c r="AK85" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL85" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM85" s="9">
+        <v>21301.646000000001</v>
+      </c>
+      <c r="AO85" s="1">
+        <v>45925.208333333336</v>
+      </c>
+      <c r="AP85" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ85" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR85" s="9">
+        <v>18468.652999999998</v>
+      </c>
       <c r="AT85" s="1"/>
       <c r="AW85" s="9"/>
       <c r="AY85" s="1"/>
       <c r="BB85" s="9"/>
       <c r="BD85" s="1"/>
       <c r="BG85" s="9"/>
     </row>
     <row r="86" spans="1:59">
       <c r="A86" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B86" t="s">
         <v>24</v>
       </c>
       <c r="C86" t="s">
         <v>30</v>
       </c>
       <c r="D86" s="9">
         <v>44015.09</v>
       </c>
       <c r="F86" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G86" t="s">
         <v>24</v>
@@ -8494,54 +9994,74 @@
       </c>
       <c r="Z86" s="1">
         <v>45832.208333333336</v>
       </c>
       <c r="AA86" t="s">
         <v>24</v>
       </c>
       <c r="AB86" t="s">
         <v>30</v>
       </c>
       <c r="AC86" s="9">
         <v>54328.036</v>
       </c>
       <c r="AE86" s="1">
         <v>45867.208333333336</v>
       </c>
       <c r="AF86" t="s">
         <v>24</v>
       </c>
       <c r="AG86" t="s">
         <v>30</v>
       </c>
       <c r="AH86" s="9">
         <v>52615.470999999998</v>
       </c>
-      <c r="AJ86" s="1"/>
-[...2 lines deleted...]
-      <c r="AR86" s="9"/>
+      <c r="AJ86" s="1">
+        <v>45881.208333333336</v>
+      </c>
+      <c r="AK86" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL86" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM86" s="9">
+        <v>50858.661</v>
+      </c>
+      <c r="AO86" s="1">
+        <v>45925.208333333336</v>
+      </c>
+      <c r="AP86" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ86" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR86" s="9">
+        <v>46865.296999999999</v>
+      </c>
       <c r="AT86" s="1"/>
       <c r="AW86" s="9"/>
       <c r="AY86" s="1"/>
       <c r="BB86" s="9"/>
       <c r="BD86" s="1"/>
       <c r="BG86" s="9"/>
     </row>
     <row r="87" spans="1:59">
       <c r="A87" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B87" t="s">
         <v>24</v>
       </c>
       <c r="C87" t="s">
         <v>31</v>
       </c>
       <c r="D87" s="9">
         <v>71009.81</v>
       </c>
       <c r="F87" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G87" t="s">
         <v>24</v>
@@ -8590,54 +10110,74 @@
       </c>
       <c r="Z87" s="1">
         <v>45832.208333333336</v>
       </c>
       <c r="AA87" t="s">
         <v>24</v>
       </c>
       <c r="AB87" t="s">
         <v>31</v>
       </c>
       <c r="AC87" s="9">
         <v>78887.603000000003</v>
       </c>
       <c r="AE87" s="1">
         <v>45867.208333333336</v>
       </c>
       <c r="AF87" t="s">
         <v>24</v>
       </c>
       <c r="AG87" t="s">
         <v>31</v>
       </c>
       <c r="AH87" s="9">
         <v>79594.365000000005</v>
       </c>
-      <c r="AJ87" s="1"/>
-[...2 lines deleted...]
-      <c r="AR87" s="9"/>
+      <c r="AJ87" s="1">
+        <v>45881.208333333336</v>
+      </c>
+      <c r="AK87" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL87" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM87" s="9">
+        <v>80345.035999999993</v>
+      </c>
+      <c r="AO87" s="1">
+        <v>45925.208333333336</v>
+      </c>
+      <c r="AP87" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ87" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR87" s="9">
+        <v>73488.024000000005</v>
+      </c>
       <c r="AT87" s="1"/>
       <c r="AW87" s="9"/>
       <c r="AY87" s="1"/>
       <c r="BB87" s="9"/>
       <c r="BD87" s="1"/>
       <c r="BG87" s="9"/>
     </row>
     <row r="88" spans="1:59">
       <c r="A88" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B88" t="s">
         <v>24</v>
       </c>
       <c r="C88" t="s">
         <v>32</v>
       </c>
       <c r="D88" s="9">
         <v>11963.043</v>
       </c>
       <c r="F88" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G88" t="s">
         <v>24</v>
@@ -8686,54 +10226,74 @@
       </c>
       <c r="Z88" s="1">
         <v>45832.208333333336</v>
       </c>
       <c r="AA88" t="s">
         <v>24</v>
       </c>
       <c r="AB88" t="s">
         <v>32</v>
       </c>
       <c r="AC88" s="9">
         <v>12226.642</v>
       </c>
       <c r="AE88" s="1">
         <v>45867.208333333336</v>
       </c>
       <c r="AF88" t="s">
         <v>24</v>
       </c>
       <c r="AG88" t="s">
         <v>32</v>
       </c>
       <c r="AH88" s="9">
         <v>10823.39</v>
       </c>
-      <c r="AJ88" s="1"/>
-[...2 lines deleted...]
-      <c r="AR88" s="9"/>
+      <c r="AJ88" s="1">
+        <v>45881.208333333336</v>
+      </c>
+      <c r="AK88" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL88" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM88" s="9">
+        <v>10220.055</v>
+      </c>
+      <c r="AO88" s="1">
+        <v>45925.208333333336</v>
+      </c>
+      <c r="AP88" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ88" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR88" s="9">
+        <v>11277.19</v>
+      </c>
       <c r="AT88" s="1"/>
       <c r="AW88" s="9"/>
       <c r="AY88" s="1"/>
       <c r="BB88" s="9"/>
       <c r="BD88" s="1"/>
       <c r="BG88" s="9"/>
     </row>
     <row r="89" spans="1:59">
       <c r="A89" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B89" t="s">
         <v>24</v>
       </c>
       <c r="C89" t="s">
         <v>33</v>
       </c>
       <c r="D89" s="9">
         <v>94855.760999999999</v>
       </c>
       <c r="F89" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G89" t="s">
         <v>24</v>
@@ -8782,54 +10342,74 @@
       </c>
       <c r="Z89" s="1">
         <v>45832.208333333336</v>
       </c>
       <c r="AA89" t="s">
         <v>24</v>
       </c>
       <c r="AB89" t="s">
         <v>33</v>
       </c>
       <c r="AC89" s="9">
         <v>75660.898000000001</v>
       </c>
       <c r="AE89" s="1">
         <v>45867.208333333336</v>
       </c>
       <c r="AF89" t="s">
         <v>24</v>
       </c>
       <c r="AG89" t="s">
         <v>33</v>
       </c>
       <c r="AH89" s="9">
         <v>81089.904999999999</v>
       </c>
-      <c r="AJ89" s="1"/>
-[...2 lines deleted...]
-      <c r="AR89" s="9"/>
+      <c r="AJ89" s="1">
+        <v>45881.208333333336</v>
+      </c>
+      <c r="AK89" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL89" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM89" s="9">
+        <v>63842.540999999997</v>
+      </c>
+      <c r="AO89" s="1">
+        <v>45925.208333333336</v>
+      </c>
+      <c r="AP89" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ89" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR89" s="9">
+        <v>81713.865999999995</v>
+      </c>
       <c r="AT89" s="1"/>
       <c r="AW89" s="9"/>
       <c r="AY89" s="1"/>
       <c r="BB89" s="9"/>
       <c r="BD89" s="1"/>
       <c r="BG89" s="9"/>
     </row>
     <row r="90" spans="1:59">
       <c r="A90" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B90" t="s">
         <v>24</v>
       </c>
       <c r="C90" t="s">
         <v>34</v>
       </c>
       <c r="D90" s="9">
         <v>42244.7</v>
       </c>
       <c r="F90" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G90" t="s">
         <v>24</v>
@@ -8878,54 +10458,74 @@
       </c>
       <c r="Z90" s="1">
         <v>45832.208333333336</v>
       </c>
       <c r="AA90" t="s">
         <v>24</v>
       </c>
       <c r="AB90" t="s">
         <v>34</v>
       </c>
       <c r="AC90" s="9">
         <v>43544.1</v>
       </c>
       <c r="AE90" s="1">
         <v>45867.208333333336</v>
       </c>
       <c r="AF90" t="s">
         <v>24</v>
       </c>
       <c r="AG90" t="s">
         <v>34</v>
       </c>
       <c r="AH90" s="9">
         <v>68403.100000000006</v>
       </c>
-      <c r="AJ90" s="1"/>
-[...2 lines deleted...]
-      <c r="AR90" s="9"/>
+      <c r="AJ90" s="1">
+        <v>45881.208333333336</v>
+      </c>
+      <c r="AK90" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL90" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM90" s="9">
+        <v>81105.2</v>
+      </c>
+      <c r="AO90" s="1">
+        <v>45925.208333333336</v>
+      </c>
+      <c r="AP90" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ90" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR90" s="9">
+        <v>127306.6</v>
+      </c>
       <c r="AT90" s="1"/>
       <c r="AW90" s="9"/>
       <c r="AY90" s="1"/>
       <c r="BB90" s="9"/>
       <c r="BD90" s="1"/>
       <c r="BG90" s="9"/>
     </row>
     <row r="91" spans="1:59">
       <c r="A91" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B91" t="s">
         <v>24</v>
       </c>
       <c r="C91" t="s">
         <v>35</v>
       </c>
       <c r="D91" s="9">
         <v>9817.8909999999996</v>
       </c>
       <c r="F91" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G91" t="s">
         <v>24</v>
@@ -8974,54 +10574,74 @@
       </c>
       <c r="Z91" s="1">
         <v>45832.208333333336</v>
       </c>
       <c r="AA91" t="s">
         <v>24</v>
       </c>
       <c r="AB91" t="s">
         <v>35</v>
       </c>
       <c r="AC91" s="9">
         <v>7677.4219999999996</v>
       </c>
       <c r="AE91" s="1">
         <v>45867.208333333336</v>
       </c>
       <c r="AF91" t="s">
         <v>24</v>
       </c>
       <c r="AG91" t="s">
         <v>35</v>
       </c>
       <c r="AH91" s="9">
         <v>7380.0720000000001</v>
       </c>
-      <c r="AJ91" s="1"/>
-[...2 lines deleted...]
-      <c r="AR91" s="9"/>
+      <c r="AJ91" s="1">
+        <v>45881.208333333336</v>
+      </c>
+      <c r="AK91" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL91" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM91" s="9">
+        <v>8075.5410000000002</v>
+      </c>
+      <c r="AO91" s="1">
+        <v>45925.208333333336</v>
+      </c>
+      <c r="AP91" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ91" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR91" s="9">
+        <v>6858.14</v>
+      </c>
       <c r="AT91" s="1"/>
       <c r="AW91" s="9"/>
       <c r="AY91" s="1"/>
       <c r="BB91" s="9"/>
       <c r="BD91" s="1"/>
       <c r="BG91" s="9"/>
     </row>
     <row r="92" spans="1:59">
       <c r="A92" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B92" t="s">
         <v>24</v>
       </c>
       <c r="C92" t="s">
         <v>36</v>
       </c>
       <c r="D92" s="9">
         <v>218521.79199999999</v>
       </c>
       <c r="F92" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G92" t="s">
         <v>24</v>
@@ -9070,54 +10690,74 @@
       </c>
       <c r="Z92" s="1">
         <v>45832.208333333336</v>
       </c>
       <c r="AA92" t="s">
         <v>24</v>
       </c>
       <c r="AB92" t="s">
         <v>36</v>
       </c>
       <c r="AC92" s="9">
         <v>213668.45800000001</v>
       </c>
       <c r="AE92" s="1">
         <v>45867.208333333336</v>
       </c>
       <c r="AF92" t="s">
         <v>24</v>
       </c>
       <c r="AG92" t="s">
         <v>36</v>
       </c>
       <c r="AH92" s="9">
         <v>210495.92499999999</v>
       </c>
-      <c r="AJ92" s="1"/>
-[...2 lines deleted...]
-      <c r="AR92" s="9"/>
+      <c r="AJ92" s="1">
+        <v>45881.208333333336</v>
+      </c>
+      <c r="AK92" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL92" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM92" s="9">
+        <v>216875.258</v>
+      </c>
+      <c r="AO92" s="1">
+        <v>45925.208333333336</v>
+      </c>
+      <c r="AP92" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ92" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR92" s="9">
+        <v>187002.96299999999</v>
+      </c>
       <c r="AT92" s="1"/>
       <c r="AW92" s="9"/>
       <c r="AY92" s="1"/>
       <c r="BB92" s="9"/>
       <c r="BD92" s="1"/>
       <c r="BG92" s="9"/>
     </row>
     <row r="93" spans="1:59">
       <c r="A93" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B93" t="s">
         <v>24</v>
       </c>
       <c r="C93" t="s">
         <v>37</v>
       </c>
       <c r="D93" s="9">
         <v>95119.870999999999</v>
       </c>
       <c r="F93" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G93" t="s">
         <v>24</v>
@@ -9166,54 +10806,74 @@
       </c>
       <c r="Z93" s="1">
         <v>45832.208333333336</v>
       </c>
       <c r="AA93" t="s">
         <v>24</v>
       </c>
       <c r="AB93" t="s">
         <v>37</v>
       </c>
       <c r="AC93" s="9">
         <v>71119.842000000004</v>
       </c>
       <c r="AE93" s="1">
         <v>45867.208333333336</v>
       </c>
       <c r="AF93" t="s">
         <v>24</v>
       </c>
       <c r="AG93" t="s">
         <v>37</v>
       </c>
       <c r="AH93" s="9">
         <v>71424.667000000001</v>
       </c>
-      <c r="AJ93" s="1"/>
-[...2 lines deleted...]
-      <c r="AR93" s="9"/>
+      <c r="AJ93" s="1">
+        <v>45881.208333333336</v>
+      </c>
+      <c r="AK93" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL93" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM93" s="9">
+        <v>75562.255000000005</v>
+      </c>
+      <c r="AO93" s="1">
+        <v>45925.208333333336</v>
+      </c>
+      <c r="AP93" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ93" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR93" s="9">
+        <v>61118.379000000001</v>
+      </c>
       <c r="AT93" s="1"/>
       <c r="AW93" s="9"/>
       <c r="AY93" s="1"/>
       <c r="BB93" s="9"/>
       <c r="BD93" s="1"/>
       <c r="BG93" s="9"/>
     </row>
     <row r="94" spans="1:59">
       <c r="A94" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B94" t="s">
         <v>24</v>
       </c>
       <c r="C94" t="s">
         <v>38</v>
       </c>
       <c r="D94" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F94" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G94" t="s">
         <v>24</v>
@@ -9262,54 +10922,74 @@
       </c>
       <c r="Z94" s="1">
         <v>45832.208333333336</v>
       </c>
       <c r="AA94" t="s">
         <v>24</v>
       </c>
       <c r="AB94" t="s">
         <v>38</v>
       </c>
       <c r="AC94" s="9">
         <v>0</v>
       </c>
       <c r="AE94" s="1">
         <v>45867.208333333336</v>
       </c>
       <c r="AF94" t="s">
         <v>24</v>
       </c>
       <c r="AG94" t="s">
         <v>38</v>
       </c>
       <c r="AH94" s="9">
         <v>0</v>
       </c>
-      <c r="AJ94" s="1"/>
-[...2 lines deleted...]
-      <c r="AR94" s="9"/>
+      <c r="AJ94" s="1">
+        <v>45881.208333333336</v>
+      </c>
+      <c r="AK94" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL94" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM94" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO94" s="1">
+        <v>45925.208333333336</v>
+      </c>
+      <c r="AP94" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ94" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR94" s="9">
+        <v>0</v>
+      </c>
       <c r="AT94" s="1"/>
       <c r="AW94" s="9"/>
       <c r="AY94" s="1"/>
       <c r="BB94" s="9"/>
       <c r="BD94" s="1"/>
       <c r="BG94" s="9"/>
     </row>
     <row r="95" spans="1:59">
       <c r="A95" s="1">
         <v>45665.25</v>
       </c>
       <c r="B95" t="s">
         <v>24</v>
       </c>
       <c r="C95" t="s">
         <v>25</v>
       </c>
       <c r="D95" s="9">
         <v>624677.33799999999</v>
       </c>
       <c r="F95" s="1">
         <v>45694.25</v>
       </c>
       <c r="G95" t="s">
         <v>24</v>
@@ -9358,54 +11038,74 @@
       </c>
       <c r="Z95" s="1">
         <v>45832.25</v>
       </c>
       <c r="AA95" t="s">
         <v>24</v>
       </c>
       <c r="AB95" t="s">
         <v>25</v>
       </c>
       <c r="AC95" s="9">
         <v>487554.158</v>
       </c>
       <c r="AE95" s="1">
         <v>45867.25</v>
       </c>
       <c r="AF95" t="s">
         <v>24</v>
       </c>
       <c r="AG95" t="s">
         <v>25</v>
       </c>
       <c r="AH95" s="9">
         <v>447294.76500000001</v>
       </c>
-      <c r="AJ95" s="1"/>
-[...2 lines deleted...]
-      <c r="AR95" s="9"/>
+      <c r="AJ95" s="1">
+        <v>45881.25</v>
+      </c>
+      <c r="AK95" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL95" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM95" s="9">
+        <v>471847.152</v>
+      </c>
+      <c r="AO95" s="1">
+        <v>45925.25</v>
+      </c>
+      <c r="AP95" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ95" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR95" s="9">
+        <v>349488.33299999998</v>
+      </c>
       <c r="AT95" s="1"/>
       <c r="AW95" s="9"/>
       <c r="AY95" s="1"/>
       <c r="BB95" s="9"/>
       <c r="BD95" s="1"/>
       <c r="BG95" s="9"/>
     </row>
     <row r="96" spans="1:59">
       <c r="A96" s="1">
         <v>45665.25</v>
       </c>
       <c r="B96" t="s">
         <v>24</v>
       </c>
       <c r="C96" t="s">
         <v>26</v>
       </c>
       <c r="D96" s="9">
         <v>2080.373</v>
       </c>
       <c r="F96" s="1">
         <v>45694.25</v>
       </c>
       <c r="G96" t="s">
         <v>24</v>
@@ -9454,54 +11154,74 @@
       </c>
       <c r="Z96" s="1">
         <v>45832.25</v>
       </c>
       <c r="AA96" t="s">
         <v>24</v>
       </c>
       <c r="AB96" t="s">
         <v>26</v>
       </c>
       <c r="AC96" s="9">
         <v>0</v>
       </c>
       <c r="AE96" s="1">
         <v>45867.25</v>
       </c>
       <c r="AF96" t="s">
         <v>24</v>
       </c>
       <c r="AG96" t="s">
         <v>26</v>
       </c>
       <c r="AH96" s="9">
         <v>0</v>
       </c>
-      <c r="AJ96" s="1"/>
-[...2 lines deleted...]
-      <c r="AR96" s="9"/>
+      <c r="AJ96" s="1">
+        <v>45881.25</v>
+      </c>
+      <c r="AK96" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL96" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM96" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO96" s="1">
+        <v>45925.25</v>
+      </c>
+      <c r="AP96" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ96" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR96" s="9">
+        <v>0</v>
+      </c>
       <c r="AT96" s="1"/>
       <c r="AW96" s="9"/>
       <c r="AY96" s="1"/>
       <c r="BB96" s="9"/>
       <c r="BD96" s="1"/>
       <c r="BG96" s="9"/>
     </row>
     <row r="97" spans="1:59">
       <c r="A97" s="1">
         <v>45665.25</v>
       </c>
       <c r="B97" t="s">
         <v>24</v>
       </c>
       <c r="C97" t="s">
         <v>27</v>
       </c>
       <c r="D97" s="9">
         <v>239.94200000000001</v>
       </c>
       <c r="F97" s="1">
         <v>45694.25</v>
       </c>
       <c r="G97" t="s">
         <v>24</v>
@@ -9550,54 +11270,74 @@
       </c>
       <c r="Z97" s="1">
         <v>45832.25</v>
       </c>
       <c r="AA97" t="s">
         <v>24</v>
       </c>
       <c r="AB97" t="s">
         <v>27</v>
       </c>
       <c r="AC97" s="9">
         <v>3.8820000000000001</v>
       </c>
       <c r="AE97" s="1">
         <v>45867.25</v>
       </c>
       <c r="AF97" t="s">
         <v>24</v>
       </c>
       <c r="AG97" t="s">
         <v>27</v>
       </c>
       <c r="AH97" s="9">
         <v>4.2169999999999996</v>
       </c>
-      <c r="AJ97" s="1"/>
-[...2 lines deleted...]
-      <c r="AR97" s="9"/>
+      <c r="AJ97" s="1">
+        <v>45881.25</v>
+      </c>
+      <c r="AK97" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL97" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM97" s="9">
+        <v>1.5409999999999999</v>
+      </c>
+      <c r="AO97" s="1">
+        <v>45925.25</v>
+      </c>
+      <c r="AP97" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ97" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR97" s="9">
+        <v>2.33</v>
+      </c>
       <c r="AT97" s="1"/>
       <c r="AW97" s="9"/>
       <c r="AY97" s="1"/>
       <c r="BB97" s="9"/>
       <c r="BD97" s="1"/>
       <c r="BG97" s="9"/>
     </row>
     <row r="98" spans="1:59">
       <c r="A98" s="1">
         <v>45665.25</v>
       </c>
       <c r="B98" t="s">
         <v>24</v>
       </c>
       <c r="C98" t="s">
         <v>28</v>
       </c>
       <c r="D98" s="9">
         <v>9999.08</v>
       </c>
       <c r="F98" s="1">
         <v>45694.25</v>
       </c>
       <c r="G98" t="s">
         <v>24</v>
@@ -9646,54 +11386,74 @@
       </c>
       <c r="Z98" s="1">
         <v>45832.25</v>
       </c>
       <c r="AA98" t="s">
         <v>24</v>
       </c>
       <c r="AB98" t="s">
         <v>28</v>
       </c>
       <c r="AC98" s="9">
         <v>1420.8530000000001</v>
       </c>
       <c r="AE98" s="1">
         <v>45867.25</v>
       </c>
       <c r="AF98" t="s">
         <v>24</v>
       </c>
       <c r="AG98" t="s">
         <v>28</v>
       </c>
       <c r="AH98" s="9">
         <v>669.85900000000004</v>
       </c>
-      <c r="AJ98" s="1"/>
-[...2 lines deleted...]
-      <c r="AR98" s="9"/>
+      <c r="AJ98" s="1">
+        <v>45881.25</v>
+      </c>
+      <c r="AK98" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL98" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM98" s="9">
+        <v>714.07299999999998</v>
+      </c>
+      <c r="AO98" s="1">
+        <v>45925.25</v>
+      </c>
+      <c r="AP98" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ98" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR98" s="9">
+        <v>659.21</v>
+      </c>
       <c r="AT98" s="1"/>
       <c r="AW98" s="9"/>
       <c r="AY98" s="1"/>
       <c r="BB98" s="9"/>
       <c r="BD98" s="1"/>
       <c r="BG98" s="9"/>
     </row>
     <row r="99" spans="1:59">
       <c r="A99" s="1">
         <v>45665.25</v>
       </c>
       <c r="B99" t="s">
         <v>24</v>
       </c>
       <c r="C99" t="s">
         <v>29</v>
       </c>
       <c r="D99" s="9">
         <v>19404.338</v>
       </c>
       <c r="F99" s="1">
         <v>45694.25</v>
       </c>
       <c r="G99" t="s">
         <v>24</v>
@@ -9742,54 +11502,74 @@
       </c>
       <c r="Z99" s="1">
         <v>45832.25</v>
       </c>
       <c r="AA99" t="s">
         <v>24</v>
       </c>
       <c r="AB99" t="s">
         <v>29</v>
       </c>
       <c r="AC99" s="9">
         <v>21610.345000000001</v>
       </c>
       <c r="AE99" s="1">
         <v>45867.25</v>
       </c>
       <c r="AF99" t="s">
         <v>24</v>
       </c>
       <c r="AG99" t="s">
         <v>29</v>
       </c>
       <c r="AH99" s="9">
         <v>26492.901999999998</v>
       </c>
-      <c r="AJ99" s="1"/>
-[...2 lines deleted...]
-      <c r="AR99" s="9"/>
+      <c r="AJ99" s="1">
+        <v>45881.25</v>
+      </c>
+      <c r="AK99" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL99" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM99" s="9">
+        <v>25539.728999999999</v>
+      </c>
+      <c r="AO99" s="1">
+        <v>45925.25</v>
+      </c>
+      <c r="AP99" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ99" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR99" s="9">
+        <v>23358.280999999999</v>
+      </c>
       <c r="AT99" s="1"/>
       <c r="AW99" s="9"/>
       <c r="AY99" s="1"/>
       <c r="BB99" s="9"/>
       <c r="BD99" s="1"/>
       <c r="BG99" s="9"/>
     </row>
     <row r="100" spans="1:59">
       <c r="A100" s="1">
         <v>45665.25</v>
       </c>
       <c r="B100" t="s">
         <v>24</v>
       </c>
       <c r="C100" t="s">
         <v>30</v>
       </c>
       <c r="D100" s="9">
         <v>51144.455000000002</v>
       </c>
       <c r="F100" s="1">
         <v>45694.25</v>
       </c>
       <c r="G100" t="s">
         <v>24</v>
@@ -9838,54 +11618,74 @@
       </c>
       <c r="Z100" s="1">
         <v>45832.25</v>
       </c>
       <c r="AA100" t="s">
         <v>24</v>
       </c>
       <c r="AB100" t="s">
         <v>30</v>
       </c>
       <c r="AC100" s="9">
         <v>63808.36</v>
       </c>
       <c r="AE100" s="1">
         <v>45867.25</v>
       </c>
       <c r="AF100" t="s">
         <v>24</v>
       </c>
       <c r="AG100" t="s">
         <v>30</v>
       </c>
       <c r="AH100" s="9">
         <v>59941.345999999998</v>
       </c>
-      <c r="AJ100" s="1"/>
-[...2 lines deleted...]
-      <c r="AR100" s="9"/>
+      <c r="AJ100" s="1">
+        <v>45881.25</v>
+      </c>
+      <c r="AK100" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL100" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM100" s="9">
+        <v>58532.603999999999</v>
+      </c>
+      <c r="AO100" s="1">
+        <v>45925.25</v>
+      </c>
+      <c r="AP100" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ100" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR100" s="9">
+        <v>54555.116999999998</v>
+      </c>
       <c r="AT100" s="1"/>
       <c r="AW100" s="9"/>
       <c r="AY100" s="1"/>
       <c r="BB100" s="9"/>
       <c r="BD100" s="1"/>
       <c r="BG100" s="9"/>
     </row>
     <row r="101" spans="1:59">
       <c r="A101" s="1">
         <v>45665.25</v>
       </c>
       <c r="B101" t="s">
         <v>24</v>
       </c>
       <c r="C101" t="s">
         <v>31</v>
       </c>
       <c r="D101" s="9">
         <v>75834.285999999993</v>
       </c>
       <c r="F101" s="1">
         <v>45694.25</v>
       </c>
       <c r="G101" t="s">
         <v>24</v>
@@ -9934,54 +11734,74 @@
       </c>
       <c r="Z101" s="1">
         <v>45832.25</v>
       </c>
       <c r="AA101" t="s">
         <v>24</v>
       </c>
       <c r="AB101" t="s">
         <v>31</v>
       </c>
       <c r="AC101" s="9">
         <v>83923.997000000003</v>
       </c>
       <c r="AE101" s="1">
         <v>45867.25</v>
       </c>
       <c r="AF101" t="s">
         <v>24</v>
       </c>
       <c r="AG101" t="s">
         <v>31</v>
       </c>
       <c r="AH101" s="9">
         <v>85355.313999999998</v>
       </c>
-      <c r="AJ101" s="1"/>
-[...2 lines deleted...]
-      <c r="AR101" s="9"/>
+      <c r="AJ101" s="1">
+        <v>45881.25</v>
+      </c>
+      <c r="AK101" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL101" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM101" s="9">
+        <v>82685.237999999998</v>
+      </c>
+      <c r="AO101" s="1">
+        <v>45925.25</v>
+      </c>
+      <c r="AP101" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ101" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR101" s="9">
+        <v>77495.684999999998</v>
+      </c>
       <c r="AT101" s="1"/>
       <c r="AW101" s="9"/>
       <c r="AY101" s="1"/>
       <c r="BB101" s="9"/>
       <c r="BD101" s="1"/>
       <c r="BG101" s="9"/>
     </row>
     <row r="102" spans="1:59">
       <c r="A102" s="1">
         <v>45665.25</v>
       </c>
       <c r="B102" t="s">
         <v>24</v>
       </c>
       <c r="C102" t="s">
         <v>32</v>
       </c>
       <c r="D102" s="9">
         <v>13585.489</v>
       </c>
       <c r="F102" s="1">
         <v>45694.25</v>
       </c>
       <c r="G102" t="s">
         <v>24</v>
@@ -10030,54 +11850,74 @@
       </c>
       <c r="Z102" s="1">
         <v>45832.25</v>
       </c>
       <c r="AA102" t="s">
         <v>24</v>
       </c>
       <c r="AB102" t="s">
         <v>32</v>
       </c>
       <c r="AC102" s="9">
         <v>14179.319</v>
       </c>
       <c r="AE102" s="1">
         <v>45867.25</v>
       </c>
       <c r="AF102" t="s">
         <v>24</v>
       </c>
       <c r="AG102" t="s">
         <v>32</v>
       </c>
       <c r="AH102" s="9">
         <v>11591.965</v>
       </c>
-      <c r="AJ102" s="1"/>
-[...2 lines deleted...]
-      <c r="AR102" s="9"/>
+      <c r="AJ102" s="1">
+        <v>45881.25</v>
+      </c>
+      <c r="AK102" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL102" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM102" s="9">
+        <v>10780.105</v>
+      </c>
+      <c r="AO102" s="1">
+        <v>45925.25</v>
+      </c>
+      <c r="AP102" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ102" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR102" s="9">
+        <v>12861.38</v>
+      </c>
       <c r="AT102" s="1"/>
       <c r="AW102" s="9"/>
       <c r="AY102" s="1"/>
       <c r="BB102" s="9"/>
       <c r="BD102" s="1"/>
       <c r="BG102" s="9"/>
     </row>
     <row r="103" spans="1:59">
       <c r="A103" s="1">
         <v>45665.25</v>
       </c>
       <c r="B103" t="s">
         <v>24</v>
       </c>
       <c r="C103" t="s">
         <v>33</v>
       </c>
       <c r="D103" s="9">
         <v>96466.17</v>
       </c>
       <c r="F103" s="1">
         <v>45694.25</v>
       </c>
       <c r="G103" t="s">
         <v>24</v>
@@ -10126,54 +11966,74 @@
       </c>
       <c r="Z103" s="1">
         <v>45832.25</v>
       </c>
       <c r="AA103" t="s">
         <v>24</v>
       </c>
       <c r="AB103" t="s">
         <v>33</v>
       </c>
       <c r="AC103" s="9">
         <v>76855.591</v>
       </c>
       <c r="AE103" s="1">
         <v>45867.25</v>
       </c>
       <c r="AF103" t="s">
         <v>24</v>
       </c>
       <c r="AG103" t="s">
         <v>33</v>
       </c>
       <c r="AH103" s="9">
         <v>85144.766000000003</v>
       </c>
-      <c r="AJ103" s="1"/>
-[...2 lines deleted...]
-      <c r="AR103" s="9"/>
+      <c r="AJ103" s="1">
+        <v>45881.25</v>
+      </c>
+      <c r="AK103" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL103" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM103" s="9">
+        <v>67586.948999999993</v>
+      </c>
+      <c r="AO103" s="1">
+        <v>45925.25</v>
+      </c>
+      <c r="AP103" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ103" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR103" s="9">
+        <v>86097.953999999998</v>
+      </c>
       <c r="AT103" s="1"/>
       <c r="AW103" s="9"/>
       <c r="AY103" s="1"/>
       <c r="BB103" s="9"/>
       <c r="BD103" s="1"/>
       <c r="BG103" s="9"/>
     </row>
     <row r="104" spans="1:59">
       <c r="A104" s="1">
         <v>45665.25</v>
       </c>
       <c r="B104" t="s">
         <v>24</v>
       </c>
       <c r="C104" t="s">
         <v>34</v>
       </c>
       <c r="D104" s="9">
         <v>38808.9</v>
       </c>
       <c r="F104" s="1">
         <v>45694.25</v>
       </c>
       <c r="G104" t="s">
         <v>24</v>
@@ -10222,54 +12082,74 @@
       </c>
       <c r="Z104" s="1">
         <v>45832.25</v>
       </c>
       <c r="AA104" t="s">
         <v>24</v>
       </c>
       <c r="AB104" t="s">
         <v>34</v>
       </c>
       <c r="AC104" s="9">
         <v>42691</v>
       </c>
       <c r="AE104" s="1">
         <v>45867.25</v>
       </c>
       <c r="AF104" t="s">
         <v>24</v>
       </c>
       <c r="AG104" t="s">
         <v>34</v>
       </c>
       <c r="AH104" s="9">
         <v>73587</v>
       </c>
-      <c r="AJ104" s="1"/>
-[...2 lines deleted...]
-      <c r="AR104" s="9"/>
+      <c r="AJ104" s="1">
+        <v>45881.25</v>
+      </c>
+      <c r="AK104" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL104" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM104" s="9">
+        <v>85309.8</v>
+      </c>
+      <c r="AO104" s="1">
+        <v>45925.25</v>
+      </c>
+      <c r="AP104" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ104" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR104" s="9">
+        <v>127465.7</v>
+      </c>
       <c r="AT104" s="1"/>
       <c r="AW104" s="9"/>
       <c r="AY104" s="1"/>
       <c r="BB104" s="9"/>
       <c r="BD104" s="1"/>
       <c r="BG104" s="9"/>
     </row>
     <row r="105" spans="1:59">
       <c r="A105" s="1">
         <v>45665.25</v>
       </c>
       <c r="B105" t="s">
         <v>24</v>
       </c>
       <c r="C105" t="s">
         <v>35</v>
       </c>
       <c r="D105" s="9">
         <v>11180.346</v>
       </c>
       <c r="F105" s="1">
         <v>45694.25</v>
       </c>
       <c r="G105" t="s">
         <v>24</v>
@@ -10318,54 +12198,74 @@
       </c>
       <c r="Z105" s="1">
         <v>45832.25</v>
       </c>
       <c r="AA105" t="s">
         <v>24</v>
       </c>
       <c r="AB105" t="s">
         <v>35</v>
       </c>
       <c r="AC105" s="9">
         <v>9233.1059999999998</v>
       </c>
       <c r="AE105" s="1">
         <v>45867.25</v>
       </c>
       <c r="AF105" t="s">
         <v>24</v>
       </c>
       <c r="AG105" t="s">
         <v>35</v>
       </c>
       <c r="AH105" s="9">
         <v>8350.7520000000004</v>
       </c>
-      <c r="AJ105" s="1"/>
-[...2 lines deleted...]
-      <c r="AR105" s="9"/>
+      <c r="AJ105" s="1">
+        <v>45881.25</v>
+      </c>
+      <c r="AK105" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL105" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM105" s="9">
+        <v>9329.9599999999991</v>
+      </c>
+      <c r="AO105" s="1">
+        <v>45925.25</v>
+      </c>
+      <c r="AP105" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ105" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR105" s="9">
+        <v>8418.1389999999992</v>
+      </c>
       <c r="AT105" s="1"/>
       <c r="AW105" s="9"/>
       <c r="AY105" s="1"/>
       <c r="BB105" s="9"/>
       <c r="BD105" s="1"/>
       <c r="BG105" s="9"/>
     </row>
     <row r="106" spans="1:59">
       <c r="A106" s="1">
         <v>45665.25</v>
       </c>
       <c r="B106" t="s">
         <v>24</v>
       </c>
       <c r="C106" t="s">
         <v>36</v>
       </c>
       <c r="D106" s="9">
         <v>249719.1</v>
       </c>
       <c r="F106" s="1">
         <v>45694.25</v>
       </c>
       <c r="G106" t="s">
         <v>24</v>
@@ -10414,54 +12314,74 @@
       </c>
       <c r="Z106" s="1">
         <v>45832.25</v>
       </c>
       <c r="AA106" t="s">
         <v>24</v>
       </c>
       <c r="AB106" t="s">
         <v>36</v>
       </c>
       <c r="AC106" s="9">
         <v>249672.87599999999</v>
       </c>
       <c r="AE106" s="1">
         <v>45867.25</v>
       </c>
       <c r="AF106" t="s">
         <v>24</v>
       </c>
       <c r="AG106" t="s">
         <v>36</v>
       </c>
       <c r="AH106" s="9">
         <v>241840.92300000001</v>
       </c>
-      <c r="AJ106" s="1"/>
-[...2 lines deleted...]
-      <c r="AR106" s="9"/>
+      <c r="AJ106" s="1">
+        <v>45881.25</v>
+      </c>
+      <c r="AK106" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL106" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM106" s="9">
+        <v>246051.935</v>
+      </c>
+      <c r="AO106" s="1">
+        <v>45925.25</v>
+      </c>
+      <c r="AP106" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ106" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR106" s="9">
+        <v>219563.041</v>
+      </c>
       <c r="AT106" s="1"/>
       <c r="AW106" s="9"/>
       <c r="AY106" s="1"/>
       <c r="BB106" s="9"/>
       <c r="BD106" s="1"/>
       <c r="BG106" s="9"/>
     </row>
     <row r="107" spans="1:59">
       <c r="A107" s="1">
         <v>45665.25</v>
       </c>
       <c r="B107" t="s">
         <v>24</v>
       </c>
       <c r="C107" t="s">
         <v>37</v>
       </c>
       <c r="D107" s="9">
         <v>103026.033</v>
       </c>
       <c r="F107" s="1">
         <v>45694.25</v>
       </c>
       <c r="G107" t="s">
         <v>24</v>
@@ -10510,54 +12430,74 @@
       </c>
       <c r="Z107" s="1">
         <v>45832.25</v>
       </c>
       <c r="AA107" t="s">
         <v>24</v>
       </c>
       <c r="AB107" t="s">
         <v>37</v>
       </c>
       <c r="AC107" s="9">
         <v>82128.391000000003</v>
       </c>
       <c r="AE107" s="1">
         <v>45867.25</v>
       </c>
       <c r="AF107" t="s">
         <v>24</v>
       </c>
       <c r="AG107" t="s">
         <v>37</v>
       </c>
       <c r="AH107" s="9">
         <v>78801.120999999999</v>
       </c>
-      <c r="AJ107" s="1"/>
-[...2 lines deleted...]
-      <c r="AR107" s="9"/>
+      <c r="AJ107" s="1">
+        <v>45881.25</v>
+      </c>
+      <c r="AK107" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL107" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM107" s="9">
+        <v>81685.854999999996</v>
+      </c>
+      <c r="AO107" s="1">
+        <v>45925.25</v>
+      </c>
+      <c r="AP107" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ107" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR107" s="9">
+        <v>68740.591</v>
+      </c>
       <c r="AT107" s="1"/>
       <c r="AW107" s="9"/>
       <c r="AY107" s="1"/>
       <c r="BB107" s="9"/>
       <c r="BD107" s="1"/>
       <c r="BG107" s="9"/>
     </row>
     <row r="108" spans="1:59">
       <c r="A108" s="1">
         <v>45665.25</v>
       </c>
       <c r="B108" t="s">
         <v>24</v>
       </c>
       <c r="C108" t="s">
         <v>38</v>
       </c>
       <c r="D108" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F108" s="1">
         <v>45694.25</v>
       </c>
       <c r="G108" t="s">
         <v>24</v>
@@ -10606,54 +12546,74 @@
       </c>
       <c r="Z108" s="1">
         <v>45832.25</v>
       </c>
       <c r="AA108" t="s">
         <v>24</v>
       </c>
       <c r="AB108" t="s">
         <v>38</v>
       </c>
       <c r="AC108" s="9">
         <v>0</v>
       </c>
       <c r="AE108" s="1">
         <v>45867.25</v>
       </c>
       <c r="AF108" t="s">
         <v>24</v>
       </c>
       <c r="AG108" t="s">
         <v>38</v>
       </c>
       <c r="AH108" s="9">
         <v>0</v>
       </c>
-      <c r="AJ108" s="1"/>
-[...2 lines deleted...]
-      <c r="AR108" s="9"/>
+      <c r="AJ108" s="1">
+        <v>45881.25</v>
+      </c>
+      <c r="AK108" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL108" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM108" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO108" s="1">
+        <v>45925.25</v>
+      </c>
+      <c r="AP108" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ108" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR108" s="9">
+        <v>0</v>
+      </c>
       <c r="AT108" s="1"/>
       <c r="AW108" s="9"/>
       <c r="AY108" s="1"/>
       <c r="BB108" s="9"/>
       <c r="BD108" s="1"/>
       <c r="BG108" s="9"/>
     </row>
     <row r="109" spans="1:59">
       <c r="A109" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B109" t="s">
         <v>24</v>
       </c>
       <c r="C109" t="s">
         <v>25</v>
       </c>
       <c r="D109" s="9">
         <v>650679.15399999998</v>
       </c>
       <c r="F109" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G109" t="s">
         <v>24</v>
@@ -10702,54 +12662,74 @@
       </c>
       <c r="Z109" s="1">
         <v>45832.291666666664</v>
       </c>
       <c r="AA109" t="s">
         <v>24</v>
       </c>
       <c r="AB109" t="s">
         <v>25</v>
       </c>
       <c r="AC109" s="9">
         <v>546095.73699999996</v>
       </c>
       <c r="AE109" s="1">
         <v>45867.291666666664</v>
       </c>
       <c r="AF109" t="s">
         <v>24</v>
       </c>
       <c r="AG109" t="s">
         <v>25</v>
       </c>
       <c r="AH109" s="9">
         <v>492676.13400000002</v>
       </c>
-      <c r="AJ109" s="1"/>
-[...2 lines deleted...]
-      <c r="AR109" s="9"/>
+      <c r="AJ109" s="1">
+        <v>45881.291666666664</v>
+      </c>
+      <c r="AK109" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL109" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM109" s="9">
+        <v>509822.79200000002</v>
+      </c>
+      <c r="AO109" s="1">
+        <v>45925.291666666664</v>
+      </c>
+      <c r="AP109" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ109" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR109" s="9">
+        <v>371828.99599999998</v>
+      </c>
       <c r="AT109" s="1"/>
       <c r="AW109" s="9"/>
       <c r="AY109" s="1"/>
       <c r="BB109" s="9"/>
       <c r="BD109" s="1"/>
       <c r="BG109" s="9"/>
     </row>
     <row r="110" spans="1:59">
       <c r="A110" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B110" t="s">
         <v>24</v>
       </c>
       <c r="C110" t="s">
         <v>26</v>
       </c>
       <c r="D110" s="9">
         <v>0</v>
       </c>
       <c r="F110" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G110" t="s">
         <v>24</v>
@@ -10798,54 +12778,74 @@
       </c>
       <c r="Z110" s="1">
         <v>45832.291666666664</v>
       </c>
       <c r="AA110" t="s">
         <v>24</v>
       </c>
       <c r="AB110" t="s">
         <v>26</v>
       </c>
       <c r="AC110" s="9">
         <v>0</v>
       </c>
       <c r="AE110" s="1">
         <v>45867.291666666664</v>
       </c>
       <c r="AF110" t="s">
         <v>24</v>
       </c>
       <c r="AG110" t="s">
         <v>26</v>
       </c>
       <c r="AH110" s="9">
         <v>0</v>
       </c>
-      <c r="AJ110" s="1"/>
-[...2 lines deleted...]
-      <c r="AR110" s="9"/>
+      <c r="AJ110" s="1">
+        <v>45881.291666666664</v>
+      </c>
+      <c r="AK110" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL110" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM110" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO110" s="1">
+        <v>45925.291666666664</v>
+      </c>
+      <c r="AP110" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ110" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR110" s="9">
+        <v>0</v>
+      </c>
       <c r="AT110" s="1"/>
       <c r="AW110" s="9"/>
       <c r="AY110" s="1"/>
       <c r="BB110" s="9"/>
       <c r="BD110" s="1"/>
       <c r="BG110" s="9"/>
     </row>
     <row r="111" spans="1:59">
       <c r="A111" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B111" t="s">
         <v>24</v>
       </c>
       <c r="C111" t="s">
         <v>27</v>
       </c>
       <c r="D111" s="9">
         <v>71.656999999999996</v>
       </c>
       <c r="F111" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G111" t="s">
         <v>24</v>
@@ -10894,54 +12894,74 @@
       </c>
       <c r="Z111" s="1">
         <v>45832.291666666664</v>
       </c>
       <c r="AA111" t="s">
         <v>24</v>
       </c>
       <c r="AB111" t="s">
         <v>27</v>
       </c>
       <c r="AC111" s="9">
         <v>1.8049999999999999</v>
       </c>
       <c r="AE111" s="1">
         <v>45867.291666666664</v>
       </c>
       <c r="AF111" t="s">
         <v>24</v>
       </c>
       <c r="AG111" t="s">
         <v>27</v>
       </c>
       <c r="AH111" s="9">
         <v>2.8319999999999999</v>
       </c>
-      <c r="AJ111" s="1"/>
-[...2 lines deleted...]
-      <c r="AR111" s="9"/>
+      <c r="AJ111" s="1">
+        <v>45881.291666666664</v>
+      </c>
+      <c r="AK111" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL111" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM111" s="9">
+        <v>2.3769999999999998</v>
+      </c>
+      <c r="AO111" s="1">
+        <v>45925.291666666664</v>
+      </c>
+      <c r="AP111" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ111" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR111" s="9">
+        <v>0.61099999999999999</v>
+      </c>
       <c r="AT111" s="1"/>
       <c r="AW111" s="9"/>
       <c r="AY111" s="1"/>
       <c r="BB111" s="9"/>
       <c r="BD111" s="1"/>
       <c r="BG111" s="9"/>
     </row>
     <row r="112" spans="1:59">
       <c r="A112" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B112" t="s">
         <v>24</v>
       </c>
       <c r="C112" t="s">
         <v>28</v>
       </c>
       <c r="D112" s="9">
         <v>10172.195</v>
       </c>
       <c r="F112" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G112" t="s">
         <v>24</v>
@@ -10990,54 +13010,74 @@
       </c>
       <c r="Z112" s="1">
         <v>45832.291666666664</v>
       </c>
       <c r="AA112" t="s">
         <v>24</v>
       </c>
       <c r="AB112" t="s">
         <v>28</v>
       </c>
       <c r="AC112" s="9">
         <v>1493.8710000000001</v>
       </c>
       <c r="AE112" s="1">
         <v>45867.291666666664</v>
       </c>
       <c r="AF112" t="s">
         <v>24</v>
       </c>
       <c r="AG112" t="s">
         <v>28</v>
       </c>
       <c r="AH112" s="9">
         <v>700.29499999999996</v>
       </c>
-      <c r="AJ112" s="1"/>
-[...2 lines deleted...]
-      <c r="AR112" s="9"/>
+      <c r="AJ112" s="1">
+        <v>45881.291666666664</v>
+      </c>
+      <c r="AK112" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL112" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM112" s="9">
+        <v>740.41800000000001</v>
+      </c>
+      <c r="AO112" s="1">
+        <v>45925.291666666664</v>
+      </c>
+      <c r="AP112" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ112" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR112" s="9">
+        <v>673.154</v>
+      </c>
       <c r="AT112" s="1"/>
       <c r="AW112" s="9"/>
       <c r="AY112" s="1"/>
       <c r="BB112" s="9"/>
       <c r="BD112" s="1"/>
       <c r="BG112" s="9"/>
     </row>
     <row r="113" spans="1:59">
       <c r="A113" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B113" t="s">
         <v>24</v>
       </c>
       <c r="C113" t="s">
         <v>29</v>
       </c>
       <c r="D113" s="9">
         <v>21260.258000000002</v>
       </c>
       <c r="F113" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G113" t="s">
         <v>24</v>
@@ -11086,54 +13126,74 @@
       </c>
       <c r="Z113" s="1">
         <v>45832.291666666664</v>
       </c>
       <c r="AA113" t="s">
         <v>24</v>
       </c>
       <c r="AB113" t="s">
         <v>29</v>
       </c>
       <c r="AC113" s="9">
         <v>23878.323</v>
       </c>
       <c r="AE113" s="1">
         <v>45867.291666666664</v>
       </c>
       <c r="AF113" t="s">
         <v>24</v>
       </c>
       <c r="AG113" t="s">
         <v>29</v>
       </c>
       <c r="AH113" s="9">
         <v>30107.592000000001</v>
       </c>
-      <c r="AJ113" s="1"/>
-[...2 lines deleted...]
-      <c r="AR113" s="9"/>
+      <c r="AJ113" s="1">
+        <v>45881.291666666664</v>
+      </c>
+      <c r="AK113" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL113" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM113" s="9">
+        <v>27874.477999999999</v>
+      </c>
+      <c r="AO113" s="1">
+        <v>45925.291666666664</v>
+      </c>
+      <c r="AP113" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ113" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR113" s="9">
+        <v>25881.817999999999</v>
+      </c>
       <c r="AT113" s="1"/>
       <c r="AW113" s="9"/>
       <c r="AY113" s="1"/>
       <c r="BB113" s="9"/>
       <c r="BD113" s="1"/>
       <c r="BG113" s="9"/>
     </row>
     <row r="114" spans="1:59">
       <c r="A114" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B114" t="s">
         <v>24</v>
       </c>
       <c r="C114" t="s">
         <v>30</v>
       </c>
       <c r="D114" s="9">
         <v>54972.239000000001</v>
       </c>
       <c r="F114" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G114" t="s">
         <v>24</v>
@@ -11182,54 +13242,74 @@
       </c>
       <c r="Z114" s="1">
         <v>45832.291666666664</v>
       </c>
       <c r="AA114" t="s">
         <v>24</v>
       </c>
       <c r="AB114" t="s">
         <v>30</v>
       </c>
       <c r="AC114" s="9">
         <v>72367.251999999993</v>
       </c>
       <c r="AE114" s="1">
         <v>45867.291666666664</v>
       </c>
       <c r="AF114" t="s">
         <v>24</v>
       </c>
       <c r="AG114" t="s">
         <v>30</v>
       </c>
       <c r="AH114" s="9">
         <v>65918.236999999994</v>
       </c>
-      <c r="AJ114" s="1"/>
-[...2 lines deleted...]
-      <c r="AR114" s="9"/>
+      <c r="AJ114" s="1">
+        <v>45881.291666666664</v>
+      </c>
+      <c r="AK114" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL114" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM114" s="9">
+        <v>63119.89</v>
+      </c>
+      <c r="AO114" s="1">
+        <v>45925.291666666664</v>
+      </c>
+      <c r="AP114" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ114" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR114" s="9">
+        <v>58102.76</v>
+      </c>
       <c r="AT114" s="1"/>
       <c r="AW114" s="9"/>
       <c r="AY114" s="1"/>
       <c r="BB114" s="9"/>
       <c r="BD114" s="1"/>
       <c r="BG114" s="9"/>
     </row>
     <row r="115" spans="1:59">
       <c r="A115" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B115" t="s">
         <v>24</v>
       </c>
       <c r="C115" t="s">
         <v>31</v>
       </c>
       <c r="D115" s="9">
         <v>78058.638999999996</v>
       </c>
       <c r="F115" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G115" t="s">
         <v>24</v>
@@ -11278,54 +13358,74 @@
       </c>
       <c r="Z115" s="1">
         <v>45832.291666666664</v>
       </c>
       <c r="AA115" t="s">
         <v>24</v>
       </c>
       <c r="AB115" t="s">
         <v>31</v>
       </c>
       <c r="AC115" s="9">
         <v>89913.284</v>
       </c>
       <c r="AE115" s="1">
         <v>45867.291666666664</v>
       </c>
       <c r="AF115" t="s">
         <v>24</v>
       </c>
       <c r="AG115" t="s">
         <v>31</v>
       </c>
       <c r="AH115" s="9">
         <v>88085.34</v>
       </c>
-      <c r="AJ115" s="1"/>
-[...2 lines deleted...]
-      <c r="AR115" s="9"/>
+      <c r="AJ115" s="1">
+        <v>45881.291666666664</v>
+      </c>
+      <c r="AK115" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL115" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM115" s="9">
+        <v>85500.099000000002</v>
+      </c>
+      <c r="AO115" s="1">
+        <v>45925.291666666664</v>
+      </c>
+      <c r="AP115" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ115" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR115" s="9">
+        <v>78451.827000000005</v>
+      </c>
       <c r="AT115" s="1"/>
       <c r="AW115" s="9"/>
       <c r="AY115" s="1"/>
       <c r="BB115" s="9"/>
       <c r="BD115" s="1"/>
       <c r="BG115" s="9"/>
     </row>
     <row r="116" spans="1:59">
       <c r="A116" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B116" t="s">
         <v>24</v>
       </c>
       <c r="C116" t="s">
         <v>32</v>
       </c>
       <c r="D116" s="9">
         <v>14114.886</v>
       </c>
       <c r="F116" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G116" t="s">
         <v>24</v>
@@ -11374,54 +13474,74 @@
       </c>
       <c r="Z116" s="1">
         <v>45832.291666666664</v>
       </c>
       <c r="AA116" t="s">
         <v>24</v>
       </c>
       <c r="AB116" t="s">
         <v>32</v>
       </c>
       <c r="AC116" s="9">
         <v>14883.066999999999</v>
       </c>
       <c r="AE116" s="1">
         <v>45867.291666666664</v>
       </c>
       <c r="AF116" t="s">
         <v>24</v>
       </c>
       <c r="AG116" t="s">
         <v>32</v>
       </c>
       <c r="AH116" s="9">
         <v>12583</v>
       </c>
-      <c r="AJ116" s="1"/>
-[...2 lines deleted...]
-      <c r="AR116" s="9"/>
+      <c r="AJ116" s="1">
+        <v>45881.291666666664</v>
+      </c>
+      <c r="AK116" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL116" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM116" s="9">
+        <v>11231.47</v>
+      </c>
+      <c r="AO116" s="1">
+        <v>45925.291666666664</v>
+      </c>
+      <c r="AP116" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ116" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR116" s="9">
+        <v>13640.945</v>
+      </c>
       <c r="AT116" s="1"/>
       <c r="AW116" s="9"/>
       <c r="AY116" s="1"/>
       <c r="BB116" s="9"/>
       <c r="BD116" s="1"/>
       <c r="BG116" s="9"/>
     </row>
     <row r="117" spans="1:59">
       <c r="A117" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B117" t="s">
         <v>24</v>
       </c>
       <c r="C117" t="s">
         <v>33</v>
       </c>
       <c r="D117" s="9">
         <v>96462.785999999993</v>
       </c>
       <c r="F117" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G117" t="s">
         <v>24</v>
@@ -11470,54 +13590,74 @@
       </c>
       <c r="Z117" s="1">
         <v>45832.291666666664</v>
       </c>
       <c r="AA117" t="s">
         <v>24</v>
       </c>
       <c r="AB117" t="s">
         <v>33</v>
       </c>
       <c r="AC117" s="9">
         <v>79654.221000000005</v>
       </c>
       <c r="AE117" s="1">
         <v>45867.291666666664</v>
       </c>
       <c r="AF117" t="s">
         <v>24</v>
       </c>
       <c r="AG117" t="s">
         <v>33</v>
       </c>
       <c r="AH117" s="9">
         <v>88417.722999999998</v>
       </c>
-      <c r="AJ117" s="1"/>
-[...2 lines deleted...]
-      <c r="AR117" s="9"/>
+      <c r="AJ117" s="1">
+        <v>45881.291666666664</v>
+      </c>
+      <c r="AK117" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL117" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM117" s="9">
+        <v>70285.572</v>
+      </c>
+      <c r="AO117" s="1">
+        <v>45925.291666666664</v>
+      </c>
+      <c r="AP117" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ117" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR117" s="9">
+        <v>85103.165999999997</v>
+      </c>
       <c r="AT117" s="1"/>
       <c r="AW117" s="9"/>
       <c r="AY117" s="1"/>
       <c r="BB117" s="9"/>
       <c r="BD117" s="1"/>
       <c r="BG117" s="9"/>
     </row>
     <row r="118" spans="1:59">
       <c r="A118" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B118" t="s">
         <v>24</v>
       </c>
       <c r="C118" t="s">
         <v>34</v>
       </c>
       <c r="D118" s="9">
         <v>36637.800000000003</v>
       </c>
       <c r="F118" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G118" t="s">
         <v>24</v>
@@ -11566,54 +13706,74 @@
       </c>
       <c r="Z118" s="1">
         <v>45832.291666666664</v>
       </c>
       <c r="AA118" t="s">
         <v>24</v>
       </c>
       <c r="AB118" t="s">
         <v>34</v>
       </c>
       <c r="AC118" s="9">
         <v>51207</v>
       </c>
       <c r="AE118" s="1">
         <v>45867.291666666664</v>
       </c>
       <c r="AF118" t="s">
         <v>24</v>
       </c>
       <c r="AG118" t="s">
         <v>34</v>
       </c>
       <c r="AH118" s="9">
         <v>68627</v>
       </c>
-      <c r="AJ118" s="1"/>
-[...2 lines deleted...]
-      <c r="AR118" s="9"/>
+      <c r="AJ118" s="1">
+        <v>45881.291666666664</v>
+      </c>
+      <c r="AK118" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL118" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM118" s="9">
+        <v>78730</v>
+      </c>
+      <c r="AO118" s="1">
+        <v>45925.291666666664</v>
+      </c>
+      <c r="AP118" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ118" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR118" s="9">
+        <v>121236.4</v>
+      </c>
       <c r="AT118" s="1"/>
       <c r="AW118" s="9"/>
       <c r="AY118" s="1"/>
       <c r="BB118" s="9"/>
       <c r="BD118" s="1"/>
       <c r="BG118" s="9"/>
     </row>
     <row r="119" spans="1:59">
       <c r="A119" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B119" t="s">
         <v>24</v>
       </c>
       <c r="C119" t="s">
         <v>35</v>
       </c>
       <c r="D119" s="9">
         <v>11994.353999999999</v>
       </c>
       <c r="F119" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G119" t="s">
         <v>24</v>
@@ -11662,54 +13822,74 @@
       </c>
       <c r="Z119" s="1">
         <v>45832.291666666664</v>
       </c>
       <c r="AA119" t="s">
         <v>24</v>
       </c>
       <c r="AB119" t="s">
         <v>35</v>
       </c>
       <c r="AC119" s="9">
         <v>10396.280000000001</v>
       </c>
       <c r="AE119" s="1">
         <v>45867.291666666664</v>
       </c>
       <c r="AF119" t="s">
         <v>24</v>
       </c>
       <c r="AG119" t="s">
         <v>35</v>
       </c>
       <c r="AH119" s="9">
         <v>10110.062</v>
       </c>
-      <c r="AJ119" s="1"/>
-[...2 lines deleted...]
-      <c r="AR119" s="9"/>
+      <c r="AJ119" s="1">
+        <v>45881.291666666664</v>
+      </c>
+      <c r="AK119" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL119" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM119" s="9">
+        <v>10762.832</v>
+      </c>
+      <c r="AO119" s="1">
+        <v>45925.291666666664</v>
+      </c>
+      <c r="AP119" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ119" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR119" s="9">
+        <v>9949.3629999999994</v>
+      </c>
       <c r="AT119" s="1"/>
       <c r="AW119" s="9"/>
       <c r="AY119" s="1"/>
       <c r="BB119" s="9"/>
       <c r="BD119" s="1"/>
       <c r="BG119" s="9"/>
     </row>
     <row r="120" spans="1:59">
       <c r="A120" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B120" t="s">
         <v>24</v>
       </c>
       <c r="C120" t="s">
         <v>36</v>
       </c>
       <c r="D120" s="9">
         <v>277119.70199999999</v>
       </c>
       <c r="F120" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G120" t="s">
         <v>24</v>
@@ -11758,54 +13938,74 @@
       </c>
       <c r="Z120" s="1">
         <v>45832.291666666664</v>
       </c>
       <c r="AA120" t="s">
         <v>24</v>
       </c>
       <c r="AB120" t="s">
         <v>36</v>
       </c>
       <c r="AC120" s="9">
         <v>294193.24699999997</v>
       </c>
       <c r="AE120" s="1">
         <v>45867.291666666664</v>
       </c>
       <c r="AF120" t="s">
         <v>24</v>
       </c>
       <c r="AG120" t="s">
         <v>36</v>
       </c>
       <c r="AH120" s="9">
         <v>282276.26199999999</v>
       </c>
-      <c r="AJ120" s="1"/>
-[...2 lines deleted...]
-      <c r="AR120" s="9"/>
+      <c r="AJ120" s="1">
+        <v>45881.291666666664</v>
+      </c>
+      <c r="AK120" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL120" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM120" s="9">
+        <v>283571</v>
+      </c>
+      <c r="AO120" s="1">
+        <v>45925.291666666664</v>
+      </c>
+      <c r="AP120" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ120" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR120" s="9">
+        <v>249760.538</v>
+      </c>
       <c r="AT120" s="1"/>
       <c r="AW120" s="9"/>
       <c r="AY120" s="1"/>
       <c r="BB120" s="9"/>
       <c r="BD120" s="1"/>
       <c r="BG120" s="9"/>
     </row>
     <row r="121" spans="1:59">
       <c r="A121" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B121" t="s">
         <v>24</v>
       </c>
       <c r="C121" t="s">
         <v>37</v>
       </c>
       <c r="D121" s="9">
         <v>112261.46400000001</v>
       </c>
       <c r="F121" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G121" t="s">
         <v>24</v>
@@ -11854,54 +14054,74 @@
       </c>
       <c r="Z121" s="1">
         <v>45832.291666666664</v>
       </c>
       <c r="AA121" t="s">
         <v>24</v>
       </c>
       <c r="AB121" t="s">
         <v>37</v>
       </c>
       <c r="AC121" s="9">
         <v>103304.765</v>
       </c>
       <c r="AE121" s="1">
         <v>45867.291666666664</v>
       </c>
       <c r="AF121" t="s">
         <v>24</v>
       </c>
       <c r="AG121" t="s">
         <v>37</v>
       </c>
       <c r="AH121" s="9">
         <v>97815.784</v>
       </c>
-      <c r="AJ121" s="1"/>
-[...2 lines deleted...]
-      <c r="AR121" s="9"/>
+      <c r="AJ121" s="1">
+        <v>45881.291666666664</v>
+      </c>
+      <c r="AK121" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL121" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM121" s="9">
+        <v>99446.320999999996</v>
+      </c>
+      <c r="AO121" s="1">
+        <v>45925.291666666664</v>
+      </c>
+      <c r="AP121" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ121" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR121" s="9">
+        <v>78637.801999999996</v>
+      </c>
       <c r="AT121" s="1"/>
       <c r="AW121" s="9"/>
       <c r="AY121" s="1"/>
       <c r="BB121" s="9"/>
       <c r="BD121" s="1"/>
       <c r="BG121" s="9"/>
     </row>
     <row r="122" spans="1:59">
       <c r="A122" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B122" t="s">
         <v>24</v>
       </c>
       <c r="C122" t="s">
         <v>38</v>
       </c>
       <c r="D122" s="9">
         <v>0</v>
       </c>
       <c r="F122" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G122" t="s">
         <v>24</v>
@@ -11950,54 +14170,74 @@
       </c>
       <c r="Z122" s="1">
         <v>45832.291666666664</v>
       </c>
       <c r="AA122" t="s">
         <v>24</v>
       </c>
       <c r="AB122" t="s">
         <v>38</v>
       </c>
       <c r="AC122" s="9">
         <v>0</v>
       </c>
       <c r="AE122" s="1">
         <v>45867.291666666664</v>
       </c>
       <c r="AF122" t="s">
         <v>24</v>
       </c>
       <c r="AG122" t="s">
         <v>38</v>
       </c>
       <c r="AH122" s="9">
         <v>0</v>
       </c>
-      <c r="AJ122" s="1"/>
-[...2 lines deleted...]
-      <c r="AR122" s="9"/>
+      <c r="AJ122" s="1">
+        <v>45881.291666666664</v>
+      </c>
+      <c r="AK122" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL122" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM122" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO122" s="1">
+        <v>45925.291666666664</v>
+      </c>
+      <c r="AP122" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ122" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR122" s="9">
+        <v>0</v>
+      </c>
       <c r="AT122" s="1"/>
       <c r="AW122" s="9"/>
       <c r="AY122" s="1"/>
       <c r="BB122" s="9"/>
       <c r="BD122" s="1"/>
       <c r="BG122" s="9"/>
     </row>
     <row r="123" spans="1:59">
       <c r="A123" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B123" t="s">
         <v>24</v>
       </c>
       <c r="C123" t="s">
         <v>25</v>
       </c>
       <c r="D123" s="9">
         <v>632393.92200000002</v>
       </c>
       <c r="F123" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G123" t="s">
         <v>24</v>
@@ -12046,54 +14286,74 @@
       </c>
       <c r="Z123" s="1">
         <v>45832.333333333336</v>
       </c>
       <c r="AA123" t="s">
         <v>24</v>
       </c>
       <c r="AB123" t="s">
         <v>25</v>
       </c>
       <c r="AC123" s="9">
         <v>597677.02599999995</v>
       </c>
       <c r="AE123" s="1">
         <v>45867.333333333336</v>
       </c>
       <c r="AF123" t="s">
         <v>24</v>
       </c>
       <c r="AG123" t="s">
         <v>25</v>
       </c>
       <c r="AH123" s="9">
         <v>532933.598</v>
       </c>
-      <c r="AJ123" s="1"/>
-[...2 lines deleted...]
-      <c r="AR123" s="9"/>
+      <c r="AJ123" s="1">
+        <v>45881.333333333336</v>
+      </c>
+      <c r="AK123" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL123" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM123" s="9">
+        <v>553520.76300000004</v>
+      </c>
+      <c r="AO123" s="1">
+        <v>45925.333333333336</v>
+      </c>
+      <c r="AP123" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ123" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR123" s="9">
+        <v>371767.96299999999</v>
+      </c>
       <c r="AT123" s="1"/>
       <c r="AW123" s="9"/>
       <c r="AY123" s="1"/>
       <c r="BB123" s="9"/>
       <c r="BD123" s="1"/>
       <c r="BG123" s="9"/>
     </row>
     <row r="124" spans="1:59">
       <c r="A124" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B124" t="s">
         <v>24</v>
       </c>
       <c r="C124" t="s">
         <v>26</v>
       </c>
       <c r="D124" s="9">
         <v>0</v>
       </c>
       <c r="F124" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G124" t="s">
         <v>24</v>
@@ -12142,54 +14402,74 @@
       </c>
       <c r="Z124" s="1">
         <v>45832.333333333336</v>
       </c>
       <c r="AA124" t="s">
         <v>24</v>
       </c>
       <c r="AB124" t="s">
         <v>26</v>
       </c>
       <c r="AC124" s="9">
         <v>0</v>
       </c>
       <c r="AE124" s="1">
         <v>45867.333333333336</v>
       </c>
       <c r="AF124" t="s">
         <v>24</v>
       </c>
       <c r="AG124" t="s">
         <v>26</v>
       </c>
       <c r="AH124" s="9">
         <v>0</v>
       </c>
-      <c r="AJ124" s="1"/>
-[...2 lines deleted...]
-      <c r="AR124" s="9"/>
+      <c r="AJ124" s="1">
+        <v>45881.333333333336</v>
+      </c>
+      <c r="AK124" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL124" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM124" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO124" s="1">
+        <v>45925.333333333336</v>
+      </c>
+      <c r="AP124" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ124" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR124" s="9">
+        <v>0</v>
+      </c>
       <c r="AT124" s="1"/>
       <c r="AW124" s="9"/>
       <c r="AY124" s="1"/>
       <c r="BB124" s="9"/>
       <c r="BD124" s="1"/>
       <c r="BG124" s="9"/>
     </row>
     <row r="125" spans="1:59">
       <c r="A125" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B125" t="s">
         <v>24</v>
       </c>
       <c r="C125" t="s">
         <v>27</v>
       </c>
       <c r="D125" s="9">
         <v>54.082999999999998</v>
       </c>
       <c r="F125" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G125" t="s">
         <v>24</v>
@@ -12238,54 +14518,74 @@
       </c>
       <c r="Z125" s="1">
         <v>45832.333333333336</v>
       </c>
       <c r="AA125" t="s">
         <v>24</v>
       </c>
       <c r="AB125" t="s">
         <v>27</v>
       </c>
       <c r="AC125" s="9">
         <v>1.9039999999999999</v>
       </c>
       <c r="AE125" s="1">
         <v>45867.333333333336</v>
       </c>
       <c r="AF125" t="s">
         <v>24</v>
       </c>
       <c r="AG125" t="s">
         <v>27</v>
       </c>
       <c r="AH125" s="9">
         <v>2.5129999999999999</v>
       </c>
-      <c r="AJ125" s="1"/>
-[...2 lines deleted...]
-      <c r="AR125" s="9"/>
+      <c r="AJ125" s="1">
+        <v>45881.333333333336</v>
+      </c>
+      <c r="AK125" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL125" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM125" s="9">
+        <v>1.8240000000000001</v>
+      </c>
+      <c r="AO125" s="1">
+        <v>45925.333333333336</v>
+      </c>
+      <c r="AP125" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ125" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR125" s="9">
+        <v>2.3959999999999999</v>
+      </c>
       <c r="AT125" s="1"/>
       <c r="AW125" s="9"/>
       <c r="AY125" s="1"/>
       <c r="BB125" s="9"/>
       <c r="BD125" s="1"/>
       <c r="BG125" s="9"/>
     </row>
     <row r="126" spans="1:59">
       <c r="A126" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B126" t="s">
         <v>24</v>
       </c>
       <c r="C126" t="s">
         <v>28</v>
       </c>
       <c r="D126" s="9">
         <v>9774.3029999999999</v>
       </c>
       <c r="F126" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G126" t="s">
         <v>24</v>
@@ -12334,54 +14634,74 @@
       </c>
       <c r="Z126" s="1">
         <v>45832.333333333336</v>
       </c>
       <c r="AA126" t="s">
         <v>24</v>
       </c>
       <c r="AB126" t="s">
         <v>28</v>
       </c>
       <c r="AC126" s="9">
         <v>1628.117</v>
       </c>
       <c r="AE126" s="1">
         <v>45867.333333333336</v>
       </c>
       <c r="AF126" t="s">
         <v>24</v>
       </c>
       <c r="AG126" t="s">
         <v>28</v>
       </c>
       <c r="AH126" s="9">
         <v>744.79600000000005</v>
       </c>
-      <c r="AJ126" s="1"/>
-[...2 lines deleted...]
-      <c r="AR126" s="9"/>
+      <c r="AJ126" s="1">
+        <v>45881.333333333336</v>
+      </c>
+      <c r="AK126" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL126" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM126" s="9">
+        <v>782.30200000000002</v>
+      </c>
+      <c r="AO126" s="1">
+        <v>45925.333333333336</v>
+      </c>
+      <c r="AP126" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ126" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR126" s="9">
+        <v>696.82500000000005</v>
+      </c>
       <c r="AT126" s="1"/>
       <c r="AW126" s="9"/>
       <c r="AY126" s="1"/>
       <c r="BB126" s="9"/>
       <c r="BD126" s="1"/>
       <c r="BG126" s="9"/>
     </row>
     <row r="127" spans="1:59">
       <c r="A127" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B127" t="s">
         <v>24</v>
       </c>
       <c r="C127" t="s">
         <v>29</v>
       </c>
       <c r="D127" s="9">
         <v>21791.206999999999</v>
       </c>
       <c r="F127" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G127" t="s">
         <v>24</v>
@@ -12430,54 +14750,74 @@
       </c>
       <c r="Z127" s="1">
         <v>45832.333333333336</v>
       </c>
       <c r="AA127" t="s">
         <v>24</v>
       </c>
       <c r="AB127" t="s">
         <v>29</v>
       </c>
       <c r="AC127" s="9">
         <v>25080.275000000001</v>
       </c>
       <c r="AE127" s="1">
         <v>45867.333333333336</v>
       </c>
       <c r="AF127" t="s">
         <v>24</v>
       </c>
       <c r="AG127" t="s">
         <v>29</v>
       </c>
       <c r="AH127" s="9">
         <v>31558.471000000001</v>
       </c>
-      <c r="AJ127" s="1"/>
-[...2 lines deleted...]
-      <c r="AR127" s="9"/>
+      <c r="AJ127" s="1">
+        <v>45881.333333333336</v>
+      </c>
+      <c r="AK127" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL127" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM127" s="9">
+        <v>29820.006000000001</v>
+      </c>
+      <c r="AO127" s="1">
+        <v>45925.333333333336</v>
+      </c>
+      <c r="AP127" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ127" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR127" s="9">
+        <v>26121.511999999999</v>
+      </c>
       <c r="AT127" s="1"/>
       <c r="AW127" s="9"/>
       <c r="AY127" s="1"/>
       <c r="BB127" s="9"/>
       <c r="BD127" s="1"/>
       <c r="BG127" s="9"/>
     </row>
     <row r="128" spans="1:59">
       <c r="A128" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B128" t="s">
         <v>24</v>
       </c>
       <c r="C128" t="s">
         <v>30</v>
       </c>
       <c r="D128" s="9">
         <v>54909.726999999999</v>
       </c>
       <c r="F128" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G128" t="s">
         <v>24</v>
@@ -12526,54 +14866,74 @@
       </c>
       <c r="Z128" s="1">
         <v>45832.333333333336</v>
       </c>
       <c r="AA128" t="s">
         <v>24</v>
       </c>
       <c r="AB128" t="s">
         <v>30</v>
       </c>
       <c r="AC128" s="9">
         <v>76606.740999999995</v>
       </c>
       <c r="AE128" s="1">
         <v>45867.333333333336</v>
       </c>
       <c r="AF128" t="s">
         <v>24</v>
       </c>
       <c r="AG128" t="s">
         <v>30</v>
       </c>
       <c r="AH128" s="9">
         <v>70429.543000000005</v>
       </c>
-      <c r="AJ128" s="1"/>
-[...2 lines deleted...]
-      <c r="AR128" s="9"/>
+      <c r="AJ128" s="1">
+        <v>45881.333333333336</v>
+      </c>
+      <c r="AK128" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL128" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM128" s="9">
+        <v>67159.040999999997</v>
+      </c>
+      <c r="AO128" s="1">
+        <v>45925.333333333336</v>
+      </c>
+      <c r="AP128" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ128" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR128" s="9">
+        <v>58865.243999999999</v>
+      </c>
       <c r="AT128" s="1"/>
       <c r="AW128" s="9"/>
       <c r="AY128" s="1"/>
       <c r="BB128" s="9"/>
       <c r="BD128" s="1"/>
       <c r="BG128" s="9"/>
     </row>
     <row r="129" spans="1:59">
       <c r="A129" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B129" t="s">
         <v>24</v>
       </c>
       <c r="C129" t="s">
         <v>31</v>
       </c>
       <c r="D129" s="9">
         <v>79912.423999999999</v>
       </c>
       <c r="F129" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G129" t="s">
         <v>24</v>
@@ -12622,54 +14982,74 @@
       </c>
       <c r="Z129" s="1">
         <v>45832.333333333336</v>
       </c>
       <c r="AA129" t="s">
         <v>24</v>
       </c>
       <c r="AB129" t="s">
         <v>31</v>
       </c>
       <c r="AC129" s="9">
         <v>93490.164999999994</v>
       </c>
       <c r="AE129" s="1">
         <v>45867.333333333336</v>
       </c>
       <c r="AF129" t="s">
         <v>24</v>
       </c>
       <c r="AG129" t="s">
         <v>31</v>
       </c>
       <c r="AH129" s="9">
         <v>91829.629000000001</v>
       </c>
-      <c r="AJ129" s="1"/>
-[...2 lines deleted...]
-      <c r="AR129" s="9"/>
+      <c r="AJ129" s="1">
+        <v>45881.333333333336</v>
+      </c>
+      <c r="AK129" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL129" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM129" s="9">
+        <v>89741.697</v>
+      </c>
+      <c r="AO129" s="1">
+        <v>45925.333333333336</v>
+      </c>
+      <c r="AP129" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ129" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR129" s="9">
+        <v>81093.468999999997</v>
+      </c>
       <c r="AT129" s="1"/>
       <c r="AW129" s="9"/>
       <c r="AY129" s="1"/>
       <c r="BB129" s="9"/>
       <c r="BD129" s="1"/>
       <c r="BG129" s="9"/>
     </row>
     <row r="130" spans="1:59">
       <c r="A130" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B130" t="s">
         <v>24</v>
       </c>
       <c r="C130" t="s">
         <v>32</v>
       </c>
       <c r="D130" s="9">
         <v>14393.837</v>
       </c>
       <c r="F130" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G130" t="s">
         <v>24</v>
@@ -12718,54 +15098,74 @@
       </c>
       <c r="Z130" s="1">
         <v>45832.333333333336</v>
       </c>
       <c r="AA130" t="s">
         <v>24</v>
       </c>
       <c r="AB130" t="s">
         <v>32</v>
       </c>
       <c r="AC130" s="9">
         <v>15743.25</v>
       </c>
       <c r="AE130" s="1">
         <v>45867.333333333336</v>
       </c>
       <c r="AF130" t="s">
         <v>24</v>
       </c>
       <c r="AG130" t="s">
         <v>32</v>
       </c>
       <c r="AH130" s="9">
         <v>13041.37</v>
       </c>
-      <c r="AJ130" s="1"/>
-[...2 lines deleted...]
-      <c r="AR130" s="9"/>
+      <c r="AJ130" s="1">
+        <v>45881.333333333336</v>
+      </c>
+      <c r="AK130" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL130" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM130" s="9">
+        <v>11986.805</v>
+      </c>
+      <c r="AO130" s="1">
+        <v>45925.333333333336</v>
+      </c>
+      <c r="AP130" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ130" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR130" s="9">
+        <v>13372.665000000001</v>
+      </c>
       <c r="AT130" s="1"/>
       <c r="AW130" s="9"/>
       <c r="AY130" s="1"/>
       <c r="BB130" s="9"/>
       <c r="BD130" s="1"/>
       <c r="BG130" s="9"/>
     </row>
     <row r="131" spans="1:59">
       <c r="A131" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B131" t="s">
         <v>24</v>
       </c>
       <c r="C131" t="s">
         <v>33</v>
       </c>
       <c r="D131" s="9">
         <v>97742.879000000001</v>
       </c>
       <c r="F131" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G131" t="s">
         <v>24</v>
@@ -12814,54 +15214,74 @@
       </c>
       <c r="Z131" s="1">
         <v>45832.333333333336</v>
       </c>
       <c r="AA131" t="s">
         <v>24</v>
       </c>
       <c r="AB131" t="s">
         <v>33</v>
       </c>
       <c r="AC131" s="9">
         <v>86305.201000000001</v>
       </c>
       <c r="AE131" s="1">
         <v>45867.333333333336</v>
       </c>
       <c r="AF131" t="s">
         <v>24</v>
       </c>
       <c r="AG131" t="s">
         <v>33</v>
       </c>
       <c r="AH131" s="9">
         <v>90098.570999999996</v>
       </c>
-      <c r="AJ131" s="1"/>
-[...2 lines deleted...]
-      <c r="AR131" s="9"/>
+      <c r="AJ131" s="1">
+        <v>45881.333333333336</v>
+      </c>
+      <c r="AK131" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL131" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM131" s="9">
+        <v>71253.823000000004</v>
+      </c>
+      <c r="AO131" s="1">
+        <v>45925.333333333336</v>
+      </c>
+      <c r="AP131" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ131" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR131" s="9">
+        <v>84539.418000000005</v>
+      </c>
       <c r="AT131" s="1"/>
       <c r="AW131" s="9"/>
       <c r="AY131" s="1"/>
       <c r="BB131" s="9"/>
       <c r="BD131" s="1"/>
       <c r="BG131" s="9"/>
     </row>
     <row r="132" spans="1:59">
       <c r="A132" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B132" t="s">
         <v>24</v>
       </c>
       <c r="C132" t="s">
         <v>34</v>
       </c>
       <c r="D132" s="9">
         <v>35309</v>
       </c>
       <c r="F132" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G132" t="s">
         <v>24</v>
@@ -12910,54 +15330,74 @@
       </c>
       <c r="Z132" s="1">
         <v>45832.333333333336</v>
       </c>
       <c r="AA132" t="s">
         <v>24</v>
       </c>
       <c r="AB132" t="s">
         <v>34</v>
       </c>
       <c r="AC132" s="9">
         <v>41515</v>
       </c>
       <c r="AE132" s="1">
         <v>45867.333333333336</v>
       </c>
       <c r="AF132" t="s">
         <v>24</v>
       </c>
       <c r="AG132" t="s">
         <v>34</v>
       </c>
       <c r="AH132" s="9">
         <v>54076</v>
       </c>
-      <c r="AJ132" s="1"/>
-[...2 lines deleted...]
-      <c r="AR132" s="9"/>
+      <c r="AJ132" s="1">
+        <v>45881.333333333336</v>
+      </c>
+      <c r="AK132" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL132" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM132" s="9">
+        <v>86929</v>
+      </c>
+      <c r="AO132" s="1">
+        <v>45925.333333333336</v>
+      </c>
+      <c r="AP132" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ132" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR132" s="9">
+        <v>122832.6</v>
+      </c>
       <c r="AT132" s="1"/>
       <c r="AW132" s="9"/>
       <c r="AY132" s="1"/>
       <c r="BB132" s="9"/>
       <c r="BD132" s="1"/>
       <c r="BG132" s="9"/>
     </row>
     <row r="133" spans="1:59">
       <c r="A133" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B133" t="s">
         <v>24</v>
       </c>
       <c r="C133" t="s">
         <v>35</v>
       </c>
       <c r="D133" s="9">
         <v>12362.262000000001</v>
       </c>
       <c r="F133" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G133" t="s">
         <v>24</v>
@@ -13006,54 +15446,74 @@
       </c>
       <c r="Z133" s="1">
         <v>45832.333333333336</v>
       </c>
       <c r="AA133" t="s">
         <v>24</v>
       </c>
       <c r="AB133" t="s">
         <v>35</v>
       </c>
       <c r="AC133" s="9">
         <v>10891.287</v>
       </c>
       <c r="AE133" s="1">
         <v>45867.333333333336</v>
       </c>
       <c r="AF133" t="s">
         <v>24</v>
       </c>
       <c r="AG133" t="s">
         <v>35</v>
       </c>
       <c r="AH133" s="9">
         <v>11319.656000000001</v>
       </c>
-      <c r="AJ133" s="1"/>
-[...2 lines deleted...]
-      <c r="AR133" s="9"/>
+      <c r="AJ133" s="1">
+        <v>45881.333333333336</v>
+      </c>
+      <c r="AK133" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL133" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM133" s="9">
+        <v>11574.888999999999</v>
+      </c>
+      <c r="AO133" s="1">
+        <v>45925.333333333336</v>
+      </c>
+      <c r="AP133" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ133" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR133" s="9">
+        <v>10337.869000000001</v>
+      </c>
       <c r="AT133" s="1"/>
       <c r="AW133" s="9"/>
       <c r="AY133" s="1"/>
       <c r="BB133" s="9"/>
       <c r="BD133" s="1"/>
       <c r="BG133" s="9"/>
     </row>
     <row r="134" spans="1:59">
       <c r="A134" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B134" t="s">
         <v>24</v>
       </c>
       <c r="C134" t="s">
         <v>36</v>
       </c>
       <c r="D134" s="9">
         <v>294362.09600000002</v>
       </c>
       <c r="F134" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G134" t="s">
         <v>24</v>
@@ -13102,54 +15562,74 @@
       </c>
       <c r="Z134" s="1">
         <v>45832.333333333336</v>
       </c>
       <c r="AA134" t="s">
         <v>24</v>
       </c>
       <c r="AB134" t="s">
         <v>36</v>
       </c>
       <c r="AC134" s="9">
         <v>331892.09100000001</v>
       </c>
       <c r="AE134" s="1">
         <v>45867.333333333336</v>
       </c>
       <c r="AF134" t="s">
         <v>24</v>
       </c>
       <c r="AG134" t="s">
         <v>36</v>
       </c>
       <c r="AH134" s="9">
         <v>318512.848</v>
       </c>
-      <c r="AJ134" s="1"/>
-[...2 lines deleted...]
-      <c r="AR134" s="9"/>
+      <c r="AJ134" s="1">
+        <v>45881.333333333336</v>
+      </c>
+      <c r="AK134" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL134" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM134" s="9">
+        <v>319293.33899999998</v>
+      </c>
+      <c r="AO134" s="1">
+        <v>45925.333333333336</v>
+      </c>
+      <c r="AP134" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ134" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR134" s="9">
+        <v>270644.353</v>
+      </c>
       <c r="AT134" s="1"/>
       <c r="AW134" s="9"/>
       <c r="AY134" s="1"/>
       <c r="BB134" s="9"/>
       <c r="BD134" s="1"/>
       <c r="BG134" s="9"/>
     </row>
     <row r="135" spans="1:59">
       <c r="A135" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B135" t="s">
         <v>24</v>
       </c>
       <c r="C135" t="s">
         <v>37</v>
       </c>
       <c r="D135" s="9">
         <v>122514.819</v>
       </c>
       <c r="F135" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G135" t="s">
         <v>24</v>
@@ -13198,54 +15678,74 @@
       </c>
       <c r="Z135" s="1">
         <v>45832.333333333336</v>
       </c>
       <c r="AA135" t="s">
         <v>24</v>
       </c>
       <c r="AB135" t="s">
         <v>37</v>
       </c>
       <c r="AC135" s="9">
         <v>127019.094</v>
       </c>
       <c r="AE135" s="1">
         <v>45867.333333333336</v>
       </c>
       <c r="AF135" t="s">
         <v>24</v>
       </c>
       <c r="AG135" t="s">
         <v>37</v>
       </c>
       <c r="AH135" s="9">
         <v>119714.155</v>
       </c>
-      <c r="AJ135" s="1"/>
-[...2 lines deleted...]
-      <c r="AR135" s="9"/>
+      <c r="AJ135" s="1">
+        <v>45881.333333333336</v>
+      </c>
+      <c r="AK135" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL135" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM135" s="9">
+        <v>121946.731</v>
+      </c>
+      <c r="AO135" s="1">
+        <v>45925.333333333336</v>
+      </c>
+      <c r="AP135" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ135" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR135" s="9">
+        <v>90419.570999999996</v>
+      </c>
       <c r="AT135" s="1"/>
       <c r="AW135" s="9"/>
       <c r="AY135" s="1"/>
       <c r="BB135" s="9"/>
       <c r="BD135" s="1"/>
       <c r="BG135" s="9"/>
     </row>
     <row r="136" spans="1:59">
       <c r="A136" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B136" t="s">
         <v>24</v>
       </c>
       <c r="C136" t="s">
         <v>38</v>
       </c>
       <c r="D136" s="9">
         <v>0</v>
       </c>
       <c r="F136" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G136" t="s">
         <v>24</v>
@@ -13294,54 +15794,74 @@
       </c>
       <c r="Z136" s="1">
         <v>45832.333333333336</v>
       </c>
       <c r="AA136" t="s">
         <v>24</v>
       </c>
       <c r="AB136" t="s">
         <v>38</v>
       </c>
       <c r="AC136" s="9">
         <v>0</v>
       </c>
       <c r="AE136" s="1">
         <v>45867.333333333336</v>
       </c>
       <c r="AF136" t="s">
         <v>24</v>
       </c>
       <c r="AG136" t="s">
         <v>38</v>
       </c>
       <c r="AH136" s="9">
         <v>0</v>
       </c>
-      <c r="AJ136" s="1"/>
-[...2 lines deleted...]
-      <c r="AR136" s="9"/>
+      <c r="AJ136" s="1">
+        <v>45881.333333333336</v>
+      </c>
+      <c r="AK136" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL136" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM136" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO136" s="1">
+        <v>45925.333333333336</v>
+      </c>
+      <c r="AP136" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ136" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR136" s="9">
+        <v>0</v>
+      </c>
       <c r="AT136" s="1"/>
       <c r="AW136" s="9"/>
       <c r="AY136" s="1"/>
       <c r="BB136" s="9"/>
       <c r="BD136" s="1"/>
       <c r="BG136" s="9"/>
     </row>
     <row r="137" spans="1:59">
       <c r="A137" s="1">
         <v>45665.375</v>
       </c>
       <c r="B137" t="s">
         <v>24</v>
       </c>
       <c r="C137" t="s">
         <v>25</v>
       </c>
       <c r="D137" s="9">
         <v>612497.78099999996</v>
       </c>
       <c r="F137" s="1">
         <v>45694.375</v>
       </c>
       <c r="G137" t="s">
         <v>24</v>
@@ -13390,54 +15910,74 @@
       </c>
       <c r="Z137" s="1">
         <v>45832.375</v>
       </c>
       <c r="AA137" t="s">
         <v>24</v>
       </c>
       <c r="AB137" t="s">
         <v>25</v>
       </c>
       <c r="AC137" s="9">
         <v>645646.52800000005</v>
       </c>
       <c r="AE137" s="1">
         <v>45867.375</v>
       </c>
       <c r="AF137" t="s">
         <v>24</v>
       </c>
       <c r="AG137" t="s">
         <v>25</v>
       </c>
       <c r="AH137" s="9">
         <v>576487.60199999996</v>
       </c>
-      <c r="AJ137" s="1"/>
-[...2 lines deleted...]
-      <c r="AR137" s="9"/>
+      <c r="AJ137" s="1">
+        <v>45881.375</v>
+      </c>
+      <c r="AK137" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL137" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM137" s="9">
+        <v>597704.20900000003</v>
+      </c>
+      <c r="AO137" s="1">
+        <v>45925.375</v>
+      </c>
+      <c r="AP137" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ137" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR137" s="9">
+        <v>376376.96899999998</v>
+      </c>
       <c r="AT137" s="1"/>
       <c r="AW137" s="9"/>
       <c r="AY137" s="1"/>
       <c r="BB137" s="9"/>
       <c r="BD137" s="1"/>
       <c r="BG137" s="9"/>
     </row>
     <row r="138" spans="1:59">
       <c r="A138" s="1">
         <v>45665.375</v>
       </c>
       <c r="B138" t="s">
         <v>24</v>
       </c>
       <c r="C138" t="s">
         <v>26</v>
       </c>
       <c r="D138" s="9">
         <v>0</v>
       </c>
       <c r="F138" s="1">
         <v>45694.375</v>
       </c>
       <c r="G138" t="s">
         <v>24</v>
@@ -13486,54 +16026,74 @@
       </c>
       <c r="Z138" s="1">
         <v>45832.375</v>
       </c>
       <c r="AA138" t="s">
         <v>24</v>
       </c>
       <c r="AB138" t="s">
         <v>26</v>
       </c>
       <c r="AC138" s="9">
         <v>0</v>
       </c>
       <c r="AE138" s="1">
         <v>45867.375</v>
       </c>
       <c r="AF138" t="s">
         <v>24</v>
       </c>
       <c r="AG138" t="s">
         <v>26</v>
       </c>
       <c r="AH138" s="9">
         <v>0</v>
       </c>
-      <c r="AJ138" s="1"/>
-[...2 lines deleted...]
-      <c r="AR138" s="9"/>
+      <c r="AJ138" s="1">
+        <v>45881.375</v>
+      </c>
+      <c r="AK138" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL138" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM138" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO138" s="1">
+        <v>45925.375</v>
+      </c>
+      <c r="AP138" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ138" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR138" s="9">
+        <v>0</v>
+      </c>
       <c r="AT138" s="1"/>
       <c r="AW138" s="9"/>
       <c r="AY138" s="1"/>
       <c r="BB138" s="9"/>
       <c r="BD138" s="1"/>
       <c r="BG138" s="9"/>
     </row>
     <row r="139" spans="1:59">
       <c r="A139" s="1">
         <v>45665.375</v>
       </c>
       <c r="B139" t="s">
         <v>24</v>
       </c>
       <c r="C139" t="s">
         <v>27</v>
       </c>
       <c r="D139" s="9">
         <v>51.435000000000002</v>
       </c>
       <c r="F139" s="1">
         <v>45694.375</v>
       </c>
       <c r="G139" t="s">
         <v>24</v>
@@ -13582,54 +16142,74 @@
       </c>
       <c r="Z139" s="1">
         <v>45832.375</v>
       </c>
       <c r="AA139" t="s">
         <v>24</v>
       </c>
       <c r="AB139" t="s">
         <v>27</v>
       </c>
       <c r="AC139" s="9">
         <v>3.254</v>
       </c>
       <c r="AE139" s="1">
         <v>45867.375</v>
       </c>
       <c r="AF139" t="s">
         <v>24</v>
       </c>
       <c r="AG139" t="s">
         <v>27</v>
       </c>
       <c r="AH139" s="9">
         <v>3.444</v>
       </c>
-      <c r="AJ139" s="1"/>
-[...2 lines deleted...]
-      <c r="AR139" s="9"/>
+      <c r="AJ139" s="1">
+        <v>45881.375</v>
+      </c>
+      <c r="AK139" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL139" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM139" s="9">
+        <v>3.5329999999999999</v>
+      </c>
+      <c r="AO139" s="1">
+        <v>45925.375</v>
+      </c>
+      <c r="AP139" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ139" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR139" s="9">
+        <v>0.629</v>
+      </c>
       <c r="AT139" s="1"/>
       <c r="AW139" s="9"/>
       <c r="AY139" s="1"/>
       <c r="BB139" s="9"/>
       <c r="BD139" s="1"/>
       <c r="BG139" s="9"/>
     </row>
     <row r="140" spans="1:59">
       <c r="A140" s="1">
         <v>45665.375</v>
       </c>
       <c r="B140" t="s">
         <v>24</v>
       </c>
       <c r="C140" t="s">
         <v>28</v>
       </c>
       <c r="D140" s="9">
         <v>9450.8919999999998</v>
       </c>
       <c r="F140" s="1">
         <v>45694.375</v>
       </c>
       <c r="G140" t="s">
         <v>24</v>
@@ -13678,54 +16258,74 @@
       </c>
       <c r="Z140" s="1">
         <v>45832.375</v>
       </c>
       <c r="AA140" t="s">
         <v>24</v>
       </c>
       <c r="AB140" t="s">
         <v>28</v>
       </c>
       <c r="AC140" s="9">
         <v>1767.6110000000001</v>
       </c>
       <c r="AE140" s="1">
         <v>45867.375</v>
       </c>
       <c r="AF140" t="s">
         <v>24</v>
       </c>
       <c r="AG140" t="s">
         <v>28</v>
       </c>
       <c r="AH140" s="9">
         <v>780.73800000000006</v>
       </c>
-      <c r="AJ140" s="1"/>
-[...2 lines deleted...]
-      <c r="AR140" s="9"/>
+      <c r="AJ140" s="1">
+        <v>45881.375</v>
+      </c>
+      <c r="AK140" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL140" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM140" s="9">
+        <v>840.904</v>
+      </c>
+      <c r="AO140" s="1">
+        <v>45925.375</v>
+      </c>
+      <c r="AP140" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ140" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR140" s="9">
+        <v>715.47</v>
+      </c>
       <c r="AT140" s="1"/>
       <c r="AW140" s="9"/>
       <c r="AY140" s="1"/>
       <c r="BB140" s="9"/>
       <c r="BD140" s="1"/>
       <c r="BG140" s="9"/>
     </row>
     <row r="141" spans="1:59">
       <c r="A141" s="1">
         <v>45665.375</v>
       </c>
       <c r="B141" t="s">
         <v>24</v>
       </c>
       <c r="C141" t="s">
         <v>29</v>
       </c>
       <c r="D141" s="9">
         <v>22228.753000000001</v>
       </c>
       <c r="F141" s="1">
         <v>45694.375</v>
       </c>
       <c r="G141" t="s">
         <v>24</v>
@@ -13774,54 +16374,74 @@
       </c>
       <c r="Z141" s="1">
         <v>45832.375</v>
       </c>
       <c r="AA141" t="s">
         <v>24</v>
       </c>
       <c r="AB141" t="s">
         <v>29</v>
       </c>
       <c r="AC141" s="9">
         <v>26183.398000000001</v>
       </c>
       <c r="AE141" s="1">
         <v>45867.375</v>
       </c>
       <c r="AF141" t="s">
         <v>24</v>
       </c>
       <c r="AG141" t="s">
         <v>29</v>
       </c>
       <c r="AH141" s="9">
         <v>32156.168000000001</v>
       </c>
-      <c r="AJ141" s="1"/>
-[...2 lines deleted...]
-      <c r="AR141" s="9"/>
+      <c r="AJ141" s="1">
+        <v>45881.375</v>
+      </c>
+      <c r="AK141" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL141" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM141" s="9">
+        <v>30920.377</v>
+      </c>
+      <c r="AO141" s="1">
+        <v>45925.375</v>
+      </c>
+      <c r="AP141" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ141" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR141" s="9">
+        <v>26725.267</v>
+      </c>
       <c r="AT141" s="1"/>
       <c r="AW141" s="9"/>
       <c r="AY141" s="1"/>
       <c r="BB141" s="9"/>
       <c r="BD141" s="1"/>
       <c r="BG141" s="9"/>
     </row>
     <row r="142" spans="1:59">
       <c r="A142" s="1">
         <v>45665.375</v>
       </c>
       <c r="B142" t="s">
         <v>24</v>
       </c>
       <c r="C142" t="s">
         <v>30</v>
       </c>
       <c r="D142" s="9">
         <v>55170.745000000003</v>
       </c>
       <c r="F142" s="1">
         <v>45694.375</v>
       </c>
       <c r="G142" t="s">
         <v>24</v>
@@ -13870,54 +16490,74 @@
       </c>
       <c r="Z142" s="1">
         <v>45832.375</v>
       </c>
       <c r="AA142" t="s">
         <v>24</v>
       </c>
       <c r="AB142" t="s">
         <v>30</v>
       </c>
       <c r="AC142" s="9">
         <v>79168.841</v>
       </c>
       <c r="AE142" s="1">
         <v>45867.375</v>
       </c>
       <c r="AF142" t="s">
         <v>24</v>
       </c>
       <c r="AG142" t="s">
         <v>30</v>
       </c>
       <c r="AH142" s="9">
         <v>74071.607999999993</v>
       </c>
-      <c r="AJ142" s="1"/>
-[...2 lines deleted...]
-      <c r="AR142" s="9"/>
+      <c r="AJ142" s="1">
+        <v>45881.375</v>
+      </c>
+      <c r="AK142" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL142" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM142" s="9">
+        <v>69813.353000000003</v>
+      </c>
+      <c r="AO142" s="1">
+        <v>45925.375</v>
+      </c>
+      <c r="AP142" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ142" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR142" s="9">
+        <v>61023.578999999998</v>
+      </c>
       <c r="AT142" s="1"/>
       <c r="AW142" s="9"/>
       <c r="AY142" s="1"/>
       <c r="BB142" s="9"/>
       <c r="BD142" s="1"/>
       <c r="BG142" s="9"/>
     </row>
     <row r="143" spans="1:59">
       <c r="A143" s="1">
         <v>45665.375</v>
       </c>
       <c r="B143" t="s">
         <v>24</v>
       </c>
       <c r="C143" t="s">
         <v>31</v>
       </c>
       <c r="D143" s="9">
         <v>78270.703999999998</v>
       </c>
       <c r="F143" s="1">
         <v>45694.375</v>
       </c>
       <c r="G143" t="s">
         <v>24</v>
@@ -13966,54 +16606,74 @@
       </c>
       <c r="Z143" s="1">
         <v>45832.375</v>
       </c>
       <c r="AA143" t="s">
         <v>24</v>
       </c>
       <c r="AB143" t="s">
         <v>31</v>
       </c>
       <c r="AC143" s="9">
         <v>95087.97</v>
       </c>
       <c r="AE143" s="1">
         <v>45867.375</v>
       </c>
       <c r="AF143" t="s">
         <v>24</v>
       </c>
       <c r="AG143" t="s">
         <v>31</v>
       </c>
       <c r="AH143" s="9">
         <v>94240.228000000003</v>
       </c>
-      <c r="AJ143" s="1"/>
-[...2 lines deleted...]
-      <c r="AR143" s="9"/>
+      <c r="AJ143" s="1">
+        <v>45881.375</v>
+      </c>
+      <c r="AK143" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL143" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM143" s="9">
+        <v>92170.445999999996</v>
+      </c>
+      <c r="AO143" s="1">
+        <v>45925.375</v>
+      </c>
+      <c r="AP143" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ143" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR143" s="9">
+        <v>80409.391000000003</v>
+      </c>
       <c r="AT143" s="1"/>
       <c r="AW143" s="9"/>
       <c r="AY143" s="1"/>
       <c r="BB143" s="9"/>
       <c r="BD143" s="1"/>
       <c r="BG143" s="9"/>
     </row>
     <row r="144" spans="1:59">
       <c r="A144" s="1">
         <v>45665.375</v>
       </c>
       <c r="B144" t="s">
         <v>24</v>
       </c>
       <c r="C144" t="s">
         <v>32</v>
       </c>
       <c r="D144" s="9">
         <v>14346.896000000001</v>
       </c>
       <c r="F144" s="1">
         <v>45694.375</v>
       </c>
       <c r="G144" t="s">
         <v>24</v>
@@ -14062,54 +16722,74 @@
       </c>
       <c r="Z144" s="1">
         <v>45832.375</v>
       </c>
       <c r="AA144" t="s">
         <v>24</v>
       </c>
       <c r="AB144" t="s">
         <v>32</v>
       </c>
       <c r="AC144" s="9">
         <v>15611.03</v>
       </c>
       <c r="AE144" s="1">
         <v>45867.375</v>
       </c>
       <c r="AF144" t="s">
         <v>24</v>
       </c>
       <c r="AG144" t="s">
         <v>32</v>
       </c>
       <c r="AH144" s="9">
         <v>13192.254999999999</v>
       </c>
-      <c r="AJ144" s="1"/>
-[...2 lines deleted...]
-      <c r="AR144" s="9"/>
+      <c r="AJ144" s="1">
+        <v>45881.375</v>
+      </c>
+      <c r="AK144" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL144" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM144" s="9">
+        <v>12178.52</v>
+      </c>
+      <c r="AO144" s="1">
+        <v>45925.375</v>
+      </c>
+      <c r="AP144" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ144" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR144" s="9">
+        <v>13840.205</v>
+      </c>
       <c r="AT144" s="1"/>
       <c r="AW144" s="9"/>
       <c r="AY144" s="1"/>
       <c r="BB144" s="9"/>
       <c r="BD144" s="1"/>
       <c r="BG144" s="9"/>
     </row>
     <row r="145" spans="1:59">
       <c r="A145" s="1">
         <v>45665.375</v>
       </c>
       <c r="B145" t="s">
         <v>24</v>
       </c>
       <c r="C145" t="s">
         <v>33</v>
       </c>
       <c r="D145" s="9">
         <v>98697.426000000007</v>
       </c>
       <c r="F145" s="1">
         <v>45694.375</v>
       </c>
       <c r="G145" t="s">
         <v>24</v>
@@ -14158,54 +16838,74 @@
       </c>
       <c r="Z145" s="1">
         <v>45832.375</v>
       </c>
       <c r="AA145" t="s">
         <v>24</v>
       </c>
       <c r="AB145" t="s">
         <v>33</v>
       </c>
       <c r="AC145" s="9">
         <v>89526.032999999996</v>
       </c>
       <c r="AE145" s="1">
         <v>45867.375</v>
       </c>
       <c r="AF145" t="s">
         <v>24</v>
       </c>
       <c r="AG145" t="s">
         <v>33</v>
       </c>
       <c r="AH145" s="9">
         <v>91585.168999999994</v>
       </c>
-      <c r="AJ145" s="1"/>
-[...2 lines deleted...]
-      <c r="AR145" s="9"/>
+      <c r="AJ145" s="1">
+        <v>45881.375</v>
+      </c>
+      <c r="AK145" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL145" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM145" s="9">
+        <v>74845.614000000001</v>
+      </c>
+      <c r="AO145" s="1">
+        <v>45925.375</v>
+      </c>
+      <c r="AP145" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ145" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR145" s="9">
+        <v>87138.600999999995</v>
+      </c>
       <c r="AT145" s="1"/>
       <c r="AW145" s="9"/>
       <c r="AY145" s="1"/>
       <c r="BB145" s="9"/>
       <c r="BD145" s="1"/>
       <c r="BG145" s="9"/>
     </row>
     <row r="146" spans="1:59">
       <c r="A146" s="1">
         <v>45665.375</v>
       </c>
       <c r="B146" t="s">
         <v>24</v>
       </c>
       <c r="C146" t="s">
         <v>34</v>
       </c>
       <c r="D146" s="9">
         <v>41921</v>
       </c>
       <c r="F146" s="1">
         <v>45694.375</v>
       </c>
       <c r="G146" t="s">
         <v>24</v>
@@ -14254,54 +16954,74 @@
       </c>
       <c r="Z146" s="1">
         <v>45832.375</v>
       </c>
       <c r="AA146" t="s">
         <v>24</v>
       </c>
       <c r="AB146" t="s">
         <v>34</v>
       </c>
       <c r="AC146" s="9">
         <v>44191</v>
       </c>
       <c r="AE146" s="1">
         <v>45867.375</v>
       </c>
       <c r="AF146" t="s">
         <v>24</v>
       </c>
       <c r="AG146" t="s">
         <v>34</v>
       </c>
       <c r="AH146" s="9">
         <v>52627</v>
       </c>
-      <c r="AJ146" s="1"/>
-[...2 lines deleted...]
-      <c r="AR146" s="9"/>
+      <c r="AJ146" s="1">
+        <v>45881.375</v>
+      </c>
+      <c r="AK146" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL146" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM146" s="9">
+        <v>91200</v>
+      </c>
+      <c r="AO146" s="1">
+        <v>45925.375</v>
+      </c>
+      <c r="AP146" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ146" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR146" s="9">
+        <v>115082</v>
+      </c>
       <c r="AT146" s="1"/>
       <c r="AW146" s="9"/>
       <c r="AY146" s="1"/>
       <c r="BB146" s="9"/>
       <c r="BD146" s="1"/>
       <c r="BG146" s="9"/>
     </row>
     <row r="147" spans="1:59">
       <c r="A147" s="1">
         <v>45665.375</v>
       </c>
       <c r="B147" t="s">
         <v>24</v>
       </c>
       <c r="C147" t="s">
         <v>35</v>
       </c>
       <c r="D147" s="9">
         <v>12376.368</v>
       </c>
       <c r="F147" s="1">
         <v>45694.375</v>
       </c>
       <c r="G147" t="s">
         <v>24</v>
@@ -14350,54 +17070,74 @@
       </c>
       <c r="Z147" s="1">
         <v>45832.375</v>
       </c>
       <c r="AA147" t="s">
         <v>24</v>
       </c>
       <c r="AB147" t="s">
         <v>35</v>
       </c>
       <c r="AC147" s="9">
         <v>11634.132</v>
       </c>
       <c r="AE147" s="1">
         <v>45867.375</v>
       </c>
       <c r="AF147" t="s">
         <v>24</v>
       </c>
       <c r="AG147" t="s">
         <v>35</v>
       </c>
       <c r="AH147" s="9">
         <v>11525.634</v>
       </c>
-      <c r="AJ147" s="1"/>
-[...2 lines deleted...]
-      <c r="AR147" s="9"/>
+      <c r="AJ147" s="1">
+        <v>45881.375</v>
+      </c>
+      <c r="AK147" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL147" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM147" s="9">
+        <v>12502.696</v>
+      </c>
+      <c r="AO147" s="1">
+        <v>45925.375</v>
+      </c>
+      <c r="AP147" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ147" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR147" s="9">
+        <v>10898.019</v>
+      </c>
       <c r="AT147" s="1"/>
       <c r="AW147" s="9"/>
       <c r="AY147" s="1"/>
       <c r="BB147" s="9"/>
       <c r="BD147" s="1"/>
       <c r="BG147" s="9"/>
     </row>
     <row r="148" spans="1:59">
       <c r="A148" s="1">
         <v>45665.375</v>
       </c>
       <c r="B148" t="s">
         <v>24</v>
       </c>
       <c r="C148" t="s">
         <v>36</v>
       </c>
       <c r="D148" s="9">
         <v>299876.26199999999</v>
       </c>
       <c r="F148" s="1">
         <v>45694.375</v>
       </c>
       <c r="G148" t="s">
         <v>24</v>
@@ -14446,54 +17186,74 @@
       </c>
       <c r="Z148" s="1">
         <v>45832.375</v>
       </c>
       <c r="AA148" t="s">
         <v>24</v>
       </c>
       <c r="AB148" t="s">
         <v>36</v>
       </c>
       <c r="AC148" s="9">
         <v>359060.73</v>
       </c>
       <c r="AE148" s="1">
         <v>45867.375</v>
       </c>
       <c r="AF148" t="s">
         <v>24</v>
       </c>
       <c r="AG148" t="s">
         <v>36</v>
       </c>
       <c r="AH148" s="9">
         <v>346132.16700000002</v>
       </c>
-      <c r="AJ148" s="1"/>
-[...2 lines deleted...]
-      <c r="AR148" s="9"/>
+      <c r="AJ148" s="1">
+        <v>45881.375</v>
+      </c>
+      <c r="AK148" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL148" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM148" s="9">
+        <v>346140.359</v>
+      </c>
+      <c r="AO148" s="1">
+        <v>45925.375</v>
+      </c>
+      <c r="AP148" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ148" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR148" s="9">
+        <v>282289.766</v>
+      </c>
       <c r="AT148" s="1"/>
       <c r="AW148" s="9"/>
       <c r="AY148" s="1"/>
       <c r="BB148" s="9"/>
       <c r="BD148" s="1"/>
       <c r="BG148" s="9"/>
     </row>
     <row r="149" spans="1:59">
       <c r="A149" s="1">
         <v>45665.375</v>
       </c>
       <c r="B149" t="s">
         <v>24</v>
       </c>
       <c r="C149" t="s">
         <v>37</v>
       </c>
       <c r="D149" s="9">
         <v>129362.327</v>
       </c>
       <c r="F149" s="1">
         <v>45694.375</v>
       </c>
       <c r="G149" t="s">
         <v>24</v>
@@ -14542,54 +17302,74 @@
       </c>
       <c r="Z149" s="1">
         <v>45832.375</v>
       </c>
       <c r="AA149" t="s">
         <v>24</v>
       </c>
       <c r="AB149" t="s">
         <v>37</v>
       </c>
       <c r="AC149" s="9">
         <v>145975.38200000001</v>
       </c>
       <c r="AE149" s="1">
         <v>45867.375</v>
       </c>
       <c r="AF149" t="s">
         <v>24</v>
       </c>
       <c r="AG149" t="s">
         <v>37</v>
       </c>
       <c r="AH149" s="9">
         <v>138872.864</v>
       </c>
-      <c r="AJ149" s="1"/>
-[...2 lines deleted...]
-      <c r="AR149" s="9"/>
+      <c r="AJ149" s="1">
+        <v>45881.375</v>
+      </c>
+      <c r="AK149" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL149" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM149" s="9">
+        <v>139961.826</v>
+      </c>
+      <c r="AO149" s="1">
+        <v>45925.375</v>
+      </c>
+      <c r="AP149" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ149" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR149" s="9">
+        <v>98524.951000000001</v>
+      </c>
       <c r="AT149" s="1"/>
       <c r="AW149" s="9"/>
       <c r="AY149" s="1"/>
       <c r="BB149" s="9"/>
       <c r="BD149" s="1"/>
       <c r="BG149" s="9"/>
     </row>
     <row r="150" spans="1:59">
       <c r="A150" s="1">
         <v>45665.375</v>
       </c>
       <c r="B150" t="s">
         <v>24</v>
       </c>
       <c r="C150" t="s">
         <v>38</v>
       </c>
       <c r="D150" s="9">
         <v>0</v>
       </c>
       <c r="F150" s="1">
         <v>45694.375</v>
       </c>
       <c r="G150" t="s">
         <v>24</v>
@@ -14638,54 +17418,74 @@
       </c>
       <c r="Z150" s="1">
         <v>45832.375</v>
       </c>
       <c r="AA150" t="s">
         <v>24</v>
       </c>
       <c r="AB150" t="s">
         <v>38</v>
       </c>
       <c r="AC150" s="9">
         <v>0</v>
       </c>
       <c r="AE150" s="1">
         <v>45867.375</v>
       </c>
       <c r="AF150" t="s">
         <v>24</v>
       </c>
       <c r="AG150" t="s">
         <v>38</v>
       </c>
       <c r="AH150" s="9">
         <v>0</v>
       </c>
-      <c r="AJ150" s="1"/>
-[...2 lines deleted...]
-      <c r="AR150" s="9"/>
+      <c r="AJ150" s="1">
+        <v>45881.375</v>
+      </c>
+      <c r="AK150" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL150" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM150" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO150" s="1">
+        <v>45925.375</v>
+      </c>
+      <c r="AP150" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ150" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR150" s="9">
+        <v>0</v>
+      </c>
       <c r="AT150" s="1"/>
       <c r="AW150" s="9"/>
       <c r="AY150" s="1"/>
       <c r="BB150" s="9"/>
       <c r="BD150" s="1"/>
       <c r="BG150" s="9"/>
     </row>
     <row r="151" spans="1:59">
       <c r="A151" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B151" t="s">
         <v>24</v>
       </c>
       <c r="C151" t="s">
         <v>25</v>
       </c>
       <c r="D151" s="9">
         <v>598209.59100000001</v>
       </c>
       <c r="F151" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G151" t="s">
         <v>24</v>
@@ -14734,54 +17534,74 @@
       </c>
       <c r="Z151" s="1">
         <v>45832.416666666664</v>
       </c>
       <c r="AA151" t="s">
         <v>24</v>
       </c>
       <c r="AB151" t="s">
         <v>25</v>
       </c>
       <c r="AC151" s="9">
         <v>686348.64199999999</v>
       </c>
       <c r="AE151" s="1">
         <v>45867.416666666664</v>
       </c>
       <c r="AF151" t="s">
         <v>24</v>
       </c>
       <c r="AG151" t="s">
         <v>25</v>
       </c>
       <c r="AH151" s="9">
         <v>622020.35</v>
       </c>
-      <c r="AJ151" s="1"/>
-[...2 lines deleted...]
-      <c r="AR151" s="9"/>
+      <c r="AJ151" s="1">
+        <v>45881.416666666664</v>
+      </c>
+      <c r="AK151" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL151" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM151" s="9">
+        <v>643893.57499999995</v>
+      </c>
+      <c r="AO151" s="1">
+        <v>45925.416666666664</v>
+      </c>
+      <c r="AP151" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ151" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR151" s="9">
+        <v>379827.00799999997</v>
+      </c>
       <c r="AT151" s="1"/>
       <c r="AW151" s="9"/>
       <c r="AY151" s="1"/>
       <c r="BB151" s="9"/>
       <c r="BD151" s="1"/>
       <c r="BG151" s="9"/>
     </row>
     <row r="152" spans="1:59">
       <c r="A152" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B152" t="s">
         <v>24</v>
       </c>
       <c r="C152" t="s">
         <v>26</v>
       </c>
       <c r="D152" s="9">
         <v>0</v>
       </c>
       <c r="F152" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G152" t="s">
         <v>24</v>
@@ -14830,54 +17650,74 @@
       </c>
       <c r="Z152" s="1">
         <v>45832.416666666664</v>
       </c>
       <c r="AA152" t="s">
         <v>24</v>
       </c>
       <c r="AB152" t="s">
         <v>26</v>
       </c>
       <c r="AC152" s="9">
         <v>0</v>
       </c>
       <c r="AE152" s="1">
         <v>45867.416666666664</v>
       </c>
       <c r="AF152" t="s">
         <v>24</v>
       </c>
       <c r="AG152" t="s">
         <v>26</v>
       </c>
       <c r="AH152" s="9">
         <v>0</v>
       </c>
-      <c r="AJ152" s="1"/>
-[...2 lines deleted...]
-      <c r="AR152" s="9"/>
+      <c r="AJ152" s="1">
+        <v>45881.416666666664</v>
+      </c>
+      <c r="AK152" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL152" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM152" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO152" s="1">
+        <v>45925.416666666664</v>
+      </c>
+      <c r="AP152" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ152" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR152" s="9">
+        <v>0</v>
+      </c>
       <c r="AT152" s="1"/>
       <c r="AW152" s="9"/>
       <c r="AY152" s="1"/>
       <c r="BB152" s="9"/>
       <c r="BD152" s="1"/>
       <c r="BG152" s="9"/>
     </row>
     <row r="153" spans="1:59">
       <c r="A153" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B153" t="s">
         <v>24</v>
       </c>
       <c r="C153" t="s">
         <v>27</v>
       </c>
       <c r="D153" s="9">
         <v>43.402000000000001</v>
       </c>
       <c r="F153" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G153" t="s">
         <v>24</v>
@@ -14926,54 +17766,74 @@
       </c>
       <c r="Z153" s="1">
         <v>45832.416666666664</v>
       </c>
       <c r="AA153" t="s">
         <v>24</v>
       </c>
       <c r="AB153" t="s">
         <v>27</v>
       </c>
       <c r="AC153" s="9">
         <v>2.508</v>
       </c>
       <c r="AE153" s="1">
         <v>45867.416666666664</v>
       </c>
       <c r="AF153" t="s">
         <v>24</v>
       </c>
       <c r="AG153" t="s">
         <v>27</v>
       </c>
       <c r="AH153" s="9">
         <v>3.3290000000000002</v>
       </c>
-      <c r="AJ153" s="1"/>
-[...2 lines deleted...]
-      <c r="AR153" s="9"/>
+      <c r="AJ153" s="1">
+        <v>45881.416666666664</v>
+      </c>
+      <c r="AK153" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL153" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM153" s="9">
+        <v>2.5750000000000002</v>
+      </c>
+      <c r="AO153" s="1">
+        <v>45925.416666666664</v>
+      </c>
+      <c r="AP153" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ153" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR153" s="9">
+        <v>0.50600000000000001</v>
+      </c>
       <c r="AT153" s="1"/>
       <c r="AW153" s="9"/>
       <c r="AY153" s="1"/>
       <c r="BB153" s="9"/>
       <c r="BD153" s="1"/>
       <c r="BG153" s="9"/>
     </row>
     <row r="154" spans="1:59">
       <c r="A154" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B154" t="s">
         <v>24</v>
       </c>
       <c r="C154" t="s">
         <v>28</v>
       </c>
       <c r="D154" s="9">
         <v>9107.875</v>
       </c>
       <c r="F154" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G154" t="s">
         <v>24</v>
@@ -15022,54 +17882,74 @@
       </c>
       <c r="Z154" s="1">
         <v>45832.416666666664</v>
       </c>
       <c r="AA154" t="s">
         <v>24</v>
       </c>
       <c r="AB154" t="s">
         <v>28</v>
       </c>
       <c r="AC154" s="9">
         <v>1818.691</v>
       </c>
       <c r="AE154" s="1">
         <v>45867.416666666664</v>
       </c>
       <c r="AF154" t="s">
         <v>24</v>
       </c>
       <c r="AG154" t="s">
         <v>28</v>
       </c>
       <c r="AH154" s="9">
         <v>824.10199999999998</v>
       </c>
-      <c r="AJ154" s="1"/>
-[...2 lines deleted...]
-      <c r="AR154" s="9"/>
+      <c r="AJ154" s="1">
+        <v>45881.416666666664</v>
+      </c>
+      <c r="AK154" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL154" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM154" s="9">
+        <v>880.11199999999997</v>
+      </c>
+      <c r="AO154" s="1">
+        <v>45925.416666666664</v>
+      </c>
+      <c r="AP154" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ154" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR154" s="9">
+        <v>716.87400000000002</v>
+      </c>
       <c r="AT154" s="1"/>
       <c r="AW154" s="9"/>
       <c r="AY154" s="1"/>
       <c r="BB154" s="9"/>
       <c r="BD154" s="1"/>
       <c r="BG154" s="9"/>
     </row>
     <row r="155" spans="1:59">
       <c r="A155" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B155" t="s">
         <v>24</v>
       </c>
       <c r="C155" t="s">
         <v>29</v>
       </c>
       <c r="D155" s="9">
         <v>22265.255000000001</v>
       </c>
       <c r="F155" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G155" t="s">
         <v>24</v>
@@ -15118,54 +17998,74 @@
       </c>
       <c r="Z155" s="1">
         <v>45832.416666666664</v>
       </c>
       <c r="AA155" t="s">
         <v>24</v>
       </c>
       <c r="AB155" t="s">
         <v>29</v>
       </c>
       <c r="AC155" s="9">
         <v>26683.182000000001</v>
       </c>
       <c r="AE155" s="1">
         <v>45867.416666666664</v>
       </c>
       <c r="AF155" t="s">
         <v>24</v>
       </c>
       <c r="AG155" t="s">
         <v>29</v>
       </c>
       <c r="AH155" s="9">
         <v>33281.343000000001</v>
       </c>
-      <c r="AJ155" s="1"/>
-[...2 lines deleted...]
-      <c r="AR155" s="9"/>
+      <c r="AJ155" s="1">
+        <v>45881.416666666664</v>
+      </c>
+      <c r="AK155" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL155" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM155" s="9">
+        <v>31830.737000000001</v>
+      </c>
+      <c r="AO155" s="1">
+        <v>45925.416666666664</v>
+      </c>
+      <c r="AP155" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ155" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR155" s="9">
+        <v>27467.559000000001</v>
+      </c>
       <c r="AT155" s="1"/>
       <c r="AW155" s="9"/>
       <c r="AY155" s="1"/>
       <c r="BB155" s="9"/>
       <c r="BD155" s="1"/>
       <c r="BG155" s="9"/>
     </row>
     <row r="156" spans="1:59">
       <c r="A156" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B156" t="s">
         <v>24</v>
       </c>
       <c r="C156" t="s">
         <v>30</v>
       </c>
       <c r="D156" s="9">
         <v>56706.82</v>
       </c>
       <c r="F156" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G156" t="s">
         <v>24</v>
@@ -15214,54 +18114,74 @@
       </c>
       <c r="Z156" s="1">
         <v>45832.416666666664</v>
       </c>
       <c r="AA156" t="s">
         <v>24</v>
       </c>
       <c r="AB156" t="s">
         <v>30</v>
       </c>
       <c r="AC156" s="9">
         <v>81966.153999999995</v>
       </c>
       <c r="AE156" s="1">
         <v>45867.416666666664</v>
       </c>
       <c r="AF156" t="s">
         <v>24</v>
       </c>
       <c r="AG156" t="s">
         <v>30</v>
       </c>
       <c r="AH156" s="9">
         <v>77279.72</v>
       </c>
-      <c r="AJ156" s="1"/>
-[...2 lines deleted...]
-      <c r="AR156" s="9"/>
+      <c r="AJ156" s="1">
+        <v>45881.416666666664</v>
+      </c>
+      <c r="AK156" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL156" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM156" s="9">
+        <v>73717.275999999998</v>
+      </c>
+      <c r="AO156" s="1">
+        <v>45925.416666666664</v>
+      </c>
+      <c r="AP156" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ156" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR156" s="9">
+        <v>62953.396000000001</v>
+      </c>
       <c r="AT156" s="1"/>
       <c r="AW156" s="9"/>
       <c r="AY156" s="1"/>
       <c r="BB156" s="9"/>
       <c r="BD156" s="1"/>
       <c r="BG156" s="9"/>
     </row>
     <row r="157" spans="1:59">
       <c r="A157" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B157" t="s">
         <v>24</v>
       </c>
       <c r="C157" t="s">
         <v>31</v>
       </c>
       <c r="D157" s="9">
         <v>78663.111000000004</v>
       </c>
       <c r="F157" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G157" t="s">
         <v>24</v>
@@ -15310,54 +18230,74 @@
       </c>
       <c r="Z157" s="1">
         <v>45832.416666666664</v>
       </c>
       <c r="AA157" t="s">
         <v>24</v>
       </c>
       <c r="AB157" t="s">
         <v>31</v>
       </c>
       <c r="AC157" s="9">
         <v>95502.008000000002</v>
       </c>
       <c r="AE157" s="1">
         <v>45867.416666666664</v>
       </c>
       <c r="AF157" t="s">
         <v>24</v>
       </c>
       <c r="AG157" t="s">
         <v>31</v>
       </c>
       <c r="AH157" s="9">
         <v>93714.323999999993</v>
       </c>
-      <c r="AJ157" s="1"/>
-[...2 lines deleted...]
-      <c r="AR157" s="9"/>
+      <c r="AJ157" s="1">
+        <v>45881.416666666664</v>
+      </c>
+      <c r="AK157" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL157" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM157" s="9">
+        <v>93293.856</v>
+      </c>
+      <c r="AO157" s="1">
+        <v>45925.416666666664</v>
+      </c>
+      <c r="AP157" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ157" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR157" s="9">
+        <v>80988.731</v>
+      </c>
       <c r="AT157" s="1"/>
       <c r="AW157" s="9"/>
       <c r="AY157" s="1"/>
       <c r="BB157" s="9"/>
       <c r="BD157" s="1"/>
       <c r="BG157" s="9"/>
     </row>
     <row r="158" spans="1:59">
       <c r="A158" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B158" t="s">
         <v>24</v>
       </c>
       <c r="C158" t="s">
         <v>32</v>
       </c>
       <c r="D158" s="9">
         <v>14056.517</v>
       </c>
       <c r="F158" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G158" t="s">
         <v>24</v>
@@ -15406,54 +18346,74 @@
       </c>
       <c r="Z158" s="1">
         <v>45832.416666666664</v>
       </c>
       <c r="AA158" t="s">
         <v>24</v>
       </c>
       <c r="AB158" t="s">
         <v>32</v>
       </c>
       <c r="AC158" s="9">
         <v>15517.755999999999</v>
       </c>
       <c r="AE158" s="1">
         <v>45867.416666666664</v>
       </c>
       <c r="AF158" t="s">
         <v>24</v>
       </c>
       <c r="AG158" t="s">
         <v>32</v>
       </c>
       <c r="AH158" s="9">
         <v>13292.174999999999</v>
       </c>
-      <c r="AJ158" s="1"/>
-[...2 lines deleted...]
-      <c r="AR158" s="9"/>
+      <c r="AJ158" s="1">
+        <v>45881.416666666664</v>
+      </c>
+      <c r="AK158" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL158" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM158" s="9">
+        <v>12521.78</v>
+      </c>
+      <c r="AO158" s="1">
+        <v>45925.416666666664</v>
+      </c>
+      <c r="AP158" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ158" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR158" s="9">
+        <v>12974.27</v>
+      </c>
       <c r="AT158" s="1"/>
       <c r="AW158" s="9"/>
       <c r="AY158" s="1"/>
       <c r="BB158" s="9"/>
       <c r="BD158" s="1"/>
       <c r="BG158" s="9"/>
     </row>
     <row r="159" spans="1:59">
       <c r="A159" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B159" t="s">
         <v>24</v>
       </c>
       <c r="C159" t="s">
         <v>33</v>
       </c>
       <c r="D159" s="9">
         <v>97629.18</v>
       </c>
       <c r="F159" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G159" t="s">
         <v>24</v>
@@ -15502,54 +18462,74 @@
       </c>
       <c r="Z159" s="1">
         <v>45832.416666666664</v>
       </c>
       <c r="AA159" t="s">
         <v>24</v>
       </c>
       <c r="AB159" t="s">
         <v>33</v>
       </c>
       <c r="AC159" s="9">
         <v>87381.557000000001</v>
       </c>
       <c r="AE159" s="1">
         <v>45867.416666666664</v>
       </c>
       <c r="AF159" t="s">
         <v>24</v>
       </c>
       <c r="AG159" t="s">
         <v>33</v>
       </c>
       <c r="AH159" s="9">
         <v>96364.103000000003</v>
       </c>
-      <c r="AJ159" s="1"/>
-[...2 lines deleted...]
-      <c r="AR159" s="9"/>
+      <c r="AJ159" s="1">
+        <v>45881.416666666664</v>
+      </c>
+      <c r="AK159" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL159" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM159" s="9">
+        <v>77356.460000000006</v>
+      </c>
+      <c r="AO159" s="1">
+        <v>45925.416666666664</v>
+      </c>
+      <c r="AP159" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ159" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR159" s="9">
+        <v>91498.024999999994</v>
+      </c>
       <c r="AT159" s="1"/>
       <c r="AW159" s="9"/>
       <c r="AY159" s="1"/>
       <c r="BB159" s="9"/>
       <c r="BD159" s="1"/>
       <c r="BG159" s="9"/>
     </row>
     <row r="160" spans="1:59">
       <c r="A160" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B160" t="s">
         <v>24</v>
       </c>
       <c r="C160" t="s">
         <v>34</v>
       </c>
       <c r="D160" s="9">
         <v>49224</v>
       </c>
       <c r="F160" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G160" t="s">
         <v>24</v>
@@ -15598,54 +18578,74 @@
       </c>
       <c r="Z160" s="1">
         <v>45832.416666666664</v>
       </c>
       <c r="AA160" t="s">
         <v>24</v>
       </c>
       <c r="AB160" t="s">
         <v>34</v>
       </c>
       <c r="AC160" s="9">
         <v>44614</v>
       </c>
       <c r="AE160" s="1">
         <v>45867.416666666664</v>
       </c>
       <c r="AF160" t="s">
         <v>24</v>
       </c>
       <c r="AG160" t="s">
         <v>34</v>
       </c>
       <c r="AH160" s="9">
         <v>58394</v>
       </c>
-      <c r="AJ160" s="1"/>
-[...2 lines deleted...]
-      <c r="AR160" s="9"/>
+      <c r="AJ160" s="1">
+        <v>45881.416666666664</v>
+      </c>
+      <c r="AK160" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL160" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM160" s="9">
+        <v>94100</v>
+      </c>
+      <c r="AO160" s="1">
+        <v>45925.416666666664</v>
+      </c>
+      <c r="AP160" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ160" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR160" s="9">
+        <v>115539</v>
+      </c>
       <c r="AT160" s="1"/>
       <c r="AW160" s="9"/>
       <c r="AY160" s="1"/>
       <c r="BB160" s="9"/>
       <c r="BD160" s="1"/>
       <c r="BG160" s="9"/>
     </row>
     <row r="161" spans="1:59">
       <c r="A161" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B161" t="s">
         <v>24</v>
       </c>
       <c r="C161" t="s">
         <v>35</v>
       </c>
       <c r="D161" s="9">
         <v>12137.18</v>
       </c>
       <c r="F161" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G161" t="s">
         <v>24</v>
@@ -15694,54 +18694,74 @@
       </c>
       <c r="Z161" s="1">
         <v>45832.416666666664</v>
       </c>
       <c r="AA161" t="s">
         <v>24</v>
       </c>
       <c r="AB161" t="s">
         <v>35</v>
       </c>
       <c r="AC161" s="9">
         <v>11712.839</v>
       </c>
       <c r="AE161" s="1">
         <v>45867.416666666664</v>
       </c>
       <c r="AF161" t="s">
         <v>24</v>
       </c>
       <c r="AG161" t="s">
         <v>35</v>
       </c>
       <c r="AH161" s="9">
         <v>12153.210999999999</v>
       </c>
-      <c r="AJ161" s="1"/>
-[...2 lines deleted...]
-      <c r="AR161" s="9"/>
+      <c r="AJ161" s="1">
+        <v>45881.416666666664</v>
+      </c>
+      <c r="AK161" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL161" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM161" s="9">
+        <v>13183.179</v>
+      </c>
+      <c r="AO161" s="1">
+        <v>45925.416666666664</v>
+      </c>
+      <c r="AP161" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ161" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR161" s="9">
+        <v>10958.611000000001</v>
+      </c>
       <c r="AT161" s="1"/>
       <c r="AW161" s="9"/>
       <c r="AY161" s="1"/>
       <c r="BB161" s="9"/>
       <c r="BD161" s="1"/>
       <c r="BG161" s="9"/>
     </row>
     <row r="162" spans="1:59">
       <c r="A162" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B162" t="s">
         <v>24</v>
       </c>
       <c r="C162" t="s">
         <v>36</v>
       </c>
       <c r="D162" s="9">
         <v>303808.43099999998</v>
       </c>
       <c r="F162" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G162" t="s">
         <v>24</v>
@@ -15790,54 +18810,74 @@
       </c>
       <c r="Z162" s="1">
         <v>45832.416666666664</v>
       </c>
       <c r="AA162" t="s">
         <v>24</v>
       </c>
       <c r="AB162" t="s">
         <v>36</v>
       </c>
       <c r="AC162" s="9">
         <v>376487.12400000001</v>
       </c>
       <c r="AE162" s="1">
         <v>45867.416666666664</v>
       </c>
       <c r="AF162" t="s">
         <v>24</v>
       </c>
       <c r="AG162" t="s">
         <v>36</v>
       </c>
       <c r="AH162" s="9">
         <v>368450.52399999998</v>
       </c>
-      <c r="AJ162" s="1"/>
-[...2 lines deleted...]
-      <c r="AR162" s="9"/>
+      <c r="AJ162" s="1">
+        <v>45881.416666666664</v>
+      </c>
+      <c r="AK162" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL162" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM162" s="9">
+        <v>368181.859</v>
+      </c>
+      <c r="AO162" s="1">
+        <v>45925.416666666664</v>
+      </c>
+      <c r="AP162" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ162" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR162" s="9">
+        <v>289555.98200000002</v>
+      </c>
       <c r="AT162" s="1"/>
       <c r="AW162" s="9"/>
       <c r="AY162" s="1"/>
       <c r="BB162" s="9"/>
       <c r="BD162" s="1"/>
       <c r="BG162" s="9"/>
     </row>
     <row r="163" spans="1:59">
       <c r="A163" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B163" t="s">
         <v>24</v>
       </c>
       <c r="C163" t="s">
         <v>37</v>
       </c>
       <c r="D163" s="9">
         <v>132011.81099999999</v>
       </c>
       <c r="F163" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G163" t="s">
         <v>24</v>
@@ -15886,54 +18926,74 @@
       </c>
       <c r="Z163" s="1">
         <v>45832.416666666664</v>
       </c>
       <c r="AA163" t="s">
         <v>24</v>
       </c>
       <c r="AB163" t="s">
         <v>37</v>
       </c>
       <c r="AC163" s="9">
         <v>158202.22</v>
       </c>
       <c r="AE163" s="1">
         <v>45867.416666666664</v>
       </c>
       <c r="AF163" t="s">
         <v>24</v>
       </c>
       <c r="AG163" t="s">
         <v>37</v>
       </c>
       <c r="AH163" s="9">
         <v>153068.149</v>
       </c>
-      <c r="AJ163" s="1"/>
-[...2 lines deleted...]
-      <c r="AR163" s="9"/>
+      <c r="AJ163" s="1">
+        <v>45881.416666666664</v>
+      </c>
+      <c r="AK163" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL163" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM163" s="9">
+        <v>154801.72</v>
+      </c>
+      <c r="AO163" s="1">
+        <v>45925.416666666664</v>
+      </c>
+      <c r="AP163" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ163" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR163" s="9">
+        <v>103519.63499999999</v>
+      </c>
       <c r="AT163" s="1"/>
       <c r="AW163" s="9"/>
       <c r="AY163" s="1"/>
       <c r="BB163" s="9"/>
       <c r="BD163" s="1"/>
       <c r="BG163" s="9"/>
     </row>
     <row r="164" spans="1:59">
       <c r="A164" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B164" t="s">
         <v>24</v>
       </c>
       <c r="C164" t="s">
         <v>38</v>
       </c>
       <c r="D164" s="9">
         <v>0</v>
       </c>
       <c r="F164" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G164" t="s">
         <v>24</v>
@@ -15982,54 +19042,74 @@
       </c>
       <c r="Z164" s="1">
         <v>45832.416666666664</v>
       </c>
       <c r="AA164" t="s">
         <v>24</v>
       </c>
       <c r="AB164" t="s">
         <v>38</v>
       </c>
       <c r="AC164" s="9">
         <v>0</v>
       </c>
       <c r="AE164" s="1">
         <v>45867.416666666664</v>
       </c>
       <c r="AF164" t="s">
         <v>24</v>
       </c>
       <c r="AG164" t="s">
         <v>38</v>
       </c>
       <c r="AH164" s="9">
         <v>0</v>
       </c>
-      <c r="AJ164" s="1"/>
-[...2 lines deleted...]
-      <c r="AR164" s="9"/>
+      <c r="AJ164" s="1">
+        <v>45881.416666666664</v>
+      </c>
+      <c r="AK164" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL164" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM164" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO164" s="1">
+        <v>45925.416666666664</v>
+      </c>
+      <c r="AP164" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ164" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR164" s="9">
+        <v>0</v>
+      </c>
       <c r="AT164" s="1"/>
       <c r="AW164" s="9"/>
       <c r="AY164" s="1"/>
       <c r="BB164" s="9"/>
       <c r="BD164" s="1"/>
       <c r="BG164" s="9"/>
     </row>
     <row r="165" spans="1:59">
       <c r="A165" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B165" t="s">
         <v>24</v>
       </c>
       <c r="C165" t="s">
         <v>25</v>
       </c>
       <c r="D165" s="9">
         <v>592341.74199999997</v>
       </c>
       <c r="F165" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G165" t="s">
         <v>24</v>
@@ -16078,54 +19158,74 @@
       </c>
       <c r="Z165" s="1">
         <v>45832.458333333336</v>
       </c>
       <c r="AA165" t="s">
         <v>24</v>
       </c>
       <c r="AB165" t="s">
         <v>25</v>
       </c>
       <c r="AC165" s="9">
         <v>723065.09499999997</v>
       </c>
       <c r="AE165" s="1">
         <v>45867.458333333336</v>
       </c>
       <c r="AF165" t="s">
         <v>24</v>
       </c>
       <c r="AG165" t="s">
         <v>25</v>
       </c>
       <c r="AH165" s="9">
         <v>662790.85499999998</v>
       </c>
-      <c r="AJ165" s="1"/>
-[...2 lines deleted...]
-      <c r="AR165" s="9"/>
+      <c r="AJ165" s="1">
+        <v>45881.458333333336</v>
+      </c>
+      <c r="AK165" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL165" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM165" s="9">
+        <v>687384.76500000001</v>
+      </c>
+      <c r="AO165" s="1">
+        <v>45925.458333333336</v>
+      </c>
+      <c r="AP165" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ165" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR165" s="9">
+        <v>385703.658</v>
+      </c>
       <c r="AT165" s="1"/>
       <c r="AW165" s="9"/>
       <c r="AY165" s="1"/>
       <c r="BB165" s="9"/>
       <c r="BD165" s="1"/>
       <c r="BG165" s="9"/>
     </row>
     <row r="166" spans="1:59">
       <c r="A166" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B166" t="s">
         <v>24</v>
       </c>
       <c r="C166" t="s">
         <v>26</v>
       </c>
       <c r="D166" s="9">
         <v>0</v>
       </c>
       <c r="F166" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G166" t="s">
         <v>24</v>
@@ -16174,54 +19274,74 @@
       </c>
       <c r="Z166" s="1">
         <v>45832.458333333336</v>
       </c>
       <c r="AA166" t="s">
         <v>24</v>
       </c>
       <c r="AB166" t="s">
         <v>26</v>
       </c>
       <c r="AC166" s="9">
         <v>0</v>
       </c>
       <c r="AE166" s="1">
         <v>45867.458333333336</v>
       </c>
       <c r="AF166" t="s">
         <v>24</v>
       </c>
       <c r="AG166" t="s">
         <v>26</v>
       </c>
       <c r="AH166" s="9">
         <v>0</v>
       </c>
-      <c r="AJ166" s="1"/>
-[...2 lines deleted...]
-      <c r="AR166" s="9"/>
+      <c r="AJ166" s="1">
+        <v>45881.458333333336</v>
+      </c>
+      <c r="AK166" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL166" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM166" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO166" s="1">
+        <v>45925.458333333336</v>
+      </c>
+      <c r="AP166" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ166" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR166" s="9">
+        <v>0</v>
+      </c>
       <c r="AT166" s="1"/>
       <c r="AW166" s="9"/>
       <c r="AY166" s="1"/>
       <c r="BB166" s="9"/>
       <c r="BD166" s="1"/>
       <c r="BG166" s="9"/>
     </row>
     <row r="167" spans="1:59">
       <c r="A167" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B167" t="s">
         <v>24</v>
       </c>
       <c r="C167" t="s">
         <v>27</v>
       </c>
       <c r="D167" s="9">
         <v>39.223999999999997</v>
       </c>
       <c r="F167" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G167" t="s">
         <v>24</v>
@@ -16270,54 +19390,74 @@
       </c>
       <c r="Z167" s="1">
         <v>45832.458333333336</v>
       </c>
       <c r="AA167" t="s">
         <v>24</v>
       </c>
       <c r="AB167" t="s">
         <v>27</v>
       </c>
       <c r="AC167" s="9">
         <v>3.2770000000000001</v>
       </c>
       <c r="AE167" s="1">
         <v>45867.458333333336</v>
       </c>
       <c r="AF167" t="s">
         <v>24</v>
       </c>
       <c r="AG167" t="s">
         <v>27</v>
       </c>
       <c r="AH167" s="9">
         <v>3.8210000000000002</v>
       </c>
-      <c r="AJ167" s="1"/>
-[...2 lines deleted...]
-      <c r="AR167" s="9"/>
+      <c r="AJ167" s="1">
+        <v>45881.458333333336</v>
+      </c>
+      <c r="AK167" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL167" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM167" s="9">
+        <v>2.956</v>
+      </c>
+      <c r="AO167" s="1">
+        <v>45925.458333333336</v>
+      </c>
+      <c r="AP167" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ167" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR167" s="9">
+        <v>2.637</v>
+      </c>
       <c r="AT167" s="1"/>
       <c r="AW167" s="9"/>
       <c r="AY167" s="1"/>
       <c r="BB167" s="9"/>
       <c r="BD167" s="1"/>
       <c r="BG167" s="9"/>
     </row>
     <row r="168" spans="1:59">
       <c r="A168" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B168" t="s">
         <v>24</v>
       </c>
       <c r="C168" t="s">
         <v>28</v>
       </c>
       <c r="D168" s="9">
         <v>8980.5329999999994</v>
       </c>
       <c r="F168" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G168" t="s">
         <v>24</v>
@@ -16366,54 +19506,74 @@
       </c>
       <c r="Z168" s="1">
         <v>45832.458333333336</v>
       </c>
       <c r="AA168" t="s">
         <v>24</v>
       </c>
       <c r="AB168" t="s">
         <v>28</v>
       </c>
       <c r="AC168" s="9">
         <v>1899.88</v>
       </c>
       <c r="AE168" s="1">
         <v>45867.458333333336</v>
       </c>
       <c r="AF168" t="s">
         <v>24</v>
       </c>
       <c r="AG168" t="s">
         <v>28</v>
       </c>
       <c r="AH168" s="9">
         <v>858.13599999999997</v>
       </c>
-      <c r="AJ168" s="1"/>
-[...2 lines deleted...]
-      <c r="AR168" s="9"/>
+      <c r="AJ168" s="1">
+        <v>45881.458333333336</v>
+      </c>
+      <c r="AK168" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL168" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM168" s="9">
+        <v>922.90499999999997</v>
+      </c>
+      <c r="AO168" s="1">
+        <v>45925.458333333336</v>
+      </c>
+      <c r="AP168" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ168" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR168" s="9">
+        <v>706.51199999999994</v>
+      </c>
       <c r="AT168" s="1"/>
       <c r="AW168" s="9"/>
       <c r="AY168" s="1"/>
       <c r="BB168" s="9"/>
       <c r="BD168" s="1"/>
       <c r="BG168" s="9"/>
     </row>
     <row r="169" spans="1:59">
       <c r="A169" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B169" t="s">
         <v>24</v>
       </c>
       <c r="C169" t="s">
         <v>29</v>
       </c>
       <c r="D169" s="9">
         <v>21093.843000000001</v>
       </c>
       <c r="F169" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G169" t="s">
         <v>24</v>
@@ -16462,54 +19622,74 @@
       </c>
       <c r="Z169" s="1">
         <v>45832.458333333336</v>
       </c>
       <c r="AA169" t="s">
         <v>24</v>
       </c>
       <c r="AB169" t="s">
         <v>29</v>
       </c>
       <c r="AC169" s="9">
         <v>26045.593000000001</v>
       </c>
       <c r="AE169" s="1">
         <v>45867.458333333336</v>
       </c>
       <c r="AF169" t="s">
         <v>24</v>
       </c>
       <c r="AG169" t="s">
         <v>29</v>
       </c>
       <c r="AH169" s="9">
         <v>31775.386999999999</v>
       </c>
-      <c r="AJ169" s="1"/>
-[...2 lines deleted...]
-      <c r="AR169" s="9"/>
+      <c r="AJ169" s="1">
+        <v>45881.458333333336</v>
+      </c>
+      <c r="AK169" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL169" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM169" s="9">
+        <v>31994.845000000001</v>
+      </c>
+      <c r="AO169" s="1">
+        <v>45925.458333333336</v>
+      </c>
+      <c r="AP169" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ169" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR169" s="9">
+        <v>27401.920999999998</v>
+      </c>
       <c r="AT169" s="1"/>
       <c r="AW169" s="9"/>
       <c r="AY169" s="1"/>
       <c r="BB169" s="9"/>
       <c r="BD169" s="1"/>
       <c r="BG169" s="9"/>
     </row>
     <row r="170" spans="1:59">
       <c r="A170" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B170" t="s">
         <v>24</v>
       </c>
       <c r="C170" t="s">
         <v>30</v>
       </c>
       <c r="D170" s="9">
         <v>55901.512000000002</v>
       </c>
       <c r="F170" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G170" t="s">
         <v>24</v>
@@ -16558,54 +19738,74 @@
       </c>
       <c r="Z170" s="1">
         <v>45832.458333333336</v>
       </c>
       <c r="AA170" t="s">
         <v>24</v>
       </c>
       <c r="AB170" t="s">
         <v>30</v>
       </c>
       <c r="AC170" s="9">
         <v>81744.603000000003</v>
       </c>
       <c r="AE170" s="1">
         <v>45867.458333333336</v>
       </c>
       <c r="AF170" t="s">
         <v>24</v>
       </c>
       <c r="AG170" t="s">
         <v>30</v>
       </c>
       <c r="AH170" s="9">
         <v>77286.819000000003</v>
       </c>
-      <c r="AJ170" s="1"/>
-[...2 lines deleted...]
-      <c r="AR170" s="9"/>
+      <c r="AJ170" s="1">
+        <v>45881.458333333336</v>
+      </c>
+      <c r="AK170" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL170" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM170" s="9">
+        <v>74442.125</v>
+      </c>
+      <c r="AO170" s="1">
+        <v>45925.458333333336</v>
+      </c>
+      <c r="AP170" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ170" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR170" s="9">
+        <v>61416.612999999998</v>
+      </c>
       <c r="AT170" s="1"/>
       <c r="AW170" s="9"/>
       <c r="AY170" s="1"/>
       <c r="BB170" s="9"/>
       <c r="BD170" s="1"/>
       <c r="BG170" s="9"/>
     </row>
     <row r="171" spans="1:59">
       <c r="A171" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B171" t="s">
         <v>24</v>
       </c>
       <c r="C171" t="s">
         <v>31</v>
       </c>
       <c r="D171" s="9">
         <v>77737.210000000006</v>
       </c>
       <c r="F171" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G171" t="s">
         <v>24</v>
@@ -16654,54 +19854,74 @@
       </c>
       <c r="Z171" s="1">
         <v>45832.458333333336</v>
       </c>
       <c r="AA171" t="s">
         <v>24</v>
       </c>
       <c r="AB171" t="s">
         <v>31</v>
       </c>
       <c r="AC171" s="9">
         <v>93615.154999999999</v>
       </c>
       <c r="AE171" s="1">
         <v>45867.458333333336</v>
       </c>
       <c r="AF171" t="s">
         <v>24</v>
       </c>
       <c r="AG171" t="s">
         <v>31</v>
       </c>
       <c r="AH171" s="9">
         <v>94520.384999999995</v>
       </c>
-      <c r="AJ171" s="1"/>
-[...2 lines deleted...]
-      <c r="AR171" s="9"/>
+      <c r="AJ171" s="1">
+        <v>45881.458333333336</v>
+      </c>
+      <c r="AK171" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL171" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM171" s="9">
+        <v>93109.277000000002</v>
+      </c>
+      <c r="AO171" s="1">
+        <v>45925.458333333336</v>
+      </c>
+      <c r="AP171" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ171" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR171" s="9">
+        <v>81427.411999999997</v>
+      </c>
       <c r="AT171" s="1"/>
       <c r="AW171" s="9"/>
       <c r="AY171" s="1"/>
       <c r="BB171" s="9"/>
       <c r="BD171" s="1"/>
       <c r="BG171" s="9"/>
     </row>
     <row r="172" spans="1:59">
       <c r="A172" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B172" t="s">
         <v>24</v>
       </c>
       <c r="C172" t="s">
         <v>32</v>
       </c>
       <c r="D172" s="9">
         <v>13797.625</v>
       </c>
       <c r="F172" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G172" t="s">
         <v>24</v>
@@ -16750,54 +19970,74 @@
       </c>
       <c r="Z172" s="1">
         <v>45832.458333333336</v>
       </c>
       <c r="AA172" t="s">
         <v>24</v>
       </c>
       <c r="AB172" t="s">
         <v>32</v>
       </c>
       <c r="AC172" s="9">
         <v>15307.995999999999</v>
       </c>
       <c r="AE172" s="1">
         <v>45867.458333333336</v>
       </c>
       <c r="AF172" t="s">
         <v>24</v>
       </c>
       <c r="AG172" t="s">
         <v>32</v>
       </c>
       <c r="AH172" s="9">
         <v>13324.834999999999</v>
       </c>
-      <c r="AJ172" s="1"/>
-[...2 lines deleted...]
-      <c r="AR172" s="9"/>
+      <c r="AJ172" s="1">
+        <v>45881.458333333336</v>
+      </c>
+      <c r="AK172" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL172" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM172" s="9">
+        <v>12488.18</v>
+      </c>
+      <c r="AO172" s="1">
+        <v>45925.458333333336</v>
+      </c>
+      <c r="AP172" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ172" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR172" s="9">
+        <v>13118.22</v>
+      </c>
       <c r="AT172" s="1"/>
       <c r="AW172" s="9"/>
       <c r="AY172" s="1"/>
       <c r="BB172" s="9"/>
       <c r="BD172" s="1"/>
       <c r="BG172" s="9"/>
     </row>
     <row r="173" spans="1:59">
       <c r="A173" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B173" t="s">
         <v>24</v>
       </c>
       <c r="C173" t="s">
         <v>33</v>
       </c>
       <c r="D173" s="9">
         <v>94360.028999999995</v>
       </c>
       <c r="F173" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G173" t="s">
         <v>24</v>
@@ -16846,54 +20086,74 @@
       </c>
       <c r="Z173" s="1">
         <v>45832.458333333336</v>
       </c>
       <c r="AA173" t="s">
         <v>24</v>
       </c>
       <c r="AB173" t="s">
         <v>33</v>
       </c>
       <c r="AC173" s="9">
         <v>84580.118000000002</v>
       </c>
       <c r="AE173" s="1">
         <v>45867.458333333336</v>
       </c>
       <c r="AF173" t="s">
         <v>24</v>
       </c>
       <c r="AG173" t="s">
         <v>33</v>
       </c>
       <c r="AH173" s="9">
         <v>96139.755000000005</v>
       </c>
-      <c r="AJ173" s="1"/>
-[...2 lines deleted...]
-      <c r="AR173" s="9"/>
+      <c r="AJ173" s="1">
+        <v>45881.458333333336</v>
+      </c>
+      <c r="AK173" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL173" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM173" s="9">
+        <v>73136.62</v>
+      </c>
+      <c r="AO173" s="1">
+        <v>45925.458333333336</v>
+      </c>
+      <c r="AP173" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ173" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR173" s="9">
+        <v>91836.093999999997</v>
+      </c>
       <c r="AT173" s="1"/>
       <c r="AW173" s="9"/>
       <c r="AY173" s="1"/>
       <c r="BB173" s="9"/>
       <c r="BD173" s="1"/>
       <c r="BG173" s="9"/>
     </row>
     <row r="174" spans="1:59">
       <c r="A174" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B174" t="s">
         <v>24</v>
       </c>
       <c r="C174" t="s">
         <v>34</v>
       </c>
       <c r="D174" s="9">
         <v>38715</v>
       </c>
       <c r="F174" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G174" t="s">
         <v>24</v>
@@ -16942,54 +20202,74 @@
       </c>
       <c r="Z174" s="1">
         <v>45832.458333333336</v>
       </c>
       <c r="AA174" t="s">
         <v>24</v>
       </c>
       <c r="AB174" t="s">
         <v>34</v>
       </c>
       <c r="AC174" s="9">
         <v>50368</v>
       </c>
       <c r="AE174" s="1">
         <v>45867.458333333336</v>
       </c>
       <c r="AF174" t="s">
         <v>24</v>
       </c>
       <c r="AG174" t="s">
         <v>34</v>
       </c>
       <c r="AH174" s="9">
         <v>55172</v>
       </c>
-      <c r="AJ174" s="1"/>
-[...2 lines deleted...]
-      <c r="AR174" s="9"/>
+      <c r="AJ174" s="1">
+        <v>45881.458333333336</v>
+      </c>
+      <c r="AK174" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL174" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM174" s="9">
+        <v>94367.4</v>
+      </c>
+      <c r="AO174" s="1">
+        <v>45925.458333333336</v>
+      </c>
+      <c r="AP174" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ174" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR174" s="9">
+        <v>112052.8</v>
+      </c>
       <c r="AT174" s="1"/>
       <c r="AW174" s="9"/>
       <c r="AY174" s="1"/>
       <c r="BB174" s="9"/>
       <c r="BD174" s="1"/>
       <c r="BG174" s="9"/>
     </row>
     <row r="175" spans="1:59">
       <c r="A175" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B175" t="s">
         <v>24</v>
       </c>
       <c r="C175" t="s">
         <v>35</v>
       </c>
       <c r="D175" s="9">
         <v>12007.795</v>
       </c>
       <c r="F175" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G175" t="s">
         <v>24</v>
@@ -17038,54 +20318,74 @@
       </c>
       <c r="Z175" s="1">
         <v>45832.458333333336</v>
       </c>
       <c r="AA175" t="s">
         <v>24</v>
       </c>
       <c r="AB175" t="s">
         <v>35</v>
       </c>
       <c r="AC175" s="9">
         <v>11688.581</v>
       </c>
       <c r="AE175" s="1">
         <v>45867.458333333336</v>
       </c>
       <c r="AF175" t="s">
         <v>24</v>
       </c>
       <c r="AG175" t="s">
         <v>35</v>
       </c>
       <c r="AH175" s="9">
         <v>12380.736999999999</v>
       </c>
-      <c r="AJ175" s="1"/>
-[...2 lines deleted...]
-      <c r="AR175" s="9"/>
+      <c r="AJ175" s="1">
+        <v>45881.458333333336</v>
+      </c>
+      <c r="AK175" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL175" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM175" s="9">
+        <v>13335.512000000001</v>
+      </c>
+      <c r="AO175" s="1">
+        <v>45925.458333333336</v>
+      </c>
+      <c r="AP175" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ175" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR175" s="9">
+        <v>10927.081</v>
+      </c>
       <c r="AT175" s="1"/>
       <c r="AW175" s="9"/>
       <c r="AY175" s="1"/>
       <c r="BB175" s="9"/>
       <c r="BD175" s="1"/>
       <c r="BG175" s="9"/>
     </row>
     <row r="176" spans="1:59">
       <c r="A176" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B176" t="s">
         <v>24</v>
       </c>
       <c r="C176" t="s">
         <v>36</v>
       </c>
       <c r="D176" s="9">
         <v>301288.08899999998</v>
       </c>
       <c r="F176" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G176" t="s">
         <v>24</v>
@@ -17134,54 +20434,74 @@
       </c>
       <c r="Z176" s="1">
         <v>45832.458333333336</v>
       </c>
       <c r="AA176" t="s">
         <v>24</v>
       </c>
       <c r="AB176" t="s">
         <v>36</v>
       </c>
       <c r="AC176" s="9">
         <v>384861.74</v>
       </c>
       <c r="AE176" s="1">
         <v>45867.458333333336</v>
       </c>
       <c r="AF176" t="s">
         <v>24</v>
       </c>
       <c r="AG176" t="s">
         <v>36</v>
       </c>
       <c r="AH176" s="9">
         <v>378406.54200000002</v>
       </c>
-      <c r="AJ176" s="1"/>
-[...2 lines deleted...]
-      <c r="AR176" s="9"/>
+      <c r="AJ176" s="1">
+        <v>45881.458333333336</v>
+      </c>
+      <c r="AK176" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL176" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM176" s="9">
+        <v>378703.55900000001</v>
+      </c>
+      <c r="AO176" s="1">
+        <v>45925.458333333336</v>
+      </c>
+      <c r="AP176" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ176" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR176" s="9">
+        <v>290874.69300000003</v>
+      </c>
       <c r="AT176" s="1"/>
       <c r="AW176" s="9"/>
       <c r="AY176" s="1"/>
       <c r="BB176" s="9"/>
       <c r="BD176" s="1"/>
       <c r="BG176" s="9"/>
     </row>
     <row r="177" spans="1:59">
       <c r="A177" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B177" t="s">
         <v>24</v>
       </c>
       <c r="C177" t="s">
         <v>37</v>
       </c>
       <c r="D177" s="9">
         <v>131656.44399999999</v>
       </c>
       <c r="F177" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G177" t="s">
         <v>24</v>
@@ -17230,54 +20550,74 @@
       </c>
       <c r="Z177" s="1">
         <v>45832.458333333336</v>
       </c>
       <c r="AA177" t="s">
         <v>24</v>
       </c>
       <c r="AB177" t="s">
         <v>37</v>
       </c>
       <c r="AC177" s="9">
         <v>164932.976</v>
       </c>
       <c r="AE177" s="1">
         <v>45867.458333333336</v>
       </c>
       <c r="AF177" t="s">
         <v>24</v>
       </c>
       <c r="AG177" t="s">
         <v>37</v>
       </c>
       <c r="AH177" s="9">
         <v>161022.076</v>
       </c>
-      <c r="AJ177" s="1"/>
-[...2 lines deleted...]
-      <c r="AR177" s="9"/>
+      <c r="AJ177" s="1">
+        <v>45881.458333333336</v>
+      </c>
+      <c r="AK177" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL177" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM177" s="9">
+        <v>162916.79500000001</v>
+      </c>
+      <c r="AO177" s="1">
+        <v>45925.458333333336</v>
+      </c>
+      <c r="AP177" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ177" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR177" s="9">
+        <v>105328.098</v>
+      </c>
       <c r="AT177" s="1"/>
       <c r="AW177" s="9"/>
       <c r="AY177" s="1"/>
       <c r="BB177" s="9"/>
       <c r="BD177" s="1"/>
       <c r="BG177" s="9"/>
     </row>
     <row r="178" spans="1:59">
       <c r="A178" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B178" t="s">
         <v>24</v>
       </c>
       <c r="C178" t="s">
         <v>38</v>
       </c>
       <c r="D178" s="9">
         <v>0</v>
       </c>
       <c r="F178" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G178" t="s">
         <v>24</v>
@@ -17326,54 +20666,74 @@
       </c>
       <c r="Z178" s="1">
         <v>45832.458333333336</v>
       </c>
       <c r="AA178" t="s">
         <v>24</v>
       </c>
       <c r="AB178" t="s">
         <v>38</v>
       </c>
       <c r="AC178" s="9">
         <v>0</v>
       </c>
       <c r="AE178" s="1">
         <v>45867.458333333336</v>
       </c>
       <c r="AF178" t="s">
         <v>24</v>
       </c>
       <c r="AG178" t="s">
         <v>38</v>
       </c>
       <c r="AH178" s="9">
         <v>0</v>
       </c>
-      <c r="AJ178" s="1"/>
-[...2 lines deleted...]
-      <c r="AR178" s="9"/>
+      <c r="AJ178" s="1">
+        <v>45881.458333333336</v>
+      </c>
+      <c r="AK178" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL178" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM178" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO178" s="1">
+        <v>45925.458333333336</v>
+      </c>
+      <c r="AP178" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ178" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR178" s="9">
+        <v>0</v>
+      </c>
       <c r="AT178" s="1"/>
       <c r="AW178" s="9"/>
       <c r="AY178" s="1"/>
       <c r="BB178" s="9"/>
       <c r="BD178" s="1"/>
       <c r="BG178" s="9"/>
     </row>
     <row r="179" spans="1:59">
       <c r="A179" s="1">
         <v>45665.5</v>
       </c>
       <c r="B179" t="s">
         <v>24</v>
       </c>
       <c r="C179" t="s">
         <v>25</v>
       </c>
       <c r="D179" s="9">
         <v>594511.06900000002</v>
       </c>
       <c r="F179" s="1">
         <v>45694.5</v>
       </c>
       <c r="G179" t="s">
         <v>24</v>
@@ -17422,54 +20782,74 @@
       </c>
       <c r="Z179" s="1">
         <v>45832.5</v>
       </c>
       <c r="AA179" t="s">
         <v>24</v>
       </c>
       <c r="AB179" t="s">
         <v>25</v>
       </c>
       <c r="AC179" s="9">
         <v>754011.08799999999</v>
       </c>
       <c r="AE179" s="1">
         <v>45867.5</v>
       </c>
       <c r="AF179" t="s">
         <v>24</v>
       </c>
       <c r="AG179" t="s">
         <v>25</v>
       </c>
       <c r="AH179" s="9">
         <v>697055.08200000005</v>
       </c>
-      <c r="AJ179" s="1"/>
-[...2 lines deleted...]
-      <c r="AR179" s="9"/>
+      <c r="AJ179" s="1">
+        <v>45881.5</v>
+      </c>
+      <c r="AK179" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL179" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM179" s="9">
+        <v>723605.571</v>
+      </c>
+      <c r="AO179" s="1">
+        <v>45925.5</v>
+      </c>
+      <c r="AP179" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ179" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR179" s="9">
+        <v>391272.63799999998</v>
+      </c>
       <c r="AT179" s="1"/>
       <c r="AW179" s="9"/>
       <c r="AY179" s="1"/>
       <c r="BB179" s="9"/>
       <c r="BD179" s="1"/>
       <c r="BG179" s="9"/>
     </row>
     <row r="180" spans="1:59">
       <c r="A180" s="1">
         <v>45665.5</v>
       </c>
       <c r="B180" t="s">
         <v>24</v>
       </c>
       <c r="C180" t="s">
         <v>26</v>
       </c>
       <c r="D180" s="9">
         <v>0</v>
       </c>
       <c r="F180" s="1">
         <v>45694.5</v>
       </c>
       <c r="G180" t="s">
         <v>24</v>
@@ -17518,54 +20898,74 @@
       </c>
       <c r="Z180" s="1">
         <v>45832.5</v>
       </c>
       <c r="AA180" t="s">
         <v>24</v>
       </c>
       <c r="AB180" t="s">
         <v>26</v>
       </c>
       <c r="AC180" s="9">
         <v>0</v>
       </c>
       <c r="AE180" s="1">
         <v>45867.5</v>
       </c>
       <c r="AF180" t="s">
         <v>24</v>
       </c>
       <c r="AG180" t="s">
         <v>26</v>
       </c>
       <c r="AH180" s="9">
         <v>0</v>
       </c>
-      <c r="AJ180" s="1"/>
-[...2 lines deleted...]
-      <c r="AR180" s="9"/>
+      <c r="AJ180" s="1">
+        <v>45881.5</v>
+      </c>
+      <c r="AK180" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL180" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM180" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO180" s="1">
+        <v>45925.5</v>
+      </c>
+      <c r="AP180" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ180" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR180" s="9">
+        <v>0</v>
+      </c>
       <c r="AT180" s="1"/>
       <c r="AW180" s="9"/>
       <c r="AY180" s="1"/>
       <c r="BB180" s="9"/>
       <c r="BD180" s="1"/>
       <c r="BG180" s="9"/>
     </row>
     <row r="181" spans="1:59">
       <c r="A181" s="1">
         <v>45665.5</v>
       </c>
       <c r="B181" t="s">
         <v>24</v>
       </c>
       <c r="C181" t="s">
         <v>27</v>
       </c>
       <c r="D181" s="9">
         <v>52.146999999999998</v>
       </c>
       <c r="F181" s="1">
         <v>45694.5</v>
       </c>
       <c r="G181" t="s">
         <v>24</v>
@@ -17614,54 +21014,74 @@
       </c>
       <c r="Z181" s="1">
         <v>45832.5</v>
       </c>
       <c r="AA181" t="s">
         <v>24</v>
       </c>
       <c r="AB181" t="s">
         <v>27</v>
       </c>
       <c r="AC181" s="9">
         <v>3.5619999999999998</v>
       </c>
       <c r="AE181" s="1">
         <v>45867.5</v>
       </c>
       <c r="AF181" t="s">
         <v>24</v>
       </c>
       <c r="AG181" t="s">
         <v>27</v>
       </c>
       <c r="AH181" s="9">
         <v>3.5470000000000002</v>
       </c>
-      <c r="AJ181" s="1"/>
-[...2 lines deleted...]
-      <c r="AR181" s="9"/>
+      <c r="AJ181" s="1">
+        <v>45881.5</v>
+      </c>
+      <c r="AK181" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL181" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM181" s="9">
+        <v>4.2110000000000003</v>
+      </c>
+      <c r="AO181" s="1">
+        <v>45925.5</v>
+      </c>
+      <c r="AP181" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ181" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR181" s="9">
+        <v>1.101</v>
+      </c>
       <c r="AT181" s="1"/>
       <c r="AW181" s="9"/>
       <c r="AY181" s="1"/>
       <c r="BB181" s="9"/>
       <c r="BD181" s="1"/>
       <c r="BG181" s="9"/>
     </row>
     <row r="182" spans="1:59">
       <c r="A182" s="1">
         <v>45665.5</v>
       </c>
       <c r="B182" t="s">
         <v>24</v>
       </c>
       <c r="C182" t="s">
         <v>28</v>
       </c>
       <c r="D182" s="9">
         <v>8995.2420000000002</v>
       </c>
       <c r="F182" s="1">
         <v>45694.5</v>
       </c>
       <c r="G182" t="s">
         <v>24</v>
@@ -17710,54 +21130,74 @@
       </c>
       <c r="Z182" s="1">
         <v>45832.5</v>
       </c>
       <c r="AA182" t="s">
         <v>24</v>
       </c>
       <c r="AB182" t="s">
         <v>28</v>
       </c>
       <c r="AC182" s="9">
         <v>2016.2570000000001</v>
       </c>
       <c r="AE182" s="1">
         <v>45867.5</v>
       </c>
       <c r="AF182" t="s">
         <v>24</v>
       </c>
       <c r="AG182" t="s">
         <v>28</v>
       </c>
       <c r="AH182" s="9">
         <v>870.89599999999996</v>
       </c>
-      <c r="AJ182" s="1"/>
-[...2 lines deleted...]
-      <c r="AR182" s="9"/>
+      <c r="AJ182" s="1">
+        <v>45881.5</v>
+      </c>
+      <c r="AK182" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL182" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM182" s="9">
+        <v>969.38900000000001</v>
+      </c>
+      <c r="AO182" s="1">
+        <v>45925.5</v>
+      </c>
+      <c r="AP182" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ182" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR182" s="9">
+        <v>700.42499999999995</v>
+      </c>
       <c r="AT182" s="1"/>
       <c r="AW182" s="9"/>
       <c r="AY182" s="1"/>
       <c r="BB182" s="9"/>
       <c r="BD182" s="1"/>
       <c r="BG182" s="9"/>
     </row>
     <row r="183" spans="1:59">
       <c r="A183" s="1">
         <v>45665.5</v>
       </c>
       <c r="B183" t="s">
         <v>24</v>
       </c>
       <c r="C183" t="s">
         <v>29</v>
       </c>
       <c r="D183" s="9">
         <v>21167.1</v>
       </c>
       <c r="F183" s="1">
         <v>45694.5</v>
       </c>
       <c r="G183" t="s">
         <v>24</v>
@@ -17806,54 +21246,74 @@
       </c>
       <c r="Z183" s="1">
         <v>45832.5</v>
       </c>
       <c r="AA183" t="s">
         <v>24</v>
       </c>
       <c r="AB183" t="s">
         <v>29</v>
       </c>
       <c r="AC183" s="9">
         <v>26373.466</v>
       </c>
       <c r="AE183" s="1">
         <v>45867.5</v>
       </c>
       <c r="AF183" t="s">
         <v>24</v>
       </c>
       <c r="AG183" t="s">
         <v>29</v>
       </c>
       <c r="AH183" s="9">
         <v>32053.11</v>
       </c>
-      <c r="AJ183" s="1"/>
-[...2 lines deleted...]
-      <c r="AR183" s="9"/>
+      <c r="AJ183" s="1">
+        <v>45881.5</v>
+      </c>
+      <c r="AK183" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL183" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM183" s="9">
+        <v>32230.776999999998</v>
+      </c>
+      <c r="AO183" s="1">
+        <v>45925.5</v>
+      </c>
+      <c r="AP183" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ183" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR183" s="9">
+        <v>27153.377</v>
+      </c>
       <c r="AT183" s="1"/>
       <c r="AW183" s="9"/>
       <c r="AY183" s="1"/>
       <c r="BB183" s="9"/>
       <c r="BD183" s="1"/>
       <c r="BG183" s="9"/>
     </row>
     <row r="184" spans="1:59">
       <c r="A184" s="1">
         <v>45665.5</v>
       </c>
       <c r="B184" t="s">
         <v>24</v>
       </c>
       <c r="C184" t="s">
         <v>30</v>
       </c>
       <c r="D184" s="9">
         <v>55203.364999999998</v>
       </c>
       <c r="F184" s="1">
         <v>45694.5</v>
       </c>
       <c r="G184" t="s">
         <v>24</v>
@@ -17902,54 +21362,74 @@
       </c>
       <c r="Z184" s="1">
         <v>45832.5</v>
       </c>
       <c r="AA184" t="s">
         <v>24</v>
       </c>
       <c r="AB184" t="s">
         <v>30</v>
       </c>
       <c r="AC184" s="9">
         <v>80151.156000000003</v>
       </c>
       <c r="AE184" s="1">
         <v>45867.5</v>
       </c>
       <c r="AF184" t="s">
         <v>24</v>
       </c>
       <c r="AG184" t="s">
         <v>30</v>
       </c>
       <c r="AH184" s="9">
         <v>77855.383000000002</v>
       </c>
-      <c r="AJ184" s="1"/>
-[...2 lines deleted...]
-      <c r="AR184" s="9"/>
+      <c r="AJ184" s="1">
+        <v>45881.5</v>
+      </c>
+      <c r="AK184" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL184" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM184" s="9">
+        <v>75777.921000000002</v>
+      </c>
+      <c r="AO184" s="1">
+        <v>45925.5</v>
+      </c>
+      <c r="AP184" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ184" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR184" s="9">
+        <v>62013.800999999999</v>
+      </c>
       <c r="AT184" s="1"/>
       <c r="AW184" s="9"/>
       <c r="AY184" s="1"/>
       <c r="BB184" s="9"/>
       <c r="BD184" s="1"/>
       <c r="BG184" s="9"/>
     </row>
     <row r="185" spans="1:59">
       <c r="A185" s="1">
         <v>45665.5</v>
       </c>
       <c r="B185" t="s">
         <v>24</v>
       </c>
       <c r="C185" t="s">
         <v>31</v>
       </c>
       <c r="D185" s="9">
         <v>78260.534</v>
       </c>
       <c r="F185" s="1">
         <v>45694.5</v>
       </c>
       <c r="G185" t="s">
         <v>24</v>
@@ -17998,54 +21478,74 @@
       </c>
       <c r="Z185" s="1">
         <v>45832.5</v>
       </c>
       <c r="AA185" t="s">
         <v>24</v>
       </c>
       <c r="AB185" t="s">
         <v>31</v>
       </c>
       <c r="AC185" s="9">
         <v>92142.906000000003</v>
       </c>
       <c r="AE185" s="1">
         <v>45867.5</v>
       </c>
       <c r="AF185" t="s">
         <v>24</v>
       </c>
       <c r="AG185" t="s">
         <v>31</v>
       </c>
       <c r="AH185" s="9">
         <v>95059.101999999999</v>
       </c>
-      <c r="AJ185" s="1"/>
-[...2 lines deleted...]
-      <c r="AR185" s="9"/>
+      <c r="AJ185" s="1">
+        <v>45881.5</v>
+      </c>
+      <c r="AK185" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL185" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM185" s="9">
+        <v>95811.498000000007</v>
+      </c>
+      <c r="AO185" s="1">
+        <v>45925.5</v>
+      </c>
+      <c r="AP185" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ185" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR185" s="9">
+        <v>82981.038</v>
+      </c>
       <c r="AT185" s="1"/>
       <c r="AW185" s="9"/>
       <c r="AY185" s="1"/>
       <c r="BB185" s="9"/>
       <c r="BD185" s="1"/>
       <c r="BG185" s="9"/>
     </row>
     <row r="186" spans="1:59">
       <c r="A186" s="1">
         <v>45665.5</v>
       </c>
       <c r="B186" t="s">
         <v>24</v>
       </c>
       <c r="C186" t="s">
         <v>32</v>
       </c>
       <c r="D186" s="9">
         <v>14704.853999999999</v>
       </c>
       <c r="F186" s="1">
         <v>45694.5</v>
       </c>
       <c r="G186" t="s">
         <v>24</v>
@@ -18094,54 +21594,74 @@
       </c>
       <c r="Z186" s="1">
         <v>45832.5</v>
       </c>
       <c r="AA186" t="s">
         <v>24</v>
       </c>
       <c r="AB186" t="s">
         <v>32</v>
       </c>
       <c r="AC186" s="9">
         <v>15632.579</v>
       </c>
       <c r="AE186" s="1">
         <v>45867.5</v>
       </c>
       <c r="AF186" t="s">
         <v>24</v>
       </c>
       <c r="AG186" t="s">
         <v>32</v>
       </c>
       <c r="AH186" s="9">
         <v>13484.9</v>
       </c>
-      <c r="AJ186" s="1"/>
-[...2 lines deleted...]
-      <c r="AR186" s="9"/>
+      <c r="AJ186" s="1">
+        <v>45881.5</v>
+      </c>
+      <c r="AK186" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL186" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM186" s="9">
+        <v>12603.415000000001</v>
+      </c>
+      <c r="AO186" s="1">
+        <v>45925.5</v>
+      </c>
+      <c r="AP186" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ186" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR186" s="9">
+        <v>13247.235000000001</v>
+      </c>
       <c r="AT186" s="1"/>
       <c r="AW186" s="9"/>
       <c r="AY186" s="1"/>
       <c r="BB186" s="9"/>
       <c r="BD186" s="1"/>
       <c r="BG186" s="9"/>
     </row>
     <row r="187" spans="1:59">
       <c r="A187" s="1">
         <v>45665.5</v>
       </c>
       <c r="B187" t="s">
         <v>24</v>
       </c>
       <c r="C187" t="s">
         <v>33</v>
       </c>
       <c r="D187" s="9">
         <v>93538.615999999995</v>
       </c>
       <c r="F187" s="1">
         <v>45694.5</v>
       </c>
       <c r="G187" t="s">
         <v>24</v>
@@ -18190,54 +21710,74 @@
       </c>
       <c r="Z187" s="1">
         <v>45832.5</v>
       </c>
       <c r="AA187" t="s">
         <v>24</v>
       </c>
       <c r="AB187" t="s">
         <v>33</v>
       </c>
       <c r="AC187" s="9">
         <v>84384.561000000002</v>
       </c>
       <c r="AE187" s="1">
         <v>45867.5</v>
       </c>
       <c r="AF187" t="s">
         <v>24</v>
       </c>
       <c r="AG187" t="s">
         <v>33</v>
       </c>
       <c r="AH187" s="9">
         <v>93206.724000000002</v>
       </c>
-      <c r="AJ187" s="1"/>
-[...2 lines deleted...]
-      <c r="AR187" s="9"/>
+      <c r="AJ187" s="1">
+        <v>45881.5</v>
+      </c>
+      <c r="AK187" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL187" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM187" s="9">
+        <v>72757.354999999996</v>
+      </c>
+      <c r="AO187" s="1">
+        <v>45925.5</v>
+      </c>
+      <c r="AP187" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ187" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR187" s="9">
+        <v>88279.45</v>
+      </c>
       <c r="AT187" s="1"/>
       <c r="AW187" s="9"/>
       <c r="AY187" s="1"/>
       <c r="BB187" s="9"/>
       <c r="BD187" s="1"/>
       <c r="BG187" s="9"/>
     </row>
     <row r="188" spans="1:59">
       <c r="A188" s="1">
         <v>45665.5</v>
       </c>
       <c r="B188" t="s">
         <v>24</v>
       </c>
       <c r="C188" t="s">
         <v>34</v>
       </c>
       <c r="D188" s="9">
         <v>35218</v>
       </c>
       <c r="F188" s="1">
         <v>45694.5</v>
       </c>
       <c r="G188" t="s">
         <v>24</v>
@@ -18286,54 +21826,74 @@
       </c>
       <c r="Z188" s="1">
         <v>45832.5</v>
       </c>
       <c r="AA188" t="s">
         <v>24</v>
       </c>
       <c r="AB188" t="s">
         <v>34</v>
       </c>
       <c r="AC188" s="9">
         <v>50586</v>
       </c>
       <c r="AE188" s="1">
         <v>45867.5</v>
       </c>
       <c r="AF188" t="s">
         <v>24</v>
       </c>
       <c r="AG188" t="s">
         <v>34</v>
       </c>
       <c r="AH188" s="9">
         <v>47852</v>
       </c>
-      <c r="AJ188" s="1"/>
-[...2 lines deleted...]
-      <c r="AR188" s="9"/>
+      <c r="AJ188" s="1">
+        <v>45881.5</v>
+      </c>
+      <c r="AK188" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL188" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM188" s="9">
+        <v>90033.2</v>
+      </c>
+      <c r="AO188" s="1">
+        <v>45925.5</v>
+      </c>
+      <c r="AP188" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ188" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR188" s="9">
+        <v>113065.8</v>
+      </c>
       <c r="AT188" s="1"/>
       <c r="AW188" s="9"/>
       <c r="AY188" s="1"/>
       <c r="BB188" s="9"/>
       <c r="BD188" s="1"/>
       <c r="BG188" s="9"/>
     </row>
     <row r="189" spans="1:59">
       <c r="A189" s="1">
         <v>45665.5</v>
       </c>
       <c r="B189" t="s">
         <v>24</v>
       </c>
       <c r="C189" t="s">
         <v>35</v>
       </c>
       <c r="D189" s="9">
         <v>11938.878000000001</v>
       </c>
       <c r="F189" s="1">
         <v>45694.5</v>
       </c>
       <c r="G189" t="s">
         <v>24</v>
@@ -18382,54 +21942,74 @@
       </c>
       <c r="Z189" s="1">
         <v>45832.5</v>
       </c>
       <c r="AA189" t="s">
         <v>24</v>
       </c>
       <c r="AB189" t="s">
         <v>35</v>
       </c>
       <c r="AC189" s="9">
         <v>11520.846</v>
       </c>
       <c r="AE189" s="1">
         <v>45867.5</v>
       </c>
       <c r="AF189" t="s">
         <v>24</v>
       </c>
       <c r="AG189" t="s">
         <v>35</v>
       </c>
       <c r="AH189" s="9">
         <v>12524.911</v>
       </c>
-      <c r="AJ189" s="1"/>
-[...2 lines deleted...]
-      <c r="AR189" s="9"/>
+      <c r="AJ189" s="1">
+        <v>45881.5</v>
+      </c>
+      <c r="AK189" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL189" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM189" s="9">
+        <v>13206.047</v>
+      </c>
+      <c r="AO189" s="1">
+        <v>45925.5</v>
+      </c>
+      <c r="AP189" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ189" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR189" s="9">
+        <v>10784.233</v>
+      </c>
       <c r="AT189" s="1"/>
       <c r="AW189" s="9"/>
       <c r="AY189" s="1"/>
       <c r="BB189" s="9"/>
       <c r="BD189" s="1"/>
       <c r="BG189" s="9"/>
     </row>
     <row r="190" spans="1:59">
       <c r="A190" s="1">
         <v>45665.5</v>
       </c>
       <c r="B190" t="s">
         <v>24</v>
       </c>
       <c r="C190" t="s">
         <v>36</v>
       </c>
       <c r="D190" s="9">
         <v>297222.84299999999</v>
       </c>
       <c r="F190" s="1">
         <v>45694.5</v>
       </c>
       <c r="G190" t="s">
         <v>24</v>
@@ -18478,54 +22058,74 @@
       </c>
       <c r="Z190" s="1">
         <v>45832.5</v>
       </c>
       <c r="AA190" t="s">
         <v>24</v>
       </c>
       <c r="AB190" t="s">
         <v>36</v>
       </c>
       <c r="AC190" s="9">
         <v>388286.83799999999</v>
       </c>
       <c r="AE190" s="1">
         <v>45867.5</v>
       </c>
       <c r="AF190" t="s">
         <v>24</v>
       </c>
       <c r="AG190" t="s">
         <v>36</v>
       </c>
       <c r="AH190" s="9">
         <v>381519</v>
       </c>
-      <c r="AJ190" s="1"/>
-[...2 lines deleted...]
-      <c r="AR190" s="9"/>
+      <c r="AJ190" s="1">
+        <v>45881.5</v>
+      </c>
+      <c r="AK190" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL190" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM190" s="9">
+        <v>382852.38299999997</v>
+      </c>
+      <c r="AO190" s="1">
+        <v>45925.5</v>
+      </c>
+      <c r="AP190" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ190" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR190" s="9">
+        <v>288405.05</v>
+      </c>
       <c r="AT190" s="1"/>
       <c r="AW190" s="9"/>
       <c r="AY190" s="1"/>
       <c r="BB190" s="9"/>
       <c r="BD190" s="1"/>
       <c r="BG190" s="9"/>
     </row>
     <row r="191" spans="1:59">
       <c r="A191" s="1">
         <v>45665.5</v>
       </c>
       <c r="B191" t="s">
         <v>24</v>
       </c>
       <c r="C191" t="s">
         <v>37</v>
       </c>
       <c r="D191" s="9">
         <v>129240.766</v>
       </c>
       <c r="F191" s="1">
         <v>45694.5</v>
       </c>
       <c r="G191" t="s">
         <v>24</v>
@@ -18574,54 +22174,74 @@
       </c>
       <c r="Z191" s="1">
         <v>45832.5</v>
       </c>
       <c r="AA191" t="s">
         <v>24</v>
       </c>
       <c r="AB191" t="s">
         <v>37</v>
       </c>
       <c r="AC191" s="9">
         <v>167543.24100000001</v>
       </c>
       <c r="AE191" s="1">
         <v>45867.5</v>
       </c>
       <c r="AF191" t="s">
         <v>24</v>
       </c>
       <c r="AG191" t="s">
         <v>37</v>
       </c>
       <c r="AH191" s="9">
         <v>163649.497</v>
       </c>
-      <c r="AJ191" s="1"/>
-[...2 lines deleted...]
-      <c r="AR191" s="9"/>
+      <c r="AJ191" s="1">
+        <v>45881.5</v>
+      </c>
+      <c r="AK191" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL191" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM191" s="9">
+        <v>166197.90299999999</v>
+      </c>
+      <c r="AO191" s="1">
+        <v>45925.5</v>
+      </c>
+      <c r="AP191" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ191" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR191" s="9">
+        <v>104148.151</v>
+      </c>
       <c r="AT191" s="1"/>
       <c r="AW191" s="9"/>
       <c r="AY191" s="1"/>
       <c r="BB191" s="9"/>
       <c r="BD191" s="1"/>
       <c r="BG191" s="9"/>
     </row>
     <row r="192" spans="1:59">
       <c r="A192" s="1">
         <v>45665.5</v>
       </c>
       <c r="B192" t="s">
         <v>24</v>
       </c>
       <c r="C192" t="s">
         <v>38</v>
       </c>
       <c r="D192" s="9">
         <v>0</v>
       </c>
       <c r="F192" s="1">
         <v>45694.5</v>
       </c>
       <c r="G192" t="s">
         <v>24</v>
@@ -18670,54 +22290,74 @@
       </c>
       <c r="Z192" s="1">
         <v>45832.5</v>
       </c>
       <c r="AA192" t="s">
         <v>24</v>
       </c>
       <c r="AB192" t="s">
         <v>38</v>
       </c>
       <c r="AC192" s="9">
         <v>0</v>
       </c>
       <c r="AE192" s="1">
         <v>45867.5</v>
       </c>
       <c r="AF192" t="s">
         <v>24</v>
       </c>
       <c r="AG192" t="s">
         <v>38</v>
       </c>
       <c r="AH192" s="9">
         <v>0</v>
       </c>
-      <c r="AJ192" s="1"/>
-[...2 lines deleted...]
-      <c r="AR192" s="9"/>
+      <c r="AJ192" s="1">
+        <v>45881.5</v>
+      </c>
+      <c r="AK192" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL192" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM192" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO192" s="1">
+        <v>45925.5</v>
+      </c>
+      <c r="AP192" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ192" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR192" s="9">
+        <v>0</v>
+      </c>
       <c r="AT192" s="1"/>
       <c r="AW192" s="9"/>
       <c r="AY192" s="1"/>
       <c r="BB192" s="9"/>
       <c r="BD192" s="1"/>
       <c r="BG192" s="9"/>
     </row>
     <row r="193" spans="1:59">
       <c r="A193" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B193" t="s">
         <v>24</v>
       </c>
       <c r="C193" t="s">
         <v>25</v>
       </c>
       <c r="D193" s="9">
         <v>595069.44999999995</v>
       </c>
       <c r="F193" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G193" t="s">
         <v>24</v>
@@ -18766,54 +22406,74 @@
       </c>
       <c r="Z193" s="1">
         <v>45832.541666666664</v>
       </c>
       <c r="AA193" t="s">
         <v>24</v>
       </c>
       <c r="AB193" t="s">
         <v>25</v>
       </c>
       <c r="AC193" s="9">
         <v>777764.82799999998</v>
       </c>
       <c r="AE193" s="1">
         <v>45867.541666666664</v>
       </c>
       <c r="AF193" t="s">
         <v>24</v>
       </c>
       <c r="AG193" t="s">
         <v>25</v>
       </c>
       <c r="AH193" s="9">
         <v>719550.75399999996</v>
       </c>
-      <c r="AJ193" s="1"/>
-[...2 lines deleted...]
-      <c r="AR193" s="9"/>
+      <c r="AJ193" s="1">
+        <v>45881.541666666664</v>
+      </c>
+      <c r="AK193" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL193" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM193" s="9">
+        <v>746067.08499999996</v>
+      </c>
+      <c r="AO193" s="1">
+        <v>45925.541666666664</v>
+      </c>
+      <c r="AP193" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ193" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR193" s="9">
+        <v>387228.46500000003</v>
+      </c>
       <c r="AT193" s="1"/>
       <c r="AW193" s="9"/>
       <c r="AY193" s="1"/>
       <c r="BB193" s="9"/>
       <c r="BD193" s="1"/>
       <c r="BG193" s="9"/>
     </row>
     <row r="194" spans="1:59">
       <c r="A194" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B194" t="s">
         <v>24</v>
       </c>
       <c r="C194" t="s">
         <v>26</v>
       </c>
       <c r="D194" s="9">
         <v>0</v>
       </c>
       <c r="F194" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G194" t="s">
         <v>24</v>
@@ -18862,54 +22522,74 @@
       </c>
       <c r="Z194" s="1">
         <v>45832.541666666664</v>
       </c>
       <c r="AA194" t="s">
         <v>24</v>
       </c>
       <c r="AB194" t="s">
         <v>26</v>
       </c>
       <c r="AC194" s="9">
         <v>0</v>
       </c>
       <c r="AE194" s="1">
         <v>45867.541666666664</v>
       </c>
       <c r="AF194" t="s">
         <v>24</v>
       </c>
       <c r="AG194" t="s">
         <v>26</v>
       </c>
       <c r="AH194" s="9">
         <v>0</v>
       </c>
-      <c r="AJ194" s="1"/>
-[...2 lines deleted...]
-      <c r="AR194" s="9"/>
+      <c r="AJ194" s="1">
+        <v>45881.541666666664</v>
+      </c>
+      <c r="AK194" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL194" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM194" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO194" s="1">
+        <v>45925.541666666664</v>
+      </c>
+      <c r="AP194" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ194" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR194" s="9">
+        <v>0</v>
+      </c>
       <c r="AT194" s="1"/>
       <c r="AW194" s="9"/>
       <c r="AY194" s="1"/>
       <c r="BB194" s="9"/>
       <c r="BD194" s="1"/>
       <c r="BG194" s="9"/>
     </row>
     <row r="195" spans="1:59">
       <c r="A195" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B195" t="s">
         <v>24</v>
       </c>
       <c r="C195" t="s">
         <v>27</v>
       </c>
       <c r="D195" s="9">
         <v>49.456000000000003</v>
       </c>
       <c r="F195" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G195" t="s">
         <v>24</v>
@@ -18958,54 +22638,74 @@
       </c>
       <c r="Z195" s="1">
         <v>45832.541666666664</v>
       </c>
       <c r="AA195" t="s">
         <v>24</v>
       </c>
       <c r="AB195" t="s">
         <v>27</v>
       </c>
       <c r="AC195" s="9">
         <v>3.8660000000000001</v>
       </c>
       <c r="AE195" s="1">
         <v>45867.541666666664</v>
       </c>
       <c r="AF195" t="s">
         <v>24</v>
       </c>
       <c r="AG195" t="s">
         <v>27</v>
       </c>
       <c r="AH195" s="9">
         <v>5.4669999999999996</v>
       </c>
-      <c r="AJ195" s="1"/>
-[...2 lines deleted...]
-      <c r="AR195" s="9"/>
+      <c r="AJ195" s="1">
+        <v>45881.541666666664</v>
+      </c>
+      <c r="AK195" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL195" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM195" s="9">
+        <v>4.1719999999999997</v>
+      </c>
+      <c r="AO195" s="1">
+        <v>45925.541666666664</v>
+      </c>
+      <c r="AP195" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ195" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR195" s="9">
+        <v>2.1789999999999998</v>
+      </c>
       <c r="AT195" s="1"/>
       <c r="AW195" s="9"/>
       <c r="AY195" s="1"/>
       <c r="BB195" s="9"/>
       <c r="BD195" s="1"/>
       <c r="BG195" s="9"/>
     </row>
     <row r="196" spans="1:59">
       <c r="A196" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B196" t="s">
         <v>24</v>
       </c>
       <c r="C196" t="s">
         <v>28</v>
       </c>
       <c r="D196" s="9">
         <v>8937.9599999999991</v>
       </c>
       <c r="F196" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G196" t="s">
         <v>24</v>
@@ -19054,54 +22754,74 @@
       </c>
       <c r="Z196" s="1">
         <v>45832.541666666664</v>
       </c>
       <c r="AA196" t="s">
         <v>24</v>
       </c>
       <c r="AB196" t="s">
         <v>28</v>
       </c>
       <c r="AC196" s="9">
         <v>2036.694</v>
       </c>
       <c r="AE196" s="1">
         <v>45867.541666666664</v>
       </c>
       <c r="AF196" t="s">
         <v>24</v>
       </c>
       <c r="AG196" t="s">
         <v>28</v>
       </c>
       <c r="AH196" s="9">
         <v>912.95799999999997</v>
       </c>
-      <c r="AJ196" s="1"/>
-[...2 lines deleted...]
-      <c r="AR196" s="9"/>
+      <c r="AJ196" s="1">
+        <v>45881.541666666664</v>
+      </c>
+      <c r="AK196" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL196" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM196" s="9">
+        <v>1005.7569999999999</v>
+      </c>
+      <c r="AO196" s="1">
+        <v>45925.541666666664</v>
+      </c>
+      <c r="AP196" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ196" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR196" s="9">
+        <v>693.14300000000003</v>
+      </c>
       <c r="AT196" s="1"/>
       <c r="AW196" s="9"/>
       <c r="AY196" s="1"/>
       <c r="BB196" s="9"/>
       <c r="BD196" s="1"/>
       <c r="BG196" s="9"/>
     </row>
     <row r="197" spans="1:59">
       <c r="A197" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B197" t="s">
         <v>24</v>
       </c>
       <c r="C197" t="s">
         <v>29</v>
       </c>
       <c r="D197" s="9">
         <v>21576.685000000001</v>
       </c>
       <c r="F197" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G197" t="s">
         <v>24</v>
@@ -19150,54 +22870,74 @@
       </c>
       <c r="Z197" s="1">
         <v>45832.541666666664</v>
       </c>
       <c r="AA197" t="s">
         <v>24</v>
       </c>
       <c r="AB197" t="s">
         <v>29</v>
       </c>
       <c r="AC197" s="9">
         <v>27205.142</v>
       </c>
       <c r="AE197" s="1">
         <v>45867.541666666664</v>
       </c>
       <c r="AF197" t="s">
         <v>24</v>
       </c>
       <c r="AG197" t="s">
         <v>29</v>
       </c>
       <c r="AH197" s="9">
         <v>33053.124000000003</v>
       </c>
-      <c r="AJ197" s="1"/>
-[...2 lines deleted...]
-      <c r="AR197" s="9"/>
+      <c r="AJ197" s="1">
+        <v>45881.541666666664</v>
+      </c>
+      <c r="AK197" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL197" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM197" s="9">
+        <v>32159.909</v>
+      </c>
+      <c r="AO197" s="1">
+        <v>45925.541666666664</v>
+      </c>
+      <c r="AP197" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ197" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR197" s="9">
+        <v>27235.449000000001</v>
+      </c>
       <c r="AT197" s="1"/>
       <c r="AW197" s="9"/>
       <c r="AY197" s="1"/>
       <c r="BB197" s="9"/>
       <c r="BD197" s="1"/>
       <c r="BG197" s="9"/>
     </row>
     <row r="198" spans="1:59">
       <c r="A198" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B198" t="s">
         <v>24</v>
       </c>
       <c r="C198" t="s">
         <v>30</v>
       </c>
       <c r="D198" s="9">
         <v>55876.749000000003</v>
       </c>
       <c r="F198" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G198" t="s">
         <v>24</v>
@@ -19246,54 +22986,74 @@
       </c>
       <c r="Z198" s="1">
         <v>45832.541666666664</v>
       </c>
       <c r="AA198" t="s">
         <v>24</v>
       </c>
       <c r="AB198" t="s">
         <v>30</v>
       </c>
       <c r="AC198" s="9">
         <v>82121.244000000006</v>
       </c>
       <c r="AE198" s="1">
         <v>45867.541666666664</v>
       </c>
       <c r="AF198" t="s">
         <v>24</v>
       </c>
       <c r="AG198" t="s">
         <v>30</v>
       </c>
       <c r="AH198" s="9">
         <v>77819.501000000004</v>
       </c>
-      <c r="AJ198" s="1"/>
-[...2 lines deleted...]
-      <c r="AR198" s="9"/>
+      <c r="AJ198" s="1">
+        <v>45881.541666666664</v>
+      </c>
+      <c r="AK198" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL198" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM198" s="9">
+        <v>76525.917000000001</v>
+      </c>
+      <c r="AO198" s="1">
+        <v>45925.541666666664</v>
+      </c>
+      <c r="AP198" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ198" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR198" s="9">
+        <v>62017.892</v>
+      </c>
       <c r="AT198" s="1"/>
       <c r="AW198" s="9"/>
       <c r="AY198" s="1"/>
       <c r="BB198" s="9"/>
       <c r="BD198" s="1"/>
       <c r="BG198" s="9"/>
     </row>
     <row r="199" spans="1:59">
       <c r="A199" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B199" t="s">
         <v>24</v>
       </c>
       <c r="C199" t="s">
         <v>31</v>
       </c>
       <c r="D199" s="9">
         <v>80054.520999999993</v>
       </c>
       <c r="F199" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G199" t="s">
         <v>24</v>
@@ -19342,54 +23102,74 @@
       </c>
       <c r="Z199" s="1">
         <v>45832.541666666664</v>
       </c>
       <c r="AA199" t="s">
         <v>24</v>
       </c>
       <c r="AB199" t="s">
         <v>31</v>
       </c>
       <c r="AC199" s="9">
         <v>92885.585000000006</v>
       </c>
       <c r="AE199" s="1">
         <v>45867.541666666664</v>
       </c>
       <c r="AF199" t="s">
         <v>24</v>
       </c>
       <c r="AG199" t="s">
         <v>31</v>
       </c>
       <c r="AH199" s="9">
         <v>95199.91</v>
       </c>
-      <c r="AJ199" s="1"/>
-[...2 lines deleted...]
-      <c r="AR199" s="9"/>
+      <c r="AJ199" s="1">
+        <v>45881.541666666664</v>
+      </c>
+      <c r="AK199" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL199" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM199" s="9">
+        <v>95371.021999999997</v>
+      </c>
+      <c r="AO199" s="1">
+        <v>45925.541666666664</v>
+      </c>
+      <c r="AP199" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ199" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR199" s="9">
+        <v>84597.573999999993</v>
+      </c>
       <c r="AT199" s="1"/>
       <c r="AW199" s="9"/>
       <c r="AY199" s="1"/>
       <c r="BB199" s="9"/>
       <c r="BD199" s="1"/>
       <c r="BG199" s="9"/>
     </row>
     <row r="200" spans="1:59">
       <c r="A200" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B200" t="s">
         <v>24</v>
       </c>
       <c r="C200" t="s">
         <v>32</v>
       </c>
       <c r="D200" s="9">
         <v>14614.173000000001</v>
       </c>
       <c r="F200" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G200" t="s">
         <v>24</v>
@@ -19438,54 +23218,74 @@
       </c>
       <c r="Z200" s="1">
         <v>45832.541666666664</v>
       </c>
       <c r="AA200" t="s">
         <v>24</v>
       </c>
       <c r="AB200" t="s">
         <v>32</v>
       </c>
       <c r="AC200" s="9">
         <v>14804.083000000001</v>
       </c>
       <c r="AE200" s="1">
         <v>45867.541666666664</v>
       </c>
       <c r="AF200" t="s">
         <v>24</v>
       </c>
       <c r="AG200" t="s">
         <v>32</v>
       </c>
       <c r="AH200" s="9">
         <v>12959.754999999999</v>
       </c>
-      <c r="AJ200" s="1"/>
-[...2 lines deleted...]
-      <c r="AR200" s="9"/>
+      <c r="AJ200" s="1">
+        <v>45881.541666666664</v>
+      </c>
+      <c r="AK200" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL200" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM200" s="9">
+        <v>12463.4</v>
+      </c>
+      <c r="AO200" s="1">
+        <v>45925.541666666664</v>
+      </c>
+      <c r="AP200" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ200" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR200" s="9">
+        <v>14008.135</v>
+      </c>
       <c r="AT200" s="1"/>
       <c r="AW200" s="9"/>
       <c r="AY200" s="1"/>
       <c r="BB200" s="9"/>
       <c r="BD200" s="1"/>
       <c r="BG200" s="9"/>
     </row>
     <row r="201" spans="1:59">
       <c r="A201" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B201" t="s">
         <v>24</v>
       </c>
       <c r="C201" t="s">
         <v>33</v>
       </c>
       <c r="D201" s="9">
         <v>96132.274999999994</v>
       </c>
       <c r="F201" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G201" t="s">
         <v>24</v>
@@ -19534,54 +23334,74 @@
       </c>
       <c r="Z201" s="1">
         <v>45832.541666666664</v>
       </c>
       <c r="AA201" t="s">
         <v>24</v>
       </c>
       <c r="AB201" t="s">
         <v>33</v>
       </c>
       <c r="AC201" s="9">
         <v>85184.639999999999</v>
       </c>
       <c r="AE201" s="1">
         <v>45867.541666666664</v>
       </c>
       <c r="AF201" t="s">
         <v>24</v>
       </c>
       <c r="AG201" t="s">
         <v>33</v>
       </c>
       <c r="AH201" s="9">
         <v>92475.493000000002</v>
       </c>
-      <c r="AJ201" s="1"/>
-[...2 lines deleted...]
-      <c r="AR201" s="9"/>
+      <c r="AJ201" s="1">
+        <v>45881.541666666664</v>
+      </c>
+      <c r="AK201" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL201" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM201" s="9">
+        <v>76218.243000000002</v>
+      </c>
+      <c r="AO201" s="1">
+        <v>45925.541666666664</v>
+      </c>
+      <c r="AP201" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ201" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR201" s="9">
+        <v>91260.785000000003</v>
+      </c>
       <c r="AT201" s="1"/>
       <c r="AW201" s="9"/>
       <c r="AY201" s="1"/>
       <c r="BB201" s="9"/>
       <c r="BD201" s="1"/>
       <c r="BG201" s="9"/>
     </row>
     <row r="202" spans="1:59">
       <c r="A202" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B202" t="s">
         <v>24</v>
       </c>
       <c r="C202" t="s">
         <v>34</v>
       </c>
       <c r="D202" s="9">
         <v>44726</v>
       </c>
       <c r="F202" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G202" t="s">
         <v>24</v>
@@ -19630,54 +23450,74 @@
       </c>
       <c r="Z202" s="1">
         <v>45832.541666666664</v>
       </c>
       <c r="AA202" t="s">
         <v>24</v>
       </c>
       <c r="AB202" t="s">
         <v>34</v>
       </c>
       <c r="AC202" s="9">
         <v>37587</v>
       </c>
       <c r="AE202" s="1">
         <v>45867.541666666664</v>
       </c>
       <c r="AF202" t="s">
         <v>24</v>
       </c>
       <c r="AG202" t="s">
         <v>34</v>
       </c>
       <c r="AH202" s="9">
         <v>40634</v>
       </c>
-      <c r="AJ202" s="1"/>
-[...2 lines deleted...]
-      <c r="AR202" s="9"/>
+      <c r="AJ202" s="1">
+        <v>45881.541666666664</v>
+      </c>
+      <c r="AK202" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL202" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM202" s="9">
+        <v>87554</v>
+      </c>
+      <c r="AO202" s="1">
+        <v>45925.541666666664</v>
+      </c>
+      <c r="AP202" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ202" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR202" s="9">
+        <v>109820.6</v>
+      </c>
       <c r="AT202" s="1"/>
       <c r="AW202" s="9"/>
       <c r="AY202" s="1"/>
       <c r="BB202" s="9"/>
       <c r="BD202" s="1"/>
       <c r="BG202" s="9"/>
     </row>
     <row r="203" spans="1:59">
       <c r="A203" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B203" t="s">
         <v>24</v>
       </c>
       <c r="C203" t="s">
         <v>35</v>
       </c>
       <c r="D203" s="9">
         <v>11860.243</v>
       </c>
       <c r="F203" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G203" t="s">
         <v>24</v>
@@ -19726,54 +23566,74 @@
       </c>
       <c r="Z203" s="1">
         <v>45832.541666666664</v>
       </c>
       <c r="AA203" t="s">
         <v>24</v>
       </c>
       <c r="AB203" t="s">
         <v>35</v>
       </c>
       <c r="AC203" s="9">
         <v>11558.137000000001</v>
       </c>
       <c r="AE203" s="1">
         <v>45867.541666666664</v>
       </c>
       <c r="AF203" t="s">
         <v>24</v>
       </c>
       <c r="AG203" t="s">
         <v>35</v>
       </c>
       <c r="AH203" s="9">
         <v>12704.2</v>
       </c>
-      <c r="AJ203" s="1"/>
-[...2 lines deleted...]
-      <c r="AR203" s="9"/>
+      <c r="AJ203" s="1">
+        <v>45881.541666666664</v>
+      </c>
+      <c r="AK203" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL203" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM203" s="9">
+        <v>13036.460999999999</v>
+      </c>
+      <c r="AO203" s="1">
+        <v>45925.541666666664</v>
+      </c>
+      <c r="AP203" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ203" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR203" s="9">
+        <v>10961.200999999999</v>
+      </c>
       <c r="AT203" s="1"/>
       <c r="AW203" s="9"/>
       <c r="AY203" s="1"/>
       <c r="BB203" s="9"/>
       <c r="BD203" s="1"/>
       <c r="BG203" s="9"/>
     </row>
     <row r="204" spans="1:59">
       <c r="A204" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B204" t="s">
         <v>24</v>
       </c>
       <c r="C204" t="s">
         <v>36</v>
       </c>
       <c r="D204" s="9">
         <v>297806.44099999999</v>
       </c>
       <c r="F204" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G204" t="s">
         <v>24</v>
@@ -19822,54 +23682,74 @@
       </c>
       <c r="Z204" s="1">
         <v>45832.541666666664</v>
       </c>
       <c r="AA204" t="s">
         <v>24</v>
       </c>
       <c r="AB204" t="s">
         <v>36</v>
       </c>
       <c r="AC204" s="9">
         <v>392020.00799999997</v>
       </c>
       <c r="AE204" s="1">
         <v>45867.541666666664</v>
       </c>
       <c r="AF204" t="s">
         <v>24</v>
       </c>
       <c r="AG204" t="s">
         <v>36</v>
       </c>
       <c r="AH204" s="9">
         <v>386882.80800000002</v>
       </c>
-      <c r="AJ204" s="1"/>
-[...2 lines deleted...]
-      <c r="AR204" s="9"/>
+      <c r="AJ204" s="1">
+        <v>45881.541666666664</v>
+      </c>
+      <c r="AK204" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL204" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM204" s="9">
+        <v>387418.70600000001</v>
+      </c>
+      <c r="AO204" s="1">
+        <v>45925.541666666664</v>
+      </c>
+      <c r="AP204" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ204" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR204" s="9">
+        <v>288399.83899999998</v>
+      </c>
       <c r="AT204" s="1"/>
       <c r="AW204" s="9"/>
       <c r="AY204" s="1"/>
       <c r="BB204" s="9"/>
       <c r="BD204" s="1"/>
       <c r="BG204" s="9"/>
     </row>
     <row r="205" spans="1:59">
       <c r="A205" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B205" t="s">
         <v>24</v>
       </c>
       <c r="C205" t="s">
         <v>37</v>
       </c>
       <c r="D205" s="9">
         <v>129177.751</v>
       </c>
       <c r="F205" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G205" t="s">
         <v>24</v>
@@ -19918,54 +23798,74 @@
       </c>
       <c r="Z205" s="1">
         <v>45832.541666666664</v>
       </c>
       <c r="AA205" t="s">
         <v>24</v>
       </c>
       <c r="AB205" t="s">
         <v>37</v>
       </c>
       <c r="AC205" s="9">
         <v>170114.67600000001</v>
       </c>
       <c r="AE205" s="1">
         <v>45867.541666666664</v>
       </c>
       <c r="AF205" t="s">
         <v>24</v>
       </c>
       <c r="AG205" t="s">
         <v>37</v>
       </c>
       <c r="AH205" s="9">
         <v>166873.71599999999</v>
       </c>
-      <c r="AJ205" s="1"/>
-[...2 lines deleted...]
-      <c r="AR205" s="9"/>
+      <c r="AJ205" s="1">
+        <v>45881.541666666664</v>
+      </c>
+      <c r="AK205" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL205" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM205" s="9">
+        <v>168981.72099999999</v>
+      </c>
+      <c r="AO205" s="1">
+        <v>45925.541666666664</v>
+      </c>
+      <c r="AP205" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ205" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR205" s="9">
+        <v>103559.43700000001</v>
+      </c>
       <c r="AT205" s="1"/>
       <c r="AW205" s="9"/>
       <c r="AY205" s="1"/>
       <c r="BB205" s="9"/>
       <c r="BD205" s="1"/>
       <c r="BG205" s="9"/>
     </row>
     <row r="206" spans="1:59">
       <c r="A206" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B206" t="s">
         <v>24</v>
       </c>
       <c r="C206" t="s">
         <v>38</v>
       </c>
       <c r="D206" s="9">
         <v>0</v>
       </c>
       <c r="F206" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G206" t="s">
         <v>24</v>
@@ -20014,54 +23914,74 @@
       </c>
       <c r="Z206" s="1">
         <v>45832.541666666664</v>
       </c>
       <c r="AA206" t="s">
         <v>24</v>
       </c>
       <c r="AB206" t="s">
         <v>38</v>
       </c>
       <c r="AC206" s="9">
         <v>0</v>
       </c>
       <c r="AE206" s="1">
         <v>45867.541666666664</v>
       </c>
       <c r="AF206" t="s">
         <v>24</v>
       </c>
       <c r="AG206" t="s">
         <v>38</v>
       </c>
       <c r="AH206" s="9">
         <v>0</v>
       </c>
-      <c r="AJ206" s="1"/>
-[...2 lines deleted...]
-      <c r="AR206" s="9"/>
+      <c r="AJ206" s="1">
+        <v>45881.541666666664</v>
+      </c>
+      <c r="AK206" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL206" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM206" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO206" s="1">
+        <v>45925.541666666664</v>
+      </c>
+      <c r="AP206" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ206" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR206" s="9">
+        <v>0</v>
+      </c>
       <c r="AT206" s="1"/>
       <c r="AW206" s="9"/>
       <c r="AY206" s="1"/>
       <c r="BB206" s="9"/>
       <c r="BD206" s="1"/>
       <c r="BG206" s="9"/>
     </row>
     <row r="207" spans="1:59">
       <c r="A207" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B207" t="s">
         <v>24</v>
       </c>
       <c r="C207" t="s">
         <v>25</v>
       </c>
       <c r="D207" s="9">
         <v>609919.33900000004</v>
       </c>
       <c r="F207" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G207" t="s">
         <v>24</v>
@@ -20110,54 +24030,74 @@
       </c>
       <c r="Z207" s="1">
         <v>45832.583333333336</v>
       </c>
       <c r="AA207" t="s">
         <v>24</v>
       </c>
       <c r="AB207" t="s">
         <v>25</v>
       </c>
       <c r="AC207" s="9">
         <v>800044.99</v>
       </c>
       <c r="AE207" s="1">
         <v>45867.583333333336</v>
       </c>
       <c r="AF207" t="s">
         <v>24</v>
       </c>
       <c r="AG207" t="s">
         <v>25</v>
       </c>
       <c r="AH207" s="9">
         <v>741266.70200000005</v>
       </c>
-      <c r="AJ207" s="1"/>
-[...2 lines deleted...]
-      <c r="AR207" s="9"/>
+      <c r="AJ207" s="1">
+        <v>45881.583333333336</v>
+      </c>
+      <c r="AK207" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL207" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM207" s="9">
+        <v>766492.22100000002</v>
+      </c>
+      <c r="AO207" s="1">
+        <v>45925.583333333336</v>
+      </c>
+      <c r="AP207" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ207" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR207" s="9">
+        <v>388022.03499999997</v>
+      </c>
       <c r="AT207" s="1"/>
       <c r="AW207" s="9"/>
       <c r="AY207" s="1"/>
       <c r="BB207" s="9"/>
       <c r="BD207" s="1"/>
       <c r="BG207" s="9"/>
     </row>
     <row r="208" spans="1:59">
       <c r="A208" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B208" t="s">
         <v>24</v>
       </c>
       <c r="C208" t="s">
         <v>26</v>
       </c>
       <c r="D208" s="9">
         <v>0</v>
       </c>
       <c r="F208" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G208" t="s">
         <v>24</v>
@@ -20206,54 +24146,74 @@
       </c>
       <c r="Z208" s="1">
         <v>45832.583333333336</v>
       </c>
       <c r="AA208" t="s">
         <v>24</v>
       </c>
       <c r="AB208" t="s">
         <v>26</v>
       </c>
       <c r="AC208" s="9">
         <v>0</v>
       </c>
       <c r="AE208" s="1">
         <v>45867.583333333336</v>
       </c>
       <c r="AF208" t="s">
         <v>24</v>
       </c>
       <c r="AG208" t="s">
         <v>26</v>
       </c>
       <c r="AH208" s="9">
         <v>0</v>
       </c>
-      <c r="AJ208" s="1"/>
-[...2 lines deleted...]
-      <c r="AR208" s="9"/>
+      <c r="AJ208" s="1">
+        <v>45881.583333333336</v>
+      </c>
+      <c r="AK208" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL208" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM208" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO208" s="1">
+        <v>45925.583333333336</v>
+      </c>
+      <c r="AP208" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ208" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR208" s="9">
+        <v>0</v>
+      </c>
       <c r="AT208" s="1"/>
       <c r="AW208" s="9"/>
       <c r="AY208" s="1"/>
       <c r="BB208" s="9"/>
       <c r="BD208" s="1"/>
       <c r="BG208" s="9"/>
     </row>
     <row r="209" spans="1:59">
       <c r="A209" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B209" t="s">
         <v>24</v>
       </c>
       <c r="C209" t="s">
         <v>27</v>
       </c>
       <c r="D209" s="9">
         <v>40.725999999999999</v>
       </c>
       <c r="F209" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G209" t="s">
         <v>24</v>
@@ -20302,54 +24262,74 @@
       </c>
       <c r="Z209" s="1">
         <v>45832.583333333336</v>
       </c>
       <c r="AA209" t="s">
         <v>24</v>
       </c>
       <c r="AB209" t="s">
         <v>27</v>
       </c>
       <c r="AC209" s="9">
         <v>4.03</v>
       </c>
       <c r="AE209" s="1">
         <v>45867.583333333336</v>
       </c>
       <c r="AF209" t="s">
         <v>24</v>
       </c>
       <c r="AG209" t="s">
         <v>27</v>
       </c>
       <c r="AH209" s="9">
         <v>5.4059999999999997</v>
       </c>
-      <c r="AJ209" s="1"/>
-[...2 lines deleted...]
-      <c r="AR209" s="9"/>
+      <c r="AJ209" s="1">
+        <v>45881.583333333336</v>
+      </c>
+      <c r="AK209" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL209" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM209" s="9">
+        <v>5.2990000000000004</v>
+      </c>
+      <c r="AO209" s="1">
+        <v>45925.583333333336</v>
+      </c>
+      <c r="AP209" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ209" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR209" s="9">
+        <v>1.1990000000000001</v>
+      </c>
       <c r="AT209" s="1"/>
       <c r="AW209" s="9"/>
       <c r="AY209" s="1"/>
       <c r="BB209" s="9"/>
       <c r="BD209" s="1"/>
       <c r="BG209" s="9"/>
     </row>
     <row r="210" spans="1:59">
       <c r="A210" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B210" t="s">
         <v>24</v>
       </c>
       <c r="C210" t="s">
         <v>28</v>
       </c>
       <c r="D210" s="9">
         <v>9105.4709999999995</v>
       </c>
       <c r="F210" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G210" t="s">
         <v>24</v>
@@ -20398,54 +24378,74 @@
       </c>
       <c r="Z210" s="1">
         <v>45832.583333333336</v>
       </c>
       <c r="AA210" t="s">
         <v>24</v>
       </c>
       <c r="AB210" t="s">
         <v>28</v>
       </c>
       <c r="AC210" s="9">
         <v>2105.7420000000002</v>
       </c>
       <c r="AE210" s="1">
         <v>45867.583333333336</v>
       </c>
       <c r="AF210" t="s">
         <v>24</v>
       </c>
       <c r="AG210" t="s">
         <v>28</v>
       </c>
       <c r="AH210" s="9">
         <v>972.18299999999999</v>
       </c>
-      <c r="AJ210" s="1"/>
-[...2 lines deleted...]
-      <c r="AR210" s="9"/>
+      <c r="AJ210" s="1">
+        <v>45881.583333333336</v>
+      </c>
+      <c r="AK210" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL210" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM210" s="9">
+        <v>1007.56</v>
+      </c>
+      <c r="AO210" s="1">
+        <v>45925.583333333336</v>
+      </c>
+      <c r="AP210" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ210" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR210" s="9">
+        <v>691.23299999999995</v>
+      </c>
       <c r="AT210" s="1"/>
       <c r="AW210" s="9"/>
       <c r="AY210" s="1"/>
       <c r="BB210" s="9"/>
       <c r="BD210" s="1"/>
       <c r="BG210" s="9"/>
     </row>
     <row r="211" spans="1:59">
       <c r="A211" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B211" t="s">
         <v>24</v>
       </c>
       <c r="C211" t="s">
         <v>29</v>
       </c>
       <c r="D211" s="9">
         <v>20443.571</v>
       </c>
       <c r="F211" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G211" t="s">
         <v>24</v>
@@ -20494,54 +24494,74 @@
       </c>
       <c r="Z211" s="1">
         <v>45832.583333333336</v>
       </c>
       <c r="AA211" t="s">
         <v>24</v>
       </c>
       <c r="AB211" t="s">
         <v>29</v>
       </c>
       <c r="AC211" s="9">
         <v>26930.655999999999</v>
       </c>
       <c r="AE211" s="1">
         <v>45867.583333333336</v>
       </c>
       <c r="AF211" t="s">
         <v>24</v>
       </c>
       <c r="AG211" t="s">
         <v>29</v>
       </c>
       <c r="AH211" s="9">
         <v>32498.498</v>
       </c>
-      <c r="AJ211" s="1"/>
-[...2 lines deleted...]
-      <c r="AR211" s="9"/>
+      <c r="AJ211" s="1">
+        <v>45881.583333333336</v>
+      </c>
+      <c r="AK211" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL211" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM211" s="9">
+        <v>31265.37</v>
+      </c>
+      <c r="AO211" s="1">
+        <v>45925.583333333336</v>
+      </c>
+      <c r="AP211" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ211" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR211" s="9">
+        <v>26763.113000000001</v>
+      </c>
       <c r="AT211" s="1"/>
       <c r="AW211" s="9"/>
       <c r="AY211" s="1"/>
       <c r="BB211" s="9"/>
       <c r="BD211" s="1"/>
       <c r="BG211" s="9"/>
     </row>
     <row r="212" spans="1:59">
       <c r="A212" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B212" t="s">
         <v>24</v>
       </c>
       <c r="C212" t="s">
         <v>30</v>
       </c>
       <c r="D212" s="9">
         <v>55169.264000000003</v>
       </c>
       <c r="F212" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G212" t="s">
         <v>24</v>
@@ -20590,54 +24610,74 @@
       </c>
       <c r="Z212" s="1">
         <v>45832.583333333336</v>
       </c>
       <c r="AA212" t="s">
         <v>24</v>
       </c>
       <c r="AB212" t="s">
         <v>30</v>
       </c>
       <c r="AC212" s="9">
         <v>79501.426999999996</v>
       </c>
       <c r="AE212" s="1">
         <v>45867.583333333336</v>
       </c>
       <c r="AF212" t="s">
         <v>24</v>
       </c>
       <c r="AG212" t="s">
         <v>30</v>
       </c>
       <c r="AH212" s="9">
         <v>76301.638000000006</v>
       </c>
-      <c r="AJ212" s="1"/>
-[...2 lines deleted...]
-      <c r="AR212" s="9"/>
+      <c r="AJ212" s="1">
+        <v>45881.583333333336</v>
+      </c>
+      <c r="AK212" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL212" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM212" s="9">
+        <v>76196.486999999994</v>
+      </c>
+      <c r="AO212" s="1">
+        <v>45925.583333333336</v>
+      </c>
+      <c r="AP212" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ212" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR212" s="9">
+        <v>61813.641000000003</v>
+      </c>
       <c r="AT212" s="1"/>
       <c r="AW212" s="9"/>
       <c r="AY212" s="1"/>
       <c r="BB212" s="9"/>
       <c r="BD212" s="1"/>
       <c r="BG212" s="9"/>
     </row>
     <row r="213" spans="1:59">
       <c r="A213" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B213" t="s">
         <v>24</v>
       </c>
       <c r="C213" t="s">
         <v>31</v>
       </c>
       <c r="D213" s="9">
         <v>79887.543000000005</v>
       </c>
       <c r="F213" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G213" t="s">
         <v>24</v>
@@ -20686,54 +24726,74 @@
       </c>
       <c r="Z213" s="1">
         <v>45832.583333333336</v>
       </c>
       <c r="AA213" t="s">
         <v>24</v>
       </c>
       <c r="AB213" t="s">
         <v>31</v>
       </c>
       <c r="AC213" s="9">
         <v>92222.523000000001</v>
       </c>
       <c r="AE213" s="1">
         <v>45867.583333333336</v>
       </c>
       <c r="AF213" t="s">
         <v>24</v>
       </c>
       <c r="AG213" t="s">
         <v>31</v>
       </c>
       <c r="AH213" s="9">
         <v>95912.74</v>
       </c>
-      <c r="AJ213" s="1"/>
-[...2 lines deleted...]
-      <c r="AR213" s="9"/>
+      <c r="AJ213" s="1">
+        <v>45881.583333333336</v>
+      </c>
+      <c r="AK213" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL213" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM213" s="9">
+        <v>94119.695999999996</v>
+      </c>
+      <c r="AO213" s="1">
+        <v>45925.583333333336</v>
+      </c>
+      <c r="AP213" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ213" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR213" s="9">
+        <v>82436.577000000005</v>
+      </c>
       <c r="AT213" s="1"/>
       <c r="AW213" s="9"/>
       <c r="AY213" s="1"/>
       <c r="BB213" s="9"/>
       <c r="BD213" s="1"/>
       <c r="BG213" s="9"/>
     </row>
     <row r="214" spans="1:59">
       <c r="A214" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B214" t="s">
         <v>24</v>
       </c>
       <c r="C214" t="s">
         <v>32</v>
       </c>
       <c r="D214" s="9">
         <v>13934.196</v>
       </c>
       <c r="F214" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G214" t="s">
         <v>24</v>
@@ -20782,54 +24842,74 @@
       </c>
       <c r="Z214" s="1">
         <v>45832.583333333336</v>
       </c>
       <c r="AA214" t="s">
         <v>24</v>
       </c>
       <c r="AB214" t="s">
         <v>32</v>
       </c>
       <c r="AC214" s="9">
         <v>14009.743</v>
       </c>
       <c r="AE214" s="1">
         <v>45867.583333333336</v>
       </c>
       <c r="AF214" t="s">
         <v>24</v>
       </c>
       <c r="AG214" t="s">
         <v>32</v>
       </c>
       <c r="AH214" s="9">
         <v>12926.485000000001</v>
       </c>
-      <c r="AJ214" s="1"/>
-[...2 lines deleted...]
-      <c r="AR214" s="9"/>
+      <c r="AJ214" s="1">
+        <v>45881.583333333336</v>
+      </c>
+      <c r="AK214" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL214" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM214" s="9">
+        <v>12496.11</v>
+      </c>
+      <c r="AO214" s="1">
+        <v>45925.583333333336</v>
+      </c>
+      <c r="AP214" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ214" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR214" s="9">
+        <v>13775.17</v>
+      </c>
       <c r="AT214" s="1"/>
       <c r="AW214" s="9"/>
       <c r="AY214" s="1"/>
       <c r="BB214" s="9"/>
       <c r="BD214" s="1"/>
       <c r="BG214" s="9"/>
     </row>
     <row r="215" spans="1:59">
       <c r="A215" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B215" t="s">
         <v>24</v>
       </c>
       <c r="C215" t="s">
         <v>33</v>
       </c>
       <c r="D215" s="9">
         <v>93193.880999999994</v>
       </c>
       <c r="F215" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G215" t="s">
         <v>24</v>
@@ -20878,54 +24958,74 @@
       </c>
       <c r="Z215" s="1">
         <v>45832.583333333336</v>
       </c>
       <c r="AA215" t="s">
         <v>24</v>
       </c>
       <c r="AB215" t="s">
         <v>33</v>
       </c>
       <c r="AC215" s="9">
         <v>84829.84</v>
       </c>
       <c r="AE215" s="1">
         <v>45867.583333333336</v>
       </c>
       <c r="AF215" t="s">
         <v>24</v>
       </c>
       <c r="AG215" t="s">
         <v>33</v>
       </c>
       <c r="AH215" s="9">
         <v>92642.707999999999</v>
       </c>
-      <c r="AJ215" s="1"/>
-[...2 lines deleted...]
-      <c r="AR215" s="9"/>
+      <c r="AJ215" s="1">
+        <v>45881.583333333336</v>
+      </c>
+      <c r="AK215" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL215" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM215" s="9">
+        <v>72164.281000000003</v>
+      </c>
+      <c r="AO215" s="1">
+        <v>45925.583333333336</v>
+      </c>
+      <c r="AP215" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ215" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR215" s="9">
+        <v>87732.195999999996</v>
+      </c>
       <c r="AT215" s="1"/>
       <c r="AW215" s="9"/>
       <c r="AY215" s="1"/>
       <c r="BB215" s="9"/>
       <c r="BD215" s="1"/>
       <c r="BG215" s="9"/>
     </row>
     <row r="216" spans="1:59">
       <c r="A216" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B216" t="s">
         <v>24</v>
       </c>
       <c r="C216" t="s">
         <v>34</v>
       </c>
       <c r="D216" s="9">
         <v>54848</v>
       </c>
       <c r="F216" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G216" t="s">
         <v>24</v>
@@ -20974,54 +25074,74 @@
       </c>
       <c r="Z216" s="1">
         <v>45832.583333333336</v>
       </c>
       <c r="AA216" t="s">
         <v>24</v>
       </c>
       <c r="AB216" t="s">
         <v>34</v>
       </c>
       <c r="AC216" s="9">
         <v>39173</v>
       </c>
       <c r="AE216" s="1">
         <v>45867.583333333336</v>
       </c>
       <c r="AF216" t="s">
         <v>24</v>
       </c>
       <c r="AG216" t="s">
         <v>34</v>
       </c>
       <c r="AH216" s="9">
         <v>31250</v>
       </c>
-      <c r="AJ216" s="1"/>
-[...2 lines deleted...]
-      <c r="AR216" s="9"/>
+      <c r="AJ216" s="1">
+        <v>45881.583333333336</v>
+      </c>
+      <c r="AK216" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL216" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM216" s="9">
+        <v>81376</v>
+      </c>
+      <c r="AO216" s="1">
+        <v>45925.583333333336</v>
+      </c>
+      <c r="AP216" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ216" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR216" s="9">
+        <v>112659</v>
+      </c>
       <c r="AT216" s="1"/>
       <c r="AW216" s="9"/>
       <c r="AY216" s="1"/>
       <c r="BB216" s="9"/>
       <c r="BD216" s="1"/>
       <c r="BG216" s="9"/>
     </row>
     <row r="217" spans="1:59">
       <c r="A217" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B217" t="s">
         <v>24</v>
       </c>
       <c r="C217" t="s">
         <v>35</v>
       </c>
       <c r="D217" s="9">
         <v>11722.154</v>
       </c>
       <c r="F217" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G217" t="s">
         <v>24</v>
@@ -21070,54 +25190,74 @@
       </c>
       <c r="Z217" s="1">
         <v>45832.583333333336</v>
       </c>
       <c r="AA217" t="s">
         <v>24</v>
       </c>
       <c r="AB217" t="s">
         <v>35</v>
       </c>
       <c r="AC217" s="9">
         <v>11453.825000000001</v>
       </c>
       <c r="AE217" s="1">
         <v>45867.583333333336</v>
       </c>
       <c r="AF217" t="s">
         <v>24</v>
       </c>
       <c r="AG217" t="s">
         <v>35</v>
       </c>
       <c r="AH217" s="9">
         <v>12581.08</v>
       </c>
-      <c r="AJ217" s="1"/>
-[...2 lines deleted...]
-      <c r="AR217" s="9"/>
+      <c r="AJ217" s="1">
+        <v>45881.583333333336</v>
+      </c>
+      <c r="AK217" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL217" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM217" s="9">
+        <v>12853.862999999999</v>
+      </c>
+      <c r="AO217" s="1">
+        <v>45925.583333333336</v>
+      </c>
+      <c r="AP217" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ217" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR217" s="9">
+        <v>10418.339</v>
+      </c>
       <c r="AT217" s="1"/>
       <c r="AW217" s="9"/>
       <c r="AY217" s="1"/>
       <c r="BB217" s="9"/>
       <c r="BD217" s="1"/>
       <c r="BG217" s="9"/>
     </row>
     <row r="218" spans="1:59">
       <c r="A218" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B218" t="s">
         <v>24</v>
       </c>
       <c r="C218" t="s">
         <v>36</v>
       </c>
       <c r="D218" s="9">
         <v>294360.96399999998</v>
       </c>
       <c r="F218" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G218" t="s">
         <v>24</v>
@@ -21166,54 +25306,74 @@
       </c>
       <c r="Z218" s="1">
         <v>45832.583333333336</v>
       </c>
       <c r="AA218" t="s">
         <v>24</v>
       </c>
       <c r="AB218" t="s">
         <v>36</v>
       </c>
       <c r="AC218" s="9">
         <v>388497.83299999998</v>
       </c>
       <c r="AE218" s="1">
         <v>45867.583333333336</v>
       </c>
       <c r="AF218" t="s">
         <v>24</v>
       </c>
       <c r="AG218" t="s">
         <v>36</v>
       </c>
       <c r="AH218" s="9">
         <v>383930.054</v>
       </c>
-      <c r="AJ218" s="1"/>
-[...2 lines deleted...]
-      <c r="AR218" s="9"/>
+      <c r="AJ218" s="1">
+        <v>45881.583333333336</v>
+      </c>
+      <c r="AK218" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL218" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM218" s="9">
+        <v>384415.73700000002</v>
+      </c>
+      <c r="AO218" s="1">
+        <v>45925.583333333336</v>
+      </c>
+      <c r="AP218" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ218" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR218" s="9">
+        <v>281106.435</v>
+      </c>
       <c r="AT218" s="1"/>
       <c r="AW218" s="9"/>
       <c r="AY218" s="1"/>
       <c r="BB218" s="9"/>
       <c r="BD218" s="1"/>
       <c r="BG218" s="9"/>
     </row>
     <row r="219" spans="1:59">
       <c r="A219" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B219" t="s">
         <v>24</v>
       </c>
       <c r="C219" t="s">
         <v>37</v>
       </c>
       <c r="D219" s="9">
         <v>129133.099</v>
       </c>
       <c r="F219" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G219" t="s">
         <v>24</v>
@@ -21262,54 +25422,74 @@
       </c>
       <c r="Z219" s="1">
         <v>45832.583333333336</v>
       </c>
       <c r="AA219" t="s">
         <v>24</v>
       </c>
       <c r="AB219" t="s">
         <v>37</v>
       </c>
       <c r="AC219" s="9">
         <v>170838.04500000001</v>
       </c>
       <c r="AE219" s="1">
         <v>45867.583333333336</v>
       </c>
       <c r="AF219" t="s">
         <v>24</v>
       </c>
       <c r="AG219" t="s">
         <v>37</v>
       </c>
       <c r="AH219" s="9">
         <v>167866.223</v>
       </c>
-      <c r="AJ219" s="1"/>
-[...2 lines deleted...]
-      <c r="AR219" s="9"/>
+      <c r="AJ219" s="1">
+        <v>45881.583333333336</v>
+      </c>
+      <c r="AK219" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL219" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM219" s="9">
+        <v>169708.87299999999</v>
+      </c>
+      <c r="AO219" s="1">
+        <v>45925.583333333336</v>
+      </c>
+      <c r="AP219" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ219" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR219" s="9">
+        <v>102074.685</v>
+      </c>
       <c r="AT219" s="1"/>
       <c r="AW219" s="9"/>
       <c r="AY219" s="1"/>
       <c r="BB219" s="9"/>
       <c r="BD219" s="1"/>
       <c r="BG219" s="9"/>
     </row>
     <row r="220" spans="1:59">
       <c r="A220" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B220" t="s">
         <v>24</v>
       </c>
       <c r="C220" t="s">
         <v>38</v>
       </c>
       <c r="D220" s="9">
         <v>0</v>
       </c>
       <c r="F220" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G220" t="s">
         <v>24</v>
@@ -21358,54 +25538,74 @@
       </c>
       <c r="Z220" s="1">
         <v>45832.583333333336</v>
       </c>
       <c r="AA220" t="s">
         <v>24</v>
       </c>
       <c r="AB220" t="s">
         <v>38</v>
       </c>
       <c r="AC220" s="9">
         <v>0</v>
       </c>
       <c r="AE220" s="1">
         <v>45867.583333333336</v>
       </c>
       <c r="AF220" t="s">
         <v>24</v>
       </c>
       <c r="AG220" t="s">
         <v>38</v>
       </c>
       <c r="AH220" s="9">
         <v>0</v>
       </c>
-      <c r="AJ220" s="1"/>
-[...2 lines deleted...]
-      <c r="AR220" s="9"/>
+      <c r="AJ220" s="1">
+        <v>45881.583333333336</v>
+      </c>
+      <c r="AK220" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL220" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM220" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO220" s="1">
+        <v>45925.583333333336</v>
+      </c>
+      <c r="AP220" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ220" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR220" s="9">
+        <v>0</v>
+      </c>
       <c r="AT220" s="1"/>
       <c r="AW220" s="9"/>
       <c r="AY220" s="1"/>
       <c r="BB220" s="9"/>
       <c r="BD220" s="1"/>
       <c r="BG220" s="9"/>
     </row>
     <row r="221" spans="1:59">
       <c r="A221" s="1">
         <v>45665.625</v>
       </c>
       <c r="B221" t="s">
         <v>24</v>
       </c>
       <c r="C221" t="s">
         <v>25</v>
       </c>
       <c r="D221" s="9">
         <v>648726.95400000003</v>
       </c>
       <c r="F221" s="1">
         <v>45694.625</v>
       </c>
       <c r="G221" t="s">
         <v>24</v>
@@ -21454,54 +25654,74 @@
       </c>
       <c r="Z221" s="1">
         <v>45832.625</v>
       </c>
       <c r="AA221" t="s">
         <v>24</v>
       </c>
       <c r="AB221" t="s">
         <v>25</v>
       </c>
       <c r="AC221" s="9">
         <v>825877.69499999995</v>
       </c>
       <c r="AE221" s="1">
         <v>45867.625</v>
       </c>
       <c r="AF221" t="s">
         <v>24</v>
       </c>
       <c r="AG221" t="s">
         <v>25</v>
       </c>
       <c r="AH221" s="9">
         <v>771372.196</v>
       </c>
-      <c r="AJ221" s="1"/>
-[...2 lines deleted...]
-      <c r="AR221" s="9"/>
+      <c r="AJ221" s="1">
+        <v>45881.625</v>
+      </c>
+      <c r="AK221" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL221" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM221" s="9">
+        <v>788468.89800000004</v>
+      </c>
+      <c r="AO221" s="1">
+        <v>45925.625</v>
+      </c>
+      <c r="AP221" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ221" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR221" s="9">
+        <v>410503.67200000002</v>
+      </c>
       <c r="AT221" s="1"/>
       <c r="AW221" s="9"/>
       <c r="AY221" s="1"/>
       <c r="BB221" s="9"/>
       <c r="BD221" s="1"/>
       <c r="BG221" s="9"/>
     </row>
     <row r="222" spans="1:59">
       <c r="A222" s="1">
         <v>45665.625</v>
       </c>
       <c r="B222" t="s">
         <v>24</v>
       </c>
       <c r="C222" t="s">
         <v>26</v>
       </c>
       <c r="D222" s="9">
         <v>0</v>
       </c>
       <c r="F222" s="1">
         <v>45694.625</v>
       </c>
       <c r="G222" t="s">
         <v>24</v>
@@ -21550,54 +25770,74 @@
       </c>
       <c r="Z222" s="1">
         <v>45832.625</v>
       </c>
       <c r="AA222" t="s">
         <v>24</v>
       </c>
       <c r="AB222" t="s">
         <v>26</v>
       </c>
       <c r="AC222" s="9">
         <v>0</v>
       </c>
       <c r="AE222" s="1">
         <v>45867.625</v>
       </c>
       <c r="AF222" t="s">
         <v>24</v>
       </c>
       <c r="AG222" t="s">
         <v>26</v>
       </c>
       <c r="AH222" s="9">
         <v>0</v>
       </c>
-      <c r="AJ222" s="1"/>
-[...2 lines deleted...]
-      <c r="AR222" s="9"/>
+      <c r="AJ222" s="1">
+        <v>45881.625</v>
+      </c>
+      <c r="AK222" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL222" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM222" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO222" s="1">
+        <v>45925.625</v>
+      </c>
+      <c r="AP222" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ222" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR222" s="9">
+        <v>0</v>
+      </c>
       <c r="AT222" s="1"/>
       <c r="AW222" s="9"/>
       <c r="AY222" s="1"/>
       <c r="BB222" s="9"/>
       <c r="BD222" s="1"/>
       <c r="BG222" s="9"/>
     </row>
     <row r="223" spans="1:59">
       <c r="A223" s="1">
         <v>45665.625</v>
       </c>
       <c r="B223" t="s">
         <v>24</v>
       </c>
       <c r="C223" t="s">
         <v>27</v>
       </c>
       <c r="D223" s="9">
         <v>53.192999999999998</v>
       </c>
       <c r="F223" s="1">
         <v>45694.625</v>
       </c>
       <c r="G223" t="s">
         <v>24</v>
@@ -21646,54 +25886,74 @@
       </c>
       <c r="Z223" s="1">
         <v>45832.625</v>
       </c>
       <c r="AA223" t="s">
         <v>24</v>
       </c>
       <c r="AB223" t="s">
         <v>27</v>
       </c>
       <c r="AC223" s="9">
         <v>4.4480000000000004</v>
       </c>
       <c r="AE223" s="1">
         <v>45867.625</v>
       </c>
       <c r="AF223" t="s">
         <v>24</v>
       </c>
       <c r="AG223" t="s">
         <v>27</v>
       </c>
       <c r="AH223" s="9">
         <v>3.819</v>
       </c>
-      <c r="AJ223" s="1"/>
-[...2 lines deleted...]
-      <c r="AR223" s="9"/>
+      <c r="AJ223" s="1">
+        <v>45881.625</v>
+      </c>
+      <c r="AK223" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL223" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM223" s="9">
+        <v>6.6719999999999997</v>
+      </c>
+      <c r="AO223" s="1">
+        <v>45925.625</v>
+      </c>
+      <c r="AP223" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ223" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR223" s="9">
+        <v>0.77800000000000002</v>
+      </c>
       <c r="AT223" s="1"/>
       <c r="AW223" s="9"/>
       <c r="AY223" s="1"/>
       <c r="BB223" s="9"/>
       <c r="BD223" s="1"/>
       <c r="BG223" s="9"/>
     </row>
     <row r="224" spans="1:59">
       <c r="A224" s="1">
         <v>45665.625</v>
       </c>
       <c r="B224" t="s">
         <v>24</v>
       </c>
       <c r="C224" t="s">
         <v>28</v>
       </c>
       <c r="D224" s="9">
         <v>9580.8819999999996</v>
       </c>
       <c r="F224" s="1">
         <v>45694.625</v>
       </c>
       <c r="G224" t="s">
         <v>24</v>
@@ -21742,54 +26002,74 @@
       </c>
       <c r="Z224" s="1">
         <v>45832.625</v>
       </c>
       <c r="AA224" t="s">
         <v>24</v>
       </c>
       <c r="AB224" t="s">
         <v>28</v>
       </c>
       <c r="AC224" s="9">
         <v>2180.0329999999999</v>
       </c>
       <c r="AE224" s="1">
         <v>45867.625</v>
       </c>
       <c r="AF224" t="s">
         <v>24</v>
       </c>
       <c r="AG224" t="s">
         <v>28</v>
       </c>
       <c r="AH224" s="9">
         <v>1003.443</v>
       </c>
-      <c r="AJ224" s="1"/>
-[...2 lines deleted...]
-      <c r="AR224" s="9"/>
+      <c r="AJ224" s="1">
+        <v>45881.625</v>
+      </c>
+      <c r="AK224" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL224" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM224" s="9">
+        <v>1038.2570000000001</v>
+      </c>
+      <c r="AO224" s="1">
+        <v>45925.625</v>
+      </c>
+      <c r="AP224" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ224" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR224" s="9">
+        <v>704.77300000000002</v>
+      </c>
       <c r="AT224" s="1"/>
       <c r="AW224" s="9"/>
       <c r="AY224" s="1"/>
       <c r="BB224" s="9"/>
       <c r="BD224" s="1"/>
       <c r="BG224" s="9"/>
     </row>
     <row r="225" spans="1:59">
       <c r="A225" s="1">
         <v>45665.625</v>
       </c>
       <c r="B225" t="s">
         <v>24</v>
       </c>
       <c r="C225" t="s">
         <v>29</v>
       </c>
       <c r="D225" s="9">
         <v>19230.481</v>
       </c>
       <c r="F225" s="1">
         <v>45694.625</v>
       </c>
       <c r="G225" t="s">
         <v>24</v>
@@ -21838,54 +26118,74 @@
       </c>
       <c r="Z225" s="1">
         <v>45832.625</v>
       </c>
       <c r="AA225" t="s">
         <v>24</v>
       </c>
       <c r="AB225" t="s">
         <v>29</v>
       </c>
       <c r="AC225" s="9">
         <v>24913.792000000001</v>
       </c>
       <c r="AE225" s="1">
         <v>45867.625</v>
       </c>
       <c r="AF225" t="s">
         <v>24</v>
       </c>
       <c r="AG225" t="s">
         <v>29</v>
       </c>
       <c r="AH225" s="9">
         <v>29966.419000000002</v>
       </c>
-      <c r="AJ225" s="1"/>
-[...2 lines deleted...]
-      <c r="AR225" s="9"/>
+      <c r="AJ225" s="1">
+        <v>45881.625</v>
+      </c>
+      <c r="AK225" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL225" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM225" s="9">
+        <v>29613.589</v>
+      </c>
+      <c r="AO225" s="1">
+        <v>45925.625</v>
+      </c>
+      <c r="AP225" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ225" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR225" s="9">
+        <v>25212.37</v>
+      </c>
       <c r="AT225" s="1"/>
       <c r="AW225" s="9"/>
       <c r="AY225" s="1"/>
       <c r="BB225" s="9"/>
       <c r="BD225" s="1"/>
       <c r="BG225" s="9"/>
     </row>
     <row r="226" spans="1:59">
       <c r="A226" s="1">
         <v>45665.625</v>
       </c>
       <c r="B226" t="s">
         <v>24</v>
       </c>
       <c r="C226" t="s">
         <v>30</v>
       </c>
       <c r="D226" s="9">
         <v>52634.737000000001</v>
       </c>
       <c r="F226" s="1">
         <v>45694.625</v>
       </c>
       <c r="G226" t="s">
         <v>24</v>
@@ -21934,54 +26234,74 @@
       </c>
       <c r="Z226" s="1">
         <v>45832.625</v>
       </c>
       <c r="AA226" t="s">
         <v>24</v>
       </c>
       <c r="AB226" t="s">
         <v>30</v>
       </c>
       <c r="AC226" s="9">
         <v>76335.947</v>
       </c>
       <c r="AE226" s="1">
         <v>45867.625</v>
       </c>
       <c r="AF226" t="s">
         <v>24</v>
       </c>
       <c r="AG226" t="s">
         <v>30</v>
       </c>
       <c r="AH226" s="9">
         <v>75162.985000000001</v>
       </c>
-      <c r="AJ226" s="1"/>
-[...2 lines deleted...]
-      <c r="AR226" s="9"/>
+      <c r="AJ226" s="1">
+        <v>45881.625</v>
+      </c>
+      <c r="AK226" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL226" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM226" s="9">
+        <v>73880.964999999997</v>
+      </c>
+      <c r="AO226" s="1">
+        <v>45925.625</v>
+      </c>
+      <c r="AP226" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ226" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR226" s="9">
+        <v>59964.434999999998</v>
+      </c>
       <c r="AT226" s="1"/>
       <c r="AW226" s="9"/>
       <c r="AY226" s="1"/>
       <c r="BB226" s="9"/>
       <c r="BD226" s="1"/>
       <c r="BG226" s="9"/>
     </row>
     <row r="227" spans="1:59">
       <c r="A227" s="1">
         <v>45665.625</v>
       </c>
       <c r="B227" t="s">
         <v>24</v>
       </c>
       <c r="C227" t="s">
         <v>31</v>
       </c>
       <c r="D227" s="9">
         <v>77664.19</v>
       </c>
       <c r="F227" s="1">
         <v>45694.625</v>
       </c>
       <c r="G227" t="s">
         <v>24</v>
@@ -22030,54 +26350,74 @@
       </c>
       <c r="Z227" s="1">
         <v>45832.625</v>
       </c>
       <c r="AA227" t="s">
         <v>24</v>
       </c>
       <c r="AB227" t="s">
         <v>31</v>
       </c>
       <c r="AC227" s="9">
         <v>89478.691000000006</v>
       </c>
       <c r="AE227" s="1">
         <v>45867.625</v>
       </c>
       <c r="AF227" t="s">
         <v>24</v>
       </c>
       <c r="AG227" t="s">
         <v>31</v>
       </c>
       <c r="AH227" s="9">
         <v>94051.053</v>
       </c>
-      <c r="AJ227" s="1"/>
-[...2 lines deleted...]
-      <c r="AR227" s="9"/>
+      <c r="AJ227" s="1">
+        <v>45881.625</v>
+      </c>
+      <c r="AK227" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL227" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM227" s="9">
+        <v>93039.255999999994</v>
+      </c>
+      <c r="AO227" s="1">
+        <v>45925.625</v>
+      </c>
+      <c r="AP227" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ227" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR227" s="9">
+        <v>80438.046000000002</v>
+      </c>
       <c r="AT227" s="1"/>
       <c r="AW227" s="9"/>
       <c r="AY227" s="1"/>
       <c r="BB227" s="9"/>
       <c r="BD227" s="1"/>
       <c r="BG227" s="9"/>
     </row>
     <row r="228" spans="1:59">
       <c r="A228" s="1">
         <v>45665.625</v>
       </c>
       <c r="B228" t="s">
         <v>24</v>
       </c>
       <c r="C228" t="s">
         <v>32</v>
       </c>
       <c r="D228" s="9">
         <v>13648.013000000001</v>
       </c>
       <c r="F228" s="1">
         <v>45694.625</v>
       </c>
       <c r="G228" t="s">
         <v>24</v>
@@ -22126,54 +26466,74 @@
       </c>
       <c r="Z228" s="1">
         <v>45832.625</v>
       </c>
       <c r="AA228" t="s">
         <v>24</v>
       </c>
       <c r="AB228" t="s">
         <v>32</v>
       </c>
       <c r="AC228" s="9">
         <v>14641.502</v>
       </c>
       <c r="AE228" s="1">
         <v>45867.625</v>
       </c>
       <c r="AF228" t="s">
         <v>24</v>
       </c>
       <c r="AG228" t="s">
         <v>32</v>
       </c>
       <c r="AH228" s="9">
         <v>13559.62</v>
       </c>
-      <c r="AJ228" s="1"/>
-[...2 lines deleted...]
-      <c r="AR228" s="9"/>
+      <c r="AJ228" s="1">
+        <v>45881.625</v>
+      </c>
+      <c r="AK228" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL228" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM228" s="9">
+        <v>12724.08</v>
+      </c>
+      <c r="AO228" s="1">
+        <v>45925.625</v>
+      </c>
+      <c r="AP228" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ228" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR228" s="9">
+        <v>13702.96</v>
+      </c>
       <c r="AT228" s="1"/>
       <c r="AW228" s="9"/>
       <c r="AY228" s="1"/>
       <c r="BB228" s="9"/>
       <c r="BD228" s="1"/>
       <c r="BG228" s="9"/>
     </row>
     <row r="229" spans="1:59">
       <c r="A229" s="1">
         <v>45665.625</v>
       </c>
       <c r="B229" t="s">
         <v>24</v>
       </c>
       <c r="C229" t="s">
         <v>33</v>
       </c>
       <c r="D229" s="9">
         <v>89197.5</v>
       </c>
       <c r="F229" s="1">
         <v>45694.625</v>
       </c>
       <c r="G229" t="s">
         <v>24</v>
@@ -22222,54 +26582,74 @@
       </c>
       <c r="Z229" s="1">
         <v>45832.625</v>
       </c>
       <c r="AA229" t="s">
         <v>24</v>
       </c>
       <c r="AB229" t="s">
         <v>33</v>
       </c>
       <c r="AC229" s="9">
         <v>79664.453999999998</v>
       </c>
       <c r="AE229" s="1">
         <v>45867.625</v>
       </c>
       <c r="AF229" t="s">
         <v>24</v>
       </c>
       <c r="AG229" t="s">
         <v>33</v>
       </c>
       <c r="AH229" s="9">
         <v>91801.698000000004</v>
       </c>
-      <c r="AJ229" s="1"/>
-[...2 lines deleted...]
-      <c r="AR229" s="9"/>
+      <c r="AJ229" s="1">
+        <v>45881.625</v>
+      </c>
+      <c r="AK229" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL229" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM229" s="9">
+        <v>69201.887000000002</v>
+      </c>
+      <c r="AO229" s="1">
+        <v>45925.625</v>
+      </c>
+      <c r="AP229" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ229" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR229" s="9">
+        <v>85641.803</v>
+      </c>
       <c r="AT229" s="1"/>
       <c r="AW229" s="9"/>
       <c r="AY229" s="1"/>
       <c r="BB229" s="9"/>
       <c r="BD229" s="1"/>
       <c r="BG229" s="9"/>
     </row>
     <row r="230" spans="1:59">
       <c r="A230" s="1">
         <v>45665.625</v>
       </c>
       <c r="B230" t="s">
         <v>24</v>
       </c>
       <c r="C230" t="s">
         <v>34</v>
       </c>
       <c r="D230" s="9">
         <v>50054</v>
       </c>
       <c r="F230" s="1">
         <v>45694.625</v>
       </c>
       <c r="G230" t="s">
         <v>24</v>
@@ -22318,54 +26698,74 @@
       </c>
       <c r="Z230" s="1">
         <v>45832.625</v>
       </c>
       <c r="AA230" t="s">
         <v>24</v>
       </c>
       <c r="AB230" t="s">
         <v>34</v>
       </c>
       <c r="AC230" s="9">
         <v>20277</v>
       </c>
       <c r="AE230" s="1">
         <v>45867.625</v>
       </c>
       <c r="AF230" t="s">
         <v>24</v>
       </c>
       <c r="AG230" t="s">
         <v>34</v>
       </c>
       <c r="AH230" s="9">
         <v>35660</v>
       </c>
-      <c r="AJ230" s="1"/>
-[...2 lines deleted...]
-      <c r="AR230" s="9"/>
+      <c r="AJ230" s="1">
+        <v>45881.625</v>
+      </c>
+      <c r="AK230" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL230" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM230" s="9">
+        <v>77864</v>
+      </c>
+      <c r="AO230" s="1">
+        <v>45925.625</v>
+      </c>
+      <c r="AP230" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ230" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR230" s="9">
+        <v>107660</v>
+      </c>
       <c r="AT230" s="1"/>
       <c r="AW230" s="9"/>
       <c r="AY230" s="1"/>
       <c r="BB230" s="9"/>
       <c r="BD230" s="1"/>
       <c r="BG230" s="9"/>
     </row>
     <row r="231" spans="1:59">
       <c r="A231" s="1">
         <v>45665.625</v>
       </c>
       <c r="B231" t="s">
         <v>24</v>
       </c>
       <c r="C231" t="s">
         <v>35</v>
       </c>
       <c r="D231" s="9">
         <v>11438.196</v>
       </c>
       <c r="F231" s="1">
         <v>45694.625</v>
       </c>
       <c r="G231" t="s">
         <v>24</v>
@@ -22414,54 +26814,74 @@
       </c>
       <c r="Z231" s="1">
         <v>45832.625</v>
       </c>
       <c r="AA231" t="s">
         <v>24</v>
       </c>
       <c r="AB231" t="s">
         <v>35</v>
       </c>
       <c r="AC231" s="9">
         <v>10989.861000000001</v>
       </c>
       <c r="AE231" s="1">
         <v>45867.625</v>
       </c>
       <c r="AF231" t="s">
         <v>24</v>
       </c>
       <c r="AG231" t="s">
         <v>35</v>
       </c>
       <c r="AH231" s="9">
         <v>11748.85</v>
       </c>
-      <c r="AJ231" s="1"/>
-[...2 lines deleted...]
-      <c r="AR231" s="9"/>
+      <c r="AJ231" s="1">
+        <v>45881.625</v>
+      </c>
+      <c r="AK231" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL231" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM231" s="9">
+        <v>12262.894</v>
+      </c>
+      <c r="AO231" s="1">
+        <v>45925.625</v>
+      </c>
+      <c r="AP231" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ231" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR231" s="9">
+        <v>9973.0859999999993</v>
+      </c>
       <c r="AT231" s="1"/>
       <c r="AW231" s="9"/>
       <c r="AY231" s="1"/>
       <c r="BB231" s="9"/>
       <c r="BD231" s="1"/>
       <c r="BG231" s="9"/>
     </row>
     <row r="232" spans="1:59">
       <c r="A232" s="1">
         <v>45665.625</v>
       </c>
       <c r="B232" t="s">
         <v>24</v>
       </c>
       <c r="C232" t="s">
         <v>36</v>
       </c>
       <c r="D232" s="9">
         <v>286303.69199999998</v>
       </c>
       <c r="F232" s="1">
         <v>45694.625</v>
       </c>
       <c r="G232" t="s">
         <v>24</v>
@@ -22510,54 +26930,74 @@
       </c>
       <c r="Z232" s="1">
         <v>45832.625</v>
       </c>
       <c r="AA232" t="s">
         <v>24</v>
       </c>
       <c r="AB232" t="s">
         <v>36</v>
       </c>
       <c r="AC232" s="9">
         <v>381049.42599999998</v>
       </c>
       <c r="AE232" s="1">
         <v>45867.625</v>
       </c>
       <c r="AF232" t="s">
         <v>24</v>
       </c>
       <c r="AG232" t="s">
         <v>36</v>
       </c>
       <c r="AH232" s="9">
         <v>376655.908</v>
       </c>
-      <c r="AJ232" s="1"/>
-[...2 lines deleted...]
-      <c r="AR232" s="9"/>
+      <c r="AJ232" s="1">
+        <v>45881.625</v>
+      </c>
+      <c r="AK232" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL232" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM232" s="9">
+        <v>374351.77</v>
+      </c>
+      <c r="AO232" s="1">
+        <v>45925.625</v>
+      </c>
+      <c r="AP232" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ232" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR232" s="9">
+        <v>269564.228</v>
+      </c>
       <c r="AT232" s="1"/>
       <c r="AW232" s="9"/>
       <c r="AY232" s="1"/>
       <c r="BB232" s="9"/>
       <c r="BD232" s="1"/>
       <c r="BG232" s="9"/>
     </row>
     <row r="233" spans="1:59">
       <c r="A233" s="1">
         <v>45665.625</v>
       </c>
       <c r="B233" t="s">
         <v>24</v>
       </c>
       <c r="C233" t="s">
         <v>37</v>
       </c>
       <c r="D233" s="9">
         <v>127901.037</v>
       </c>
       <c r="F233" s="1">
         <v>45694.625</v>
       </c>
       <c r="G233" t="s">
         <v>24</v>
@@ -22606,54 +27046,74 @@
       </c>
       <c r="Z233" s="1">
         <v>45832.625</v>
       </c>
       <c r="AA233" t="s">
         <v>24</v>
       </c>
       <c r="AB233" t="s">
         <v>37</v>
       </c>
       <c r="AC233" s="9">
         <v>167883.736</v>
       </c>
       <c r="AE233" s="1">
         <v>45867.625</v>
       </c>
       <c r="AF233" t="s">
         <v>24</v>
       </c>
       <c r="AG233" t="s">
         <v>37</v>
       </c>
       <c r="AH233" s="9">
         <v>165189.973</v>
       </c>
-      <c r="AJ233" s="1"/>
-[...2 lines deleted...]
-      <c r="AR233" s="9"/>
+      <c r="AJ233" s="1">
+        <v>45881.625</v>
+      </c>
+      <c r="AK233" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL233" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM233" s="9">
+        <v>165695.77600000001</v>
+      </c>
+      <c r="AO233" s="1">
+        <v>45925.625</v>
+      </c>
+      <c r="AP233" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ233" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR233" s="9">
+        <v>99460.087</v>
+      </c>
       <c r="AT233" s="1"/>
       <c r="AW233" s="9"/>
       <c r="AY233" s="1"/>
       <c r="BB233" s="9"/>
       <c r="BD233" s="1"/>
       <c r="BG233" s="9"/>
     </row>
     <row r="234" spans="1:59">
       <c r="A234" s="1">
         <v>45665.625</v>
       </c>
       <c r="B234" t="s">
         <v>24</v>
       </c>
       <c r="C234" t="s">
         <v>38</v>
       </c>
       <c r="D234" s="9">
         <v>0</v>
       </c>
       <c r="F234" s="1">
         <v>45694.625</v>
       </c>
       <c r="G234" t="s">
         <v>24</v>
@@ -22702,54 +27162,74 @@
       </c>
       <c r="Z234" s="1">
         <v>45832.625</v>
       </c>
       <c r="AA234" t="s">
         <v>24</v>
       </c>
       <c r="AB234" t="s">
         <v>38</v>
       </c>
       <c r="AC234" s="9">
         <v>0</v>
       </c>
       <c r="AE234" s="1">
         <v>45867.625</v>
       </c>
       <c r="AF234" t="s">
         <v>24</v>
       </c>
       <c r="AG234" t="s">
         <v>38</v>
       </c>
       <c r="AH234" s="9">
         <v>0</v>
       </c>
-      <c r="AJ234" s="1"/>
-[...2 lines deleted...]
-      <c r="AR234" s="9"/>
+      <c r="AJ234" s="1">
+        <v>45881.625</v>
+      </c>
+      <c r="AK234" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL234" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM234" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO234" s="1">
+        <v>45925.625</v>
+      </c>
+      <c r="AP234" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ234" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR234" s="9">
+        <v>0</v>
+      </c>
       <c r="AT234" s="1"/>
       <c r="AW234" s="9"/>
       <c r="AY234" s="1"/>
       <c r="BB234" s="9"/>
       <c r="BD234" s="1"/>
       <c r="BG234" s="9"/>
     </row>
     <row r="235" spans="1:59">
       <c r="A235" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B235" t="s">
         <v>24</v>
       </c>
       <c r="C235" t="s">
         <v>25</v>
       </c>
       <c r="D235" s="9">
         <v>736898.49699999997</v>
       </c>
       <c r="F235" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G235" t="s">
         <v>24</v>
@@ -22798,54 +27278,74 @@
       </c>
       <c r="Z235" s="1">
         <v>45832.666666666664</v>
       </c>
       <c r="AA235" t="s">
         <v>24</v>
       </c>
       <c r="AB235" t="s">
         <v>25</v>
       </c>
       <c r="AC235" s="9">
         <v>863045.35800000001</v>
       </c>
       <c r="AE235" s="1">
         <v>45867.666666666664</v>
       </c>
       <c r="AF235" t="s">
         <v>24</v>
       </c>
       <c r="AG235" t="s">
         <v>25</v>
       </c>
       <c r="AH235" s="9">
         <v>816810.32900000003</v>
       </c>
-      <c r="AJ235" s="1"/>
-[...2 lines deleted...]
-      <c r="AR235" s="9"/>
+      <c r="AJ235" s="1">
+        <v>45881.666666666664</v>
+      </c>
+      <c r="AK235" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL235" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM235" s="9">
+        <v>831490.09400000004</v>
+      </c>
+      <c r="AO235" s="1">
+        <v>45925.666666666664</v>
+      </c>
+      <c r="AP235" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ235" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR235" s="9">
+        <v>457969.28499999997</v>
+      </c>
       <c r="AT235" s="1"/>
       <c r="AW235" s="9"/>
       <c r="AY235" s="1"/>
       <c r="BB235" s="9"/>
       <c r="BD235" s="1"/>
       <c r="BG235" s="9"/>
     </row>
     <row r="236" spans="1:59">
       <c r="A236" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B236" t="s">
         <v>24</v>
       </c>
       <c r="C236" t="s">
         <v>26</v>
       </c>
       <c r="D236" s="9">
         <v>2080.373</v>
       </c>
       <c r="F236" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G236" t="s">
         <v>24</v>
@@ -22894,54 +27394,74 @@
       </c>
       <c r="Z236" s="1">
         <v>45832.666666666664</v>
       </c>
       <c r="AA236" t="s">
         <v>24</v>
       </c>
       <c r="AB236" t="s">
         <v>26</v>
       </c>
       <c r="AC236" s="9">
         <v>0</v>
       </c>
       <c r="AE236" s="1">
         <v>45867.666666666664</v>
       </c>
       <c r="AF236" t="s">
         <v>24</v>
       </c>
       <c r="AG236" t="s">
         <v>26</v>
       </c>
       <c r="AH236" s="9">
         <v>0</v>
       </c>
-      <c r="AJ236" s="1"/>
-[...2 lines deleted...]
-      <c r="AR236" s="9"/>
+      <c r="AJ236" s="1">
+        <v>45881.666666666664</v>
+      </c>
+      <c r="AK236" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL236" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM236" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO236" s="1">
+        <v>45925.666666666664</v>
+      </c>
+      <c r="AP236" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ236" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR236" s="9">
+        <v>0</v>
+      </c>
       <c r="AT236" s="1"/>
       <c r="AW236" s="9"/>
       <c r="AY236" s="1"/>
       <c r="BB236" s="9"/>
       <c r="BD236" s="1"/>
       <c r="BG236" s="9"/>
     </row>
     <row r="237" spans="1:59">
       <c r="A237" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B237" t="s">
         <v>24</v>
       </c>
       <c r="C237" t="s">
         <v>27</v>
       </c>
       <c r="D237" s="9">
         <v>61.625999999999998</v>
       </c>
       <c r="F237" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G237" t="s">
         <v>24</v>
@@ -22990,54 +27510,74 @@
       </c>
       <c r="Z237" s="1">
         <v>45832.666666666664</v>
       </c>
       <c r="AA237" t="s">
         <v>24</v>
       </c>
       <c r="AB237" t="s">
         <v>27</v>
       </c>
       <c r="AC237" s="9">
         <v>3.2280000000000002</v>
       </c>
       <c r="AE237" s="1">
         <v>45867.666666666664</v>
       </c>
       <c r="AF237" t="s">
         <v>24</v>
       </c>
       <c r="AG237" t="s">
         <v>27</v>
       </c>
       <c r="AH237" s="9">
         <v>6.7489999999999997</v>
       </c>
-      <c r="AJ237" s="1"/>
-[...2 lines deleted...]
-      <c r="AR237" s="9"/>
+      <c r="AJ237" s="1">
+        <v>45881.666666666664</v>
+      </c>
+      <c r="AK237" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL237" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM237" s="9">
+        <v>6.2519999999999998</v>
+      </c>
+      <c r="AO237" s="1">
+        <v>45925.666666666664</v>
+      </c>
+      <c r="AP237" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ237" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR237" s="9">
+        <v>3.15</v>
+      </c>
       <c r="AT237" s="1"/>
       <c r="AW237" s="9"/>
       <c r="AY237" s="1"/>
       <c r="BB237" s="9"/>
       <c r="BD237" s="1"/>
       <c r="BG237" s="9"/>
     </row>
     <row r="238" spans="1:59">
       <c r="A238" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B238" t="s">
         <v>24</v>
       </c>
       <c r="C238" t="s">
         <v>28</v>
       </c>
       <c r="D238" s="9">
         <v>10584.254999999999</v>
       </c>
       <c r="F238" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G238" t="s">
         <v>24</v>
@@ -23086,54 +27626,74 @@
       </c>
       <c r="Z238" s="1">
         <v>45832.666666666664</v>
       </c>
       <c r="AA238" t="s">
         <v>24</v>
       </c>
       <c r="AB238" t="s">
         <v>28</v>
       </c>
       <c r="AC238" s="9">
         <v>2262.4969999999998</v>
       </c>
       <c r="AE238" s="1">
         <v>45867.666666666664</v>
       </c>
       <c r="AF238" t="s">
         <v>24</v>
       </c>
       <c r="AG238" t="s">
         <v>28</v>
       </c>
       <c r="AH238" s="9">
         <v>1038.96</v>
       </c>
-      <c r="AJ238" s="1"/>
-[...2 lines deleted...]
-      <c r="AR238" s="9"/>
+      <c r="AJ238" s="1">
+        <v>45881.666666666664</v>
+      </c>
+      <c r="AK238" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL238" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM238" s="9">
+        <v>1083.4739999999999</v>
+      </c>
+      <c r="AO238" s="1">
+        <v>45925.666666666664</v>
+      </c>
+      <c r="AP238" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ238" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR238" s="9">
+        <v>805.16800000000001</v>
+      </c>
       <c r="AT238" s="1"/>
       <c r="AW238" s="9"/>
       <c r="AY238" s="1"/>
       <c r="BB238" s="9"/>
       <c r="BD238" s="1"/>
       <c r="BG238" s="9"/>
     </row>
     <row r="239" spans="1:59">
       <c r="A239" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B239" t="s">
         <v>24</v>
       </c>
       <c r="C239" t="s">
         <v>29</v>
       </c>
       <c r="D239" s="9">
         <v>18423.316999999999</v>
       </c>
       <c r="F239" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G239" t="s">
         <v>24</v>
@@ -23182,54 +27742,74 @@
       </c>
       <c r="Z239" s="1">
         <v>45832.666666666664</v>
       </c>
       <c r="AA239" t="s">
         <v>24</v>
       </c>
       <c r="AB239" t="s">
         <v>29</v>
       </c>
       <c r="AC239" s="9">
         <v>22670.463</v>
       </c>
       <c r="AE239" s="1">
         <v>45867.666666666664</v>
       </c>
       <c r="AF239" t="s">
         <v>24</v>
       </c>
       <c r="AG239" t="s">
         <v>29</v>
       </c>
       <c r="AH239" s="9">
         <v>27118.522000000001</v>
       </c>
-      <c r="AJ239" s="1"/>
-[...2 lines deleted...]
-      <c r="AR239" s="9"/>
+      <c r="AJ239" s="1">
+        <v>45881.666666666664</v>
+      </c>
+      <c r="AK239" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL239" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM239" s="9">
+        <v>26480.739000000001</v>
+      </c>
+      <c r="AO239" s="1">
+        <v>45925.666666666664</v>
+      </c>
+      <c r="AP239" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ239" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR239" s="9">
+        <v>22075.059000000001</v>
+      </c>
       <c r="AT239" s="1"/>
       <c r="AW239" s="9"/>
       <c r="AY239" s="1"/>
       <c r="BB239" s="9"/>
       <c r="BD239" s="1"/>
       <c r="BG239" s="9"/>
     </row>
     <row r="240" spans="1:59">
       <c r="A240" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B240" t="s">
         <v>24</v>
       </c>
       <c r="C240" t="s">
         <v>30</v>
       </c>
       <c r="D240" s="9">
         <v>49060.675999999999</v>
       </c>
       <c r="F240" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G240" t="s">
         <v>24</v>
@@ -23278,54 +27858,74 @@
       </c>
       <c r="Z240" s="1">
         <v>45832.666666666664</v>
       </c>
       <c r="AA240" t="s">
         <v>24</v>
       </c>
       <c r="AB240" t="s">
         <v>30</v>
       </c>
       <c r="AC240" s="9">
         <v>72015.744999999995</v>
       </c>
       <c r="AE240" s="1">
         <v>45867.666666666664</v>
       </c>
       <c r="AF240" t="s">
         <v>24</v>
       </c>
       <c r="AG240" t="s">
         <v>30</v>
       </c>
       <c r="AH240" s="9">
         <v>71946.006999999998</v>
       </c>
-      <c r="AJ240" s="1"/>
-[...2 lines deleted...]
-      <c r="AR240" s="9"/>
+      <c r="AJ240" s="1">
+        <v>45881.666666666664</v>
+      </c>
+      <c r="AK240" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL240" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM240" s="9">
+        <v>70195.373999999996</v>
+      </c>
+      <c r="AO240" s="1">
+        <v>45925.666666666664</v>
+      </c>
+      <c r="AP240" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ240" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR240" s="9">
+        <v>57008.675000000003</v>
+      </c>
       <c r="AT240" s="1"/>
       <c r="AW240" s="9"/>
       <c r="AY240" s="1"/>
       <c r="BB240" s="9"/>
       <c r="BD240" s="1"/>
       <c r="BG240" s="9"/>
     </row>
     <row r="241" spans="1:59">
       <c r="A241" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B241" t="s">
         <v>24</v>
       </c>
       <c r="C241" t="s">
         <v>31</v>
       </c>
       <c r="D241" s="9">
         <v>76308.964999999997</v>
       </c>
       <c r="F241" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G241" t="s">
         <v>24</v>
@@ -23374,54 +27974,74 @@
       </c>
       <c r="Z241" s="1">
         <v>45832.666666666664</v>
       </c>
       <c r="AA241" t="s">
         <v>24</v>
       </c>
       <c r="AB241" t="s">
         <v>31</v>
       </c>
       <c r="AC241" s="9">
         <v>87288.506999999998</v>
       </c>
       <c r="AE241" s="1">
         <v>45867.666666666664</v>
       </c>
       <c r="AF241" t="s">
         <v>24</v>
       </c>
       <c r="AG241" t="s">
         <v>31</v>
       </c>
       <c r="AH241" s="9">
         <v>93948.93</v>
       </c>
-      <c r="AJ241" s="1"/>
-[...2 lines deleted...]
-      <c r="AR241" s="9"/>
+      <c r="AJ241" s="1">
+        <v>45881.666666666664</v>
+      </c>
+      <c r="AK241" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL241" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM241" s="9">
+        <v>91715.827000000005</v>
+      </c>
+      <c r="AO241" s="1">
+        <v>45925.666666666664</v>
+      </c>
+      <c r="AP241" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ241" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR241" s="9">
+        <v>81550.61</v>
+      </c>
       <c r="AT241" s="1"/>
       <c r="AW241" s="9"/>
       <c r="AY241" s="1"/>
       <c r="BB241" s="9"/>
       <c r="BD241" s="1"/>
       <c r="BG241" s="9"/>
     </row>
     <row r="242" spans="1:59">
       <c r="A242" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B242" t="s">
         <v>24</v>
       </c>
       <c r="C242" t="s">
         <v>32</v>
       </c>
       <c r="D242" s="9">
         <v>13726.870999999999</v>
       </c>
       <c r="F242" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G242" t="s">
         <v>24</v>
@@ -23470,54 +28090,74 @@
       </c>
       <c r="Z242" s="1">
         <v>45832.666666666664</v>
       </c>
       <c r="AA242" t="s">
         <v>24</v>
       </c>
       <c r="AB242" t="s">
         <v>32</v>
       </c>
       <c r="AC242" s="9">
         <v>14577.708000000001</v>
       </c>
       <c r="AE242" s="1">
         <v>45867.666666666664</v>
       </c>
       <c r="AF242" t="s">
         <v>24</v>
       </c>
       <c r="AG242" t="s">
         <v>32</v>
       </c>
       <c r="AH242" s="9">
         <v>13747.035</v>
       </c>
-      <c r="AJ242" s="1"/>
-[...2 lines deleted...]
-      <c r="AR242" s="9"/>
+      <c r="AJ242" s="1">
+        <v>45881.666666666664</v>
+      </c>
+      <c r="AK242" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL242" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM242" s="9">
+        <v>12914.23</v>
+      </c>
+      <c r="AO242" s="1">
+        <v>45925.666666666664</v>
+      </c>
+      <c r="AP242" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ242" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR242" s="9">
+        <v>13916.424999999999</v>
+      </c>
       <c r="AT242" s="1"/>
       <c r="AW242" s="9"/>
       <c r="AY242" s="1"/>
       <c r="BB242" s="9"/>
       <c r="BD242" s="1"/>
       <c r="BG242" s="9"/>
     </row>
     <row r="243" spans="1:59">
       <c r="A243" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B243" t="s">
         <v>24</v>
       </c>
       <c r="C243" t="s">
         <v>33</v>
       </c>
       <c r="D243" s="9">
         <v>72438.845000000001</v>
       </c>
       <c r="F243" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G243" t="s">
         <v>24</v>
@@ -23566,54 +28206,74 @@
       </c>
       <c r="Z243" s="1">
         <v>45832.666666666664</v>
       </c>
       <c r="AA243" t="s">
         <v>24</v>
       </c>
       <c r="AB243" t="s">
         <v>33</v>
       </c>
       <c r="AC243" s="9">
         <v>62677.69</v>
       </c>
       <c r="AE243" s="1">
         <v>45867.666666666664</v>
       </c>
       <c r="AF243" t="s">
         <v>24</v>
       </c>
       <c r="AG243" t="s">
         <v>33</v>
       </c>
       <c r="AH243" s="9">
         <v>89606.528000000006</v>
       </c>
-      <c r="AJ243" s="1"/>
-[...2 lines deleted...]
-      <c r="AR243" s="9"/>
+      <c r="AJ243" s="1">
+        <v>45881.666666666664</v>
+      </c>
+      <c r="AK243" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL243" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM243" s="9">
+        <v>67572.567999999999</v>
+      </c>
+      <c r="AO243" s="1">
+        <v>45925.666666666664</v>
+      </c>
+      <c r="AP243" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ243" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR243" s="9">
+        <v>75050.331000000006</v>
+      </c>
       <c r="AT243" s="1"/>
       <c r="AW243" s="9"/>
       <c r="AY243" s="1"/>
       <c r="BB243" s="9"/>
       <c r="BD243" s="1"/>
       <c r="BG243" s="9"/>
     </row>
     <row r="244" spans="1:59">
       <c r="A244" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B244" t="s">
         <v>24</v>
       </c>
       <c r="C244" t="s">
         <v>34</v>
       </c>
       <c r="D244" s="9">
         <v>40832.1</v>
       </c>
       <c r="F244" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G244" t="s">
         <v>24</v>
@@ -23662,54 +28322,74 @@
       </c>
       <c r="Z244" s="1">
         <v>45832.666666666664</v>
       </c>
       <c r="AA244" t="s">
         <v>24</v>
       </c>
       <c r="AB244" t="s">
         <v>34</v>
       </c>
       <c r="AC244" s="9">
         <v>14297</v>
       </c>
       <c r="AE244" s="1">
         <v>45867.666666666664</v>
       </c>
       <c r="AF244" t="s">
         <v>24</v>
       </c>
       <c r="AG244" t="s">
         <v>34</v>
       </c>
       <c r="AH244" s="9">
         <v>40431</v>
       </c>
-      <c r="AJ244" s="1"/>
-[...2 lines deleted...]
-      <c r="AR244" s="9"/>
+      <c r="AJ244" s="1">
+        <v>45881.666666666664</v>
+      </c>
+      <c r="AK244" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL244" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM244" s="9">
+        <v>75733</v>
+      </c>
+      <c r="AO244" s="1">
+        <v>45925.666666666664</v>
+      </c>
+      <c r="AP244" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ244" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR244" s="9">
+        <v>106341.2</v>
+      </c>
       <c r="AT244" s="1"/>
       <c r="AW244" s="9"/>
       <c r="AY244" s="1"/>
       <c r="BB244" s="9"/>
       <c r="BD244" s="1"/>
       <c r="BG244" s="9"/>
     </row>
     <row r="245" spans="1:59">
       <c r="A245" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B245" t="s">
         <v>24</v>
       </c>
       <c r="C245" t="s">
         <v>35</v>
       </c>
       <c r="D245" s="9">
         <v>11303.297</v>
       </c>
       <c r="F245" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G245" t="s">
         <v>24</v>
@@ -23758,54 +28438,74 @@
       </c>
       <c r="Z245" s="1">
         <v>45832.666666666664</v>
       </c>
       <c r="AA245" t="s">
         <v>24</v>
       </c>
       <c r="AB245" t="s">
         <v>35</v>
       </c>
       <c r="AC245" s="9">
         <v>10369.038</v>
       </c>
       <c r="AE245" s="1">
         <v>45867.666666666664</v>
       </c>
       <c r="AF245" t="s">
         <v>24</v>
       </c>
       <c r="AG245" t="s">
         <v>35</v>
       </c>
       <c r="AH245" s="9">
         <v>10511.793</v>
       </c>
-      <c r="AJ245" s="1"/>
-[...2 lines deleted...]
-      <c r="AR245" s="9"/>
+      <c r="AJ245" s="1">
+        <v>45881.666666666664</v>
+      </c>
+      <c r="AK245" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL245" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM245" s="9">
+        <v>11129.319</v>
+      </c>
+      <c r="AO245" s="1">
+        <v>45925.666666666664</v>
+      </c>
+      <c r="AP245" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ245" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR245" s="9">
+        <v>9487.8639999999996</v>
+      </c>
       <c r="AT245" s="1"/>
       <c r="AW245" s="9"/>
       <c r="AY245" s="1"/>
       <c r="BB245" s="9"/>
       <c r="BD245" s="1"/>
       <c r="BG245" s="9"/>
     </row>
     <row r="246" spans="1:59">
       <c r="A246" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B246" t="s">
         <v>24</v>
       </c>
       <c r="C246" t="s">
         <v>36</v>
       </c>
       <c r="D246" s="9">
         <v>278825.23200000002</v>
       </c>
       <c r="F246" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G246" t="s">
         <v>24</v>
@@ -23854,54 +28554,74 @@
       </c>
       <c r="Z246" s="1">
         <v>45832.666666666664</v>
       </c>
       <c r="AA246" t="s">
         <v>24</v>
       </c>
       <c r="AB246" t="s">
         <v>36</v>
       </c>
       <c r="AC246" s="9">
         <v>364736.614</v>
       </c>
       <c r="AE246" s="1">
         <v>45867.666666666664</v>
       </c>
       <c r="AF246" t="s">
         <v>24</v>
       </c>
       <c r="AG246" t="s">
         <v>36</v>
       </c>
       <c r="AH246" s="9">
         <v>358210.41</v>
       </c>
-      <c r="AJ246" s="1"/>
-[...2 lines deleted...]
-      <c r="AR246" s="9"/>
+      <c r="AJ246" s="1">
+        <v>45881.666666666664</v>
+      </c>
+      <c r="AK246" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL246" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM246" s="9">
+        <v>355495.83799999999</v>
+      </c>
+      <c r="AO246" s="1">
+        <v>45925.666666666664</v>
+      </c>
+      <c r="AP246" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ246" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR246" s="9">
+        <v>256754.78400000001</v>
+      </c>
       <c r="AT246" s="1"/>
       <c r="AW246" s="9"/>
       <c r="AY246" s="1"/>
       <c r="BB246" s="9"/>
       <c r="BD246" s="1"/>
       <c r="BG246" s="9"/>
     </row>
     <row r="247" spans="1:59">
       <c r="A247" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B247" t="s">
         <v>24</v>
       </c>
       <c r="C247" t="s">
         <v>37</v>
       </c>
       <c r="D247" s="9">
         <v>126637.04</v>
       </c>
       <c r="F247" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G247" t="s">
         <v>24</v>
@@ -23950,54 +28670,74 @@
       </c>
       <c r="Z247" s="1">
         <v>45832.666666666664</v>
       </c>
       <c r="AA247" t="s">
         <v>24</v>
       </c>
       <c r="AB247" t="s">
         <v>37</v>
       </c>
       <c r="AC247" s="9">
         <v>157621.66399999999</v>
       </c>
       <c r="AE247" s="1">
         <v>45867.666666666664</v>
       </c>
       <c r="AF247" t="s">
         <v>24</v>
       </c>
       <c r="AG247" t="s">
         <v>37</v>
       </c>
       <c r="AH247" s="9">
         <v>155467.01500000001</v>
       </c>
-      <c r="AJ247" s="1"/>
-[...2 lines deleted...]
-      <c r="AR247" s="9"/>
+      <c r="AJ247" s="1">
+        <v>45881.666666666664</v>
+      </c>
+      <c r="AK247" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL247" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM247" s="9">
+        <v>154885.25200000001</v>
+      </c>
+      <c r="AO247" s="1">
+        <v>45925.666666666664</v>
+      </c>
+      <c r="AP247" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ247" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR247" s="9">
+        <v>92959.538</v>
+      </c>
       <c r="AT247" s="1"/>
       <c r="AW247" s="9"/>
       <c r="AY247" s="1"/>
       <c r="BB247" s="9"/>
       <c r="BD247" s="1"/>
       <c r="BG247" s="9"/>
     </row>
     <row r="248" spans="1:59">
       <c r="A248" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B248" t="s">
         <v>24</v>
       </c>
       <c r="C248" t="s">
         <v>38</v>
       </c>
       <c r="D248" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F248" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G248" t="s">
         <v>24</v>
@@ -24046,54 +28786,74 @@
       </c>
       <c r="Z248" s="1">
         <v>45832.666666666664</v>
       </c>
       <c r="AA248" t="s">
         <v>24</v>
       </c>
       <c r="AB248" t="s">
         <v>38</v>
       </c>
       <c r="AC248" s="9">
         <v>0</v>
       </c>
       <c r="AE248" s="1">
         <v>45867.666666666664</v>
       </c>
       <c r="AF248" t="s">
         <v>24</v>
       </c>
       <c r="AG248" t="s">
         <v>38</v>
       </c>
       <c r="AH248" s="9">
         <v>0</v>
       </c>
-      <c r="AJ248" s="1"/>
-[...2 lines deleted...]
-      <c r="AR248" s="9"/>
+      <c r="AJ248" s="1">
+        <v>45881.666666666664</v>
+      </c>
+      <c r="AK248" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL248" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM248" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO248" s="1">
+        <v>45925.666666666664</v>
+      </c>
+      <c r="AP248" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ248" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR248" s="9">
+        <v>0</v>
+      </c>
       <c r="AT248" s="1"/>
       <c r="AW248" s="9"/>
       <c r="AY248" s="1"/>
       <c r="BB248" s="9"/>
       <c r="BD248" s="1"/>
       <c r="BG248" s="9"/>
     </row>
     <row r="249" spans="1:59">
       <c r="A249" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B249" t="s">
         <v>24</v>
       </c>
       <c r="C249" t="s">
         <v>25</v>
       </c>
       <c r="D249" s="9">
         <v>819035.57</v>
       </c>
       <c r="F249" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G249" t="s">
         <v>24</v>
@@ -24142,54 +28902,74 @@
       </c>
       <c r="Z249" s="1">
         <v>45832.708333333336</v>
       </c>
       <c r="AA249" t="s">
         <v>24</v>
       </c>
       <c r="AB249" t="s">
         <v>25</v>
       </c>
       <c r="AC249" s="9">
         <v>911631.49600000004</v>
       </c>
       <c r="AE249" s="1">
         <v>45867.708333333336</v>
       </c>
       <c r="AF249" t="s">
         <v>24</v>
       </c>
       <c r="AG249" t="s">
         <v>25</v>
       </c>
       <c r="AH249" s="9">
         <v>866652.42500000005</v>
       </c>
-      <c r="AJ249" s="1"/>
-[...2 lines deleted...]
-      <c r="AR249" s="9"/>
+      <c r="AJ249" s="1">
+        <v>45881.708333333336</v>
+      </c>
+      <c r="AK249" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL249" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM249" s="9">
+        <v>877270.63699999999</v>
+      </c>
+      <c r="AO249" s="1">
+        <v>45925.708333333336</v>
+      </c>
+      <c r="AP249" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ249" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR249" s="9">
+        <v>513309.47200000001</v>
+      </c>
       <c r="AT249" s="1"/>
       <c r="AW249" s="9"/>
       <c r="AY249" s="1"/>
       <c r="BB249" s="9"/>
       <c r="BD249" s="1"/>
       <c r="BG249" s="9"/>
     </row>
     <row r="250" spans="1:59">
       <c r="A250" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B250" t="s">
         <v>24</v>
       </c>
       <c r="C250" t="s">
         <v>26</v>
       </c>
       <c r="D250" s="9">
         <v>2080.373</v>
       </c>
       <c r="F250" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G250" t="s">
         <v>24</v>
@@ -24238,54 +29018,74 @@
       </c>
       <c r="Z250" s="1">
         <v>45832.708333333336</v>
       </c>
       <c r="AA250" t="s">
         <v>24</v>
       </c>
       <c r="AB250" t="s">
         <v>26</v>
       </c>
       <c r="AC250" s="9">
         <v>0</v>
       </c>
       <c r="AE250" s="1">
         <v>45867.708333333336</v>
       </c>
       <c r="AF250" t="s">
         <v>24</v>
       </c>
       <c r="AG250" t="s">
         <v>26</v>
       </c>
       <c r="AH250" s="9">
         <v>0</v>
       </c>
-      <c r="AJ250" s="1"/>
-[...2 lines deleted...]
-      <c r="AR250" s="9"/>
+      <c r="AJ250" s="1">
+        <v>45881.708333333336</v>
+      </c>
+      <c r="AK250" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL250" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM250" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO250" s="1">
+        <v>45925.708333333336</v>
+      </c>
+      <c r="AP250" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ250" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR250" s="9">
+        <v>0</v>
+      </c>
       <c r="AT250" s="1"/>
       <c r="AW250" s="9"/>
       <c r="AY250" s="1"/>
       <c r="BB250" s="9"/>
       <c r="BD250" s="1"/>
       <c r="BG250" s="9"/>
     </row>
     <row r="251" spans="1:59">
       <c r="A251" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B251" t="s">
         <v>24</v>
       </c>
       <c r="C251" t="s">
         <v>27</v>
       </c>
       <c r="D251" s="9">
         <v>73.858999999999995</v>
       </c>
       <c r="F251" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G251" t="s">
         <v>24</v>
@@ -24334,54 +29134,74 @@
       </c>
       <c r="Z251" s="1">
         <v>45832.708333333336</v>
       </c>
       <c r="AA251" t="s">
         <v>24</v>
       </c>
       <c r="AB251" t="s">
         <v>27</v>
       </c>
       <c r="AC251" s="9">
         <v>3.407</v>
       </c>
       <c r="AE251" s="1">
         <v>45867.708333333336</v>
       </c>
       <c r="AF251" t="s">
         <v>24</v>
       </c>
       <c r="AG251" t="s">
         <v>27</v>
       </c>
       <c r="AH251" s="9">
         <v>4.984</v>
       </c>
-      <c r="AJ251" s="1"/>
-[...2 lines deleted...]
-      <c r="AR251" s="9"/>
+      <c r="AJ251" s="1">
+        <v>45881.708333333336</v>
+      </c>
+      <c r="AK251" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL251" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM251" s="9">
+        <v>4.6760000000000002</v>
+      </c>
+      <c r="AO251" s="1">
+        <v>45925.708333333336</v>
+      </c>
+      <c r="AP251" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ251" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR251" s="9">
+        <v>6.4569999999999999</v>
+      </c>
       <c r="AT251" s="1"/>
       <c r="AW251" s="9"/>
       <c r="AY251" s="1"/>
       <c r="BB251" s="9"/>
       <c r="BD251" s="1"/>
       <c r="BG251" s="9"/>
     </row>
     <row r="252" spans="1:59">
       <c r="A252" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B252" t="s">
         <v>24</v>
       </c>
       <c r="C252" t="s">
         <v>28</v>
       </c>
       <c r="D252" s="9">
         <v>11451.62</v>
       </c>
       <c r="F252" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G252" t="s">
         <v>24</v>
@@ -24430,54 +29250,74 @@
       </c>
       <c r="Z252" s="1">
         <v>45832.708333333336</v>
       </c>
       <c r="AA252" t="s">
         <v>24</v>
       </c>
       <c r="AB252" t="s">
         <v>28</v>
       </c>
       <c r="AC252" s="9">
         <v>2409.248</v>
       </c>
       <c r="AE252" s="1">
         <v>45867.708333333336</v>
       </c>
       <c r="AF252" t="s">
         <v>24</v>
       </c>
       <c r="AG252" t="s">
         <v>28</v>
       </c>
       <c r="AH252" s="9">
         <v>1052.7529999999999</v>
       </c>
-      <c r="AJ252" s="1"/>
-[...2 lines deleted...]
-      <c r="AR252" s="9"/>
+      <c r="AJ252" s="1">
+        <v>45881.708333333336</v>
+      </c>
+      <c r="AK252" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL252" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM252" s="9">
+        <v>1076.2570000000001</v>
+      </c>
+      <c r="AO252" s="1">
+        <v>45925.708333333336</v>
+      </c>
+      <c r="AP252" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ252" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR252" s="9">
+        <v>801.41</v>
+      </c>
       <c r="AT252" s="1"/>
       <c r="AW252" s="9"/>
       <c r="AY252" s="1"/>
       <c r="BB252" s="9"/>
       <c r="BD252" s="1"/>
       <c r="BG252" s="9"/>
     </row>
     <row r="253" spans="1:59">
       <c r="A253" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B253" t="s">
         <v>24</v>
       </c>
       <c r="C253" t="s">
         <v>29</v>
       </c>
       <c r="D253" s="9">
         <v>18085.316999999999</v>
       </c>
       <c r="F253" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G253" t="s">
         <v>24</v>
@@ -24526,54 +29366,74 @@
       </c>
       <c r="Z253" s="1">
         <v>45832.708333333336</v>
       </c>
       <c r="AA253" t="s">
         <v>24</v>
       </c>
       <c r="AB253" t="s">
         <v>29</v>
       </c>
       <c r="AC253" s="9">
         <v>20969.087</v>
       </c>
       <c r="AE253" s="1">
         <v>45867.708333333336</v>
       </c>
       <c r="AF253" t="s">
         <v>24</v>
       </c>
       <c r="AG253" t="s">
         <v>29</v>
       </c>
       <c r="AH253" s="9">
         <v>23969.476999999999</v>
       </c>
-      <c r="AJ253" s="1"/>
-[...2 lines deleted...]
-      <c r="AR253" s="9"/>
+      <c r="AJ253" s="1">
+        <v>45881.708333333336</v>
+      </c>
+      <c r="AK253" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL253" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM253" s="9">
+        <v>22615.178</v>
+      </c>
+      <c r="AO253" s="1">
+        <v>45925.708333333336</v>
+      </c>
+      <c r="AP253" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ253" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR253" s="9">
+        <v>20357.202000000001</v>
+      </c>
       <c r="AT253" s="1"/>
       <c r="AW253" s="9"/>
       <c r="AY253" s="1"/>
       <c r="BB253" s="9"/>
       <c r="BD253" s="1"/>
       <c r="BG253" s="9"/>
     </row>
     <row r="254" spans="1:59">
       <c r="A254" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B254" t="s">
         <v>24</v>
       </c>
       <c r="C254" t="s">
         <v>30</v>
       </c>
       <c r="D254" s="9">
         <v>47201.180999999997</v>
       </c>
       <c r="F254" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G254" t="s">
         <v>24</v>
@@ -24622,54 +29482,74 @@
       </c>
       <c r="Z254" s="1">
         <v>45832.708333333336</v>
       </c>
       <c r="AA254" t="s">
         <v>24</v>
       </c>
       <c r="AB254" t="s">
         <v>30</v>
       </c>
       <c r="AC254" s="9">
         <v>68539.244999999995</v>
       </c>
       <c r="AE254" s="1">
         <v>45867.708333333336</v>
       </c>
       <c r="AF254" t="s">
         <v>24</v>
       </c>
       <c r="AG254" t="s">
         <v>30</v>
       </c>
       <c r="AH254" s="9">
         <v>69264.642999999996</v>
       </c>
-      <c r="AJ254" s="1"/>
-[...2 lines deleted...]
-      <c r="AR254" s="9"/>
+      <c r="AJ254" s="1">
+        <v>45881.708333333336</v>
+      </c>
+      <c r="AK254" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL254" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM254" s="9">
+        <v>67414.081000000006</v>
+      </c>
+      <c r="AO254" s="1">
+        <v>45925.708333333336</v>
+      </c>
+      <c r="AP254" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ254" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR254" s="9">
+        <v>54118.118000000002</v>
+      </c>
       <c r="AT254" s="1"/>
       <c r="AW254" s="9"/>
       <c r="AY254" s="1"/>
       <c r="BB254" s="9"/>
       <c r="BD254" s="1"/>
       <c r="BG254" s="9"/>
     </row>
     <row r="255" spans="1:59">
       <c r="A255" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B255" t="s">
         <v>24</v>
       </c>
       <c r="C255" t="s">
         <v>31</v>
       </c>
       <c r="D255" s="9">
         <v>74409.173999999999</v>
       </c>
       <c r="F255" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G255" t="s">
         <v>24</v>
@@ -24718,54 +29598,74 @@
       </c>
       <c r="Z255" s="1">
         <v>45832.708333333336</v>
       </c>
       <c r="AA255" t="s">
         <v>24</v>
       </c>
       <c r="AB255" t="s">
         <v>31</v>
       </c>
       <c r="AC255" s="9">
         <v>86161.031000000003</v>
       </c>
       <c r="AE255" s="1">
         <v>45867.708333333336</v>
       </c>
       <c r="AF255" t="s">
         <v>24</v>
       </c>
       <c r="AG255" t="s">
         <v>31</v>
       </c>
       <c r="AH255" s="9">
         <v>90187.645999999993</v>
       </c>
-      <c r="AJ255" s="1"/>
-[...2 lines deleted...]
-      <c r="AR255" s="9"/>
+      <c r="AJ255" s="1">
+        <v>45881.708333333336</v>
+      </c>
+      <c r="AK255" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL255" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM255" s="9">
+        <v>89150.702999999994</v>
+      </c>
+      <c r="AO255" s="1">
+        <v>45925.708333333336</v>
+      </c>
+      <c r="AP255" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ255" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR255" s="9">
+        <v>80079.754000000001</v>
+      </c>
       <c r="AT255" s="1"/>
       <c r="AW255" s="9"/>
       <c r="AY255" s="1"/>
       <c r="BB255" s="9"/>
       <c r="BD255" s="1"/>
       <c r="BG255" s="9"/>
     </row>
     <row r="256" spans="1:59">
       <c r="A256" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B256" t="s">
         <v>24</v>
       </c>
       <c r="C256" t="s">
         <v>32</v>
       </c>
       <c r="D256" s="9">
         <v>13268.392</v>
       </c>
       <c r="F256" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G256" t="s">
         <v>24</v>
@@ -24814,54 +29714,74 @@
       </c>
       <c r="Z256" s="1">
         <v>45832.708333333336</v>
       </c>
       <c r="AA256" t="s">
         <v>24</v>
       </c>
       <c r="AB256" t="s">
         <v>32</v>
       </c>
       <c r="AC256" s="9">
         <v>14444.858</v>
       </c>
       <c r="AE256" s="1">
         <v>45867.708333333336</v>
       </c>
       <c r="AF256" t="s">
         <v>24</v>
       </c>
       <c r="AG256" t="s">
         <v>32</v>
       </c>
       <c r="AH256" s="9">
         <v>13302.52</v>
       </c>
-      <c r="AJ256" s="1"/>
-[...2 lines deleted...]
-      <c r="AR256" s="9"/>
+      <c r="AJ256" s="1">
+        <v>45881.708333333336</v>
+      </c>
+      <c r="AK256" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL256" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM256" s="9">
+        <v>12515.205</v>
+      </c>
+      <c r="AO256" s="1">
+        <v>45925.708333333336</v>
+      </c>
+      <c r="AP256" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ256" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR256" s="9">
+        <v>12997.69</v>
+      </c>
       <c r="AT256" s="1"/>
       <c r="AW256" s="9"/>
       <c r="AY256" s="1"/>
       <c r="BB256" s="9"/>
       <c r="BD256" s="1"/>
       <c r="BG256" s="9"/>
     </row>
     <row r="257" spans="1:59">
       <c r="A257" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B257" t="s">
         <v>24</v>
       </c>
       <c r="C257" t="s">
         <v>33</v>
       </c>
       <c r="D257" s="9">
         <v>65556.239000000001</v>
       </c>
       <c r="F257" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G257" t="s">
         <v>24</v>
@@ -24910,54 +29830,74 @@
       </c>
       <c r="Z257" s="1">
         <v>45832.708333333336</v>
       </c>
       <c r="AA257" t="s">
         <v>24</v>
       </c>
       <c r="AB257" t="s">
         <v>33</v>
       </c>
       <c r="AC257" s="9">
         <v>51353.061000000002</v>
       </c>
       <c r="AE257" s="1">
         <v>45867.708333333336</v>
       </c>
       <c r="AF257" t="s">
         <v>24</v>
       </c>
       <c r="AG257" t="s">
         <v>33</v>
       </c>
       <c r="AH257" s="9">
         <v>77484.164000000004</v>
       </c>
-      <c r="AJ257" s="1"/>
-[...2 lines deleted...]
-      <c r="AR257" s="9"/>
+      <c r="AJ257" s="1">
+        <v>45881.708333333336</v>
+      </c>
+      <c r="AK257" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL257" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM257" s="9">
+        <v>63866.688999999998</v>
+      </c>
+      <c r="AO257" s="1">
+        <v>45925.708333333336</v>
+      </c>
+      <c r="AP257" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ257" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR257" s="9">
+        <v>67156.354999999996</v>
+      </c>
       <c r="AT257" s="1"/>
       <c r="AW257" s="9"/>
       <c r="AY257" s="1"/>
       <c r="BB257" s="9"/>
       <c r="BD257" s="1"/>
       <c r="BG257" s="9"/>
     </row>
     <row r="258" spans="1:59">
       <c r="A258" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B258" t="s">
         <v>24</v>
       </c>
       <c r="C258" t="s">
         <v>34</v>
       </c>
       <c r="D258" s="9">
         <v>41642.300000000003</v>
       </c>
       <c r="F258" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G258" t="s">
         <v>24</v>
@@ -25006,54 +29946,74 @@
       </c>
       <c r="Z258" s="1">
         <v>45832.708333333336</v>
       </c>
       <c r="AA258" t="s">
         <v>24</v>
       </c>
       <c r="AB258" t="s">
         <v>34</v>
       </c>
       <c r="AC258" s="9">
         <v>13894.8</v>
       </c>
       <c r="AE258" s="1">
         <v>45867.708333333336</v>
       </c>
       <c r="AF258" t="s">
         <v>24</v>
       </c>
       <c r="AG258" t="s">
         <v>34</v>
       </c>
       <c r="AH258" s="9">
         <v>43051</v>
       </c>
-      <c r="AJ258" s="1"/>
-[...2 lines deleted...]
-      <c r="AR258" s="9"/>
+      <c r="AJ258" s="1">
+        <v>45881.708333333336</v>
+      </c>
+      <c r="AK258" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL258" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM258" s="9">
+        <v>72275</v>
+      </c>
+      <c r="AO258" s="1">
+        <v>45925.708333333336</v>
+      </c>
+      <c r="AP258" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ258" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR258" s="9">
+        <v>99582</v>
+      </c>
       <c r="AT258" s="1"/>
       <c r="AW258" s="9"/>
       <c r="AY258" s="1"/>
       <c r="BB258" s="9"/>
       <c r="BD258" s="1"/>
       <c r="BG258" s="9"/>
     </row>
     <row r="259" spans="1:59">
       <c r="A259" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B259" t="s">
         <v>24</v>
       </c>
       <c r="C259" t="s">
         <v>35</v>
       </c>
       <c r="D259" s="9">
         <v>11116.679</v>
       </c>
       <c r="F259" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G259" t="s">
         <v>24</v>
@@ -25102,54 +30062,74 @@
       </c>
       <c r="Z259" s="1">
         <v>45832.708333333336</v>
       </c>
       <c r="AA259" t="s">
         <v>24</v>
       </c>
       <c r="AB259" t="s">
         <v>35</v>
       </c>
       <c r="AC259" s="9">
         <v>9813.5360000000001</v>
       </c>
       <c r="AE259" s="1">
         <v>45867.708333333336</v>
       </c>
       <c r="AF259" t="s">
         <v>24</v>
       </c>
       <c r="AG259" t="s">
         <v>35</v>
       </c>
       <c r="AH259" s="9">
         <v>9492.9709999999995</v>
       </c>
-      <c r="AJ259" s="1"/>
-[...2 lines deleted...]
-      <c r="AR259" s="9"/>
+      <c r="AJ259" s="1">
+        <v>45881.708333333336</v>
+      </c>
+      <c r="AK259" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL259" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM259" s="9">
+        <v>10387.388999999999</v>
+      </c>
+      <c r="AO259" s="1">
+        <v>45925.708333333336</v>
+      </c>
+      <c r="AP259" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ259" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR259" s="9">
+        <v>8896.9359999999997</v>
+      </c>
       <c r="AT259" s="1"/>
       <c r="AW259" s="9"/>
       <c r="AY259" s="1"/>
       <c r="BB259" s="9"/>
       <c r="BD259" s="1"/>
       <c r="BG259" s="9"/>
     </row>
     <row r="260" spans="1:59">
       <c r="A260" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B260" t="s">
         <v>24</v>
       </c>
       <c r="C260" t="s">
         <v>36</v>
       </c>
       <c r="D260" s="9">
         <v>265691.61900000001</v>
       </c>
       <c r="F260" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G260" t="s">
         <v>24</v>
@@ -25198,54 +30178,74 @@
       </c>
       <c r="Z260" s="1">
         <v>45832.708333333336</v>
       </c>
       <c r="AA260" t="s">
         <v>24</v>
       </c>
       <c r="AB260" t="s">
         <v>36</v>
       </c>
       <c r="AC260" s="9">
         <v>344583.43199999997</v>
       </c>
       <c r="AE260" s="1">
         <v>45867.708333333336</v>
       </c>
       <c r="AF260" t="s">
         <v>24</v>
       </c>
       <c r="AG260" t="s">
         <v>36</v>
       </c>
       <c r="AH260" s="9">
         <v>336650.41600000003</v>
       </c>
-      <c r="AJ260" s="1"/>
-[...2 lines deleted...]
-      <c r="AR260" s="9"/>
+      <c r="AJ260" s="1">
+        <v>45881.708333333336</v>
+      </c>
+      <c r="AK260" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL260" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM260" s="9">
+        <v>331931.59999999998</v>
+      </c>
+      <c r="AO260" s="1">
+        <v>45925.708333333336</v>
+      </c>
+      <c r="AP260" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ260" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR260" s="9">
+        <v>241909.56700000001</v>
+      </c>
       <c r="AT260" s="1"/>
       <c r="AW260" s="9"/>
       <c r="AY260" s="1"/>
       <c r="BB260" s="9"/>
       <c r="BD260" s="1"/>
       <c r="BG260" s="9"/>
     </row>
     <row r="261" spans="1:59">
       <c r="A261" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B261" t="s">
         <v>24</v>
       </c>
       <c r="C261" t="s">
         <v>37</v>
       </c>
       <c r="D261" s="9">
         <v>117847.751</v>
       </c>
       <c r="F261" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G261" t="s">
         <v>24</v>
@@ -25294,54 +30294,74 @@
       </c>
       <c r="Z261" s="1">
         <v>45832.708333333336</v>
       </c>
       <c r="AA261" t="s">
         <v>24</v>
       </c>
       <c r="AB261" t="s">
         <v>37</v>
       </c>
       <c r="AC261" s="9">
         <v>142580.038</v>
       </c>
       <c r="AE261" s="1">
         <v>45867.708333333336</v>
       </c>
       <c r="AF261" t="s">
         <v>24</v>
       </c>
       <c r="AG261" t="s">
         <v>37</v>
       </c>
       <c r="AH261" s="9">
         <v>138531.459</v>
       </c>
-      <c r="AJ261" s="1"/>
-[...2 lines deleted...]
-      <c r="AR261" s="9"/>
+      <c r="AJ261" s="1">
+        <v>45881.708333333336</v>
+      </c>
+      <c r="AK261" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL261" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM261" s="9">
+        <v>137047.94</v>
+      </c>
+      <c r="AO261" s="1">
+        <v>45925.708333333336</v>
+      </c>
+      <c r="AP261" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ261" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR261" s="9">
+        <v>83516.379000000001</v>
+      </c>
       <c r="AT261" s="1"/>
       <c r="AW261" s="9"/>
       <c r="AY261" s="1"/>
       <c r="BB261" s="9"/>
       <c r="BD261" s="1"/>
       <c r="BG261" s="9"/>
     </row>
     <row r="262" spans="1:59">
       <c r="A262" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B262" t="s">
         <v>24</v>
       </c>
       <c r="C262" t="s">
         <v>38</v>
       </c>
       <c r="D262" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F262" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G262" t="s">
         <v>24</v>
@@ -25390,54 +30410,74 @@
       </c>
       <c r="Z262" s="1">
         <v>45832.708333333336</v>
       </c>
       <c r="AA262" t="s">
         <v>24</v>
       </c>
       <c r="AB262" t="s">
         <v>38</v>
       </c>
       <c r="AC262" s="9">
         <v>0</v>
       </c>
       <c r="AE262" s="1">
         <v>45867.708333333336</v>
       </c>
       <c r="AF262" t="s">
         <v>24</v>
       </c>
       <c r="AG262" t="s">
         <v>38</v>
       </c>
       <c r="AH262" s="9">
         <v>0</v>
       </c>
-      <c r="AJ262" s="1"/>
-[...2 lines deleted...]
-      <c r="AR262" s="9"/>
+      <c r="AJ262" s="1">
+        <v>45881.708333333336</v>
+      </c>
+      <c r="AK262" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL262" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM262" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO262" s="1">
+        <v>45925.708333333336</v>
+      </c>
+      <c r="AP262" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ262" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR262" s="9">
+        <v>0</v>
+      </c>
       <c r="AT262" s="1"/>
       <c r="AW262" s="9"/>
       <c r="AY262" s="1"/>
       <c r="BB262" s="9"/>
       <c r="BD262" s="1"/>
       <c r="BG262" s="9"/>
     </row>
     <row r="263" spans="1:59">
       <c r="A263" s="1">
         <v>45665.75</v>
       </c>
       <c r="B263" t="s">
         <v>24</v>
       </c>
       <c r="C263" t="s">
         <v>25</v>
       </c>
       <c r="D263" s="9">
         <v>822778.66</v>
       </c>
       <c r="F263" s="1">
         <v>45694.75</v>
       </c>
       <c r="G263" t="s">
         <v>24</v>
@@ -25486,54 +30526,74 @@
       </c>
       <c r="Z263" s="1">
         <v>45832.75</v>
       </c>
       <c r="AA263" t="s">
         <v>24</v>
       </c>
       <c r="AB263" t="s">
         <v>25</v>
       </c>
       <c r="AC263" s="9">
         <v>922685.22</v>
       </c>
       <c r="AE263" s="1">
         <v>45867.75</v>
       </c>
       <c r="AF263" t="s">
         <v>24</v>
       </c>
       <c r="AG263" t="s">
         <v>25</v>
       </c>
       <c r="AH263" s="9">
         <v>872480.625</v>
       </c>
-      <c r="AJ263" s="1"/>
-[...2 lines deleted...]
-      <c r="AR263" s="9"/>
+      <c r="AJ263" s="1">
+        <v>45881.75</v>
+      </c>
+      <c r="AK263" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL263" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM263" s="9">
+        <v>880404.245</v>
+      </c>
+      <c r="AO263" s="1">
+        <v>45925.75</v>
+      </c>
+      <c r="AP263" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ263" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR263" s="9">
+        <v>523208.59899999999</v>
+      </c>
       <c r="AT263" s="1"/>
       <c r="AW263" s="9"/>
       <c r="AY263" s="1"/>
       <c r="BB263" s="9"/>
       <c r="BD263" s="1"/>
       <c r="BG263" s="9"/>
     </row>
     <row r="264" spans="1:59">
       <c r="A264" s="1">
         <v>45665.75</v>
       </c>
       <c r="B264" t="s">
         <v>24</v>
       </c>
       <c r="C264" t="s">
         <v>26</v>
       </c>
       <c r="D264" s="9">
         <v>2080.373</v>
       </c>
       <c r="F264" s="1">
         <v>45694.75</v>
       </c>
       <c r="G264" t="s">
         <v>24</v>
@@ -25582,54 +30642,74 @@
       </c>
       <c r="Z264" s="1">
         <v>45832.75</v>
       </c>
       <c r="AA264" t="s">
         <v>24</v>
       </c>
       <c r="AB264" t="s">
         <v>26</v>
       </c>
       <c r="AC264" s="9">
         <v>0</v>
       </c>
       <c r="AE264" s="1">
         <v>45867.75</v>
       </c>
       <c r="AF264" t="s">
         <v>24</v>
       </c>
       <c r="AG264" t="s">
         <v>26</v>
       </c>
       <c r="AH264" s="9">
         <v>0</v>
       </c>
-      <c r="AJ264" s="1"/>
-[...2 lines deleted...]
-      <c r="AR264" s="9"/>
+      <c r="AJ264" s="1">
+        <v>45881.75</v>
+      </c>
+      <c r="AK264" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL264" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM264" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO264" s="1">
+        <v>45925.75</v>
+      </c>
+      <c r="AP264" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ264" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR264" s="9">
+        <v>2214.1379999999999</v>
+      </c>
       <c r="AT264" s="1"/>
       <c r="AW264" s="9"/>
       <c r="AY264" s="1"/>
       <c r="BB264" s="9"/>
       <c r="BD264" s="1"/>
       <c r="BG264" s="9"/>
     </row>
     <row r="265" spans="1:59">
       <c r="A265" s="1">
         <v>45665.75</v>
       </c>
       <c r="B265" t="s">
         <v>24</v>
       </c>
       <c r="C265" t="s">
         <v>27</v>
       </c>
       <c r="D265" s="9">
         <v>70.771000000000001</v>
       </c>
       <c r="F265" s="1">
         <v>45694.75</v>
       </c>
       <c r="G265" t="s">
         <v>24</v>
@@ -25678,54 +30758,74 @@
       </c>
       <c r="Z265" s="1">
         <v>45832.75</v>
       </c>
       <c r="AA265" t="s">
         <v>24</v>
       </c>
       <c r="AB265" t="s">
         <v>27</v>
       </c>
       <c r="AC265" s="9">
         <v>3.9009999999999998</v>
       </c>
       <c r="AE265" s="1">
         <v>45867.75</v>
       </c>
       <c r="AF265" t="s">
         <v>24</v>
       </c>
       <c r="AG265" t="s">
         <v>27</v>
       </c>
       <c r="AH265" s="9">
         <v>4.7329999999999997</v>
       </c>
-      <c r="AJ265" s="1"/>
-[...2 lines deleted...]
-      <c r="AR265" s="9"/>
+      <c r="AJ265" s="1">
+        <v>45881.75</v>
+      </c>
+      <c r="AK265" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL265" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM265" s="9">
+        <v>3.952</v>
+      </c>
+      <c r="AO265" s="1">
+        <v>45925.75</v>
+      </c>
+      <c r="AP265" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ265" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR265" s="9">
+        <v>1.573</v>
+      </c>
       <c r="AT265" s="1"/>
       <c r="AW265" s="9"/>
       <c r="AY265" s="1"/>
       <c r="BB265" s="9"/>
       <c r="BD265" s="1"/>
       <c r="BG265" s="9"/>
     </row>
     <row r="266" spans="1:59">
       <c r="A266" s="1">
         <v>45665.75</v>
       </c>
       <c r="B266" t="s">
         <v>24</v>
       </c>
       <c r="C266" t="s">
         <v>28</v>
       </c>
       <c r="D266" s="9">
         <v>11603.412</v>
       </c>
       <c r="F266" s="1">
         <v>45694.75</v>
       </c>
       <c r="G266" t="s">
         <v>24</v>
@@ -25774,54 +30874,74 @@
       </c>
       <c r="Z266" s="1">
         <v>45832.75</v>
       </c>
       <c r="AA266" t="s">
         <v>24</v>
       </c>
       <c r="AB266" t="s">
         <v>28</v>
       </c>
       <c r="AC266" s="9">
         <v>2423.3719999999998</v>
       </c>
       <c r="AE266" s="1">
         <v>45867.75</v>
       </c>
       <c r="AF266" t="s">
         <v>24</v>
       </c>
       <c r="AG266" t="s">
         <v>28</v>
       </c>
       <c r="AH266" s="9">
         <v>1052.4659999999999</v>
       </c>
-      <c r="AJ266" s="1"/>
-[...2 lines deleted...]
-      <c r="AR266" s="9"/>
+      <c r="AJ266" s="1">
+        <v>45881.75</v>
+      </c>
+      <c r="AK266" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL266" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM266" s="9">
+        <v>1088.538</v>
+      </c>
+      <c r="AO266" s="1">
+        <v>45925.75</v>
+      </c>
+      <c r="AP266" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ266" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR266" s="9">
+        <v>852.29200000000003</v>
+      </c>
       <c r="AT266" s="1"/>
       <c r="AW266" s="9"/>
       <c r="AY266" s="1"/>
       <c r="BB266" s="9"/>
       <c r="BD266" s="1"/>
       <c r="BG266" s="9"/>
     </row>
     <row r="267" spans="1:59">
       <c r="A267" s="1">
         <v>45665.75</v>
       </c>
       <c r="B267" t="s">
         <v>24</v>
       </c>
       <c r="C267" t="s">
         <v>29</v>
       </c>
       <c r="D267" s="9">
         <v>17690.885999999999</v>
       </c>
       <c r="F267" s="1">
         <v>45694.75</v>
       </c>
       <c r="G267" t="s">
         <v>24</v>
@@ -25870,54 +30990,74 @@
       </c>
       <c r="Z267" s="1">
         <v>45832.75</v>
       </c>
       <c r="AA267" t="s">
         <v>24</v>
       </c>
       <c r="AB267" t="s">
         <v>29</v>
       </c>
       <c r="AC267" s="9">
         <v>20000.856</v>
       </c>
       <c r="AE267" s="1">
         <v>45867.75</v>
       </c>
       <c r="AF267" t="s">
         <v>24</v>
       </c>
       <c r="AG267" t="s">
         <v>29</v>
       </c>
       <c r="AH267" s="9">
         <v>22321.185000000001</v>
       </c>
-      <c r="AJ267" s="1"/>
-[...2 lines deleted...]
-      <c r="AR267" s="9"/>
+      <c r="AJ267" s="1">
+        <v>45881.75</v>
+      </c>
+      <c r="AK267" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL267" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM267" s="9">
+        <v>21572.955000000002</v>
+      </c>
+      <c r="AO267" s="1">
+        <v>45925.75</v>
+      </c>
+      <c r="AP267" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ267" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR267" s="9">
+        <v>19971.812999999998</v>
+      </c>
       <c r="AT267" s="1"/>
       <c r="AW267" s="9"/>
       <c r="AY267" s="1"/>
       <c r="BB267" s="9"/>
       <c r="BD267" s="1"/>
       <c r="BG267" s="9"/>
     </row>
     <row r="268" spans="1:59">
       <c r="A268" s="1">
         <v>45665.75</v>
       </c>
       <c r="B268" t="s">
         <v>24</v>
       </c>
       <c r="C268" t="s">
         <v>30</v>
       </c>
       <c r="D268" s="9">
         <v>44483.069000000003</v>
       </c>
       <c r="F268" s="1">
         <v>45694.75</v>
       </c>
       <c r="G268" t="s">
         <v>24</v>
@@ -25966,54 +31106,74 @@
       </c>
       <c r="Z268" s="1">
         <v>45832.75</v>
       </c>
       <c r="AA268" t="s">
         <v>24</v>
       </c>
       <c r="AB268" t="s">
         <v>30</v>
       </c>
       <c r="AC268" s="9">
         <v>65635.626999999993</v>
       </c>
       <c r="AE268" s="1">
         <v>45867.75</v>
       </c>
       <c r="AF268" t="s">
         <v>24</v>
       </c>
       <c r="AG268" t="s">
         <v>30</v>
       </c>
       <c r="AH268" s="9">
         <v>64248.703000000001</v>
       </c>
-      <c r="AJ268" s="1"/>
-[...2 lines deleted...]
-      <c r="AR268" s="9"/>
+      <c r="AJ268" s="1">
+        <v>45881.75</v>
+      </c>
+      <c r="AK268" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL268" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM268" s="9">
+        <v>62784.987999999998</v>
+      </c>
+      <c r="AO268" s="1">
+        <v>45925.75</v>
+      </c>
+      <c r="AP268" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ268" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR268" s="9">
+        <v>52481.535000000003</v>
+      </c>
       <c r="AT268" s="1"/>
       <c r="AW268" s="9"/>
       <c r="AY268" s="1"/>
       <c r="BB268" s="9"/>
       <c r="BD268" s="1"/>
       <c r="BG268" s="9"/>
     </row>
     <row r="269" spans="1:59">
       <c r="A269" s="1">
         <v>45665.75</v>
       </c>
       <c r="B269" t="s">
         <v>24</v>
       </c>
       <c r="C269" t="s">
         <v>31</v>
       </c>
       <c r="D269" s="9">
         <v>72866.285999999993</v>
       </c>
       <c r="F269" s="1">
         <v>45694.75</v>
       </c>
       <c r="G269" t="s">
         <v>24</v>
@@ -26062,54 +31222,74 @@
       </c>
       <c r="Z269" s="1">
         <v>45832.75</v>
       </c>
       <c r="AA269" t="s">
         <v>24</v>
       </c>
       <c r="AB269" t="s">
         <v>31</v>
       </c>
       <c r="AC269" s="9">
         <v>85370.092000000004</v>
       </c>
       <c r="AE269" s="1">
         <v>45867.75</v>
       </c>
       <c r="AF269" t="s">
         <v>24</v>
       </c>
       <c r="AG269" t="s">
         <v>31</v>
       </c>
       <c r="AH269" s="9">
         <v>88177.945000000007</v>
       </c>
-      <c r="AJ269" s="1"/>
-[...2 lines deleted...]
-      <c r="AR269" s="9"/>
+      <c r="AJ269" s="1">
+        <v>45881.75</v>
+      </c>
+      <c r="AK269" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL269" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM269" s="9">
+        <v>86711.792000000001</v>
+      </c>
+      <c r="AO269" s="1">
+        <v>45925.75</v>
+      </c>
+      <c r="AP269" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ269" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR269" s="9">
+        <v>80114.504000000001</v>
+      </c>
       <c r="AT269" s="1"/>
       <c r="AW269" s="9"/>
       <c r="AY269" s="1"/>
       <c r="BB269" s="9"/>
       <c r="BD269" s="1"/>
       <c r="BG269" s="9"/>
     </row>
     <row r="270" spans="1:59">
       <c r="A270" s="1">
         <v>45665.75</v>
       </c>
       <c r="B270" t="s">
         <v>24</v>
       </c>
       <c r="C270" t="s">
         <v>32</v>
       </c>
       <c r="D270" s="9">
         <v>12096.513000000001</v>
       </c>
       <c r="F270" s="1">
         <v>45694.75</v>
       </c>
       <c r="G270" t="s">
         <v>24</v>
@@ -26158,54 +31338,74 @@
       </c>
       <c r="Z270" s="1">
         <v>45832.75</v>
       </c>
       <c r="AA270" t="s">
         <v>24</v>
       </c>
       <c r="AB270" t="s">
         <v>32</v>
       </c>
       <c r="AC270" s="9">
         <v>13945.843000000001</v>
       </c>
       <c r="AE270" s="1">
         <v>45867.75</v>
       </c>
       <c r="AF270" t="s">
         <v>24</v>
       </c>
       <c r="AG270" t="s">
         <v>32</v>
       </c>
       <c r="AH270" s="9">
         <v>12013.43</v>
       </c>
-      <c r="AJ270" s="1"/>
-[...2 lines deleted...]
-      <c r="AR270" s="9"/>
+      <c r="AJ270" s="1">
+        <v>45881.75</v>
+      </c>
+      <c r="AK270" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL270" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM270" s="9">
+        <v>11068.93</v>
+      </c>
+      <c r="AO270" s="1">
+        <v>45925.75</v>
+      </c>
+      <c r="AP270" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ270" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR270" s="9">
+        <v>11725.52</v>
+      </c>
       <c r="AT270" s="1"/>
       <c r="AW270" s="9"/>
       <c r="AY270" s="1"/>
       <c r="BB270" s="9"/>
       <c r="BD270" s="1"/>
       <c r="BG270" s="9"/>
     </row>
     <row r="271" spans="1:59">
       <c r="A271" s="1">
         <v>45665.75</v>
       </c>
       <c r="B271" t="s">
         <v>24</v>
       </c>
       <c r="C271" t="s">
         <v>33</v>
       </c>
       <c r="D271" s="9">
         <v>70862.570999999996</v>
       </c>
       <c r="F271" s="1">
         <v>45694.75</v>
       </c>
       <c r="G271" t="s">
         <v>24</v>
@@ -26254,54 +31454,74 @@
       </c>
       <c r="Z271" s="1">
         <v>45832.75</v>
       </c>
       <c r="AA271" t="s">
         <v>24</v>
       </c>
       <c r="AB271" t="s">
         <v>33</v>
       </c>
       <c r="AC271" s="9">
         <v>50046.063999999998</v>
       </c>
       <c r="AE271" s="1">
         <v>45867.75</v>
       </c>
       <c r="AF271" t="s">
         <v>24</v>
       </c>
       <c r="AG271" t="s">
         <v>33</v>
       </c>
       <c r="AH271" s="9">
         <v>62921.474000000002</v>
       </c>
-      <c r="AJ271" s="1"/>
-[...2 lines deleted...]
-      <c r="AR271" s="9"/>
+      <c r="AJ271" s="1">
+        <v>45881.75</v>
+      </c>
+      <c r="AK271" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL271" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM271" s="9">
+        <v>61310.995000000003</v>
+      </c>
+      <c r="AO271" s="1">
+        <v>45925.75</v>
+      </c>
+      <c r="AP271" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ271" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR271" s="9">
+        <v>62738.800999999999</v>
+      </c>
       <c r="AT271" s="1"/>
       <c r="AW271" s="9"/>
       <c r="AY271" s="1"/>
       <c r="BB271" s="9"/>
       <c r="BD271" s="1"/>
       <c r="BG271" s="9"/>
     </row>
     <row r="272" spans="1:59">
       <c r="A272" s="1">
         <v>45665.75</v>
       </c>
       <c r="B272" t="s">
         <v>24</v>
       </c>
       <c r="C272" t="s">
         <v>34</v>
       </c>
       <c r="D272" s="9">
         <v>40350.9</v>
       </c>
       <c r="F272" s="1">
         <v>45694.75</v>
       </c>
       <c r="G272" t="s">
         <v>24</v>
@@ -26350,54 +31570,74 @@
       </c>
       <c r="Z272" s="1">
         <v>45832.75</v>
       </c>
       <c r="AA272" t="s">
         <v>24</v>
       </c>
       <c r="AB272" t="s">
         <v>34</v>
       </c>
       <c r="AC272" s="9">
         <v>14564.4</v>
       </c>
       <c r="AE272" s="1">
         <v>45867.75</v>
       </c>
       <c r="AF272" t="s">
         <v>24</v>
       </c>
       <c r="AG272" t="s">
         <v>34</v>
       </c>
       <c r="AH272" s="9">
         <v>40081</v>
       </c>
-      <c r="AJ272" s="1"/>
-[...2 lines deleted...]
-      <c r="AR272" s="9"/>
+      <c r="AJ272" s="1">
+        <v>45881.75</v>
+      </c>
+      <c r="AK272" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL272" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM272" s="9">
+        <v>66868</v>
+      </c>
+      <c r="AO272" s="1">
+        <v>45925.75</v>
+      </c>
+      <c r="AP272" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ272" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR272" s="9">
+        <v>101334.39999999999</v>
+      </c>
       <c r="AT272" s="1"/>
       <c r="AW272" s="9"/>
       <c r="AY272" s="1"/>
       <c r="BB272" s="9"/>
       <c r="BD272" s="1"/>
       <c r="BG272" s="9"/>
     </row>
     <row r="273" spans="1:59">
       <c r="A273" s="1">
         <v>45665.75</v>
       </c>
       <c r="B273" t="s">
         <v>24</v>
       </c>
       <c r="C273" t="s">
         <v>35</v>
       </c>
       <c r="D273" s="9">
         <v>10720.508</v>
       </c>
       <c r="F273" s="1">
         <v>45694.75</v>
       </c>
       <c r="G273" t="s">
         <v>24</v>
@@ -26446,54 +31686,74 @@
       </c>
       <c r="Z273" s="1">
         <v>45832.75</v>
       </c>
       <c r="AA273" t="s">
         <v>24</v>
       </c>
       <c r="AB273" t="s">
         <v>35</v>
       </c>
       <c r="AC273" s="9">
         <v>9461.08</v>
       </c>
       <c r="AE273" s="1">
         <v>45867.75</v>
       </c>
       <c r="AF273" t="s">
         <v>24</v>
       </c>
       <c r="AG273" t="s">
         <v>35</v>
       </c>
       <c r="AH273" s="9">
         <v>8817.2739999999994</v>
       </c>
-      <c r="AJ273" s="1"/>
-[...2 lines deleted...]
-      <c r="AR273" s="9"/>
+      <c r="AJ273" s="1">
+        <v>45881.75</v>
+      </c>
+      <c r="AK273" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL273" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM273" s="9">
+        <v>9913.6290000000008</v>
+      </c>
+      <c r="AO273" s="1">
+        <v>45925.75</v>
+      </c>
+      <c r="AP273" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ273" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR273" s="9">
+        <v>8784.473</v>
+      </c>
       <c r="AT273" s="1"/>
       <c r="AW273" s="9"/>
       <c r="AY273" s="1"/>
       <c r="BB273" s="9"/>
       <c r="BD273" s="1"/>
       <c r="BG273" s="9"/>
     </row>
     <row r="274" spans="1:59">
       <c r="A274" s="1">
         <v>45665.75</v>
       </c>
       <c r="B274" t="s">
         <v>24</v>
       </c>
       <c r="C274" t="s">
         <v>36</v>
       </c>
       <c r="D274" s="9">
         <v>251412.37</v>
       </c>
       <c r="F274" s="1">
         <v>45694.75</v>
       </c>
       <c r="G274" t="s">
         <v>24</v>
@@ -26542,54 +31802,74 @@
       </c>
       <c r="Z274" s="1">
         <v>45832.75</v>
       </c>
       <c r="AA274" t="s">
         <v>24</v>
       </c>
       <c r="AB274" t="s">
         <v>36</v>
       </c>
       <c r="AC274" s="9">
         <v>322948.51500000001</v>
       </c>
       <c r="AE274" s="1">
         <v>45867.75</v>
       </c>
       <c r="AF274" t="s">
         <v>24</v>
       </c>
       <c r="AG274" t="s">
         <v>36</v>
       </c>
       <c r="AH274" s="9">
         <v>313669.34399999998</v>
       </c>
-      <c r="AJ274" s="1"/>
-[...2 lines deleted...]
-      <c r="AR274" s="9"/>
+      <c r="AJ274" s="1">
+        <v>45881.75</v>
+      </c>
+      <c r="AK274" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL274" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM274" s="9">
+        <v>308949.52600000001</v>
+      </c>
+      <c r="AO274" s="1">
+        <v>45925.75</v>
+      </c>
+      <c r="AP274" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ274" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR274" s="9">
+        <v>232643.24400000001</v>
+      </c>
       <c r="AT274" s="1"/>
       <c r="AW274" s="9"/>
       <c r="AY274" s="1"/>
       <c r="BB274" s="9"/>
       <c r="BD274" s="1"/>
       <c r="BG274" s="9"/>
     </row>
     <row r="275" spans="1:59">
       <c r="A275" s="1">
         <v>45665.75</v>
       </c>
       <c r="B275" t="s">
         <v>24</v>
       </c>
       <c r="C275" t="s">
         <v>37</v>
       </c>
       <c r="D275" s="9">
         <v>111060.823</v>
       </c>
       <c r="F275" s="1">
         <v>45694.75</v>
       </c>
       <c r="G275" t="s">
         <v>24</v>
@@ -26638,54 +31918,74 @@
       </c>
       <c r="Z275" s="1">
         <v>45832.75</v>
       </c>
       <c r="AA275" t="s">
         <v>24</v>
       </c>
       <c r="AB275" t="s">
         <v>37</v>
       </c>
       <c r="AC275" s="9">
         <v>129268.841</v>
       </c>
       <c r="AE275" s="1">
         <v>45867.75</v>
       </c>
       <c r="AF275" t="s">
         <v>24</v>
       </c>
       <c r="AG275" t="s">
         <v>37</v>
       </c>
       <c r="AH275" s="9">
         <v>124712.43399999999</v>
       </c>
-      <c r="AJ275" s="1"/>
-[...2 lines deleted...]
-      <c r="AR275" s="9"/>
+      <c r="AJ275" s="1">
+        <v>45881.75</v>
+      </c>
+      <c r="AK275" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL275" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM275" s="9">
+        <v>122953.429</v>
+      </c>
+      <c r="AO275" s="1">
+        <v>45925.75</v>
+      </c>
+      <c r="AP275" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ275" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR275" s="9">
+        <v>80450.224000000002</v>
+      </c>
       <c r="AT275" s="1"/>
       <c r="AW275" s="9"/>
       <c r="AY275" s="1"/>
       <c r="BB275" s="9"/>
       <c r="BD275" s="1"/>
       <c r="BG275" s="9"/>
     </row>
     <row r="276" spans="1:59">
       <c r="A276" s="1">
         <v>45665.75</v>
       </c>
       <c r="B276" t="s">
         <v>24</v>
       </c>
       <c r="C276" t="s">
         <v>38</v>
       </c>
       <c r="D276" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F276" s="1">
         <v>45694.75</v>
       </c>
       <c r="G276" t="s">
         <v>24</v>
@@ -26734,54 +32034,74 @@
       </c>
       <c r="Z276" s="1">
         <v>45832.75</v>
       </c>
       <c r="AA276" t="s">
         <v>24</v>
       </c>
       <c r="AB276" t="s">
         <v>38</v>
       </c>
       <c r="AC276" s="9">
         <v>0</v>
       </c>
       <c r="AE276" s="1">
         <v>45867.75</v>
       </c>
       <c r="AF276" t="s">
         <v>24</v>
       </c>
       <c r="AG276" t="s">
         <v>38</v>
       </c>
       <c r="AH276" s="9">
         <v>0</v>
       </c>
-      <c r="AJ276" s="1"/>
-[...2 lines deleted...]
-      <c r="AR276" s="9"/>
+      <c r="AJ276" s="1">
+        <v>45881.75</v>
+      </c>
+      <c r="AK276" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL276" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM276" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO276" s="1">
+        <v>45925.75</v>
+      </c>
+      <c r="AP276" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ276" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR276" s="9">
+        <v>2311.8490000000002</v>
+      </c>
       <c r="AT276" s="1"/>
       <c r="AW276" s="9"/>
       <c r="AY276" s="1"/>
       <c r="BB276" s="9"/>
       <c r="BD276" s="1"/>
       <c r="BG276" s="9"/>
     </row>
     <row r="277" spans="1:59">
       <c r="A277" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B277" t="s">
         <v>24</v>
       </c>
       <c r="C277" t="s">
         <v>25</v>
       </c>
       <c r="D277" s="9">
         <v>799102.42599999998</v>
       </c>
       <c r="F277" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G277" t="s">
         <v>24</v>
@@ -26830,54 +32150,74 @@
       </c>
       <c r="Z277" s="1">
         <v>45832.791666666664</v>
       </c>
       <c r="AA277" t="s">
         <v>24</v>
       </c>
       <c r="AB277" t="s">
         <v>25</v>
       </c>
       <c r="AC277" s="9">
         <v>889657.201</v>
       </c>
       <c r="AE277" s="1">
         <v>45867.791666666664</v>
       </c>
       <c r="AF277" t="s">
         <v>24</v>
       </c>
       <c r="AG277" t="s">
         <v>25</v>
       </c>
       <c r="AH277" s="9">
         <v>848916.93299999996</v>
       </c>
-      <c r="AJ277" s="1"/>
-[...2 lines deleted...]
-      <c r="AR277" s="9"/>
+      <c r="AJ277" s="1">
+        <v>45881.791666666664</v>
+      </c>
+      <c r="AK277" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL277" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM277" s="9">
+        <v>849641.19700000004</v>
+      </c>
+      <c r="AO277" s="1">
+        <v>45925.791666666664</v>
+      </c>
+      <c r="AP277" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ277" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR277" s="9">
+        <v>504824.55200000003</v>
+      </c>
       <c r="AT277" s="1"/>
       <c r="AW277" s="9"/>
       <c r="AY277" s="1"/>
       <c r="BB277" s="9"/>
       <c r="BD277" s="1"/>
       <c r="BG277" s="9"/>
     </row>
     <row r="278" spans="1:59">
       <c r="A278" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B278" t="s">
         <v>24</v>
       </c>
       <c r="C278" t="s">
         <v>26</v>
       </c>
       <c r="D278" s="9">
         <v>2080.373</v>
       </c>
       <c r="F278" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G278" t="s">
         <v>24</v>
@@ -26926,54 +32266,74 @@
       </c>
       <c r="Z278" s="1">
         <v>45832.791666666664</v>
       </c>
       <c r="AA278" t="s">
         <v>24</v>
       </c>
       <c r="AB278" t="s">
         <v>26</v>
       </c>
       <c r="AC278" s="9">
         <v>1909.835</v>
       </c>
       <c r="AE278" s="1">
         <v>45867.791666666664</v>
       </c>
       <c r="AF278" t="s">
         <v>24</v>
       </c>
       <c r="AG278" t="s">
         <v>26</v>
       </c>
       <c r="AH278" s="9">
         <v>2079.0320000000002</v>
       </c>
-      <c r="AJ278" s="1"/>
-[...2 lines deleted...]
-      <c r="AR278" s="9"/>
+      <c r="AJ278" s="1">
+        <v>45881.791666666664</v>
+      </c>
+      <c r="AK278" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL278" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM278" s="9">
+        <v>2018.558</v>
+      </c>
+      <c r="AO278" s="1">
+        <v>45925.791666666664</v>
+      </c>
+      <c r="AP278" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ278" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR278" s="9">
+        <v>2214.1379999999999</v>
+      </c>
       <c r="AT278" s="1"/>
       <c r="AW278" s="9"/>
       <c r="AY278" s="1"/>
       <c r="BB278" s="9"/>
       <c r="BD278" s="1"/>
       <c r="BG278" s="9"/>
     </row>
     <row r="279" spans="1:59">
       <c r="A279" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B279" t="s">
         <v>24</v>
       </c>
       <c r="C279" t="s">
         <v>27</v>
       </c>
       <c r="D279" s="9">
         <v>86.119</v>
       </c>
       <c r="F279" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G279" t="s">
         <v>24</v>
@@ -27022,54 +32382,74 @@
       </c>
       <c r="Z279" s="1">
         <v>45832.791666666664</v>
       </c>
       <c r="AA279" t="s">
         <v>24</v>
       </c>
       <c r="AB279" t="s">
         <v>27</v>
       </c>
       <c r="AC279" s="9">
         <v>7.6219999999999999</v>
       </c>
       <c r="AE279" s="1">
         <v>45867.791666666664</v>
       </c>
       <c r="AF279" t="s">
         <v>24</v>
       </c>
       <c r="AG279" t="s">
         <v>27</v>
       </c>
       <c r="AH279" s="9">
         <v>8.1180000000000003</v>
       </c>
-      <c r="AJ279" s="1"/>
-[...2 lines deleted...]
-      <c r="AR279" s="9"/>
+      <c r="AJ279" s="1">
+        <v>45881.791666666664</v>
+      </c>
+      <c r="AK279" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL279" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM279" s="9">
+        <v>8.4730000000000008</v>
+      </c>
+      <c r="AO279" s="1">
+        <v>45925.791666666664</v>
+      </c>
+      <c r="AP279" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ279" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR279" s="9">
+        <v>107.199</v>
+      </c>
       <c r="AT279" s="1"/>
       <c r="AW279" s="9"/>
       <c r="AY279" s="1"/>
       <c r="BB279" s="9"/>
       <c r="BD279" s="1"/>
       <c r="BG279" s="9"/>
     </row>
     <row r="280" spans="1:59">
       <c r="A280" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B280" t="s">
         <v>24</v>
       </c>
       <c r="C280" t="s">
         <v>28</v>
       </c>
       <c r="D280" s="9">
         <v>11441.075000000001</v>
       </c>
       <c r="F280" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G280" t="s">
         <v>24</v>
@@ -27118,54 +32498,74 @@
       </c>
       <c r="Z280" s="1">
         <v>45832.791666666664</v>
       </c>
       <c r="AA280" t="s">
         <v>24</v>
       </c>
       <c r="AB280" t="s">
         <v>28</v>
       </c>
       <c r="AC280" s="9">
         <v>2332.777</v>
       </c>
       <c r="AE280" s="1">
         <v>45867.791666666664</v>
       </c>
       <c r="AF280" t="s">
         <v>24</v>
       </c>
       <c r="AG280" t="s">
         <v>28</v>
       </c>
       <c r="AH280" s="9">
         <v>1056.1469999999999</v>
       </c>
-      <c r="AJ280" s="1"/>
-[...2 lines deleted...]
-      <c r="AR280" s="9"/>
+      <c r="AJ280" s="1">
+        <v>45881.791666666664</v>
+      </c>
+      <c r="AK280" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL280" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM280" s="9">
+        <v>1113.1959999999999</v>
+      </c>
+      <c r="AO280" s="1">
+        <v>45925.791666666664</v>
+      </c>
+      <c r="AP280" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ280" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR280" s="9">
+        <v>808.33500000000004</v>
+      </c>
       <c r="AT280" s="1"/>
       <c r="AW280" s="9"/>
       <c r="AY280" s="1"/>
       <c r="BB280" s="9"/>
       <c r="BD280" s="1"/>
       <c r="BG280" s="9"/>
     </row>
     <row r="281" spans="1:59">
       <c r="A281" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B281" t="s">
         <v>24</v>
       </c>
       <c r="C281" t="s">
         <v>29</v>
       </c>
       <c r="D281" s="9">
         <v>17008.295999999998</v>
       </c>
       <c r="F281" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G281" t="s">
         <v>24</v>
@@ -27214,54 +32614,74 @@
       </c>
       <c r="Z281" s="1">
         <v>45832.791666666664</v>
       </c>
       <c r="AA281" t="s">
         <v>24</v>
       </c>
       <c r="AB281" t="s">
         <v>29</v>
       </c>
       <c r="AC281" s="9">
         <v>19158.397000000001</v>
       </c>
       <c r="AE281" s="1">
         <v>45867.791666666664</v>
       </c>
       <c r="AF281" t="s">
         <v>24</v>
       </c>
       <c r="AG281" t="s">
         <v>29</v>
       </c>
       <c r="AH281" s="9">
         <v>22067.256000000001</v>
       </c>
-      <c r="AJ281" s="1"/>
-[...2 lines deleted...]
-      <c r="AR281" s="9"/>
+      <c r="AJ281" s="1">
+        <v>45881.791666666664</v>
+      </c>
+      <c r="AK281" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL281" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM281" s="9">
+        <v>20791.28</v>
+      </c>
+      <c r="AO281" s="1">
+        <v>45925.791666666664</v>
+      </c>
+      <c r="AP281" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ281" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR281" s="9">
+        <v>19517.059000000001</v>
+      </c>
       <c r="AT281" s="1"/>
       <c r="AW281" s="9"/>
       <c r="AY281" s="1"/>
       <c r="BB281" s="9"/>
       <c r="BD281" s="1"/>
       <c r="BG281" s="9"/>
     </row>
     <row r="282" spans="1:59">
       <c r="A282" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B282" t="s">
         <v>24</v>
       </c>
       <c r="C282" t="s">
         <v>30</v>
       </c>
       <c r="D282" s="9">
         <v>42977.008999999998</v>
       </c>
       <c r="F282" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G282" t="s">
         <v>24</v>
@@ -27310,54 +32730,74 @@
       </c>
       <c r="Z282" s="1">
         <v>45832.791666666664</v>
       </c>
       <c r="AA282" t="s">
         <v>24</v>
       </c>
       <c r="AB282" t="s">
         <v>30</v>
       </c>
       <c r="AC282" s="9">
         <v>61341.260999999999</v>
       </c>
       <c r="AE282" s="1">
         <v>45867.791666666664</v>
       </c>
       <c r="AF282" t="s">
         <v>24</v>
       </c>
       <c r="AG282" t="s">
         <v>30</v>
       </c>
       <c r="AH282" s="9">
         <v>61929.078000000001</v>
       </c>
-      <c r="AJ282" s="1"/>
-[...2 lines deleted...]
-      <c r="AR282" s="9"/>
+      <c r="AJ282" s="1">
+        <v>45881.791666666664</v>
+      </c>
+      <c r="AK282" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL282" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM282" s="9">
+        <v>59369.516000000003</v>
+      </c>
+      <c r="AO282" s="1">
+        <v>45925.791666666664</v>
+      </c>
+      <c r="AP282" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ282" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR282" s="9">
+        <v>50600.582999999999</v>
+      </c>
       <c r="AT282" s="1"/>
       <c r="AW282" s="9"/>
       <c r="AY282" s="1"/>
       <c r="BB282" s="9"/>
       <c r="BD282" s="1"/>
       <c r="BG282" s="9"/>
     </row>
     <row r="283" spans="1:59">
       <c r="A283" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B283" t="s">
         <v>24</v>
       </c>
       <c r="C283" t="s">
         <v>31</v>
       </c>
       <c r="D283" s="9">
         <v>71890.509999999995</v>
       </c>
       <c r="F283" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G283" t="s">
         <v>24</v>
@@ -27406,54 +32846,74 @@
       </c>
       <c r="Z283" s="1">
         <v>45832.791666666664</v>
       </c>
       <c r="AA283" t="s">
         <v>24</v>
       </c>
       <c r="AB283" t="s">
         <v>31</v>
       </c>
       <c r="AC283" s="9">
         <v>82049.259999999995</v>
       </c>
       <c r="AE283" s="1">
         <v>45867.791666666664</v>
       </c>
       <c r="AF283" t="s">
         <v>24</v>
       </c>
       <c r="AG283" t="s">
         <v>31</v>
       </c>
       <c r="AH283" s="9">
         <v>86967.6</v>
       </c>
-      <c r="AJ283" s="1"/>
-[...2 lines deleted...]
-      <c r="AR283" s="9"/>
+      <c r="AJ283" s="1">
+        <v>45881.791666666664</v>
+      </c>
+      <c r="AK283" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL283" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM283" s="9">
+        <v>85072.607999999993</v>
+      </c>
+      <c r="AO283" s="1">
+        <v>45925.791666666664</v>
+      </c>
+      <c r="AP283" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ283" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR283" s="9">
+        <v>79004.013999999996</v>
+      </c>
       <c r="AT283" s="1"/>
       <c r="AW283" s="9"/>
       <c r="AY283" s="1"/>
       <c r="BB283" s="9"/>
       <c r="BD283" s="1"/>
       <c r="BG283" s="9"/>
     </row>
     <row r="284" spans="1:59">
       <c r="A284" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B284" t="s">
         <v>24</v>
       </c>
       <c r="C284" t="s">
         <v>32</v>
       </c>
       <c r="D284" s="9">
         <v>12097.33</v>
       </c>
       <c r="F284" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G284" t="s">
         <v>24</v>
@@ -27502,54 +32962,74 @@
       </c>
       <c r="Z284" s="1">
         <v>45832.791666666664</v>
       </c>
       <c r="AA284" t="s">
         <v>24</v>
       </c>
       <c r="AB284" t="s">
         <v>32</v>
       </c>
       <c r="AC284" s="9">
         <v>13518.985000000001</v>
       </c>
       <c r="AE284" s="1">
         <v>45867.791666666664</v>
       </c>
       <c r="AF284" t="s">
         <v>24</v>
       </c>
       <c r="AG284" t="s">
         <v>32</v>
       </c>
       <c r="AH284" s="9">
         <v>11704.85</v>
       </c>
-      <c r="AJ284" s="1"/>
-[...2 lines deleted...]
-      <c r="AR284" s="9"/>
+      <c r="AJ284" s="1">
+        <v>45881.791666666664</v>
+      </c>
+      <c r="AK284" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL284" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM284" s="9">
+        <v>11017.125</v>
+      </c>
+      <c r="AO284" s="1">
+        <v>45925.791666666664</v>
+      </c>
+      <c r="AP284" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ284" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR284" s="9">
+        <v>11523.25</v>
+      </c>
       <c r="AT284" s="1"/>
       <c r="AW284" s="9"/>
       <c r="AY284" s="1"/>
       <c r="BB284" s="9"/>
       <c r="BD284" s="1"/>
       <c r="BG284" s="9"/>
     </row>
     <row r="285" spans="1:59">
       <c r="A285" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B285" t="s">
         <v>24</v>
       </c>
       <c r="C285" t="s">
         <v>33</v>
       </c>
       <c r="D285" s="9">
         <v>71346.290999999997</v>
       </c>
       <c r="F285" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G285" t="s">
         <v>24</v>
@@ -27598,54 +33078,74 @@
       </c>
       <c r="Z285" s="1">
         <v>45832.791666666664</v>
       </c>
       <c r="AA285" t="s">
         <v>24</v>
       </c>
       <c r="AB285" t="s">
         <v>33</v>
       </c>
       <c r="AC285" s="9">
         <v>47345.807000000001</v>
       </c>
       <c r="AE285" s="1">
         <v>45867.791666666664</v>
       </c>
       <c r="AF285" t="s">
         <v>24</v>
       </c>
       <c r="AG285" t="s">
         <v>33</v>
       </c>
       <c r="AH285" s="9">
         <v>60001.027999999998</v>
       </c>
-      <c r="AJ285" s="1"/>
-[...2 lines deleted...]
-      <c r="AR285" s="9"/>
+      <c r="AJ285" s="1">
+        <v>45881.791666666664</v>
+      </c>
+      <c r="AK285" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL285" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM285" s="9">
+        <v>60961.239000000001</v>
+      </c>
+      <c r="AO285" s="1">
+        <v>45925.791666666664</v>
+      </c>
+      <c r="AP285" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ285" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR285" s="9">
+        <v>63337.527999999998</v>
+      </c>
       <c r="AT285" s="1"/>
       <c r="AW285" s="9"/>
       <c r="AY285" s="1"/>
       <c r="BB285" s="9"/>
       <c r="BD285" s="1"/>
       <c r="BG285" s="9"/>
     </row>
     <row r="286" spans="1:59">
       <c r="A286" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B286" t="s">
         <v>24</v>
       </c>
       <c r="C286" t="s">
         <v>34</v>
       </c>
       <c r="D286" s="9">
         <v>38560.800000000003</v>
       </c>
       <c r="F286" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G286" t="s">
         <v>24</v>
@@ -27694,54 +33194,74 @@
       </c>
       <c r="Z286" s="1">
         <v>45832.791666666664</v>
       </c>
       <c r="AA286" t="s">
         <v>24</v>
       </c>
       <c r="AB286" t="s">
         <v>34</v>
       </c>
       <c r="AC286" s="9">
         <v>12275.4</v>
       </c>
       <c r="AE286" s="1">
         <v>45867.791666666664</v>
       </c>
       <c r="AF286" t="s">
         <v>24</v>
       </c>
       <c r="AG286" t="s">
         <v>34</v>
       </c>
       <c r="AH286" s="9">
         <v>29249.200000000001</v>
       </c>
-      <c r="AJ286" s="1"/>
-[...2 lines deleted...]
-      <c r="AR286" s="9"/>
+      <c r="AJ286" s="1">
+        <v>45881.791666666664</v>
+      </c>
+      <c r="AK286" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL286" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM286" s="9">
+        <v>66947.199999999997</v>
+      </c>
+      <c r="AO286" s="1">
+        <v>45925.791666666664</v>
+      </c>
+      <c r="AP286" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ286" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR286" s="9">
+        <v>102445.1</v>
+      </c>
       <c r="AT286" s="1"/>
       <c r="AW286" s="9"/>
       <c r="AY286" s="1"/>
       <c r="BB286" s="9"/>
       <c r="BD286" s="1"/>
       <c r="BG286" s="9"/>
     </row>
     <row r="287" spans="1:59">
       <c r="A287" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B287" t="s">
         <v>24</v>
       </c>
       <c r="C287" t="s">
         <v>35</v>
       </c>
       <c r="D287" s="9">
         <v>10279.401</v>
       </c>
       <c r="F287" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G287" t="s">
         <v>24</v>
@@ -27790,54 +33310,74 @@
       </c>
       <c r="Z287" s="1">
         <v>45832.791666666664</v>
       </c>
       <c r="AA287" t="s">
         <v>24</v>
       </c>
       <c r="AB287" t="s">
         <v>35</v>
       </c>
       <c r="AC287" s="9">
         <v>8873.9439999999995</v>
       </c>
       <c r="AE287" s="1">
         <v>45867.791666666664</v>
       </c>
       <c r="AF287" t="s">
         <v>24</v>
       </c>
       <c r="AG287" t="s">
         <v>35</v>
       </c>
       <c r="AH287" s="9">
         <v>8350.7620000000006</v>
       </c>
-      <c r="AJ287" s="1"/>
-[...2 lines deleted...]
-      <c r="AR287" s="9"/>
+      <c r="AJ287" s="1">
+        <v>45881.791666666664</v>
+      </c>
+      <c r="AK287" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL287" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM287" s="9">
+        <v>9643.56</v>
+      </c>
+      <c r="AO287" s="1">
+        <v>45925.791666666664</v>
+      </c>
+      <c r="AP287" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ287" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR287" s="9">
+        <v>8685.2530000000006</v>
+      </c>
       <c r="AT287" s="1"/>
       <c r="AW287" s="9"/>
       <c r="AY287" s="1"/>
       <c r="BB287" s="9"/>
       <c r="BD287" s="1"/>
       <c r="BG287" s="9"/>
     </row>
     <row r="288" spans="1:59">
       <c r="A288" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B288" t="s">
         <v>24</v>
       </c>
       <c r="C288" t="s">
         <v>36</v>
       </c>
       <c r="D288" s="9">
         <v>239020.81899999999</v>
       </c>
       <c r="F288" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G288" t="s">
         <v>24</v>
@@ -27886,54 +33426,74 @@
       </c>
       <c r="Z288" s="1">
         <v>45832.791666666664</v>
       </c>
       <c r="AA288" t="s">
         <v>24</v>
       </c>
       <c r="AB288" t="s">
         <v>36</v>
       </c>
       <c r="AC288" s="9">
         <v>292722.54700000002</v>
       </c>
       <c r="AE288" s="1">
         <v>45867.791666666664</v>
       </c>
       <c r="AF288" t="s">
         <v>24</v>
       </c>
       <c r="AG288" t="s">
         <v>36</v>
       </c>
       <c r="AH288" s="9">
         <v>290798.58299999998</v>
       </c>
-      <c r="AJ288" s="1"/>
-[...2 lines deleted...]
-      <c r="AR288" s="9"/>
+      <c r="AJ288" s="1">
+        <v>45881.791666666664</v>
+      </c>
+      <c r="AK288" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL288" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM288" s="9">
+        <v>285521.42800000001</v>
+      </c>
+      <c r="AO288" s="1">
+        <v>45925.791666666664</v>
+      </c>
+      <c r="AP288" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ288" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR288" s="9">
+        <v>221187.01800000001</v>
+      </c>
       <c r="AT288" s="1"/>
       <c r="AW288" s="9"/>
       <c r="AY288" s="1"/>
       <c r="BB288" s="9"/>
       <c r="BD288" s="1"/>
       <c r="BG288" s="9"/>
     </row>
     <row r="289" spans="1:59">
       <c r="A289" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B289" t="s">
         <v>24</v>
       </c>
       <c r="C289" t="s">
         <v>37</v>
       </c>
       <c r="D289" s="9">
         <v>106951.531</v>
       </c>
       <c r="F289" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G289" t="s">
         <v>24</v>
@@ -27982,54 +33542,74 @@
       </c>
       <c r="Z289" s="1">
         <v>45832.791666666664</v>
       </c>
       <c r="AA289" t="s">
         <v>24</v>
       </c>
       <c r="AB289" t="s">
         <v>37</v>
       </c>
       <c r="AC289" s="9">
         <v>116240.798</v>
       </c>
       <c r="AE289" s="1">
         <v>45867.791666666664</v>
       </c>
       <c r="AF289" t="s">
         <v>24</v>
       </c>
       <c r="AG289" t="s">
         <v>37</v>
       </c>
       <c r="AH289" s="9">
         <v>114260.2</v>
       </c>
-      <c r="AJ289" s="1"/>
-[...2 lines deleted...]
-      <c r="AR289" s="9"/>
+      <c r="AJ289" s="1">
+        <v>45881.791666666664</v>
+      </c>
+      <c r="AK289" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL289" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM289" s="9">
+        <v>112618.284</v>
+      </c>
+      <c r="AO289" s="1">
+        <v>45925.791666666664</v>
+      </c>
+      <c r="AP289" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ289" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR289" s="9">
+        <v>76839.671000000002</v>
+      </c>
       <c r="AT289" s="1"/>
       <c r="AW289" s="9"/>
       <c r="AY289" s="1"/>
       <c r="BB289" s="9"/>
       <c r="BD289" s="1"/>
       <c r="BG289" s="9"/>
     </row>
     <row r="290" spans="1:59">
       <c r="A290" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B290" t="s">
         <v>24</v>
       </c>
       <c r="C290" t="s">
         <v>38</v>
       </c>
       <c r="D290" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F290" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G290" t="s">
         <v>24</v>
@@ -28078,54 +33658,74 @@
       </c>
       <c r="Z290" s="1">
         <v>45832.791666666664</v>
       </c>
       <c r="AA290" t="s">
         <v>24</v>
       </c>
       <c r="AB290" t="s">
         <v>38</v>
       </c>
       <c r="AC290" s="9">
         <v>2026.5360000000001</v>
       </c>
       <c r="AE290" s="1">
         <v>45867.791666666664</v>
       </c>
       <c r="AF290" t="s">
         <v>24</v>
       </c>
       <c r="AG290" t="s">
         <v>38</v>
       </c>
       <c r="AH290" s="9">
         <v>2130.7190000000001</v>
       </c>
-      <c r="AJ290" s="1"/>
-[...2 lines deleted...]
-      <c r="AR290" s="9"/>
+      <c r="AJ290" s="1">
+        <v>45881.791666666664</v>
+      </c>
+      <c r="AK290" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL290" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM290" s="9">
+        <v>2154.087</v>
+      </c>
+      <c r="AO290" s="1">
+        <v>45925.791666666664</v>
+      </c>
+      <c r="AP290" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ290" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR290" s="9">
+        <v>2311.8490000000002</v>
+      </c>
       <c r="AT290" s="1"/>
       <c r="AW290" s="9"/>
       <c r="AY290" s="1"/>
       <c r="BB290" s="9"/>
       <c r="BD290" s="1"/>
       <c r="BG290" s="9"/>
     </row>
     <row r="291" spans="1:59">
       <c r="A291" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B291" t="s">
         <v>24</v>
       </c>
       <c r="C291" t="s">
         <v>25</v>
       </c>
       <c r="D291" s="9">
         <v>759512.47</v>
       </c>
       <c r="F291" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G291" t="s">
         <v>24</v>
@@ -28174,54 +33774,74 @@
       </c>
       <c r="Z291" s="1">
         <v>45832.833333333336</v>
       </c>
       <c r="AA291" t="s">
         <v>24</v>
       </c>
       <c r="AB291" t="s">
         <v>25</v>
       </c>
       <c r="AC291" s="9">
         <v>863873.402</v>
       </c>
       <c r="AE291" s="1">
         <v>45867.833333333336</v>
       </c>
       <c r="AF291" t="s">
         <v>24</v>
       </c>
       <c r="AG291" t="s">
         <v>25</v>
       </c>
       <c r="AH291" s="9">
         <v>820173.65500000003</v>
       </c>
-      <c r="AJ291" s="1"/>
-[...2 lines deleted...]
-      <c r="AR291" s="9"/>
+      <c r="AJ291" s="1">
+        <v>45881.833333333336</v>
+      </c>
+      <c r="AK291" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL291" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM291" s="9">
+        <v>813833.54200000002</v>
+      </c>
+      <c r="AO291" s="1">
+        <v>45925.833333333336</v>
+      </c>
+      <c r="AP291" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ291" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR291" s="9">
+        <v>468584.53</v>
+      </c>
       <c r="AT291" s="1"/>
       <c r="AW291" s="9"/>
       <c r="AY291" s="1"/>
       <c r="BB291" s="9"/>
       <c r="BD291" s="1"/>
       <c r="BG291" s="9"/>
     </row>
     <row r="292" spans="1:59">
       <c r="A292" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B292" t="s">
         <v>24</v>
       </c>
       <c r="C292" t="s">
         <v>26</v>
       </c>
       <c r="D292" s="9">
         <v>2080.373</v>
       </c>
       <c r="F292" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G292" t="s">
         <v>24</v>
@@ -28270,54 +33890,74 @@
       </c>
       <c r="Z292" s="1">
         <v>45832.833333333336</v>
       </c>
       <c r="AA292" t="s">
         <v>24</v>
       </c>
       <c r="AB292" t="s">
         <v>26</v>
       </c>
       <c r="AC292" s="9">
         <v>1909.835</v>
       </c>
       <c r="AE292" s="1">
         <v>45867.833333333336</v>
       </c>
       <c r="AF292" t="s">
         <v>24</v>
       </c>
       <c r="AG292" t="s">
         <v>26</v>
       </c>
       <c r="AH292" s="9">
         <v>2079.0320000000002</v>
       </c>
-      <c r="AJ292" s="1"/>
-[...2 lines deleted...]
-      <c r="AR292" s="9"/>
+      <c r="AJ292" s="1">
+        <v>45881.833333333336</v>
+      </c>
+      <c r="AK292" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL292" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM292" s="9">
+        <v>2018.558</v>
+      </c>
+      <c r="AO292" s="1">
+        <v>45925.833333333336</v>
+      </c>
+      <c r="AP292" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ292" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR292" s="9">
+        <v>2214.1379999999999</v>
+      </c>
       <c r="AT292" s="1"/>
       <c r="AW292" s="9"/>
       <c r="AY292" s="1"/>
       <c r="BB292" s="9"/>
       <c r="BD292" s="1"/>
       <c r="BG292" s="9"/>
     </row>
     <row r="293" spans="1:59">
       <c r="A293" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B293" t="s">
         <v>24</v>
       </c>
       <c r="C293" t="s">
         <v>27</v>
       </c>
       <c r="D293" s="9">
         <v>676.04899999999998</v>
       </c>
       <c r="F293" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G293" t="s">
         <v>24</v>
@@ -28366,54 +34006,74 @@
       </c>
       <c r="Z293" s="1">
         <v>45832.833333333336</v>
       </c>
       <c r="AA293" t="s">
         <v>24</v>
       </c>
       <c r="AB293" t="s">
         <v>27</v>
       </c>
       <c r="AC293" s="9">
         <v>43.642000000000003</v>
       </c>
       <c r="AE293" s="1">
         <v>45867.833333333336</v>
       </c>
       <c r="AF293" t="s">
         <v>24</v>
       </c>
       <c r="AG293" t="s">
         <v>27</v>
       </c>
       <c r="AH293" s="9">
         <v>29.242000000000001</v>
       </c>
-      <c r="AJ293" s="1"/>
-[...2 lines deleted...]
-      <c r="AR293" s="9"/>
+      <c r="AJ293" s="1">
+        <v>45881.833333333336</v>
+      </c>
+      <c r="AK293" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL293" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM293" s="9">
+        <v>28.896000000000001</v>
+      </c>
+      <c r="AO293" s="1">
+        <v>45925.833333333336</v>
+      </c>
+      <c r="AP293" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ293" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR293" s="9">
+        <v>107.73399999999999</v>
+      </c>
       <c r="AT293" s="1"/>
       <c r="AW293" s="9"/>
       <c r="AY293" s="1"/>
       <c r="BB293" s="9"/>
       <c r="BD293" s="1"/>
       <c r="BG293" s="9"/>
     </row>
     <row r="294" spans="1:59">
       <c r="A294" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B294" t="s">
         <v>24</v>
       </c>
       <c r="C294" t="s">
         <v>28</v>
       </c>
       <c r="D294" s="9">
         <v>11480.437</v>
       </c>
       <c r="F294" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G294" t="s">
         <v>24</v>
@@ -28462,54 +34122,74 @@
       </c>
       <c r="Z294" s="1">
         <v>45832.833333333336</v>
       </c>
       <c r="AA294" t="s">
         <v>24</v>
       </c>
       <c r="AB294" t="s">
         <v>28</v>
       </c>
       <c r="AC294" s="9">
         <v>2394.1550000000002</v>
       </c>
       <c r="AE294" s="1">
         <v>45867.833333333336</v>
       </c>
       <c r="AF294" t="s">
         <v>24</v>
       </c>
       <c r="AG294" t="s">
         <v>28</v>
       </c>
       <c r="AH294" s="9">
         <v>1119.992</v>
       </c>
-      <c r="AJ294" s="1"/>
-[...2 lines deleted...]
-      <c r="AR294" s="9"/>
+      <c r="AJ294" s="1">
+        <v>45881.833333333336</v>
+      </c>
+      <c r="AK294" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL294" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM294" s="9">
+        <v>1055.2449999999999</v>
+      </c>
+      <c r="AO294" s="1">
+        <v>45925.833333333336</v>
+      </c>
+      <c r="AP294" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ294" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR294" s="9">
+        <v>745.96699999999998</v>
+      </c>
       <c r="AT294" s="1"/>
       <c r="AW294" s="9"/>
       <c r="AY294" s="1"/>
       <c r="BB294" s="9"/>
       <c r="BD294" s="1"/>
       <c r="BG294" s="9"/>
     </row>
     <row r="295" spans="1:59">
       <c r="A295" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B295" t="s">
         <v>24</v>
       </c>
       <c r="C295" t="s">
         <v>29</v>
       </c>
       <c r="D295" s="9">
         <v>17067.327000000001</v>
       </c>
       <c r="F295" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G295" t="s">
         <v>24</v>
@@ -28558,54 +34238,74 @@
       </c>
       <c r="Z295" s="1">
         <v>45832.833333333336</v>
       </c>
       <c r="AA295" t="s">
         <v>24</v>
       </c>
       <c r="AB295" t="s">
         <v>29</v>
       </c>
       <c r="AC295" s="9">
         <v>18880.808000000001</v>
       </c>
       <c r="AE295" s="1">
         <v>45867.833333333336</v>
       </c>
       <c r="AF295" t="s">
         <v>24</v>
       </c>
       <c r="AG295" t="s">
         <v>29</v>
       </c>
       <c r="AH295" s="9">
         <v>21451.938999999998</v>
       </c>
-      <c r="AJ295" s="1"/>
-[...2 lines deleted...]
-      <c r="AR295" s="9"/>
+      <c r="AJ295" s="1">
+        <v>45881.833333333336</v>
+      </c>
+      <c r="AK295" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL295" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM295" s="9">
+        <v>20361.715</v>
+      </c>
+      <c r="AO295" s="1">
+        <v>45925.833333333336</v>
+      </c>
+      <c r="AP295" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ295" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR295" s="9">
+        <v>19222.472000000002</v>
+      </c>
       <c r="AT295" s="1"/>
       <c r="AW295" s="9"/>
       <c r="AY295" s="1"/>
       <c r="BB295" s="9"/>
       <c r="BD295" s="1"/>
       <c r="BG295" s="9"/>
     </row>
     <row r="296" spans="1:59">
       <c r="A296" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B296" t="s">
         <v>24</v>
       </c>
       <c r="C296" t="s">
         <v>30</v>
       </c>
       <c r="D296" s="9">
         <v>41468.292000000001</v>
       </c>
       <c r="F296" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G296" t="s">
         <v>24</v>
@@ -28654,54 +34354,74 @@
       </c>
       <c r="Z296" s="1">
         <v>45832.833333333336</v>
       </c>
       <c r="AA296" t="s">
         <v>24</v>
       </c>
       <c r="AB296" t="s">
         <v>30</v>
       </c>
       <c r="AC296" s="9">
         <v>60215.442999999999</v>
       </c>
       <c r="AE296" s="1">
         <v>45867.833333333336</v>
       </c>
       <c r="AF296" t="s">
         <v>24</v>
       </c>
       <c r="AG296" t="s">
         <v>30</v>
       </c>
       <c r="AH296" s="9">
         <v>59950.148000000001</v>
       </c>
-      <c r="AJ296" s="1"/>
-[...2 lines deleted...]
-      <c r="AR296" s="9"/>
+      <c r="AJ296" s="1">
+        <v>45881.833333333336</v>
+      </c>
+      <c r="AK296" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL296" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM296" s="9">
+        <v>56718.946000000004</v>
+      </c>
+      <c r="AO296" s="1">
+        <v>45925.833333333336</v>
+      </c>
+      <c r="AP296" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ296" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR296" s="9">
+        <v>49271.519999999997</v>
+      </c>
       <c r="AT296" s="1"/>
       <c r="AW296" s="9"/>
       <c r="AY296" s="1"/>
       <c r="BB296" s="9"/>
       <c r="BD296" s="1"/>
       <c r="BG296" s="9"/>
     </row>
     <row r="297" spans="1:59">
       <c r="A297" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B297" t="s">
         <v>24</v>
       </c>
       <c r="C297" t="s">
         <v>31</v>
       </c>
       <c r="D297" s="9">
         <v>71724.058000000005</v>
       </c>
       <c r="F297" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G297" t="s">
         <v>24</v>
@@ -28750,54 +34470,74 @@
       </c>
       <c r="Z297" s="1">
         <v>45832.833333333336</v>
       </c>
       <c r="AA297" t="s">
         <v>24</v>
       </c>
       <c r="AB297" t="s">
         <v>31</v>
       </c>
       <c r="AC297" s="9">
         <v>81737.460999999996</v>
       </c>
       <c r="AE297" s="1">
         <v>45867.833333333336</v>
       </c>
       <c r="AF297" t="s">
         <v>24</v>
       </c>
       <c r="AG297" t="s">
         <v>31</v>
       </c>
       <c r="AH297" s="9">
         <v>86297.592000000004</v>
       </c>
-      <c r="AJ297" s="1"/>
-[...2 lines deleted...]
-      <c r="AR297" s="9"/>
+      <c r="AJ297" s="1">
+        <v>45881.833333333336</v>
+      </c>
+      <c r="AK297" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL297" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM297" s="9">
+        <v>84896.437999999995</v>
+      </c>
+      <c r="AO297" s="1">
+        <v>45925.833333333336</v>
+      </c>
+      <c r="AP297" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ297" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR297" s="9">
+        <v>78083.907999999996</v>
+      </c>
       <c r="AT297" s="1"/>
       <c r="AW297" s="9"/>
       <c r="AY297" s="1"/>
       <c r="BB297" s="9"/>
       <c r="BD297" s="1"/>
       <c r="BG297" s="9"/>
     </row>
     <row r="298" spans="1:59">
       <c r="A298" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B298" t="s">
         <v>24</v>
       </c>
       <c r="C298" t="s">
         <v>32</v>
       </c>
       <c r="D298" s="9">
         <v>11989.013999999999</v>
       </c>
       <c r="F298" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G298" t="s">
         <v>24</v>
@@ -28846,54 +34586,74 @@
       </c>
       <c r="Z298" s="1">
         <v>45832.833333333336</v>
       </c>
       <c r="AA298" t="s">
         <v>24</v>
       </c>
       <c r="AB298" t="s">
         <v>32</v>
       </c>
       <c r="AC298" s="9">
         <v>13244.116</v>
       </c>
       <c r="AE298" s="1">
         <v>45867.833333333336</v>
       </c>
       <c r="AF298" t="s">
         <v>24</v>
       </c>
       <c r="AG298" t="s">
         <v>32</v>
       </c>
       <c r="AH298" s="9">
         <v>11632.295</v>
       </c>
-      <c r="AJ298" s="1"/>
-[...2 lines deleted...]
-      <c r="AR298" s="9"/>
+      <c r="AJ298" s="1">
+        <v>45881.833333333336</v>
+      </c>
+      <c r="AK298" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL298" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM298" s="9">
+        <v>10853.97</v>
+      </c>
+      <c r="AO298" s="1">
+        <v>45925.833333333336</v>
+      </c>
+      <c r="AP298" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ298" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR298" s="9">
+        <v>11403.09</v>
+      </c>
       <c r="AT298" s="1"/>
       <c r="AW298" s="9"/>
       <c r="AY298" s="1"/>
       <c r="BB298" s="9"/>
       <c r="BD298" s="1"/>
       <c r="BG298" s="9"/>
     </row>
     <row r="299" spans="1:59">
       <c r="A299" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B299" t="s">
         <v>24</v>
       </c>
       <c r="C299" t="s">
         <v>33</v>
       </c>
       <c r="D299" s="9">
         <v>73314.298999999999</v>
       </c>
       <c r="F299" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G299" t="s">
         <v>24</v>
@@ -28942,54 +34702,74 @@
       </c>
       <c r="Z299" s="1">
         <v>45832.833333333336</v>
       </c>
       <c r="AA299" t="s">
         <v>24</v>
       </c>
       <c r="AB299" t="s">
         <v>33</v>
       </c>
       <c r="AC299" s="9">
         <v>48347.85</v>
       </c>
       <c r="AE299" s="1">
         <v>45867.833333333336</v>
       </c>
       <c r="AF299" t="s">
         <v>24</v>
       </c>
       <c r="AG299" t="s">
         <v>33</v>
       </c>
       <c r="AH299" s="9">
         <v>60406.481</v>
       </c>
-      <c r="AJ299" s="1"/>
-[...2 lines deleted...]
-      <c r="AR299" s="9"/>
+      <c r="AJ299" s="1">
+        <v>45881.833333333336</v>
+      </c>
+      <c r="AK299" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL299" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM299" s="9">
+        <v>60376.152999999998</v>
+      </c>
+      <c r="AO299" s="1">
+        <v>45925.833333333336</v>
+      </c>
+      <c r="AP299" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ299" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR299" s="9">
+        <v>66283.917000000001</v>
+      </c>
       <c r="AT299" s="1"/>
       <c r="AW299" s="9"/>
       <c r="AY299" s="1"/>
       <c r="BB299" s="9"/>
       <c r="BD299" s="1"/>
       <c r="BG299" s="9"/>
     </row>
     <row r="300" spans="1:59">
       <c r="A300" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B300" t="s">
         <v>24</v>
       </c>
       <c r="C300" t="s">
         <v>34</v>
       </c>
       <c r="D300" s="9">
         <v>35814.199999999997</v>
       </c>
       <c r="F300" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G300" t="s">
         <v>24</v>
@@ -29038,54 +34818,74 @@
       </c>
       <c r="Z300" s="1">
         <v>45832.833333333336</v>
       </c>
       <c r="AA300" t="s">
         <v>24</v>
       </c>
       <c r="AB300" t="s">
         <v>34</v>
       </c>
       <c r="AC300" s="9">
         <v>14079.4</v>
       </c>
       <c r="AE300" s="1">
         <v>45867.833333333336</v>
       </c>
       <c r="AF300" t="s">
         <v>24</v>
       </c>
       <c r="AG300" t="s">
         <v>34</v>
       </c>
       <c r="AH300" s="9">
         <v>33396.6</v>
       </c>
-      <c r="AJ300" s="1"/>
-[...2 lines deleted...]
-      <c r="AR300" s="9"/>
+      <c r="AJ300" s="1">
+        <v>45881.833333333336</v>
+      </c>
+      <c r="AK300" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL300" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM300" s="9">
+        <v>67747.399999999994</v>
+      </c>
+      <c r="AO300" s="1">
+        <v>45925.833333333336</v>
+      </c>
+      <c r="AP300" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ300" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR300" s="9">
+        <v>119667</v>
+      </c>
       <c r="AT300" s="1"/>
       <c r="AW300" s="9"/>
       <c r="AY300" s="1"/>
       <c r="BB300" s="9"/>
       <c r="BD300" s="1"/>
       <c r="BG300" s="9"/>
     </row>
     <row r="301" spans="1:59">
       <c r="A301" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B301" t="s">
         <v>24</v>
       </c>
       <c r="C301" t="s">
         <v>35</v>
       </c>
       <c r="D301" s="9">
         <v>9983.0679999999993</v>
       </c>
       <c r="F301" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G301" t="s">
         <v>24</v>
@@ -29134,54 +34934,74 @@
       </c>
       <c r="Z301" s="1">
         <v>45832.833333333336</v>
       </c>
       <c r="AA301" t="s">
         <v>24</v>
       </c>
       <c r="AB301" t="s">
         <v>35</v>
       </c>
       <c r="AC301" s="9">
         <v>8517.2790000000005</v>
       </c>
       <c r="AE301" s="1">
         <v>45867.833333333336</v>
       </c>
       <c r="AF301" t="s">
         <v>24</v>
       </c>
       <c r="AG301" t="s">
         <v>35</v>
       </c>
       <c r="AH301" s="9">
         <v>8425.2669999999998</v>
       </c>
-      <c r="AJ301" s="1"/>
-[...2 lines deleted...]
-      <c r="AR301" s="9"/>
+      <c r="AJ301" s="1">
+        <v>45881.833333333336</v>
+      </c>
+      <c r="AK301" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL301" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM301" s="9">
+        <v>9461.69</v>
+      </c>
+      <c r="AO301" s="1">
+        <v>45925.833333333336</v>
+      </c>
+      <c r="AP301" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ301" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR301" s="9">
+        <v>8280.4359999999997</v>
+      </c>
       <c r="AT301" s="1"/>
       <c r="AW301" s="9"/>
       <c r="AY301" s="1"/>
       <c r="BB301" s="9"/>
       <c r="BD301" s="1"/>
       <c r="BG301" s="9"/>
     </row>
     <row r="302" spans="1:59">
       <c r="A302" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B302" t="s">
         <v>24</v>
       </c>
       <c r="C302" t="s">
         <v>36</v>
       </c>
       <c r="D302" s="9">
         <v>226054.084</v>
       </c>
       <c r="F302" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G302" t="s">
         <v>24</v>
@@ -29230,54 +35050,74 @@
       </c>
       <c r="Z302" s="1">
         <v>45832.833333333336</v>
       </c>
       <c r="AA302" t="s">
         <v>24</v>
       </c>
       <c r="AB302" t="s">
         <v>36</v>
       </c>
       <c r="AC302" s="9">
         <v>276301.13299999997</v>
       </c>
       <c r="AE302" s="1">
         <v>45867.833333333336</v>
       </c>
       <c r="AF302" t="s">
         <v>24</v>
       </c>
       <c r="AG302" t="s">
         <v>36</v>
       </c>
       <c r="AH302" s="9">
         <v>271882.26500000001</v>
       </c>
-      <c r="AJ302" s="1"/>
-[...2 lines deleted...]
-      <c r="AR302" s="9"/>
+      <c r="AJ302" s="1">
+        <v>45881.833333333336</v>
+      </c>
+      <c r="AK302" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL302" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM302" s="9">
+        <v>265586.08600000001</v>
+      </c>
+      <c r="AO302" s="1">
+        <v>45925.833333333336</v>
+      </c>
+      <c r="AP302" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ302" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR302" s="9">
+        <v>207068.21400000001</v>
+      </c>
       <c r="AT302" s="1"/>
       <c r="AW302" s="9"/>
       <c r="AY302" s="1"/>
       <c r="BB302" s="9"/>
       <c r="BD302" s="1"/>
       <c r="BG302" s="9"/>
     </row>
     <row r="303" spans="1:59">
       <c r="A303" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B303" t="s">
         <v>24</v>
       </c>
       <c r="C303" t="s">
         <v>37</v>
       </c>
       <c r="D303" s="9">
         <v>103006.079</v>
       </c>
       <c r="F303" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G303" t="s">
         <v>24</v>
@@ -29326,54 +35166,74 @@
       </c>
       <c r="Z303" s="1">
         <v>45832.833333333336</v>
       </c>
       <c r="AA303" t="s">
         <v>24</v>
       </c>
       <c r="AB303" t="s">
         <v>37</v>
       </c>
       <c r="AC303" s="9">
         <v>110540.936</v>
       </c>
       <c r="AE303" s="1">
         <v>45867.833333333336</v>
       </c>
       <c r="AF303" t="s">
         <v>24</v>
       </c>
       <c r="AG303" t="s">
         <v>37</v>
       </c>
       <c r="AH303" s="9">
         <v>108330.92</v>
       </c>
-      <c r="AJ303" s="1"/>
-[...2 lines deleted...]
-      <c r="AR303" s="9"/>
+      <c r="AJ303" s="1">
+        <v>45881.833333333336</v>
+      </c>
+      <c r="AK303" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL303" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM303" s="9">
+        <v>106772.9</v>
+      </c>
+      <c r="AO303" s="1">
+        <v>45925.833333333336</v>
+      </c>
+      <c r="AP303" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ303" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR303" s="9">
+        <v>72184.875</v>
+      </c>
       <c r="AT303" s="1"/>
       <c r="AW303" s="9"/>
       <c r="AY303" s="1"/>
       <c r="BB303" s="9"/>
       <c r="BD303" s="1"/>
       <c r="BG303" s="9"/>
     </row>
     <row r="304" spans="1:59">
       <c r="A304" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B304" t="s">
         <v>24</v>
       </c>
       <c r="C304" t="s">
         <v>38</v>
       </c>
       <c r="D304" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F304" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G304" t="s">
         <v>24</v>
@@ -29422,54 +35282,74 @@
       </c>
       <c r="Z304" s="1">
         <v>45832.833333333336</v>
       </c>
       <c r="AA304" t="s">
         <v>24</v>
       </c>
       <c r="AB304" t="s">
         <v>38</v>
       </c>
       <c r="AC304" s="9">
         <v>2026.5360000000001</v>
       </c>
       <c r="AE304" s="1">
         <v>45867.833333333336</v>
       </c>
       <c r="AF304" t="s">
         <v>24</v>
       </c>
       <c r="AG304" t="s">
         <v>38</v>
       </c>
       <c r="AH304" s="9">
         <v>2130.7190000000001</v>
       </c>
-      <c r="AJ304" s="1"/>
-[...2 lines deleted...]
-      <c r="AR304" s="9"/>
+      <c r="AJ304" s="1">
+        <v>45881.833333333336</v>
+      </c>
+      <c r="AK304" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL304" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM304" s="9">
+        <v>2154.087</v>
+      </c>
+      <c r="AO304" s="1">
+        <v>45925.833333333336</v>
+      </c>
+      <c r="AP304" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ304" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR304" s="9">
+        <v>2311.8490000000002</v>
+      </c>
       <c r="AT304" s="1"/>
       <c r="AW304" s="9"/>
       <c r="AY304" s="1"/>
       <c r="BB304" s="9"/>
       <c r="BD304" s="1"/>
       <c r="BG304" s="9"/>
     </row>
     <row r="305" spans="1:59">
       <c r="A305" s="1">
         <v>45665.875</v>
       </c>
       <c r="B305" t="s">
         <v>24</v>
       </c>
       <c r="C305" t="s">
         <v>25</v>
       </c>
       <c r="D305" s="9">
         <v>704048.027</v>
       </c>
       <c r="F305" s="1">
         <v>45694.875</v>
       </c>
       <c r="G305" t="s">
         <v>24</v>
@@ -29518,54 +35398,74 @@
       </c>
       <c r="Z305" s="1">
         <v>45832.875</v>
       </c>
       <c r="AA305" t="s">
         <v>24</v>
       </c>
       <c r="AB305" t="s">
         <v>25</v>
       </c>
       <c r="AC305" s="9">
         <v>812159.82200000004</v>
       </c>
       <c r="AE305" s="1">
         <v>45867.875</v>
       </c>
       <c r="AF305" t="s">
         <v>24</v>
       </c>
       <c r="AG305" t="s">
         <v>25</v>
       </c>
       <c r="AH305" s="9">
         <v>758122.06099999999</v>
       </c>
-      <c r="AJ305" s="1"/>
-[...2 lines deleted...]
-      <c r="AR305" s="9"/>
+      <c r="AJ305" s="1">
+        <v>45881.875</v>
+      </c>
+      <c r="AK305" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL305" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM305" s="9">
+        <v>741122.41</v>
+      </c>
+      <c r="AO305" s="1">
+        <v>45925.875</v>
+      </c>
+      <c r="AP305" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ305" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR305" s="9">
+        <v>420619.21100000001</v>
+      </c>
       <c r="AT305" s="1"/>
       <c r="AW305" s="9"/>
       <c r="AY305" s="1"/>
       <c r="BB305" s="9"/>
       <c r="BD305" s="1"/>
       <c r="BG305" s="9"/>
     </row>
     <row r="306" spans="1:59">
       <c r="A306" s="1">
         <v>45665.875</v>
       </c>
       <c r="B306" t="s">
         <v>24</v>
       </c>
       <c r="C306" t="s">
         <v>26</v>
       </c>
       <c r="D306" s="9">
         <v>2080.373</v>
       </c>
       <c r="F306" s="1">
         <v>45694.875</v>
       </c>
       <c r="G306" t="s">
         <v>24</v>
@@ -29614,54 +35514,74 @@
       </c>
       <c r="Z306" s="1">
         <v>45832.875</v>
       </c>
       <c r="AA306" t="s">
         <v>24</v>
       </c>
       <c r="AB306" t="s">
         <v>26</v>
       </c>
       <c r="AC306" s="9">
         <v>1909.835</v>
       </c>
       <c r="AE306" s="1">
         <v>45867.875</v>
       </c>
       <c r="AF306" t="s">
         <v>24</v>
       </c>
       <c r="AG306" t="s">
         <v>26</v>
       </c>
       <c r="AH306" s="9">
         <v>2079.0320000000002</v>
       </c>
-      <c r="AJ306" s="1"/>
-[...2 lines deleted...]
-      <c r="AR306" s="9"/>
+      <c r="AJ306" s="1">
+        <v>45881.875</v>
+      </c>
+      <c r="AK306" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL306" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM306" s="9">
+        <v>2018.558</v>
+      </c>
+      <c r="AO306" s="1">
+        <v>45925.875</v>
+      </c>
+      <c r="AP306" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ306" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR306" s="9">
+        <v>2214.1379999999999</v>
+      </c>
       <c r="AT306" s="1"/>
       <c r="AW306" s="9"/>
       <c r="AY306" s="1"/>
       <c r="BB306" s="9"/>
       <c r="BD306" s="1"/>
       <c r="BG306" s="9"/>
     </row>
     <row r="307" spans="1:59">
       <c r="A307" s="1">
         <v>45665.875</v>
       </c>
       <c r="B307" t="s">
         <v>24</v>
       </c>
       <c r="C307" t="s">
         <v>27</v>
       </c>
       <c r="D307" s="9">
         <v>631.94100000000003</v>
       </c>
       <c r="F307" s="1">
         <v>45694.875</v>
       </c>
       <c r="G307" t="s">
         <v>24</v>
@@ -29710,54 +35630,74 @@
       </c>
       <c r="Z307" s="1">
         <v>45832.875</v>
       </c>
       <c r="AA307" t="s">
         <v>24</v>
       </c>
       <c r="AB307" t="s">
         <v>27</v>
       </c>
       <c r="AC307" s="9">
         <v>30.492000000000001</v>
       </c>
       <c r="AE307" s="1">
         <v>45867.875</v>
       </c>
       <c r="AF307" t="s">
         <v>24</v>
       </c>
       <c r="AG307" t="s">
         <v>27</v>
       </c>
       <c r="AH307" s="9">
         <v>16.007999999999999</v>
       </c>
-      <c r="AJ307" s="1"/>
-[...2 lines deleted...]
-      <c r="AR307" s="9"/>
+      <c r="AJ307" s="1">
+        <v>45881.875</v>
+      </c>
+      <c r="AK307" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL307" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM307" s="9">
+        <v>19.056000000000001</v>
+      </c>
+      <c r="AO307" s="1">
+        <v>45925.875</v>
+      </c>
+      <c r="AP307" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ307" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR307" s="9">
+        <v>110.45099999999999</v>
+      </c>
       <c r="AT307" s="1"/>
       <c r="AW307" s="9"/>
       <c r="AY307" s="1"/>
       <c r="BB307" s="9"/>
       <c r="BD307" s="1"/>
       <c r="BG307" s="9"/>
     </row>
     <row r="308" spans="1:59">
       <c r="A308" s="1">
         <v>45665.875</v>
       </c>
       <c r="B308" t="s">
         <v>24</v>
       </c>
       <c r="C308" t="s">
         <v>28</v>
       </c>
       <c r="D308" s="9">
         <v>10897.588</v>
       </c>
       <c r="F308" s="1">
         <v>45694.875</v>
       </c>
       <c r="G308" t="s">
         <v>24</v>
@@ -29806,54 +35746,74 @@
       </c>
       <c r="Z308" s="1">
         <v>45832.875</v>
       </c>
       <c r="AA308" t="s">
         <v>24</v>
       </c>
       <c r="AB308" t="s">
         <v>28</v>
       </c>
       <c r="AC308" s="9">
         <v>2250.5590000000002</v>
       </c>
       <c r="AE308" s="1">
         <v>45867.875</v>
       </c>
       <c r="AF308" t="s">
         <v>24</v>
       </c>
       <c r="AG308" t="s">
         <v>28</v>
       </c>
       <c r="AH308" s="9">
         <v>1186.2809999999999</v>
       </c>
-      <c r="AJ308" s="1"/>
-[...2 lines deleted...]
-      <c r="AR308" s="9"/>
+      <c r="AJ308" s="1">
+        <v>45881.875</v>
+      </c>
+      <c r="AK308" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL308" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM308" s="9">
+        <v>1103.6880000000001</v>
+      </c>
+      <c r="AO308" s="1">
+        <v>45925.875</v>
+      </c>
+      <c r="AP308" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ308" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR308" s="9">
+        <v>850.78599999999994</v>
+      </c>
       <c r="AT308" s="1"/>
       <c r="AW308" s="9"/>
       <c r="AY308" s="1"/>
       <c r="BB308" s="9"/>
       <c r="BD308" s="1"/>
       <c r="BG308" s="9"/>
     </row>
     <row r="309" spans="1:59">
       <c r="A309" s="1">
         <v>45665.875</v>
       </c>
       <c r="B309" t="s">
         <v>24</v>
       </c>
       <c r="C309" t="s">
         <v>29</v>
       </c>
       <c r="D309" s="9">
         <v>16410.884999999998</v>
       </c>
       <c r="F309" s="1">
         <v>45694.875</v>
       </c>
       <c r="G309" t="s">
         <v>24</v>
@@ -29902,54 +35862,74 @@
       </c>
       <c r="Z309" s="1">
         <v>45832.875</v>
       </c>
       <c r="AA309" t="s">
         <v>24</v>
       </c>
       <c r="AB309" t="s">
         <v>29</v>
       </c>
       <c r="AC309" s="9">
         <v>18554.96</v>
       </c>
       <c r="AE309" s="1">
         <v>45867.875</v>
       </c>
       <c r="AF309" t="s">
         <v>24</v>
       </c>
       <c r="AG309" t="s">
         <v>29</v>
       </c>
       <c r="AH309" s="9">
         <v>20574.046999999999</v>
       </c>
-      <c r="AJ309" s="1"/>
-[...2 lines deleted...]
-      <c r="AR309" s="9"/>
+      <c r="AJ309" s="1">
+        <v>45881.875</v>
+      </c>
+      <c r="AK309" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL309" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM309" s="9">
+        <v>19264.900000000001</v>
+      </c>
+      <c r="AO309" s="1">
+        <v>45925.875</v>
+      </c>
+      <c r="AP309" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ309" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR309" s="9">
+        <v>18636.198</v>
+      </c>
       <c r="AT309" s="1"/>
       <c r="AW309" s="9"/>
       <c r="AY309" s="1"/>
       <c r="BB309" s="9"/>
       <c r="BD309" s="1"/>
       <c r="BG309" s="9"/>
     </row>
     <row r="310" spans="1:59">
       <c r="A310" s="1">
         <v>45665.875</v>
       </c>
       <c r="B310" t="s">
         <v>24</v>
       </c>
       <c r="C310" t="s">
         <v>30</v>
       </c>
       <c r="D310" s="9">
         <v>40471.576000000001</v>
       </c>
       <c r="F310" s="1">
         <v>45694.875</v>
       </c>
       <c r="G310" t="s">
         <v>24</v>
@@ -29998,54 +35978,74 @@
       </c>
       <c r="Z310" s="1">
         <v>45832.875</v>
       </c>
       <c r="AA310" t="s">
         <v>24</v>
       </c>
       <c r="AB310" t="s">
         <v>30</v>
       </c>
       <c r="AC310" s="9">
         <v>58692.775000000001</v>
       </c>
       <c r="AE310" s="1">
         <v>45867.875</v>
       </c>
       <c r="AF310" t="s">
         <v>24</v>
       </c>
       <c r="AG310" t="s">
         <v>30</v>
       </c>
       <c r="AH310" s="9">
         <v>57759.54</v>
       </c>
-      <c r="AJ310" s="1"/>
-[...2 lines deleted...]
-      <c r="AR310" s="9"/>
+      <c r="AJ310" s="1">
+        <v>45881.875</v>
+      </c>
+      <c r="AK310" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL310" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM310" s="9">
+        <v>54371.79</v>
+      </c>
+      <c r="AO310" s="1">
+        <v>45925.875</v>
+      </c>
+      <c r="AP310" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ310" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR310" s="9">
+        <v>48742.957000000002</v>
+      </c>
       <c r="AT310" s="1"/>
       <c r="AW310" s="9"/>
       <c r="AY310" s="1"/>
       <c r="BB310" s="9"/>
       <c r="BD310" s="1"/>
       <c r="BG310" s="9"/>
     </row>
     <row r="311" spans="1:59">
       <c r="A311" s="1">
         <v>45665.875</v>
       </c>
       <c r="B311" t="s">
         <v>24</v>
       </c>
       <c r="C311" t="s">
         <v>31</v>
       </c>
       <c r="D311" s="9">
         <v>71575.077999999994</v>
       </c>
       <c r="F311" s="1">
         <v>45694.875</v>
       </c>
       <c r="G311" t="s">
         <v>24</v>
@@ -30094,54 +36094,74 @@
       </c>
       <c r="Z311" s="1">
         <v>45832.875</v>
       </c>
       <c r="AA311" t="s">
         <v>24</v>
       </c>
       <c r="AB311" t="s">
         <v>31</v>
       </c>
       <c r="AC311" s="9">
         <v>82270.385999999999</v>
       </c>
       <c r="AE311" s="1">
         <v>45867.875</v>
       </c>
       <c r="AF311" t="s">
         <v>24</v>
       </c>
       <c r="AG311" t="s">
         <v>31</v>
       </c>
       <c r="AH311" s="9">
         <v>85297.572</v>
       </c>
-      <c r="AJ311" s="1"/>
-[...2 lines deleted...]
-      <c r="AR311" s="9"/>
+      <c r="AJ311" s="1">
+        <v>45881.875</v>
+      </c>
+      <c r="AK311" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL311" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM311" s="9">
+        <v>83266.653999999995</v>
+      </c>
+      <c r="AO311" s="1">
+        <v>45925.875</v>
+      </c>
+      <c r="AP311" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ311" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR311" s="9">
+        <v>78714.581999999995</v>
+      </c>
       <c r="AT311" s="1"/>
       <c r="AW311" s="9"/>
       <c r="AY311" s="1"/>
       <c r="BB311" s="9"/>
       <c r="BD311" s="1"/>
       <c r="BG311" s="9"/>
     </row>
     <row r="312" spans="1:59">
       <c r="A312" s="1">
         <v>45665.875</v>
       </c>
       <c r="B312" t="s">
         <v>24</v>
       </c>
       <c r="C312" t="s">
         <v>32</v>
       </c>
       <c r="D312" s="9">
         <v>11821.322</v>
       </c>
       <c r="F312" s="1">
         <v>45694.875</v>
       </c>
       <c r="G312" t="s">
         <v>24</v>
@@ -30190,54 +36210,74 @@
       </c>
       <c r="Z312" s="1">
         <v>45832.875</v>
       </c>
       <c r="AA312" t="s">
         <v>24</v>
       </c>
       <c r="AB312" t="s">
         <v>32</v>
       </c>
       <c r="AC312" s="9">
         <v>12833.491</v>
       </c>
       <c r="AE312" s="1">
         <v>45867.875</v>
       </c>
       <c r="AF312" t="s">
         <v>24</v>
       </c>
       <c r="AG312" t="s">
         <v>32</v>
       </c>
       <c r="AH312" s="9">
         <v>11814.645</v>
       </c>
-      <c r="AJ312" s="1"/>
-[...2 lines deleted...]
-      <c r="AR312" s="9"/>
+      <c r="AJ312" s="1">
+        <v>45881.875</v>
+      </c>
+      <c r="AK312" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL312" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM312" s="9">
+        <v>10653.7</v>
+      </c>
+      <c r="AO312" s="1">
+        <v>45925.875</v>
+      </c>
+      <c r="AP312" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ312" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR312" s="9">
+        <v>11249.725</v>
+      </c>
       <c r="AT312" s="1"/>
       <c r="AW312" s="9"/>
       <c r="AY312" s="1"/>
       <c r="BB312" s="9"/>
       <c r="BD312" s="1"/>
       <c r="BG312" s="9"/>
     </row>
     <row r="313" spans="1:59">
       <c r="A313" s="1">
         <v>45665.875</v>
       </c>
       <c r="B313" t="s">
         <v>24</v>
       </c>
       <c r="C313" t="s">
         <v>33</v>
       </c>
       <c r="D313" s="9">
         <v>75767.945999999996</v>
       </c>
       <c r="F313" s="1">
         <v>45694.875</v>
       </c>
       <c r="G313" t="s">
         <v>24</v>
@@ -30286,54 +36326,74 @@
       </c>
       <c r="Z313" s="1">
         <v>45832.875</v>
       </c>
       <c r="AA313" t="s">
         <v>24</v>
       </c>
       <c r="AB313" t="s">
         <v>33</v>
       </c>
       <c r="AC313" s="9">
         <v>49837.73</v>
       </c>
       <c r="AE313" s="1">
         <v>45867.875</v>
       </c>
       <c r="AF313" t="s">
         <v>24</v>
       </c>
       <c r="AG313" t="s">
         <v>33</v>
       </c>
       <c r="AH313" s="9">
         <v>60577.853000000003</v>
       </c>
-      <c r="AJ313" s="1"/>
-[...2 lines deleted...]
-      <c r="AR313" s="9"/>
+      <c r="AJ313" s="1">
+        <v>45881.875</v>
+      </c>
+      <c r="AK313" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL313" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM313" s="9">
+        <v>61143.499000000003</v>
+      </c>
+      <c r="AO313" s="1">
+        <v>45925.875</v>
+      </c>
+      <c r="AP313" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ313" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR313" s="9">
+        <v>71031.214000000007</v>
+      </c>
       <c r="AT313" s="1"/>
       <c r="AW313" s="9"/>
       <c r="AY313" s="1"/>
       <c r="BB313" s="9"/>
       <c r="BD313" s="1"/>
       <c r="BG313" s="9"/>
     </row>
     <row r="314" spans="1:59">
       <c r="A314" s="1">
         <v>45665.875</v>
       </c>
       <c r="B314" t="s">
         <v>24</v>
       </c>
       <c r="C314" t="s">
         <v>34</v>
       </c>
       <c r="D314" s="9">
         <v>41515.199999999997</v>
       </c>
       <c r="F314" s="1">
         <v>45694.875</v>
       </c>
       <c r="G314" t="s">
         <v>24</v>
@@ -30382,54 +36442,74 @@
       </c>
       <c r="Z314" s="1">
         <v>45832.875</v>
       </c>
       <c r="AA314" t="s">
         <v>24</v>
       </c>
       <c r="AB314" t="s">
         <v>34</v>
       </c>
       <c r="AC314" s="9">
         <v>14318.7</v>
       </c>
       <c r="AE314" s="1">
         <v>45867.875</v>
       </c>
       <c r="AF314" t="s">
         <v>24</v>
       </c>
       <c r="AG314" t="s">
         <v>34</v>
       </c>
       <c r="AH314" s="9">
         <v>33687</v>
       </c>
-      <c r="AJ314" s="1"/>
-[...2 lines deleted...]
-      <c r="AR314" s="9"/>
+      <c r="AJ314" s="1">
+        <v>45881.875</v>
+      </c>
+      <c r="AK314" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL314" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM314" s="9">
+        <v>59105.7</v>
+      </c>
+      <c r="AO314" s="1">
+        <v>45925.875</v>
+      </c>
+      <c r="AP314" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ314" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR314" s="9">
+        <v>121677.2</v>
+      </c>
       <c r="AT314" s="1"/>
       <c r="AW314" s="9"/>
       <c r="AY314" s="1"/>
       <c r="BB314" s="9"/>
       <c r="BD314" s="1"/>
       <c r="BG314" s="9"/>
     </row>
     <row r="315" spans="1:59">
       <c r="A315" s="1">
         <v>45665.875</v>
       </c>
       <c r="B315" t="s">
         <v>24</v>
       </c>
       <c r="C315" t="s">
         <v>35</v>
       </c>
       <c r="D315" s="9">
         <v>9572.5769999999993</v>
       </c>
       <c r="F315" s="1">
         <v>45694.875</v>
       </c>
       <c r="G315" t="s">
         <v>24</v>
@@ -30478,54 +36558,74 @@
       </c>
       <c r="Z315" s="1">
         <v>45832.875</v>
       </c>
       <c r="AA315" t="s">
         <v>24</v>
       </c>
       <c r="AB315" t="s">
         <v>35</v>
       </c>
       <c r="AC315" s="9">
         <v>8281.8809999999994</v>
       </c>
       <c r="AE315" s="1">
         <v>45867.875</v>
       </c>
       <c r="AF315" t="s">
         <v>24</v>
       </c>
       <c r="AG315" t="s">
         <v>35</v>
       </c>
       <c r="AH315" s="9">
         <v>8138.9679999999998</v>
       </c>
-      <c r="AJ315" s="1"/>
-[...2 lines deleted...]
-      <c r="AR315" s="9"/>
+      <c r="AJ315" s="1">
+        <v>45881.875</v>
+      </c>
+      <c r="AK315" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL315" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM315" s="9">
+        <v>8923.6579999999994</v>
+      </c>
+      <c r="AO315" s="1">
+        <v>45925.875</v>
+      </c>
+      <c r="AP315" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ315" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR315" s="9">
+        <v>8025.4340000000002</v>
+      </c>
       <c r="AT315" s="1"/>
       <c r="AW315" s="9"/>
       <c r="AY315" s="1"/>
       <c r="BB315" s="9"/>
       <c r="BD315" s="1"/>
       <c r="BG315" s="9"/>
     </row>
     <row r="316" spans="1:59">
       <c r="A316" s="1">
         <v>45665.875</v>
       </c>
       <c r="B316" t="s">
         <v>24</v>
       </c>
       <c r="C316" t="s">
         <v>36</v>
       </c>
       <c r="D316" s="9">
         <v>213202.42800000001</v>
       </c>
       <c r="F316" s="1">
         <v>45694.875</v>
       </c>
       <c r="G316" t="s">
         <v>24</v>
@@ -30574,54 +36674,74 @@
       </c>
       <c r="Z316" s="1">
         <v>45832.875</v>
       </c>
       <c r="AA316" t="s">
         <v>24</v>
       </c>
       <c r="AB316" t="s">
         <v>36</v>
       </c>
       <c r="AC316" s="9">
         <v>257438.61300000001</v>
       </c>
       <c r="AE316" s="1">
         <v>45867.875</v>
       </c>
       <c r="AF316" t="s">
         <v>24</v>
       </c>
       <c r="AG316" t="s">
         <v>36</v>
       </c>
       <c r="AH316" s="9">
         <v>251552.61600000001</v>
       </c>
-      <c r="AJ316" s="1"/>
-[...2 lines deleted...]
-      <c r="AR316" s="9"/>
+      <c r="AJ316" s="1">
+        <v>45881.875</v>
+      </c>
+      <c r="AK316" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL316" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM316" s="9">
+        <v>243384.71599999999</v>
+      </c>
+      <c r="AO316" s="1">
+        <v>45925.875</v>
+      </c>
+      <c r="AP316" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ316" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR316" s="9">
+        <v>192990.611</v>
+      </c>
       <c r="AT316" s="1"/>
       <c r="AW316" s="9"/>
       <c r="AY316" s="1"/>
       <c r="BB316" s="9"/>
       <c r="BD316" s="1"/>
       <c r="BG316" s="9"/>
     </row>
     <row r="317" spans="1:59">
       <c r="A317" s="1">
         <v>45665.875</v>
       </c>
       <c r="B317" t="s">
         <v>24</v>
       </c>
       <c r="C317" t="s">
         <v>37</v>
       </c>
       <c r="D317" s="9">
         <v>99165.08</v>
       </c>
       <c r="F317" s="1">
         <v>45694.875</v>
       </c>
       <c r="G317" t="s">
         <v>24</v>
@@ -30670,54 +36790,74 @@
       </c>
       <c r="Z317" s="1">
         <v>45832.875</v>
       </c>
       <c r="AA317" t="s">
         <v>24</v>
       </c>
       <c r="AB317" t="s">
         <v>37</v>
       </c>
       <c r="AC317" s="9">
         <v>104468.462</v>
       </c>
       <c r="AE317" s="1">
         <v>45867.875</v>
       </c>
       <c r="AF317" t="s">
         <v>24</v>
       </c>
       <c r="AG317" t="s">
         <v>37</v>
       </c>
       <c r="AH317" s="9">
         <v>99927.54</v>
       </c>
-      <c r="AJ317" s="1"/>
-[...2 lines deleted...]
-      <c r="AR317" s="9"/>
+      <c r="AJ317" s="1">
+        <v>45881.875</v>
+      </c>
+      <c r="AK317" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL317" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM317" s="9">
+        <v>98123.331999999995</v>
+      </c>
+      <c r="AO317" s="1">
+        <v>45925.875</v>
+      </c>
+      <c r="AP317" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ317" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR317" s="9">
+        <v>67687.706000000006</v>
+      </c>
       <c r="AT317" s="1"/>
       <c r="AW317" s="9"/>
       <c r="AY317" s="1"/>
       <c r="BB317" s="9"/>
       <c r="BD317" s="1"/>
       <c r="BG317" s="9"/>
     </row>
     <row r="318" spans="1:59">
       <c r="A318" s="1">
         <v>45665.875</v>
       </c>
       <c r="B318" t="s">
         <v>24</v>
       </c>
       <c r="C318" t="s">
         <v>38</v>
       </c>
       <c r="D318" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F318" s="1">
         <v>45694.875</v>
       </c>
       <c r="G318" t="s">
         <v>24</v>
@@ -30766,54 +36906,74 @@
       </c>
       <c r="Z318" s="1">
         <v>45832.875</v>
       </c>
       <c r="AA318" t="s">
         <v>24</v>
       </c>
       <c r="AB318" t="s">
         <v>38</v>
       </c>
       <c r="AC318" s="9">
         <v>2026.5360000000001</v>
       </c>
       <c r="AE318" s="1">
         <v>45867.875</v>
       </c>
       <c r="AF318" t="s">
         <v>24</v>
       </c>
       <c r="AG318" t="s">
         <v>38</v>
       </c>
       <c r="AH318" s="9">
         <v>2130.7190000000001</v>
       </c>
-      <c r="AJ318" s="1"/>
-[...2 lines deleted...]
-      <c r="AR318" s="9"/>
+      <c r="AJ318" s="1">
+        <v>45881.875</v>
+      </c>
+      <c r="AK318" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL318" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM318" s="9">
+        <v>2154.087</v>
+      </c>
+      <c r="AO318" s="1">
+        <v>45925.875</v>
+      </c>
+      <c r="AP318" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ318" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR318" s="9">
+        <v>2311.8490000000002</v>
+      </c>
       <c r="AT318" s="1"/>
       <c r="AW318" s="9"/>
       <c r="AY318" s="1"/>
       <c r="BB318" s="9"/>
       <c r="BD318" s="1"/>
       <c r="BG318" s="9"/>
     </row>
     <row r="319" spans="1:59">
       <c r="A319" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B319" t="s">
         <v>24</v>
       </c>
       <c r="C319" t="s">
         <v>25</v>
       </c>
       <c r="D319" s="9">
         <v>634816.95499999996</v>
       </c>
       <c r="F319" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G319" t="s">
         <v>24</v>
@@ -30862,54 +37022,74 @@
       </c>
       <c r="Z319" s="1">
         <v>45832.916666666664</v>
       </c>
       <c r="AA319" t="s">
         <v>24</v>
       </c>
       <c r="AB319" t="s">
         <v>25</v>
       </c>
       <c r="AC319" s="9">
         <v>726289.93200000003</v>
       </c>
       <c r="AE319" s="1">
         <v>45867.916666666664</v>
       </c>
       <c r="AF319" t="s">
         <v>24</v>
       </c>
       <c r="AG319" t="s">
         <v>25</v>
       </c>
       <c r="AH319" s="9">
         <v>665978.11199999996</v>
       </c>
-      <c r="AJ319" s="1"/>
-[...2 lines deleted...]
-      <c r="AR319" s="9"/>
+      <c r="AJ319" s="1">
+        <v>45881.916666666664</v>
+      </c>
+      <c r="AK319" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL319" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM319" s="9">
+        <v>650269.37399999995</v>
+      </c>
+      <c r="AO319" s="1">
+        <v>45925.916666666664</v>
+      </c>
+      <c r="AP319" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ319" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR319" s="9">
+        <v>365971.50400000002</v>
+      </c>
       <c r="AT319" s="1"/>
       <c r="AW319" s="9"/>
       <c r="AY319" s="1"/>
       <c r="BB319" s="9"/>
       <c r="BD319" s="1"/>
       <c r="BG319" s="9"/>
     </row>
     <row r="320" spans="1:59">
       <c r="A320" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B320" t="s">
         <v>24</v>
       </c>
       <c r="C320" t="s">
         <v>26</v>
       </c>
       <c r="D320" s="9">
         <v>2080.373</v>
       </c>
       <c r="F320" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G320" t="s">
         <v>24</v>
@@ -30958,54 +37138,74 @@
       </c>
       <c r="Z320" s="1">
         <v>45832.916666666664</v>
       </c>
       <c r="AA320" t="s">
         <v>24</v>
       </c>
       <c r="AB320" t="s">
         <v>26</v>
       </c>
       <c r="AC320" s="9">
         <v>1909.835</v>
       </c>
       <c r="AE320" s="1">
         <v>45867.916666666664</v>
       </c>
       <c r="AF320" t="s">
         <v>24</v>
       </c>
       <c r="AG320" t="s">
         <v>26</v>
       </c>
       <c r="AH320" s="9">
         <v>2079.0320000000002</v>
       </c>
-      <c r="AJ320" s="1"/>
-[...2 lines deleted...]
-      <c r="AR320" s="9"/>
+      <c r="AJ320" s="1">
+        <v>45881.916666666664</v>
+      </c>
+      <c r="AK320" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL320" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM320" s="9">
+        <v>2018.558</v>
+      </c>
+      <c r="AO320" s="1">
+        <v>45925.916666666664</v>
+      </c>
+      <c r="AP320" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ320" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR320" s="9">
+        <v>2214.1379999999999</v>
+      </c>
       <c r="AT320" s="1"/>
       <c r="AW320" s="9"/>
       <c r="AY320" s="1"/>
       <c r="BB320" s="9"/>
       <c r="BD320" s="1"/>
       <c r="BG320" s="9"/>
     </row>
     <row r="321" spans="1:59">
       <c r="A321" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B321" t="s">
         <v>24</v>
       </c>
       <c r="C321" t="s">
         <v>27</v>
       </c>
       <c r="D321" s="9">
         <v>557.46100000000001</v>
       </c>
       <c r="F321" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G321" t="s">
         <v>24</v>
@@ -31054,54 +37254,74 @@
       </c>
       <c r="Z321" s="1">
         <v>45832.916666666664</v>
       </c>
       <c r="AA321" t="s">
         <v>24</v>
       </c>
       <c r="AB321" t="s">
         <v>27</v>
       </c>
       <c r="AC321" s="9">
         <v>19.992000000000001</v>
       </c>
       <c r="AE321" s="1">
         <v>45867.916666666664</v>
       </c>
       <c r="AF321" t="s">
         <v>24</v>
       </c>
       <c r="AG321" t="s">
         <v>27</v>
       </c>
       <c r="AH321" s="9">
         <v>9.0909999999999993</v>
       </c>
-      <c r="AJ321" s="1"/>
-[...2 lines deleted...]
-      <c r="AR321" s="9"/>
+      <c r="AJ321" s="1">
+        <v>45881.916666666664</v>
+      </c>
+      <c r="AK321" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL321" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM321" s="9">
+        <v>10.221</v>
+      </c>
+      <c r="AO321" s="1">
+        <v>45925.916666666664</v>
+      </c>
+      <c r="AP321" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ321" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR321" s="9">
+        <v>106.848</v>
+      </c>
       <c r="AT321" s="1"/>
       <c r="AW321" s="9"/>
       <c r="AY321" s="1"/>
       <c r="BB321" s="9"/>
       <c r="BD321" s="1"/>
       <c r="BG321" s="9"/>
     </row>
     <row r="322" spans="1:59">
       <c r="A322" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B322" t="s">
         <v>24</v>
       </c>
       <c r="C322" t="s">
         <v>28</v>
       </c>
       <c r="D322" s="9">
         <v>10251.763000000001</v>
       </c>
       <c r="F322" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G322" t="s">
         <v>24</v>
@@ -31150,54 +37370,74 @@
       </c>
       <c r="Z322" s="1">
         <v>45832.916666666664</v>
       </c>
       <c r="AA322" t="s">
         <v>24</v>
       </c>
       <c r="AB322" t="s">
         <v>28</v>
       </c>
       <c r="AC322" s="9">
         <v>2056.3359999999998</v>
       </c>
       <c r="AE322" s="1">
         <v>45867.916666666664</v>
       </c>
       <c r="AF322" t="s">
         <v>24</v>
       </c>
       <c r="AG322" t="s">
         <v>28</v>
       </c>
       <c r="AH322" s="9">
         <v>1109.854</v>
       </c>
-      <c r="AJ322" s="1"/>
-[...2 lines deleted...]
-      <c r="AR322" s="9"/>
+      <c r="AJ322" s="1">
+        <v>45881.916666666664</v>
+      </c>
+      <c r="AK322" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL322" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM322" s="9">
+        <v>1046.0219999999999</v>
+      </c>
+      <c r="AO322" s="1">
+        <v>45925.916666666664</v>
+      </c>
+      <c r="AP322" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ322" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR322" s="9">
+        <v>779.54399999999998</v>
+      </c>
       <c r="AT322" s="1"/>
       <c r="AW322" s="9"/>
       <c r="AY322" s="1"/>
       <c r="BB322" s="9"/>
       <c r="BD322" s="1"/>
       <c r="BG322" s="9"/>
     </row>
     <row r="323" spans="1:59">
       <c r="A323" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B323" t="s">
         <v>24</v>
       </c>
       <c r="C323" t="s">
         <v>29</v>
       </c>
       <c r="D323" s="9">
         <v>16074.034</v>
       </c>
       <c r="F323" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G323" t="s">
         <v>24</v>
@@ -31246,54 +37486,74 @@
       </c>
       <c r="Z323" s="1">
         <v>45832.916666666664</v>
       </c>
       <c r="AA323" t="s">
         <v>24</v>
       </c>
       <c r="AB323" t="s">
         <v>29</v>
       </c>
       <c r="AC323" s="9">
         <v>18411.8</v>
       </c>
       <c r="AE323" s="1">
         <v>45867.916666666664</v>
       </c>
       <c r="AF323" t="s">
         <v>24</v>
       </c>
       <c r="AG323" t="s">
         <v>29</v>
       </c>
       <c r="AH323" s="9">
         <v>19842.740000000002</v>
       </c>
-      <c r="AJ323" s="1"/>
-[...2 lines deleted...]
-      <c r="AR323" s="9"/>
+      <c r="AJ323" s="1">
+        <v>45881.916666666664</v>
+      </c>
+      <c r="AK323" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL323" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM323" s="9">
+        <v>18553.379000000001</v>
+      </c>
+      <c r="AO323" s="1">
+        <v>45925.916666666664</v>
+      </c>
+      <c r="AP323" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ323" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR323" s="9">
+        <v>17676.598000000002</v>
+      </c>
       <c r="AT323" s="1"/>
       <c r="AW323" s="9"/>
       <c r="AY323" s="1"/>
       <c r="BB323" s="9"/>
       <c r="BD323" s="1"/>
       <c r="BG323" s="9"/>
     </row>
     <row r="324" spans="1:59">
       <c r="A324" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B324" t="s">
         <v>24</v>
       </c>
       <c r="C324" t="s">
         <v>30</v>
       </c>
       <c r="D324" s="9">
         <v>40357.46</v>
       </c>
       <c r="F324" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G324" t="s">
         <v>24</v>
@@ -31342,54 +37602,74 @@
       </c>
       <c r="Z324" s="1">
         <v>45832.916666666664</v>
       </c>
       <c r="AA324" t="s">
         <v>24</v>
       </c>
       <c r="AB324" t="s">
         <v>30</v>
       </c>
       <c r="AC324" s="9">
         <v>58225.546999999999</v>
       </c>
       <c r="AE324" s="1">
         <v>45867.916666666664</v>
       </c>
       <c r="AF324" t="s">
         <v>24</v>
       </c>
       <c r="AG324" t="s">
         <v>30</v>
       </c>
       <c r="AH324" s="9">
         <v>56253.879000000001</v>
       </c>
-      <c r="AJ324" s="1"/>
-[...2 lines deleted...]
-      <c r="AR324" s="9"/>
+      <c r="AJ324" s="1">
+        <v>45881.916666666664</v>
+      </c>
+      <c r="AK324" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL324" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM324" s="9">
+        <v>53588.103000000003</v>
+      </c>
+      <c r="AO324" s="1">
+        <v>45925.916666666664</v>
+      </c>
+      <c r="AP324" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ324" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR324" s="9">
+        <v>48716.803999999996</v>
+      </c>
       <c r="AT324" s="1"/>
       <c r="AW324" s="9"/>
       <c r="AY324" s="1"/>
       <c r="BB324" s="9"/>
       <c r="BD324" s="1"/>
       <c r="BG324" s="9"/>
     </row>
     <row r="325" spans="1:59">
       <c r="A325" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B325" t="s">
         <v>24</v>
       </c>
       <c r="C325" t="s">
         <v>31</v>
       </c>
       <c r="D325" s="9">
         <v>68897.357999999993</v>
       </c>
       <c r="F325" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G325" t="s">
         <v>24</v>
@@ -31438,54 +37718,74 @@
       </c>
       <c r="Z325" s="1">
         <v>45832.916666666664</v>
       </c>
       <c r="AA325" t="s">
         <v>24</v>
       </c>
       <c r="AB325" t="s">
         <v>31</v>
       </c>
       <c r="AC325" s="9">
         <v>79156.880999999994</v>
       </c>
       <c r="AE325" s="1">
         <v>45867.916666666664</v>
       </c>
       <c r="AF325" t="s">
         <v>24</v>
       </c>
       <c r="AG325" t="s">
         <v>31</v>
       </c>
       <c r="AH325" s="9">
         <v>83166.702999999994</v>
       </c>
-      <c r="AJ325" s="1"/>
-[...2 lines deleted...]
-      <c r="AR325" s="9"/>
+      <c r="AJ325" s="1">
+        <v>45881.916666666664</v>
+      </c>
+      <c r="AK325" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL325" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM325" s="9">
+        <v>81076.156000000003</v>
+      </c>
+      <c r="AO325" s="1">
+        <v>45925.916666666664</v>
+      </c>
+      <c r="AP325" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ325" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR325" s="9">
+        <v>75577.070000000007</v>
+      </c>
       <c r="AT325" s="1"/>
       <c r="AW325" s="9"/>
       <c r="AY325" s="1"/>
       <c r="BB325" s="9"/>
       <c r="BD325" s="1"/>
       <c r="BG325" s="9"/>
     </row>
     <row r="326" spans="1:59">
       <c r="A326" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B326" t="s">
         <v>24</v>
       </c>
       <c r="C326" t="s">
         <v>32</v>
       </c>
       <c r="D326" s="9">
         <v>12097.273999999999</v>
       </c>
       <c r="F326" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G326" t="s">
         <v>24</v>
@@ -31534,54 +37834,74 @@
       </c>
       <c r="Z326" s="1">
         <v>45832.916666666664</v>
       </c>
       <c r="AA326" t="s">
         <v>24</v>
       </c>
       <c r="AB326" t="s">
         <v>32</v>
       </c>
       <c r="AC326" s="9">
         <v>12585.458000000001</v>
       </c>
       <c r="AE326" s="1">
         <v>45867.916666666664</v>
       </c>
       <c r="AF326" t="s">
         <v>24</v>
       </c>
       <c r="AG326" t="s">
         <v>32</v>
       </c>
       <c r="AH326" s="9">
         <v>11402.075000000001</v>
       </c>
-      <c r="AJ326" s="1"/>
-[...2 lines deleted...]
-      <c r="AR326" s="9"/>
+      <c r="AJ326" s="1">
+        <v>45881.916666666664</v>
+      </c>
+      <c r="AK326" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL326" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM326" s="9">
+        <v>10223.305</v>
+      </c>
+      <c r="AO326" s="1">
+        <v>45925.916666666664</v>
+      </c>
+      <c r="AP326" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ326" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR326" s="9">
+        <v>11060.15</v>
+      </c>
       <c r="AT326" s="1"/>
       <c r="AW326" s="9"/>
       <c r="AY326" s="1"/>
       <c r="BB326" s="9"/>
       <c r="BD326" s="1"/>
       <c r="BG326" s="9"/>
     </row>
     <row r="327" spans="1:59">
       <c r="A327" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B327" t="s">
         <v>24</v>
       </c>
       <c r="C327" t="s">
         <v>33</v>
       </c>
       <c r="D327" s="9">
         <v>76146.915999999997</v>
       </c>
       <c r="F327" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G327" t="s">
         <v>24</v>
@@ -31630,54 +37950,74 @@
       </c>
       <c r="Z327" s="1">
         <v>45832.916666666664</v>
       </c>
       <c r="AA327" t="s">
         <v>24</v>
       </c>
       <c r="AB327" t="s">
         <v>33</v>
       </c>
       <c r="AC327" s="9">
         <v>63920.4</v>
       </c>
       <c r="AE327" s="1">
         <v>45867.916666666664</v>
       </c>
       <c r="AF327" t="s">
         <v>24</v>
       </c>
       <c r="AG327" t="s">
         <v>33</v>
       </c>
       <c r="AH327" s="9">
         <v>67851.785999999993</v>
       </c>
-      <c r="AJ327" s="1"/>
-[...2 lines deleted...]
-      <c r="AR327" s="9"/>
+      <c r="AJ327" s="1">
+        <v>45881.916666666664</v>
+      </c>
+      <c r="AK327" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL327" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM327" s="9">
+        <v>63255.794000000002</v>
+      </c>
+      <c r="AO327" s="1">
+        <v>45925.916666666664</v>
+      </c>
+      <c r="AP327" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ327" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR327" s="9">
+        <v>72072.153999999995</v>
+      </c>
       <c r="AT327" s="1"/>
       <c r="AW327" s="9"/>
       <c r="AY327" s="1"/>
       <c r="BB327" s="9"/>
       <c r="BD327" s="1"/>
       <c r="BG327" s="9"/>
     </row>
     <row r="328" spans="1:59">
       <c r="A328" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B328" t="s">
         <v>24</v>
       </c>
       <c r="C328" t="s">
         <v>34</v>
       </c>
       <c r="D328" s="9">
         <v>41881.4</v>
       </c>
       <c r="F328" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G328" t="s">
         <v>24</v>
@@ -31726,54 +38066,74 @@
       </c>
       <c r="Z328" s="1">
         <v>45832.916666666664</v>
       </c>
       <c r="AA328" t="s">
         <v>24</v>
       </c>
       <c r="AB328" t="s">
         <v>34</v>
       </c>
       <c r="AC328" s="9">
         <v>24974.7</v>
       </c>
       <c r="AE328" s="1">
         <v>45867.916666666664</v>
       </c>
       <c r="AF328" t="s">
         <v>24</v>
       </c>
       <c r="AG328" t="s">
         <v>34</v>
       </c>
       <c r="AH328" s="9">
         <v>39782.199999999997</v>
       </c>
-      <c r="AJ328" s="1"/>
-[...2 lines deleted...]
-      <c r="AR328" s="9"/>
+      <c r="AJ328" s="1">
+        <v>45881.916666666664</v>
+      </c>
+      <c r="AK328" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL328" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM328" s="9">
+        <v>65470.9</v>
+      </c>
+      <c r="AO328" s="1">
+        <v>45925.916666666664</v>
+      </c>
+      <c r="AP328" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ328" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR328" s="9">
+        <v>120922.5</v>
+      </c>
       <c r="AT328" s="1"/>
       <c r="AW328" s="9"/>
       <c r="AY328" s="1"/>
       <c r="BB328" s="9"/>
       <c r="BD328" s="1"/>
       <c r="BG328" s="9"/>
     </row>
     <row r="329" spans="1:59">
       <c r="A329" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B329" t="s">
         <v>24</v>
       </c>
       <c r="C329" t="s">
         <v>35</v>
       </c>
       <c r="D329" s="9">
         <v>9353.348</v>
       </c>
       <c r="F329" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G329" t="s">
         <v>24</v>
@@ -31822,54 +38182,74 @@
       </c>
       <c r="Z329" s="1">
         <v>45832.916666666664</v>
       </c>
       <c r="AA329" t="s">
         <v>24</v>
       </c>
       <c r="AB329" t="s">
         <v>35</v>
       </c>
       <c r="AC329" s="9">
         <v>7979.3429999999998</v>
       </c>
       <c r="AE329" s="1">
         <v>45867.916666666664</v>
       </c>
       <c r="AF329" t="s">
         <v>24</v>
       </c>
       <c r="AG329" t="s">
         <v>35</v>
       </c>
       <c r="AH329" s="9">
         <v>7778.884</v>
       </c>
-      <c r="AJ329" s="1"/>
-[...2 lines deleted...]
-      <c r="AR329" s="9"/>
+      <c r="AJ329" s="1">
+        <v>45881.916666666664</v>
+      </c>
+      <c r="AK329" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL329" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM329" s="9">
+        <v>8232.1669999999995</v>
+      </c>
+      <c r="AO329" s="1">
+        <v>45925.916666666664</v>
+      </c>
+      <c r="AP329" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ329" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR329" s="9">
+        <v>7605.3519999999999</v>
+      </c>
       <c r="AT329" s="1"/>
       <c r="AW329" s="9"/>
       <c r="AY329" s="1"/>
       <c r="BB329" s="9"/>
       <c r="BD329" s="1"/>
       <c r="BG329" s="9"/>
     </row>
     <row r="330" spans="1:59">
       <c r="A330" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B330" t="s">
         <v>24</v>
       </c>
       <c r="C330" t="s">
         <v>36</v>
       </c>
       <c r="D330" s="9">
         <v>202319.37899999999</v>
       </c>
       <c r="F330" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G330" t="s">
         <v>24</v>
@@ -31918,54 +38298,74 @@
       </c>
       <c r="Z330" s="1">
         <v>45832.916666666664</v>
       </c>
       <c r="AA330" t="s">
         <v>24</v>
       </c>
       <c r="AB330" t="s">
         <v>36</v>
       </c>
       <c r="AC330" s="9">
         <v>238101.52</v>
       </c>
       <c r="AE330" s="1">
         <v>45867.916666666664</v>
       </c>
       <c r="AF330" t="s">
         <v>24</v>
       </c>
       <c r="AG330" t="s">
         <v>36</v>
       </c>
       <c r="AH330" s="9">
         <v>229597.38800000001</v>
       </c>
-      <c r="AJ330" s="1"/>
-[...2 lines deleted...]
-      <c r="AR330" s="9"/>
+      <c r="AJ330" s="1">
+        <v>45881.916666666664</v>
+      </c>
+      <c r="AK330" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL330" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM330" s="9">
+        <v>222675.06</v>
+      </c>
+      <c r="AO330" s="1">
+        <v>45925.916666666664</v>
+      </c>
+      <c r="AP330" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ330" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR330" s="9">
+        <v>179446.94899999999</v>
+      </c>
       <c r="AT330" s="1"/>
       <c r="AW330" s="9"/>
       <c r="AY330" s="1"/>
       <c r="BB330" s="9"/>
       <c r="BD330" s="1"/>
       <c r="BG330" s="9"/>
     </row>
     <row r="331" spans="1:59">
       <c r="A331" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B331" t="s">
         <v>24</v>
       </c>
       <c r="C331" t="s">
         <v>37</v>
       </c>
       <c r="D331" s="9">
         <v>96354.202000000005</v>
       </c>
       <c r="F331" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G331" t="s">
         <v>24</v>
@@ -32014,54 +38414,74 @@
       </c>
       <c r="Z331" s="1">
         <v>45832.916666666664</v>
       </c>
       <c r="AA331" t="s">
         <v>24</v>
       </c>
       <c r="AB331" t="s">
         <v>37</v>
       </c>
       <c r="AC331" s="9">
         <v>96882.034</v>
       </c>
       <c r="AE331" s="1">
         <v>45867.916666666664</v>
       </c>
       <c r="AF331" t="s">
         <v>24</v>
       </c>
       <c r="AG331" t="s">
         <v>37</v>
       </c>
       <c r="AH331" s="9">
         <v>91699.986999999994</v>
       </c>
-      <c r="AJ331" s="1"/>
-[...2 lines deleted...]
-      <c r="AR331" s="9"/>
+      <c r="AJ331" s="1">
+        <v>45881.916666666664</v>
+      </c>
+      <c r="AK331" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL331" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM331" s="9">
+        <v>90031.362999999998</v>
+      </c>
+      <c r="AO331" s="1">
+        <v>45925.916666666664</v>
+      </c>
+      <c r="AP331" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ331" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR331" s="9">
+        <v>63801.68</v>
+      </c>
       <c r="AT331" s="1"/>
       <c r="AW331" s="9"/>
       <c r="AY331" s="1"/>
       <c r="BB331" s="9"/>
       <c r="BD331" s="1"/>
       <c r="BG331" s="9"/>
     </row>
     <row r="332" spans="1:59">
       <c r="A332" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B332" t="s">
         <v>24</v>
       </c>
       <c r="C332" t="s">
         <v>38</v>
       </c>
       <c r="D332" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F332" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G332" t="s">
         <v>24</v>
@@ -32110,54 +38530,74 @@
       </c>
       <c r="Z332" s="1">
         <v>45832.916666666664</v>
       </c>
       <c r="AA332" t="s">
         <v>24</v>
       </c>
       <c r="AB332" t="s">
         <v>38</v>
       </c>
       <c r="AC332" s="9">
         <v>2026.5360000000001</v>
       </c>
       <c r="AE332" s="1">
         <v>45867.916666666664</v>
       </c>
       <c r="AF332" t="s">
         <v>24</v>
       </c>
       <c r="AG332" t="s">
         <v>38</v>
       </c>
       <c r="AH332" s="9">
         <v>2130.7190000000001</v>
       </c>
-      <c r="AJ332" s="1"/>
-[...2 lines deleted...]
-      <c r="AR332" s="9"/>
+      <c r="AJ332" s="1">
+        <v>45881.916666666664</v>
+      </c>
+      <c r="AK332" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL332" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM332" s="9">
+        <v>2154.087</v>
+      </c>
+      <c r="AO332" s="1">
+        <v>45925.916666666664</v>
+      </c>
+      <c r="AP332" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ332" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR332" s="9">
+        <v>2311.8490000000002</v>
+      </c>
       <c r="AT332" s="1"/>
       <c r="AW332" s="9"/>
       <c r="AY332" s="1"/>
       <c r="BB332" s="9"/>
       <c r="BD332" s="1"/>
       <c r="BG332" s="9"/>
     </row>
     <row r="333" spans="1:59">
       <c r="A333" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B333" t="s">
         <v>24</v>
       </c>
       <c r="C333" t="s">
         <v>25</v>
       </c>
       <c r="D333" s="9">
         <v>579682.07999999996</v>
       </c>
       <c r="F333" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G333" t="s">
         <v>24</v>
@@ -32206,54 +38646,74 @@
       </c>
       <c r="Z333" s="1">
         <v>45832.958333333336</v>
       </c>
       <c r="AA333" t="s">
         <v>24</v>
       </c>
       <c r="AB333" t="s">
         <v>25</v>
       </c>
       <c r="AC333" s="9">
         <v>648070.66399999999</v>
       </c>
       <c r="AE333" s="1">
         <v>45867.958333333336</v>
       </c>
       <c r="AF333" t="s">
         <v>24</v>
       </c>
       <c r="AG333" t="s">
         <v>25</v>
       </c>
       <c r="AH333" s="9">
         <v>581849.17200000002</v>
       </c>
-      <c r="AJ333" s="1"/>
-[...2 lines deleted...]
-      <c r="AR333" s="9"/>
+      <c r="AJ333" s="1">
+        <v>45881.958333333336</v>
+      </c>
+      <c r="AK333" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL333" t="s">
+        <v>25</v>
+      </c>
+      <c r="AM333" s="9">
+        <v>569411.41</v>
+      </c>
+      <c r="AO333" s="1">
+        <v>45925.958333333336</v>
+      </c>
+      <c r="AP333" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ333" t="s">
+        <v>25</v>
+      </c>
+      <c r="AR333" s="9">
+        <v>320624.86200000002</v>
+      </c>
       <c r="AT333" s="1"/>
       <c r="AW333" s="9"/>
       <c r="AY333" s="1"/>
       <c r="BB333" s="9"/>
       <c r="BD333" s="1"/>
       <c r="BG333" s="9"/>
     </row>
     <row r="334" spans="1:59">
       <c r="A334" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B334" t="s">
         <v>24</v>
       </c>
       <c r="C334" t="s">
         <v>26</v>
       </c>
       <c r="D334" s="9">
         <v>2080.373</v>
       </c>
       <c r="F334" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G334" t="s">
         <v>24</v>
@@ -32302,54 +38762,74 @@
       </c>
       <c r="Z334" s="1">
         <v>45832.958333333336</v>
       </c>
       <c r="AA334" t="s">
         <v>24</v>
       </c>
       <c r="AB334" t="s">
         <v>26</v>
       </c>
       <c r="AC334" s="9">
         <v>1909.835</v>
       </c>
       <c r="AE334" s="1">
         <v>45867.958333333336</v>
       </c>
       <c r="AF334" t="s">
         <v>24</v>
       </c>
       <c r="AG334" t="s">
         <v>26</v>
       </c>
       <c r="AH334" s="9">
         <v>2079.0320000000002</v>
       </c>
-      <c r="AJ334" s="1"/>
-[...2 lines deleted...]
-      <c r="AR334" s="9"/>
+      <c r="AJ334" s="1">
+        <v>45881.958333333336</v>
+      </c>
+      <c r="AK334" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL334" t="s">
+        <v>26</v>
+      </c>
+      <c r="AM334" s="9">
+        <v>2018.558</v>
+      </c>
+      <c r="AO334" s="1">
+        <v>45925.958333333336</v>
+      </c>
+      <c r="AP334" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ334" t="s">
+        <v>26</v>
+      </c>
+      <c r="AR334" s="9">
+        <v>2214.1379999999999</v>
+      </c>
       <c r="AT334" s="1"/>
       <c r="AW334" s="9"/>
       <c r="AY334" s="1"/>
       <c r="BB334" s="9"/>
       <c r="BD334" s="1"/>
       <c r="BG334" s="9"/>
     </row>
     <row r="335" spans="1:59">
       <c r="A335" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B335" t="s">
         <v>24</v>
       </c>
       <c r="C335" t="s">
         <v>27</v>
       </c>
       <c r="D335" s="9">
         <v>478.7</v>
       </c>
       <c r="F335" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G335" t="s">
         <v>24</v>
@@ -32398,54 +38878,74 @@
       </c>
       <c r="Z335" s="1">
         <v>45832.958333333336</v>
       </c>
       <c r="AA335" t="s">
         <v>24</v>
       </c>
       <c r="AB335" t="s">
         <v>27</v>
       </c>
       <c r="AC335" s="9">
         <v>17.297000000000001</v>
       </c>
       <c r="AE335" s="1">
         <v>45867.958333333336</v>
       </c>
       <c r="AF335" t="s">
         <v>24</v>
       </c>
       <c r="AG335" t="s">
         <v>27</v>
       </c>
       <c r="AH335" s="9">
         <v>8.4280000000000008</v>
       </c>
-      <c r="AJ335" s="1"/>
-[...2 lines deleted...]
-      <c r="AR335" s="9"/>
+      <c r="AJ335" s="1">
+        <v>45881.958333333336</v>
+      </c>
+      <c r="AK335" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL335" t="s">
+        <v>27</v>
+      </c>
+      <c r="AM335" s="9">
+        <v>10.625</v>
+      </c>
+      <c r="AO335" s="1">
+        <v>45925.958333333336</v>
+      </c>
+      <c r="AP335" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ335" t="s">
+        <v>27</v>
+      </c>
+      <c r="AR335" s="9">
+        <v>106.646</v>
+      </c>
       <c r="AT335" s="1"/>
       <c r="AW335" s="9"/>
       <c r="AY335" s="1"/>
       <c r="BB335" s="9"/>
       <c r="BD335" s="1"/>
       <c r="BG335" s="9"/>
     </row>
     <row r="336" spans="1:59">
       <c r="A336" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B336" t="s">
         <v>24</v>
       </c>
       <c r="C336" t="s">
         <v>28</v>
       </c>
       <c r="D336" s="9">
         <v>9688.0329999999994</v>
       </c>
       <c r="F336" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G336" t="s">
         <v>24</v>
@@ -32494,54 +38994,74 @@
       </c>
       <c r="Z336" s="1">
         <v>45832.958333333336</v>
       </c>
       <c r="AA336" t="s">
         <v>24</v>
       </c>
       <c r="AB336" t="s">
         <v>28</v>
       </c>
       <c r="AC336" s="9">
         <v>1887.14</v>
       </c>
       <c r="AE336" s="1">
         <v>45867.958333333336</v>
       </c>
       <c r="AF336" t="s">
         <v>24</v>
       </c>
       <c r="AG336" t="s">
         <v>28</v>
       </c>
       <c r="AH336" s="9">
         <v>1001.528</v>
       </c>
-      <c r="AJ336" s="1"/>
-[...2 lines deleted...]
-      <c r="AR336" s="9"/>
+      <c r="AJ336" s="1">
+        <v>45881.958333333336</v>
+      </c>
+      <c r="AK336" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL336" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM336" s="9">
+        <v>944.08699999999999</v>
+      </c>
+      <c r="AO336" s="1">
+        <v>45925.958333333336</v>
+      </c>
+      <c r="AP336" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ336" t="s">
+        <v>28</v>
+      </c>
+      <c r="AR336" s="9">
+        <v>708.34299999999996</v>
+      </c>
       <c r="AT336" s="1"/>
       <c r="AW336" s="9"/>
       <c r="AY336" s="1"/>
       <c r="BB336" s="9"/>
       <c r="BD336" s="1"/>
       <c r="BG336" s="9"/>
     </row>
     <row r="337" spans="1:59">
       <c r="A337" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B337" t="s">
         <v>24</v>
       </c>
       <c r="C337" t="s">
         <v>29</v>
       </c>
       <c r="D337" s="9">
         <v>15787.303</v>
       </c>
       <c r="F337" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G337" t="s">
         <v>24</v>
@@ -32590,54 +39110,74 @@
       </c>
       <c r="Z337" s="1">
         <v>45832.958333333336</v>
       </c>
       <c r="AA337" t="s">
         <v>24</v>
       </c>
       <c r="AB337" t="s">
         <v>29</v>
       </c>
       <c r="AC337" s="9">
         <v>17595.458999999999</v>
       </c>
       <c r="AE337" s="1">
         <v>45867.958333333336</v>
       </c>
       <c r="AF337" t="s">
         <v>24</v>
       </c>
       <c r="AG337" t="s">
         <v>29</v>
       </c>
       <c r="AH337" s="9">
         <v>19070.418000000001</v>
       </c>
-      <c r="AJ337" s="1"/>
-[...2 lines deleted...]
-      <c r="AR337" s="9"/>
+      <c r="AJ337" s="1">
+        <v>45881.958333333336</v>
+      </c>
+      <c r="AK337" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL337" t="s">
+        <v>29</v>
+      </c>
+      <c r="AM337" s="9">
+        <v>18215.705000000002</v>
+      </c>
+      <c r="AO337" s="1">
+        <v>45925.958333333336</v>
+      </c>
+      <c r="AP337" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ337" t="s">
+        <v>29</v>
+      </c>
+      <c r="AR337" s="9">
+        <v>17133.464</v>
+      </c>
       <c r="AT337" s="1"/>
       <c r="AW337" s="9"/>
       <c r="AY337" s="1"/>
       <c r="BB337" s="9"/>
       <c r="BD337" s="1"/>
       <c r="BG337" s="9"/>
     </row>
     <row r="338" spans="1:59">
       <c r="A338" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B338" t="s">
         <v>24</v>
       </c>
       <c r="C338" t="s">
         <v>30</v>
       </c>
       <c r="D338" s="9">
         <v>39453.305</v>
       </c>
       <c r="F338" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G338" t="s">
         <v>24</v>
@@ -32686,54 +39226,74 @@
       </c>
       <c r="Z338" s="1">
         <v>45832.958333333336</v>
       </c>
       <c r="AA338" t="s">
         <v>24</v>
       </c>
       <c r="AB338" t="s">
         <v>30</v>
       </c>
       <c r="AC338" s="9">
         <v>55821.779000000002</v>
       </c>
       <c r="AE338" s="1">
         <v>45867.958333333336</v>
       </c>
       <c r="AF338" t="s">
         <v>24</v>
       </c>
       <c r="AG338" t="s">
         <v>30</v>
       </c>
       <c r="AH338" s="9">
         <v>53201.377999999997</v>
       </c>
-      <c r="AJ338" s="1"/>
-[...2 lines deleted...]
-      <c r="AR338" s="9"/>
+      <c r="AJ338" s="1">
+        <v>45881.958333333336</v>
+      </c>
+      <c r="AK338" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL338" t="s">
+        <v>30</v>
+      </c>
+      <c r="AM338" s="9">
+        <v>50873.163999999997</v>
+      </c>
+      <c r="AO338" s="1">
+        <v>45925.958333333336</v>
+      </c>
+      <c r="AP338" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ338" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR338" s="9">
+        <v>47200.336000000003</v>
+      </c>
       <c r="AT338" s="1"/>
       <c r="AW338" s="9"/>
       <c r="AY338" s="1"/>
       <c r="BB338" s="9"/>
       <c r="BD338" s="1"/>
       <c r="BG338" s="9"/>
     </row>
     <row r="339" spans="1:59">
       <c r="A339" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B339" t="s">
         <v>24</v>
       </c>
       <c r="C339" t="s">
         <v>31</v>
       </c>
       <c r="D339" s="9">
         <v>68148.713000000003</v>
       </c>
       <c r="F339" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G339" t="s">
         <v>24</v>
@@ -32782,54 +39342,74 @@
       </c>
       <c r="Z339" s="1">
         <v>45832.958333333336</v>
       </c>
       <c r="AA339" t="s">
         <v>24</v>
       </c>
       <c r="AB339" t="s">
         <v>31</v>
       </c>
       <c r="AC339" s="9">
         <v>78542.274999999994</v>
       </c>
       <c r="AE339" s="1">
         <v>45867.958333333336</v>
       </c>
       <c r="AF339" t="s">
         <v>24</v>
       </c>
       <c r="AG339" t="s">
         <v>31</v>
       </c>
       <c r="AH339" s="9">
         <v>81101.259999999995</v>
       </c>
-      <c r="AJ339" s="1"/>
-[...2 lines deleted...]
-      <c r="AR339" s="9"/>
+      <c r="AJ339" s="1">
+        <v>45881.958333333336</v>
+      </c>
+      <c r="AK339" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL339" t="s">
+        <v>31</v>
+      </c>
+      <c r="AM339" s="9">
+        <v>79073.600000000006</v>
+      </c>
+      <c r="AO339" s="1">
+        <v>45925.958333333336</v>
+      </c>
+      <c r="AP339" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ339" t="s">
+        <v>31</v>
+      </c>
+      <c r="AR339" s="9">
+        <v>75234.331999999995</v>
+      </c>
       <c r="AT339" s="1"/>
       <c r="AW339" s="9"/>
       <c r="AY339" s="1"/>
       <c r="BB339" s="9"/>
       <c r="BD339" s="1"/>
       <c r="BG339" s="9"/>
     </row>
     <row r="340" spans="1:59">
       <c r="A340" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B340" t="s">
         <v>24</v>
       </c>
       <c r="C340" t="s">
         <v>32</v>
       </c>
       <c r="D340" s="9">
         <v>11963.212</v>
       </c>
       <c r="F340" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G340" t="s">
         <v>24</v>
@@ -32878,54 +39458,74 @@
       </c>
       <c r="Z340" s="1">
         <v>45832.958333333336</v>
       </c>
       <c r="AA340" t="s">
         <v>24</v>
       </c>
       <c r="AB340" t="s">
         <v>32</v>
       </c>
       <c r="AC340" s="9">
         <v>12633.549000000001</v>
       </c>
       <c r="AE340" s="1">
         <v>45867.958333333336</v>
       </c>
       <c r="AF340" t="s">
         <v>24</v>
       </c>
       <c r="AG340" t="s">
         <v>32</v>
       </c>
       <c r="AH340" s="9">
         <v>11331.405000000001</v>
       </c>
-      <c r="AJ340" s="1"/>
-[...2 lines deleted...]
-      <c r="AR340" s="9"/>
+      <c r="AJ340" s="1">
+        <v>45881.958333333336</v>
+      </c>
+      <c r="AK340" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL340" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM340" s="9">
+        <v>10350.94</v>
+      </c>
+      <c r="AO340" s="1">
+        <v>45925.958333333336</v>
+      </c>
+      <c r="AP340" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ340" t="s">
+        <v>32</v>
+      </c>
+      <c r="AR340" s="9">
+        <v>10593.78</v>
+      </c>
       <c r="AT340" s="1"/>
       <c r="AW340" s="9"/>
       <c r="AY340" s="1"/>
       <c r="BB340" s="9"/>
       <c r="BD340" s="1"/>
       <c r="BG340" s="9"/>
     </row>
     <row r="341" spans="1:59">
       <c r="A341" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B341" t="s">
         <v>24</v>
       </c>
       <c r="C341" t="s">
         <v>33</v>
       </c>
       <c r="D341" s="9">
         <v>73306.066000000006</v>
       </c>
       <c r="F341" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G341" t="s">
         <v>24</v>
@@ -32974,54 +39574,74 @@
       </c>
       <c r="Z341" s="1">
         <v>45832.958333333336</v>
       </c>
       <c r="AA341" t="s">
         <v>24</v>
       </c>
       <c r="AB341" t="s">
         <v>33</v>
       </c>
       <c r="AC341" s="9">
         <v>67647.104999999996</v>
       </c>
       <c r="AE341" s="1">
         <v>45867.958333333336</v>
       </c>
       <c r="AF341" t="s">
         <v>24</v>
       </c>
       <c r="AG341" t="s">
         <v>33</v>
       </c>
       <c r="AH341" s="9">
         <v>69540.251000000004</v>
       </c>
-      <c r="AJ341" s="1"/>
-[...2 lines deleted...]
-      <c r="AR341" s="9"/>
+      <c r="AJ341" s="1">
+        <v>45881.958333333336</v>
+      </c>
+      <c r="AK341" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL341" t="s">
+        <v>33</v>
+      </c>
+      <c r="AM341" s="9">
+        <v>64328.832000000002</v>
+      </c>
+      <c r="AO341" s="1">
+        <v>45925.958333333336</v>
+      </c>
+      <c r="AP341" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ341" t="s">
+        <v>33</v>
+      </c>
+      <c r="AR341" s="9">
+        <v>72111.778000000006</v>
+      </c>
       <c r="AT341" s="1"/>
       <c r="AW341" s="9"/>
       <c r="AY341" s="1"/>
       <c r="BB341" s="9"/>
       <c r="BD341" s="1"/>
       <c r="BG341" s="9"/>
     </row>
     <row r="342" spans="1:59">
       <c r="A342" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B342" t="s">
         <v>24</v>
       </c>
       <c r="C342" t="s">
         <v>34</v>
       </c>
       <c r="D342" s="9">
         <v>43268.3</v>
       </c>
       <c r="F342" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G342" t="s">
         <v>24</v>
@@ -33070,54 +39690,74 @@
       </c>
       <c r="Z342" s="1">
         <v>45832.958333333336</v>
       </c>
       <c r="AA342" t="s">
         <v>24</v>
       </c>
       <c r="AB342" t="s">
         <v>34</v>
       </c>
       <c r="AC342" s="9">
         <v>32357.200000000001</v>
       </c>
       <c r="AE342" s="1">
         <v>45867.958333333336</v>
       </c>
       <c r="AF342" t="s">
         <v>24</v>
       </c>
       <c r="AG342" t="s">
         <v>34</v>
       </c>
       <c r="AH342" s="9">
         <v>42558.6</v>
       </c>
-      <c r="AJ342" s="1"/>
-[...2 lines deleted...]
-      <c r="AR342" s="9"/>
+      <c r="AJ342" s="1">
+        <v>45881.958333333336</v>
+      </c>
+      <c r="AK342" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL342" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM342" s="9">
+        <v>62795.199999999997</v>
+      </c>
+      <c r="AO342" s="1">
+        <v>45925.958333333336</v>
+      </c>
+      <c r="AP342" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ342" t="s">
+        <v>34</v>
+      </c>
+      <c r="AR342" s="9">
+        <v>114518</v>
+      </c>
       <c r="AT342" s="1"/>
       <c r="AW342" s="9"/>
       <c r="AY342" s="1"/>
       <c r="BB342" s="9"/>
       <c r="BD342" s="1"/>
       <c r="BG342" s="9"/>
     </row>
     <row r="343" spans="1:59">
       <c r="A343" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B343" t="s">
         <v>24</v>
       </c>
       <c r="C343" t="s">
         <v>35</v>
       </c>
       <c r="D343" s="9">
         <v>9352.0069999999996</v>
       </c>
       <c r="F343" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G343" t="s">
         <v>24</v>
@@ -33166,54 +39806,74 @@
       </c>
       <c r="Z343" s="1">
         <v>45832.958333333336</v>
       </c>
       <c r="AA343" t="s">
         <v>24</v>
       </c>
       <c r="AB343" t="s">
         <v>35</v>
       </c>
       <c r="AC343" s="9">
         <v>7735.7470000000003</v>
       </c>
       <c r="AE343" s="1">
         <v>45867.958333333336</v>
       </c>
       <c r="AF343" t="s">
         <v>24</v>
       </c>
       <c r="AG343" t="s">
         <v>35</v>
       </c>
       <c r="AH343" s="9">
         <v>7175.0410000000002</v>
       </c>
-      <c r="AJ343" s="1"/>
-[...2 lines deleted...]
-      <c r="AR343" s="9"/>
+      <c r="AJ343" s="1">
+        <v>45881.958333333336</v>
+      </c>
+      <c r="AK343" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL343" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM343" s="9">
+        <v>7773.99</v>
+      </c>
+      <c r="AO343" s="1">
+        <v>45925.958333333336</v>
+      </c>
+      <c r="AP343" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ343" t="s">
+        <v>35</v>
+      </c>
+      <c r="AR343" s="9">
+        <v>7214.4070000000002</v>
+      </c>
       <c r="AT343" s="1"/>
       <c r="AW343" s="9"/>
       <c r="AY343" s="1"/>
       <c r="BB343" s="9"/>
       <c r="BD343" s="1"/>
       <c r="BG343" s="9"/>
     </row>
     <row r="344" spans="1:59">
       <c r="A344" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B344" t="s">
         <v>24</v>
       </c>
       <c r="C344" t="s">
         <v>36</v>
       </c>
       <c r="D344" s="9">
         <v>195533.59899999999</v>
       </c>
       <c r="F344" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G344" t="s">
         <v>24</v>
@@ -33262,54 +39922,74 @@
       </c>
       <c r="Z344" s="1">
         <v>45832.958333333336</v>
       </c>
       <c r="AA344" t="s">
         <v>24</v>
       </c>
       <c r="AB344" t="s">
         <v>36</v>
       </c>
       <c r="AC344" s="9">
         <v>224023.69899999999</v>
       </c>
       <c r="AE344" s="1">
         <v>45867.958333333336</v>
       </c>
       <c r="AF344" t="s">
         <v>24</v>
       </c>
       <c r="AG344" t="s">
         <v>36</v>
       </c>
       <c r="AH344" s="9">
         <v>211807.071</v>
       </c>
-      <c r="AJ344" s="1"/>
-[...2 lines deleted...]
-      <c r="AR344" s="9"/>
+      <c r="AJ344" s="1">
+        <v>45881.958333333336</v>
+      </c>
+      <c r="AK344" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL344" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM344" s="9">
+        <v>206934.58100000001</v>
+      </c>
+      <c r="AO344" s="1">
+        <v>45925.958333333336</v>
+      </c>
+      <c r="AP344" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ344" t="s">
+        <v>36</v>
+      </c>
+      <c r="AR344" s="9">
+        <v>170595.72200000001</v>
+      </c>
       <c r="AT344" s="1"/>
       <c r="AW344" s="9"/>
       <c r="AY344" s="1"/>
       <c r="BB344" s="9"/>
       <c r="BD344" s="1"/>
       <c r="BG344" s="9"/>
     </row>
     <row r="345" spans="1:59">
       <c r="A345" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B345" t="s">
         <v>24</v>
       </c>
       <c r="C345" t="s">
         <v>37</v>
       </c>
       <c r="D345" s="9">
         <v>94731.392999999996</v>
       </c>
       <c r="F345" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G345" t="s">
         <v>24</v>
@@ -33358,54 +40038,74 @@
       </c>
       <c r="Z345" s="1">
         <v>45832.958333333336</v>
       </c>
       <c r="AA345" t="s">
         <v>24</v>
       </c>
       <c r="AB345" t="s">
         <v>37</v>
       </c>
       <c r="AC345" s="9">
         <v>91429.035999999993</v>
       </c>
       <c r="AE345" s="1">
         <v>45867.958333333336</v>
       </c>
       <c r="AF345" t="s">
         <v>24</v>
       </c>
       <c r="AG345" t="s">
         <v>37</v>
       </c>
       <c r="AH345" s="9">
         <v>85545.631999999998</v>
       </c>
-      <c r="AJ345" s="1"/>
-[...2 lines deleted...]
-      <c r="AR345" s="9"/>
+      <c r="AJ345" s="1">
+        <v>45881.958333333336</v>
+      </c>
+      <c r="AK345" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL345" t="s">
+        <v>37</v>
+      </c>
+      <c r="AM345" s="9">
+        <v>84065.328999999998</v>
+      </c>
+      <c r="AO345" s="1">
+        <v>45925.958333333336</v>
+      </c>
+      <c r="AP345" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ345" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR345" s="9">
+        <v>61406.946000000004</v>
+      </c>
       <c r="AT345" s="1"/>
       <c r="AW345" s="9"/>
       <c r="AY345" s="1"/>
       <c r="BB345" s="9"/>
       <c r="BD345" s="1"/>
       <c r="BG345" s="9"/>
     </row>
     <row r="346" spans="1:59">
       <c r="A346" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B346" t="s">
         <v>24</v>
       </c>
       <c r="C346" t="s">
         <v>38</v>
       </c>
       <c r="D346" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F346" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G346" t="s">
         <v>24</v>
@@ -33454,54 +40154,74 @@
       </c>
       <c r="Z346" s="1">
         <v>45832.958333333336</v>
       </c>
       <c r="AA346" t="s">
         <v>24</v>
       </c>
       <c r="AB346" t="s">
         <v>38</v>
       </c>
       <c r="AC346" s="9">
         <v>2026.5360000000001</v>
       </c>
       <c r="AE346" s="1">
         <v>45867.958333333336</v>
       </c>
       <c r="AF346" t="s">
         <v>24</v>
       </c>
       <c r="AG346" t="s">
         <v>38</v>
       </c>
       <c r="AH346" s="9">
         <v>2130.7190000000001</v>
       </c>
-      <c r="AJ346" s="1"/>
-[...2 lines deleted...]
-      <c r="AR346" s="9"/>
+      <c r="AJ346" s="1">
+        <v>45881.958333333336</v>
+      </c>
+      <c r="AK346" t="s">
+        <v>24</v>
+      </c>
+      <c r="AL346" t="s">
+        <v>38</v>
+      </c>
+      <c r="AM346" s="9">
+        <v>2154.087</v>
+      </c>
+      <c r="AO346" s="1">
+        <v>45925.958333333336</v>
+      </c>
+      <c r="AP346" t="s">
+        <v>24</v>
+      </c>
+      <c r="AQ346" t="s">
+        <v>38</v>
+      </c>
+      <c r="AR346" s="9">
+        <v>2311.8490000000002</v>
+      </c>
       <c r="AT346" s="1"/>
       <c r="AW346" s="9"/>
       <c r="AY346" s="1"/>
       <c r="BB346" s="9"/>
       <c r="BD346" s="1"/>
       <c r="BG346" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="F7:I7"/>
     <mergeCell ref="K7:N7"/>
     <mergeCell ref="P7:S7"/>
     <mergeCell ref="AY7:BB7"/>
     <mergeCell ref="BD7:BG7"/>
     <mergeCell ref="U7:X7"/>
     <mergeCell ref="AJ7:AM7"/>
     <mergeCell ref="AO7:AR7"/>
     <mergeCell ref="AT7:AW7"/>
     <mergeCell ref="Z7:AC7"/>
     <mergeCell ref="AE7:AH7"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="50" orientation="portrait" r:id="rId1"/>
@@ -33522,52 +40242,52 @@
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2608e603-b7b7-4422-a7af-3d4eadafd8a5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100A05AFF6C3A27C945B81A5CD357C78DA9" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="52eae65260d31d7ce5249acf6dc11d79">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2608e603-b7b7-4422-a7af-3d4eadafd8a5" xmlns:ns3="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="820885a3ff7b39bb192c4bf59b42a099" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100A05AFF6C3A27C945B81A5CD357C78DA9" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="c4b3ac7c61f7526a394f71043ee56719">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2608e603-b7b7-4422-a7af-3d4eadafd8a5" xmlns:ns3="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="969326c8e5d9f41372cc8796625f384d" ns2:_="" ns3:_="">
     <xsd:import namespace="2608e603-b7b7-4422-a7af-3d4eadafd8a5"/>
     <xsd:import namespace="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -33779,51 +40499,51 @@
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77957EC2-9FCD-45C2-93E4-72781BD131EE}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DAC93B2-6E9A-49E1-BA6F-F6DDD484310F}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F41E39A-5CAF-4DDC-B746-24A6BB5A0414}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5549B370-E47A-4732-ACC3-105D3AA73AAE}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Poirier, Rhonda A.</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>