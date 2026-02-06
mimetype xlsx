--- v1 (2026-01-10)
+++ v2 (2026-02-06)
@@ -2,94 +2,94 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29609"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29721"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Settlement\Supplier_Settlement\Documentation\Load Characteristics_Monthly RNS Peak\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{CDF65C33-9461-4FD6-A83B-658DF57CE1BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{9996C4E3-F93F-446E-83B7-5CCFD1DB1FDD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{3B50B077-E882-4F11-A36D-B426AA0807D8}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{3B50B077-E882-4F11-A36D-B426AA0807D8}"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly RNS Peak_2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6135" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6807" uniqueCount="39">
   <si>
     <t>Posting Based on Final ReSettlement Quantities</t>
   </si>
   <si>
     <t>RNS Peak Load Data By Rate Class</t>
   </si>
   <si>
-    <t>January - September 2025</t>
+    <t>January - October 2025</t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>June</t>
   </si>
   <si>
     <t>July</t>
   </si>
   <si>
     <t>August</t>
   </si>
@@ -1032,56 +1032,56 @@
         <v>18</v>
       </c>
       <c r="Q9" s="5"/>
       <c r="S9" s="6"/>
       <c r="U9" s="4" t="s">
         <v>16</v>
       </c>
       <c r="V9" s="5"/>
       <c r="X9" s="6"/>
       <c r="Z9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="AA9" s="5"/>
       <c r="AC9" s="6"/>
       <c r="AE9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="AF9" s="5"/>
       <c r="AH9" s="6"/>
       <c r="AJ9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="AK9" s="5"/>
       <c r="AM9" s="6"/>
       <c r="AO9" s="4" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="AP9" s="5"/>
       <c r="AR9" s="6"/>
       <c r="AT9" s="4" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="AU9" s="5"/>
       <c r="AW9" s="6"/>
       <c r="AY9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="AZ9" s="5"/>
       <c r="BB9" s="6"/>
       <c r="BD9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="BE9" s="5"/>
       <c r="BG9" s="6"/>
     </row>
     <row r="10" spans="1:59" ht="13.5" thickBot="1">
       <c r="A10" s="10" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="11" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>22</v>
       </c>
       <c r="D10" s="12" t="s">
@@ -1318,52 +1318,62 @@
       </c>
       <c r="AJ11" s="1">
         <v>45881</v>
       </c>
       <c r="AK11" t="s">
         <v>24</v>
       </c>
       <c r="AL11" t="s">
         <v>25</v>
       </c>
       <c r="AM11" s="9">
         <v>511517.49699999997</v>
       </c>
       <c r="AO11" s="1">
         <v>45925</v>
       </c>
       <c r="AP11" t="s">
         <v>24</v>
       </c>
       <c r="AQ11" t="s">
         <v>25</v>
       </c>
       <c r="AR11" s="9">
         <v>278415.45</v>
       </c>
-      <c r="AT11" s="1"/>
-      <c r="AW11" s="9"/>
+      <c r="AT11" s="1">
+        <v>45952</v>
+      </c>
+      <c r="AU11" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV11" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW11" s="9">
+        <v>291991.75900000002</v>
+      </c>
       <c r="AY11" s="1"/>
       <c r="BB11" s="9"/>
       <c r="BD11" s="1"/>
       <c r="BG11" s="9"/>
     </row>
     <row r="12" spans="1:59">
       <c r="A12" s="1">
         <v>45665</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="9">
         <v>2080.373</v>
       </c>
       <c r="F12" s="1">
         <v>45694</v>
       </c>
       <c r="G12" t="s">
         <v>24</v>
       </c>
       <c r="H12" t="s">
@@ -1434,52 +1444,62 @@
       </c>
       <c r="AJ12" s="1">
         <v>45881</v>
       </c>
       <c r="AK12" t="s">
         <v>24</v>
       </c>
       <c r="AL12" t="s">
         <v>26</v>
       </c>
       <c r="AM12" s="9">
         <v>2018.558</v>
       </c>
       <c r="AO12" s="1">
         <v>45925</v>
       </c>
       <c r="AP12" t="s">
         <v>24</v>
       </c>
       <c r="AQ12" t="s">
         <v>26</v>
       </c>
       <c r="AR12" s="9">
         <v>2214.1379999999999</v>
       </c>
-      <c r="AT12" s="1"/>
-      <c r="AW12" s="9"/>
+      <c r="AT12" s="1">
+        <v>45952</v>
+      </c>
+      <c r="AU12" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV12" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW12" s="9">
+        <v>2089.2220000000002</v>
+      </c>
       <c r="AY12" s="1"/>
       <c r="BB12" s="9"/>
       <c r="BD12" s="1"/>
       <c r="BG12" s="9"/>
     </row>
     <row r="13" spans="1:59">
       <c r="A13" s="1">
         <v>45665</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="9">
         <v>340.29399999999998</v>
       </c>
       <c r="F13" s="1">
         <v>45694</v>
       </c>
       <c r="G13" t="s">
         <v>24</v>
       </c>
       <c r="H13" t="s">
@@ -1550,52 +1570,62 @@
       </c>
       <c r="AJ13" s="1">
         <v>45881</v>
       </c>
       <c r="AK13" t="s">
         <v>24</v>
       </c>
       <c r="AL13" t="s">
         <v>27</v>
       </c>
       <c r="AM13" s="9">
         <v>9.7609999999999992</v>
       </c>
       <c r="AO13" s="1">
         <v>45925</v>
       </c>
       <c r="AP13" t="s">
         <v>24</v>
       </c>
       <c r="AQ13" t="s">
         <v>27</v>
       </c>
       <c r="AR13" s="9">
         <v>109.593</v>
       </c>
-      <c r="AT13" s="1"/>
-      <c r="AW13" s="9"/>
+      <c r="AT13" s="1">
+        <v>45952</v>
+      </c>
+      <c r="AU13" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV13" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW13" s="9">
+        <v>66.986999999999995</v>
+      </c>
       <c r="AY13" s="1"/>
       <c r="BB13" s="9"/>
       <c r="BD13" s="1"/>
       <c r="BG13" s="9"/>
     </row>
     <row r="14" spans="1:59">
       <c r="A14" s="1">
         <v>45665</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>28</v>
       </c>
       <c r="D14" s="9">
         <v>8815.7950000000001</v>
       </c>
       <c r="F14" s="1">
         <v>45694</v>
       </c>
       <c r="G14" t="s">
         <v>24</v>
       </c>
       <c r="H14" t="s">
@@ -1666,52 +1696,62 @@
       </c>
       <c r="AJ14" s="1">
         <v>45881</v>
       </c>
       <c r="AK14" t="s">
         <v>24</v>
       </c>
       <c r="AL14" t="s">
         <v>28</v>
       </c>
       <c r="AM14" s="9">
         <v>813.452</v>
       </c>
       <c r="AO14" s="1">
         <v>45925</v>
       </c>
       <c r="AP14" t="s">
         <v>24</v>
       </c>
       <c r="AQ14" t="s">
         <v>28</v>
       </c>
       <c r="AR14" s="9">
         <v>575.86599999999999</v>
       </c>
-      <c r="AT14" s="1"/>
-      <c r="AW14" s="9"/>
+      <c r="AT14" s="1">
+        <v>45952</v>
+      </c>
+      <c r="AU14" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV14" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW14" s="9">
+        <v>720.64599999999996</v>
+      </c>
       <c r="AY14" s="1"/>
       <c r="BB14" s="9"/>
       <c r="BD14" s="1"/>
       <c r="BG14" s="9"/>
     </row>
     <row r="15" spans="1:59">
       <c r="A15" s="1">
         <v>45665</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>29</v>
       </c>
       <c r="D15" s="9">
         <v>15881.088</v>
       </c>
       <c r="F15" s="1">
         <v>45694</v>
       </c>
       <c r="G15" t="s">
         <v>24</v>
       </c>
       <c r="H15" t="s">
@@ -1782,52 +1822,62 @@
       </c>
       <c r="AJ15" s="1">
         <v>45881</v>
       </c>
       <c r="AK15" t="s">
         <v>24</v>
       </c>
       <c r="AL15" t="s">
         <v>29</v>
       </c>
       <c r="AM15" s="9">
         <v>17524.271000000001</v>
       </c>
       <c r="AO15" s="1">
         <v>45925</v>
       </c>
       <c r="AP15" t="s">
         <v>24</v>
       </c>
       <c r="AQ15" t="s">
         <v>29</v>
       </c>
       <c r="AR15" s="9">
         <v>15590.339</v>
       </c>
-      <c r="AT15" s="1"/>
-      <c r="AW15" s="9"/>
+      <c r="AT15" s="1">
+        <v>45952</v>
+      </c>
+      <c r="AU15" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV15" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW15" s="9">
+        <v>16149.208000000001</v>
+      </c>
       <c r="AY15" s="1"/>
       <c r="BB15" s="9"/>
       <c r="BD15" s="1"/>
       <c r="BG15" s="9"/>
     </row>
     <row r="16" spans="1:59">
       <c r="A16" s="1">
         <v>45665</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>30</v>
       </c>
       <c r="D16" s="9">
         <v>39167.033000000003</v>
       </c>
       <c r="F16" s="1">
         <v>45694</v>
       </c>
       <c r="G16" t="s">
         <v>24</v>
       </c>
       <c r="H16" t="s">
@@ -1898,52 +1948,62 @@
       </c>
       <c r="AJ16" s="1">
         <v>45881</v>
       </c>
       <c r="AK16" t="s">
         <v>24</v>
       </c>
       <c r="AL16" t="s">
         <v>30</v>
       </c>
       <c r="AM16" s="9">
         <v>48511.076999999997</v>
       </c>
       <c r="AO16" s="1">
         <v>45925</v>
       </c>
       <c r="AP16" t="s">
         <v>24</v>
       </c>
       <c r="AQ16" t="s">
         <v>30</v>
       </c>
       <c r="AR16" s="9">
         <v>43872.813999999998</v>
       </c>
-      <c r="AT16" s="1"/>
-      <c r="AW16" s="9"/>
+      <c r="AT16" s="1">
+        <v>45952</v>
+      </c>
+      <c r="AU16" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV16" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW16" s="9">
+        <v>39797.03</v>
+      </c>
       <c r="AY16" s="1"/>
       <c r="BB16" s="9"/>
       <c r="BD16" s="1"/>
       <c r="BG16" s="9"/>
     </row>
     <row r="17" spans="1:59">
       <c r="A17" s="1">
         <v>45665</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>31</v>
       </c>
       <c r="D17" s="9">
         <v>67161.415999999997</v>
       </c>
       <c r="F17" s="1">
         <v>45694</v>
       </c>
       <c r="G17" t="s">
         <v>24</v>
       </c>
       <c r="H17" t="s">
@@ -2014,52 +2074,62 @@
       </c>
       <c r="AJ17" s="1">
         <v>45881</v>
       </c>
       <c r="AK17" t="s">
         <v>24</v>
       </c>
       <c r="AL17" t="s">
         <v>31</v>
       </c>
       <c r="AM17" s="9">
         <v>77426.225999999995</v>
       </c>
       <c r="AO17" s="1">
         <v>45925</v>
       </c>
       <c r="AP17" t="s">
         <v>24</v>
       </c>
       <c r="AQ17" t="s">
         <v>31</v>
       </c>
       <c r="AR17" s="9">
         <v>69353.97</v>
       </c>
-      <c r="AT17" s="1"/>
-      <c r="AW17" s="9"/>
+      <c r="AT17" s="1">
+        <v>45952</v>
+      </c>
+      <c r="AU17" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV17" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW17" s="9">
+        <v>66088.581999999995</v>
+      </c>
       <c r="AY17" s="1"/>
       <c r="BB17" s="9"/>
       <c r="BD17" s="1"/>
       <c r="BG17" s="9"/>
     </row>
     <row r="18" spans="1:59">
       <c r="A18" s="1">
         <v>45665</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>32</v>
       </c>
       <c r="D18" s="9">
         <v>11347.257</v>
       </c>
       <c r="F18" s="1">
         <v>45694</v>
       </c>
       <c r="G18" t="s">
         <v>24</v>
       </c>
       <c r="H18" t="s">
@@ -2130,52 +2200,62 @@
       </c>
       <c r="AJ18" s="1">
         <v>45881</v>
       </c>
       <c r="AK18" t="s">
         <v>24</v>
       </c>
       <c r="AL18" t="s">
         <v>32</v>
       </c>
       <c r="AM18" s="9">
         <v>10090.155000000001</v>
       </c>
       <c r="AO18" s="1">
         <v>45925</v>
       </c>
       <c r="AP18" t="s">
         <v>24</v>
       </c>
       <c r="AQ18" t="s">
         <v>32</v>
       </c>
       <c r="AR18" s="9">
         <v>10390.43</v>
       </c>
-      <c r="AT18" s="1"/>
-      <c r="AW18" s="9"/>
+      <c r="AT18" s="1">
+        <v>45952</v>
+      </c>
+      <c r="AU18" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV18" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW18" s="9">
+        <v>11179.66</v>
+      </c>
       <c r="AY18" s="1"/>
       <c r="BB18" s="9"/>
       <c r="BD18" s="1"/>
       <c r="BG18" s="9"/>
     </row>
     <row r="19" spans="1:59">
       <c r="A19" s="1">
         <v>45665</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>33</v>
       </c>
       <c r="D19" s="9">
         <v>89187.525999999998</v>
       </c>
       <c r="F19" s="1">
         <v>45694</v>
       </c>
       <c r="G19" t="s">
         <v>24</v>
       </c>
       <c r="H19" t="s">
@@ -2246,52 +2326,62 @@
       </c>
       <c r="AJ19" s="1">
         <v>45881</v>
       </c>
       <c r="AK19" t="s">
         <v>24</v>
       </c>
       <c r="AL19" t="s">
         <v>33</v>
       </c>
       <c r="AM19" s="9">
         <v>64390.196000000004</v>
       </c>
       <c r="AO19" s="1">
         <v>45925</v>
       </c>
       <c r="AP19" t="s">
         <v>24</v>
       </c>
       <c r="AQ19" t="s">
         <v>33</v>
       </c>
       <c r="AR19" s="9">
         <v>78921.173999999999</v>
       </c>
-      <c r="AT19" s="1"/>
-      <c r="AW19" s="9"/>
+      <c r="AT19" s="1">
+        <v>45952</v>
+      </c>
+      <c r="AU19" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV19" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW19" s="9">
+        <v>72969.467999999993</v>
+      </c>
       <c r="AY19" s="1"/>
       <c r="BB19" s="9"/>
       <c r="BD19" s="1"/>
       <c r="BG19" s="9"/>
     </row>
     <row r="20" spans="1:59">
       <c r="A20" s="1">
         <v>45665</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>34</v>
       </c>
       <c r="D20" s="9">
         <v>41499.4</v>
       </c>
       <c r="F20" s="1">
         <v>45694</v>
       </c>
       <c r="G20" t="s">
         <v>24</v>
       </c>
       <c r="H20" t="s">
@@ -2362,52 +2452,62 @@
       </c>
       <c r="AJ20" s="1">
         <v>45881</v>
       </c>
       <c r="AK20" t="s">
         <v>24</v>
       </c>
       <c r="AL20" t="s">
         <v>34</v>
       </c>
       <c r="AM20" s="9">
         <v>77028.2</v>
       </c>
       <c r="AO20" s="1">
         <v>45925</v>
       </c>
       <c r="AP20" t="s">
         <v>24</v>
       </c>
       <c r="AQ20" t="s">
         <v>34</v>
       </c>
       <c r="AR20" s="9">
         <v>133734.9</v>
       </c>
-      <c r="AT20" s="1"/>
-      <c r="AW20" s="9"/>
+      <c r="AT20" s="1">
+        <v>45952</v>
+      </c>
+      <c r="AU20" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV20" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW20" s="9">
+        <v>49149.5</v>
+      </c>
       <c r="AY20" s="1"/>
       <c r="BB20" s="9"/>
       <c r="BD20" s="1"/>
       <c r="BG20" s="9"/>
     </row>
     <row r="21" spans="1:59">
       <c r="A21" s="1">
         <v>45665</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>35</v>
       </c>
       <c r="D21" s="9">
         <v>8974.6419999999998</v>
       </c>
       <c r="F21" s="1">
         <v>45694</v>
       </c>
       <c r="G21" t="s">
         <v>24</v>
       </c>
       <c r="H21" t="s">
@@ -2478,52 +2578,62 @@
       </c>
       <c r="AJ21" s="1">
         <v>45881</v>
       </c>
       <c r="AK21" t="s">
         <v>24</v>
       </c>
       <c r="AL21" t="s">
         <v>35</v>
       </c>
       <c r="AM21" s="9">
         <v>7512.3329999999996</v>
       </c>
       <c r="AO21" s="1">
         <v>45925</v>
       </c>
       <c r="AP21" t="s">
         <v>24</v>
       </c>
       <c r="AQ21" t="s">
         <v>35</v>
       </c>
       <c r="AR21" s="9">
         <v>6406.3419999999996</v>
       </c>
-      <c r="AT21" s="1"/>
-      <c r="AW21" s="9"/>
+      <c r="AT21" s="1">
+        <v>45952</v>
+      </c>
+      <c r="AU21" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV21" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW21" s="9">
+        <v>5704.39</v>
+      </c>
       <c r="AY21" s="1"/>
       <c r="BB21" s="9"/>
       <c r="BD21" s="1"/>
       <c r="BG21" s="9"/>
     </row>
     <row r="22" spans="1:59">
       <c r="A22" s="1">
         <v>45665</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>36</v>
       </c>
       <c r="D22" s="9">
         <v>186764.946</v>
       </c>
       <c r="F22" s="1">
         <v>45694</v>
       </c>
       <c r="G22" t="s">
         <v>24</v>
       </c>
       <c r="H22" t="s">
@@ -2594,52 +2704,62 @@
       </c>
       <c r="AJ22" s="1">
         <v>45881</v>
       </c>
       <c r="AK22" t="s">
         <v>24</v>
       </c>
       <c r="AL22" t="s">
         <v>36</v>
       </c>
       <c r="AM22" s="9">
         <v>196805.59</v>
       </c>
       <c r="AO22" s="1">
         <v>45925</v>
       </c>
       <c r="AP22" t="s">
         <v>24</v>
       </c>
       <c r="AQ22" t="s">
         <v>36</v>
       </c>
       <c r="AR22" s="9">
         <v>156549.304</v>
       </c>
-      <c r="AT22" s="1"/>
-      <c r="AW22" s="9"/>
+      <c r="AT22" s="1">
+        <v>45952</v>
+      </c>
+      <c r="AU22" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV22" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW22" s="9">
+        <v>150094.63800000001</v>
+      </c>
       <c r="AY22" s="1"/>
       <c r="BB22" s="9"/>
       <c r="BD22" s="1"/>
       <c r="BG22" s="9"/>
     </row>
     <row r="23" spans="1:59">
       <c r="A23" s="1">
         <v>45665</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>37</v>
       </c>
       <c r="D23" s="9">
         <v>90042.933000000005</v>
       </c>
       <c r="F23" s="1">
         <v>45694</v>
       </c>
       <c r="G23" t="s">
         <v>24</v>
       </c>
       <c r="H23" t="s">
@@ -2710,52 +2830,62 @@
       </c>
       <c r="AJ23" s="1">
         <v>45881</v>
       </c>
       <c r="AK23" t="s">
         <v>24</v>
       </c>
       <c r="AL23" t="s">
         <v>37</v>
       </c>
       <c r="AM23" s="9">
         <v>79681.62</v>
       </c>
       <c r="AO23" s="1">
         <v>45925</v>
       </c>
       <c r="AP23" t="s">
         <v>24</v>
       </c>
       <c r="AQ23" t="s">
         <v>37</v>
       </c>
       <c r="AR23" s="9">
         <v>58345.642</v>
       </c>
-      <c r="AT23" s="1"/>
-      <c r="AW23" s="9"/>
+      <c r="AT23" s="1">
+        <v>45952</v>
+      </c>
+      <c r="AU23" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV23" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW23" s="9">
+        <v>57986.894999999997</v>
+      </c>
       <c r="AY23" s="1"/>
       <c r="BB23" s="9"/>
       <c r="BD23" s="1"/>
       <c r="BG23" s="9"/>
     </row>
     <row r="24" spans="1:59">
       <c r="A24" s="1">
         <v>45665</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>38</v>
       </c>
       <c r="D24" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F24" s="1">
         <v>45694</v>
       </c>
       <c r="G24" t="s">
         <v>24</v>
       </c>
       <c r="H24" t="s">
@@ -2826,52 +2956,62 @@
       </c>
       <c r="AJ24" s="1">
         <v>45881</v>
       </c>
       <c r="AK24" t="s">
         <v>24</v>
       </c>
       <c r="AL24" t="s">
         <v>38</v>
       </c>
       <c r="AM24" s="9">
         <v>2154.087</v>
       </c>
       <c r="AO24" s="1">
         <v>45925</v>
       </c>
       <c r="AP24" t="s">
         <v>24</v>
       </c>
       <c r="AQ24" t="s">
         <v>38</v>
       </c>
       <c r="AR24" s="9">
         <v>2311.8490000000002</v>
       </c>
-      <c r="AT24" s="1"/>
-      <c r="AW24" s="9"/>
+      <c r="AT24" s="1">
+        <v>45952</v>
+      </c>
+      <c r="AU24" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV24" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW24" s="9">
+        <v>2108.2910000000002</v>
+      </c>
       <c r="AY24" s="1"/>
       <c r="BB24" s="9"/>
       <c r="BD24" s="1"/>
       <c r="BG24" s="9"/>
     </row>
     <row r="25" spans="1:59">
       <c r="A25" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="9">
         <v>503456.402</v>
       </c>
       <c r="F25" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G25" t="s">
         <v>24</v>
       </c>
       <c r="H25" t="s">
@@ -2942,52 +3082,62 @@
       </c>
       <c r="AJ25" s="1">
         <v>45881.041666666664</v>
       </c>
       <c r="AK25" t="s">
         <v>24</v>
       </c>
       <c r="AL25" t="s">
         <v>25</v>
       </c>
       <c r="AM25" s="9">
         <v>473983.50799999997</v>
       </c>
       <c r="AO25" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP25" t="s">
         <v>24</v>
       </c>
       <c r="AQ25" t="s">
         <v>25</v>
       </c>
       <c r="AR25" s="9">
         <v>262212.864</v>
       </c>
-      <c r="AT25" s="1"/>
-      <c r="AW25" s="9"/>
+      <c r="AT25" s="1">
+        <v>45952.041666666664</v>
+      </c>
+      <c r="AU25" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV25" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW25" s="9">
+        <v>276487.359</v>
+      </c>
       <c r="AY25" s="1"/>
       <c r="BB25" s="9"/>
       <c r="BD25" s="1"/>
       <c r="BG25" s="9"/>
     </row>
     <row r="26" spans="1:59">
       <c r="A26" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="9">
         <v>2080.373</v>
       </c>
       <c r="F26" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G26" t="s">
         <v>24</v>
       </c>
       <c r="H26" t="s">
@@ -3058,52 +3208,62 @@
       </c>
       <c r="AJ26" s="1">
         <v>45881.041666666664</v>
       </c>
       <c r="AK26" t="s">
         <v>24</v>
       </c>
       <c r="AL26" t="s">
         <v>26</v>
       </c>
       <c r="AM26" s="9">
         <v>2018.558</v>
       </c>
       <c r="AO26" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP26" t="s">
         <v>24</v>
       </c>
       <c r="AQ26" t="s">
         <v>26</v>
       </c>
       <c r="AR26" s="9">
         <v>2214.1379999999999</v>
       </c>
-      <c r="AT26" s="1"/>
-      <c r="AW26" s="9"/>
+      <c r="AT26" s="1">
+        <v>45952.041666666664</v>
+      </c>
+      <c r="AU26" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV26" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW26" s="9">
+        <v>2089.2220000000002</v>
+      </c>
       <c r="AY26" s="1"/>
       <c r="BB26" s="9"/>
       <c r="BD26" s="1"/>
       <c r="BG26" s="9"/>
     </row>
     <row r="27" spans="1:59">
       <c r="A27" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>27</v>
       </c>
       <c r="D27" s="9">
         <v>332.48700000000002</v>
       </c>
       <c r="F27" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G27" t="s">
         <v>24</v>
       </c>
       <c r="H27" t="s">
@@ -3174,52 +3334,62 @@
       </c>
       <c r="AJ27" s="1">
         <v>45881.041666666664</v>
       </c>
       <c r="AK27" t="s">
         <v>24</v>
       </c>
       <c r="AL27" t="s">
         <v>27</v>
       </c>
       <c r="AM27" s="9">
         <v>7.8970000000000002</v>
       </c>
       <c r="AO27" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP27" t="s">
         <v>24</v>
       </c>
       <c r="AQ27" t="s">
         <v>27</v>
       </c>
       <c r="AR27" s="9">
         <v>107</v>
       </c>
-      <c r="AT27" s="1"/>
-      <c r="AW27" s="9"/>
+      <c r="AT27" s="1">
+        <v>45952.041666666664</v>
+      </c>
+      <c r="AU27" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV27" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW27" s="9">
+        <v>63.789000000000001</v>
+      </c>
       <c r="AY27" s="1"/>
       <c r="BB27" s="9"/>
       <c r="BD27" s="1"/>
       <c r="BG27" s="9"/>
     </row>
     <row r="28" spans="1:59">
       <c r="A28" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>28</v>
       </c>
       <c r="D28" s="9">
         <v>8689.2720000000008</v>
       </c>
       <c r="F28" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G28" t="s">
         <v>24</v>
       </c>
       <c r="H28" t="s">
@@ -3290,52 +3460,62 @@
       </c>
       <c r="AJ28" s="1">
         <v>45881.041666666664</v>
       </c>
       <c r="AK28" t="s">
         <v>24</v>
       </c>
       <c r="AL28" t="s">
         <v>28</v>
       </c>
       <c r="AM28" s="9">
         <v>712.73900000000003</v>
       </c>
       <c r="AO28" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP28" t="s">
         <v>24</v>
       </c>
       <c r="AQ28" t="s">
         <v>28</v>
       </c>
       <c r="AR28" s="9">
         <v>520.63400000000001</v>
       </c>
-      <c r="AT28" s="1"/>
-      <c r="AW28" s="9"/>
+      <c r="AT28" s="1">
+        <v>45952.041666666664</v>
+      </c>
+      <c r="AU28" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV28" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW28" s="9">
+        <v>650.12800000000004</v>
+      </c>
       <c r="AY28" s="1"/>
       <c r="BB28" s="9"/>
       <c r="BD28" s="1"/>
       <c r="BG28" s="9"/>
     </row>
     <row r="29" spans="1:59">
       <c r="A29" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>29</v>
       </c>
       <c r="D29" s="9">
         <v>15774.278</v>
       </c>
       <c r="F29" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G29" t="s">
         <v>24</v>
       </c>
       <c r="H29" t="s">
@@ -3406,52 +3586,62 @@
       </c>
       <c r="AJ29" s="1">
         <v>45881.041666666664</v>
       </c>
       <c r="AK29" t="s">
         <v>24</v>
       </c>
       <c r="AL29" t="s">
         <v>29</v>
       </c>
       <c r="AM29" s="9">
         <v>17233.455999999998</v>
       </c>
       <c r="AO29" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP29" t="s">
         <v>24</v>
       </c>
       <c r="AQ29" t="s">
         <v>29</v>
       </c>
       <c r="AR29" s="9">
         <v>15322.201999999999</v>
       </c>
-      <c r="AT29" s="1"/>
-      <c r="AW29" s="9"/>
+      <c r="AT29" s="1">
+        <v>45952.041666666664</v>
+      </c>
+      <c r="AU29" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV29" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW29" s="9">
+        <v>15810.01</v>
+      </c>
       <c r="AY29" s="1"/>
       <c r="BB29" s="9"/>
       <c r="BD29" s="1"/>
       <c r="BG29" s="9"/>
     </row>
     <row r="30" spans="1:59">
       <c r="A30" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>30</v>
       </c>
       <c r="D30" s="9">
         <v>38701.188000000002</v>
       </c>
       <c r="F30" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G30" t="s">
         <v>24</v>
       </c>
       <c r="H30" t="s">
@@ -3522,52 +3712,62 @@
       </c>
       <c r="AJ30" s="1">
         <v>45881.041666666664</v>
       </c>
       <c r="AK30" t="s">
         <v>24</v>
       </c>
       <c r="AL30" t="s">
         <v>30</v>
       </c>
       <c r="AM30" s="9">
         <v>47028.396999999997</v>
       </c>
       <c r="AO30" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP30" t="s">
         <v>24</v>
       </c>
       <c r="AQ30" t="s">
         <v>30</v>
       </c>
       <c r="AR30" s="9">
         <v>42993.207999999999</v>
       </c>
-      <c r="AT30" s="1"/>
-      <c r="AW30" s="9"/>
+      <c r="AT30" s="1">
+        <v>45952.041666666664</v>
+      </c>
+      <c r="AU30" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV30" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW30" s="9">
+        <v>38832.413</v>
+      </c>
       <c r="AY30" s="1"/>
       <c r="BB30" s="9"/>
       <c r="BD30" s="1"/>
       <c r="BG30" s="9"/>
     </row>
     <row r="31" spans="1:59">
       <c r="A31" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>31</v>
       </c>
       <c r="D31" s="9">
         <v>65795.304000000004</v>
       </c>
       <c r="F31" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G31" t="s">
         <v>24</v>
       </c>
       <c r="H31" t="s">
@@ -3638,52 +3838,62 @@
       </c>
       <c r="AJ31" s="1">
         <v>45881.041666666664</v>
       </c>
       <c r="AK31" t="s">
         <v>24</v>
       </c>
       <c r="AL31" t="s">
         <v>31</v>
       </c>
       <c r="AM31" s="9">
         <v>76322.475999999995</v>
       </c>
       <c r="AO31" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP31" t="s">
         <v>24</v>
       </c>
       <c r="AQ31" t="s">
         <v>31</v>
       </c>
       <c r="AR31" s="9">
         <v>67587.34</v>
       </c>
-      <c r="AT31" s="1"/>
-      <c r="AW31" s="9"/>
+      <c r="AT31" s="1">
+        <v>45952.041666666664</v>
+      </c>
+      <c r="AU31" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV31" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW31" s="9">
+        <v>64043.464999999997</v>
+      </c>
       <c r="AY31" s="1"/>
       <c r="BB31" s="9"/>
       <c r="BD31" s="1"/>
       <c r="BG31" s="9"/>
     </row>
     <row r="32" spans="1:59">
       <c r="A32" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>32</v>
       </c>
       <c r="D32" s="9">
         <v>11411.766</v>
       </c>
       <c r="F32" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G32" t="s">
         <v>24</v>
       </c>
       <c r="H32" t="s">
@@ -3754,52 +3964,62 @@
       </c>
       <c r="AJ32" s="1">
         <v>45881.041666666664</v>
       </c>
       <c r="AK32" t="s">
         <v>24</v>
       </c>
       <c r="AL32" t="s">
         <v>32</v>
       </c>
       <c r="AM32" s="9">
         <v>10124.91</v>
       </c>
       <c r="AO32" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP32" t="s">
         <v>24</v>
       </c>
       <c r="AQ32" t="s">
         <v>32</v>
       </c>
       <c r="AR32" s="9">
         <v>10424.895</v>
       </c>
-      <c r="AT32" s="1"/>
-      <c r="AW32" s="9"/>
+      <c r="AT32" s="1">
+        <v>45952.041666666664</v>
+      </c>
+      <c r="AU32" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV32" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW32" s="9">
+        <v>11047.23</v>
+      </c>
       <c r="AY32" s="1"/>
       <c r="BB32" s="9"/>
       <c r="BD32" s="1"/>
       <c r="BG32" s="9"/>
     </row>
     <row r="33" spans="1:59">
       <c r="A33" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>33</v>
       </c>
       <c r="D33" s="9">
         <v>91517.108999999997</v>
       </c>
       <c r="F33" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G33" t="s">
         <v>24</v>
       </c>
       <c r="H33" t="s">
@@ -3870,52 +4090,62 @@
       </c>
       <c r="AJ33" s="1">
         <v>45881.041666666664</v>
       </c>
       <c r="AK33" t="s">
         <v>24</v>
       </c>
       <c r="AL33" t="s">
         <v>33</v>
       </c>
       <c r="AM33" s="9">
         <v>62924.34</v>
       </c>
       <c r="AO33" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP33" t="s">
         <v>24</v>
       </c>
       <c r="AQ33" t="s">
         <v>33</v>
       </c>
       <c r="AR33" s="9">
         <v>79655.513000000006</v>
       </c>
-      <c r="AT33" s="1"/>
-      <c r="AW33" s="9"/>
+      <c r="AT33" s="1">
+        <v>45952.041666666664</v>
+      </c>
+      <c r="AU33" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV33" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW33" s="9">
+        <v>75174.869000000006</v>
+      </c>
       <c r="AY33" s="1"/>
       <c r="BB33" s="9"/>
       <c r="BD33" s="1"/>
       <c r="BG33" s="9"/>
     </row>
     <row r="34" spans="1:59">
       <c r="A34" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>34</v>
       </c>
       <c r="D34" s="9">
         <v>46661</v>
       </c>
       <c r="F34" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G34" t="s">
         <v>24</v>
       </c>
       <c r="H34" t="s">
@@ -3986,52 +4216,62 @@
       </c>
       <c r="AJ34" s="1">
         <v>45881.041666666664</v>
       </c>
       <c r="AK34" t="s">
         <v>24</v>
       </c>
       <c r="AL34" t="s">
         <v>34</v>
       </c>
       <c r="AM34" s="9">
         <v>80054.100000000006</v>
       </c>
       <c r="AO34" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP34" t="s">
         <v>24</v>
       </c>
       <c r="AQ34" t="s">
         <v>34</v>
       </c>
       <c r="AR34" s="9">
         <v>130172.7</v>
       </c>
-      <c r="AT34" s="1"/>
-      <c r="AW34" s="9"/>
+      <c r="AT34" s="1">
+        <v>45952.041666666664</v>
+      </c>
+      <c r="AU34" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV34" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW34" s="9">
+        <v>49624.4</v>
+      </c>
       <c r="AY34" s="1"/>
       <c r="BB34" s="9"/>
       <c r="BD34" s="1"/>
       <c r="BG34" s="9"/>
     </row>
     <row r="35" spans="1:59">
       <c r="A35" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>35</v>
       </c>
       <c r="D35" s="9">
         <v>8876.848</v>
       </c>
       <c r="F35" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G35" t="s">
         <v>24</v>
       </c>
       <c r="H35" t="s">
@@ -4102,52 +4342,62 @@
       </c>
       <c r="AJ35" s="1">
         <v>45881.041666666664</v>
       </c>
       <c r="AK35" t="s">
         <v>24</v>
       </c>
       <c r="AL35" t="s">
         <v>35</v>
       </c>
       <c r="AM35" s="9">
         <v>7280.9930000000004</v>
       </c>
       <c r="AO35" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP35" t="s">
         <v>24</v>
       </c>
       <c r="AQ35" t="s">
         <v>35</v>
       </c>
       <c r="AR35" s="9">
         <v>6263.3220000000001</v>
       </c>
-      <c r="AT35" s="1"/>
-      <c r="AW35" s="9"/>
+      <c r="AT35" s="1">
+        <v>45952.041666666664</v>
+      </c>
+      <c r="AU35" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV35" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW35" s="9">
+        <v>5566.9359999999997</v>
+      </c>
       <c r="AY35" s="1"/>
       <c r="BB35" s="9"/>
       <c r="BD35" s="1"/>
       <c r="BG35" s="9"/>
     </row>
     <row r="36" spans="1:59">
       <c r="A36" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36" t="s">
         <v>36</v>
       </c>
       <c r="D36" s="9">
         <v>185573.4</v>
       </c>
       <c r="F36" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G36" t="s">
         <v>24</v>
       </c>
       <c r="H36" t="s">
@@ -4218,52 +4468,62 @@
       </c>
       <c r="AJ36" s="1">
         <v>45881.041666666664</v>
       </c>
       <c r="AK36" t="s">
         <v>24</v>
       </c>
       <c r="AL36" t="s">
         <v>36</v>
       </c>
       <c r="AM36" s="9">
         <v>190558.15</v>
       </c>
       <c r="AO36" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP36" t="s">
         <v>24</v>
       </c>
       <c r="AQ36" t="s">
         <v>36</v>
       </c>
       <c r="AR36" s="9">
         <v>152997.67199999999</v>
       </c>
-      <c r="AT36" s="1"/>
-      <c r="AW36" s="9"/>
+      <c r="AT36" s="1">
+        <v>45952.041666666664</v>
+      </c>
+      <c r="AU36" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV36" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW36" s="9">
+        <v>146887.77600000001</v>
+      </c>
       <c r="AY36" s="1"/>
       <c r="BB36" s="9"/>
       <c r="BD36" s="1"/>
       <c r="BG36" s="9"/>
     </row>
     <row r="37" spans="1:59">
       <c r="A37" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37" t="s">
         <v>37</v>
       </c>
       <c r="D37" s="9">
         <v>89697.466</v>
       </c>
       <c r="F37" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G37" t="s">
         <v>24</v>
       </c>
       <c r="H37" t="s">
@@ -4334,52 +4594,62 @@
       </c>
       <c r="AJ37" s="1">
         <v>45881.041666666664</v>
       </c>
       <c r="AK37" t="s">
         <v>24</v>
       </c>
       <c r="AL37" t="s">
         <v>37</v>
       </c>
       <c r="AM37" s="9">
         <v>76514.687999999995</v>
       </c>
       <c r="AO37" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP37" t="s">
         <v>24</v>
       </c>
       <c r="AQ37" t="s">
         <v>37</v>
       </c>
       <c r="AR37" s="9">
         <v>57006.813000000002</v>
       </c>
-      <c r="AT37" s="1"/>
-      <c r="AW37" s="9"/>
+      <c r="AT37" s="1">
+        <v>45952.041666666664</v>
+      </c>
+      <c r="AU37" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV37" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW37" s="9">
+        <v>57107.203000000001</v>
+      </c>
       <c r="AY37" s="1"/>
       <c r="BB37" s="9"/>
       <c r="BD37" s="1"/>
       <c r="BG37" s="9"/>
     </row>
     <row r="38" spans="1:59">
       <c r="A38" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38" t="s">
         <v>38</v>
       </c>
       <c r="D38" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F38" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G38" t="s">
         <v>24</v>
       </c>
       <c r="H38" t="s">
@@ -4450,52 +4720,62 @@
       </c>
       <c r="AJ38" s="1">
         <v>45881.041666666664</v>
       </c>
       <c r="AK38" t="s">
         <v>24</v>
       </c>
       <c r="AL38" t="s">
         <v>38</v>
       </c>
       <c r="AM38" s="9">
         <v>2154.087</v>
       </c>
       <c r="AO38" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP38" t="s">
         <v>24</v>
       </c>
       <c r="AQ38" t="s">
         <v>38</v>
       </c>
       <c r="AR38" s="9">
         <v>2311.8490000000002</v>
       </c>
-      <c r="AT38" s="1"/>
-      <c r="AW38" s="9"/>
+      <c r="AT38" s="1">
+        <v>45952.041666666664</v>
+      </c>
+      <c r="AU38" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV38" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW38" s="9">
+        <v>2108.2910000000002</v>
+      </c>
       <c r="AY38" s="1"/>
       <c r="BB38" s="9"/>
       <c r="BD38" s="1"/>
       <c r="BG38" s="9"/>
     </row>
     <row r="39" spans="1:59">
       <c r="A39" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="C39" t="s">
         <v>25</v>
       </c>
       <c r="D39" s="9">
         <v>497800.83199999999</v>
       </c>
       <c r="F39" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G39" t="s">
         <v>24</v>
       </c>
       <c r="H39" t="s">
@@ -4566,52 +4846,62 @@
       </c>
       <c r="AJ39" s="1">
         <v>45881.083333333336</v>
       </c>
       <c r="AK39" t="s">
         <v>24</v>
       </c>
       <c r="AL39" t="s">
         <v>25</v>
       </c>
       <c r="AM39" s="9">
         <v>449117.11099999998</v>
       </c>
       <c r="AO39" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP39" t="s">
         <v>24</v>
       </c>
       <c r="AQ39" t="s">
         <v>25</v>
       </c>
       <c r="AR39" s="9">
         <v>254114.31899999999</v>
       </c>
-      <c r="AT39" s="1"/>
-      <c r="AW39" s="9"/>
+      <c r="AT39" s="1">
+        <v>45952.083333333336</v>
+      </c>
+      <c r="AU39" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV39" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW39" s="9">
+        <v>270822.87900000002</v>
+      </c>
       <c r="AY39" s="1"/>
       <c r="BB39" s="9"/>
       <c r="BD39" s="1"/>
       <c r="BG39" s="9"/>
     </row>
     <row r="40" spans="1:59">
       <c r="A40" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40" t="s">
         <v>26</v>
       </c>
       <c r="D40" s="9">
         <v>2080.373</v>
       </c>
       <c r="F40" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G40" t="s">
         <v>24</v>
       </c>
       <c r="H40" t="s">
@@ -4682,52 +4972,62 @@
       </c>
       <c r="AJ40" s="1">
         <v>45881.083333333336</v>
       </c>
       <c r="AK40" t="s">
         <v>24</v>
       </c>
       <c r="AL40" t="s">
         <v>26</v>
       </c>
       <c r="AM40" s="9">
         <v>2018.558</v>
       </c>
       <c r="AO40" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP40" t="s">
         <v>24</v>
       </c>
       <c r="AQ40" t="s">
         <v>26</v>
       </c>
       <c r="AR40" s="9">
         <v>2214.1379999999999</v>
       </c>
-      <c r="AT40" s="1"/>
-      <c r="AW40" s="9"/>
+      <c r="AT40" s="1">
+        <v>45952.083333333336</v>
+      </c>
+      <c r="AU40" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV40" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW40" s="9">
+        <v>2089.2220000000002</v>
+      </c>
       <c r="AY40" s="1"/>
       <c r="BB40" s="9"/>
       <c r="BD40" s="1"/>
       <c r="BG40" s="9"/>
     </row>
     <row r="41" spans="1:59">
       <c r="A41" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>27</v>
       </c>
       <c r="D41" s="9">
         <v>307.745</v>
       </c>
       <c r="F41" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G41" t="s">
         <v>24</v>
       </c>
       <c r="H41" t="s">
@@ -4798,52 +5098,62 @@
       </c>
       <c r="AJ41" s="1">
         <v>45881.083333333336</v>
       </c>
       <c r="AK41" t="s">
         <v>24</v>
       </c>
       <c r="AL41" t="s">
         <v>27</v>
       </c>
       <c r="AM41" s="9">
         <v>10.358000000000001</v>
       </c>
       <c r="AO41" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP41" t="s">
         <v>24</v>
       </c>
       <c r="AQ41" t="s">
         <v>27</v>
       </c>
       <c r="AR41" s="9">
         <v>107.339</v>
       </c>
-      <c r="AT41" s="1"/>
-      <c r="AW41" s="9"/>
+      <c r="AT41" s="1">
+        <v>45952.083333333336</v>
+      </c>
+      <c r="AU41" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV41" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW41" s="9">
+        <v>58.597999999999999</v>
+      </c>
       <c r="AY41" s="1"/>
       <c r="BB41" s="9"/>
       <c r="BD41" s="1"/>
       <c r="BG41" s="9"/>
     </row>
     <row r="42" spans="1:59">
       <c r="A42" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42" t="s">
         <v>28</v>
       </c>
       <c r="D42" s="9">
         <v>8678.0949999999993</v>
       </c>
       <c r="F42" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G42" t="s">
         <v>24</v>
       </c>
       <c r="H42" t="s">
@@ -4914,52 +5224,62 @@
       </c>
       <c r="AJ42" s="1">
         <v>45881.083333333336</v>
       </c>
       <c r="AK42" t="s">
         <v>24</v>
       </c>
       <c r="AL42" t="s">
         <v>28</v>
       </c>
       <c r="AM42" s="9">
         <v>672.44799999999998</v>
       </c>
       <c r="AO42" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP42" t="s">
         <v>24</v>
       </c>
       <c r="AQ42" t="s">
         <v>28</v>
       </c>
       <c r="AR42" s="9">
         <v>511.03699999999998</v>
       </c>
-      <c r="AT42" s="1"/>
-      <c r="AW42" s="9"/>
+      <c r="AT42" s="1">
+        <v>45952.083333333336</v>
+      </c>
+      <c r="AU42" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV42" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW42" s="9">
+        <v>605.47299999999996</v>
+      </c>
       <c r="AY42" s="1"/>
       <c r="BB42" s="9"/>
       <c r="BD42" s="1"/>
       <c r="BG42" s="9"/>
     </row>
     <row r="43" spans="1:59">
       <c r="A43" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="9">
         <v>15588.99</v>
       </c>
       <c r="F43" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G43" t="s">
         <v>24</v>
       </c>
       <c r="H43" t="s">
@@ -5030,52 +5350,62 @@
       </c>
       <c r="AJ43" s="1">
         <v>45881.083333333336</v>
       </c>
       <c r="AK43" t="s">
         <v>24</v>
       </c>
       <c r="AL43" t="s">
         <v>29</v>
       </c>
       <c r="AM43" s="9">
         <v>16608.602999999999</v>
       </c>
       <c r="AO43" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP43" t="s">
         <v>24</v>
       </c>
       <c r="AQ43" t="s">
         <v>29</v>
       </c>
       <c r="AR43" s="9">
         <v>15015.790999999999</v>
       </c>
-      <c r="AT43" s="1"/>
-      <c r="AW43" s="9"/>
+      <c r="AT43" s="1">
+        <v>45952.083333333336</v>
+      </c>
+      <c r="AU43" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV43" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW43" s="9">
+        <v>15239.364</v>
+      </c>
       <c r="AY43" s="1"/>
       <c r="BB43" s="9"/>
       <c r="BD43" s="1"/>
       <c r="BG43" s="9"/>
     </row>
     <row r="44" spans="1:59">
       <c r="A44" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B44" t="s">
         <v>24</v>
       </c>
       <c r="C44" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="9">
         <v>37758.752999999997</v>
       </c>
       <c r="F44" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G44" t="s">
         <v>24</v>
       </c>
       <c r="H44" t="s">
@@ -5146,52 +5476,62 @@
       </c>
       <c r="AJ44" s="1">
         <v>45881.083333333336</v>
       </c>
       <c r="AK44" t="s">
         <v>24</v>
       </c>
       <c r="AL44" t="s">
         <v>30</v>
       </c>
       <c r="AM44" s="9">
         <v>45013.197</v>
       </c>
       <c r="AO44" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP44" t="s">
         <v>24</v>
       </c>
       <c r="AQ44" t="s">
         <v>30</v>
       </c>
       <c r="AR44" s="9">
         <v>41418.843999999997</v>
       </c>
-      <c r="AT44" s="1"/>
-      <c r="AW44" s="9"/>
+      <c r="AT44" s="1">
+        <v>45952.083333333336</v>
+      </c>
+      <c r="AU44" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV44" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW44" s="9">
+        <v>37017.485000000001</v>
+      </c>
       <c r="AY44" s="1"/>
       <c r="BB44" s="9"/>
       <c r="BD44" s="1"/>
       <c r="BG44" s="9"/>
     </row>
     <row r="45" spans="1:59">
       <c r="A45" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B45" t="s">
         <v>24</v>
       </c>
       <c r="C45" t="s">
         <v>31</v>
       </c>
       <c r="D45" s="9">
         <v>63647.684999999998</v>
       </c>
       <c r="F45" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G45" t="s">
         <v>24</v>
       </c>
       <c r="H45" t="s">
@@ -5262,52 +5602,62 @@
       </c>
       <c r="AJ45" s="1">
         <v>45881.083333333336</v>
       </c>
       <c r="AK45" t="s">
         <v>24</v>
       </c>
       <c r="AL45" t="s">
         <v>31</v>
       </c>
       <c r="AM45" s="9">
         <v>73969.948999999993</v>
       </c>
       <c r="AO45" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP45" t="s">
         <v>24</v>
       </c>
       <c r="AQ45" t="s">
         <v>31</v>
       </c>
       <c r="AR45" s="9">
         <v>65908.698999999993</v>
       </c>
-      <c r="AT45" s="1"/>
-      <c r="AW45" s="9"/>
+      <c r="AT45" s="1">
+        <v>45952.083333333336</v>
+      </c>
+      <c r="AU45" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV45" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW45" s="9">
+        <v>63191.864999999998</v>
+      </c>
       <c r="AY45" s="1"/>
       <c r="BB45" s="9"/>
       <c r="BD45" s="1"/>
       <c r="BG45" s="9"/>
     </row>
     <row r="46" spans="1:59">
       <c r="A46" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B46" t="s">
         <v>24</v>
       </c>
       <c r="C46" t="s">
         <v>32</v>
       </c>
       <c r="D46" s="9">
         <v>11146.784</v>
       </c>
       <c r="F46" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G46" t="s">
         <v>24</v>
       </c>
       <c r="H46" t="s">
@@ -5378,52 +5728,62 @@
       </c>
       <c r="AJ46" s="1">
         <v>45881.083333333336</v>
       </c>
       <c r="AK46" t="s">
         <v>24</v>
       </c>
       <c r="AL46" t="s">
         <v>32</v>
       </c>
       <c r="AM46" s="9">
         <v>10182.450000000001</v>
       </c>
       <c r="AO46" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP46" t="s">
         <v>24</v>
       </c>
       <c r="AQ46" t="s">
         <v>32</v>
       </c>
       <c r="AR46" s="9">
         <v>10308.969999999999</v>
       </c>
-      <c r="AT46" s="1"/>
-      <c r="AW46" s="9"/>
+      <c r="AT46" s="1">
+        <v>45952.083333333336</v>
+      </c>
+      <c r="AU46" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV46" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW46" s="9">
+        <v>10923.844999999999</v>
+      </c>
       <c r="AY46" s="1"/>
       <c r="BB46" s="9"/>
       <c r="BD46" s="1"/>
       <c r="BG46" s="9"/>
     </row>
     <row r="47" spans="1:59">
       <c r="A47" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="9">
         <v>92672.118000000002</v>
       </c>
       <c r="F47" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G47" t="s">
         <v>24</v>
       </c>
       <c r="H47" t="s">
@@ -5494,52 +5854,62 @@
       </c>
       <c r="AJ47" s="1">
         <v>45881.083333333336</v>
       </c>
       <c r="AK47" t="s">
         <v>24</v>
       </c>
       <c r="AL47" t="s">
         <v>33</v>
       </c>
       <c r="AM47" s="9">
         <v>63424.836000000003</v>
       </c>
       <c r="AO47" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP47" t="s">
         <v>24</v>
       </c>
       <c r="AQ47" t="s">
         <v>33</v>
       </c>
       <c r="AR47" s="9">
         <v>79738.819000000003</v>
       </c>
-      <c r="AT47" s="1"/>
-      <c r="AW47" s="9"/>
+      <c r="AT47" s="1">
+        <v>45952.083333333336</v>
+      </c>
+      <c r="AU47" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV47" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW47" s="9">
+        <v>75706.523000000001</v>
+      </c>
       <c r="AY47" s="1"/>
       <c r="BB47" s="9"/>
       <c r="BD47" s="1"/>
       <c r="BG47" s="9"/>
     </row>
     <row r="48" spans="1:59">
       <c r="A48" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" t="s">
         <v>34</v>
       </c>
       <c r="D48" s="9">
         <v>46573.5</v>
       </c>
       <c r="F48" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G48" t="s">
         <v>24</v>
       </c>
       <c r="H48" t="s">
@@ -5610,52 +5980,62 @@
       </c>
       <c r="AJ48" s="1">
         <v>45881.083333333336</v>
       </c>
       <c r="AK48" t="s">
         <v>24</v>
       </c>
       <c r="AL48" t="s">
         <v>34</v>
       </c>
       <c r="AM48" s="9">
         <v>83248.2</v>
       </c>
       <c r="AO48" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP48" t="s">
         <v>24</v>
       </c>
       <c r="AQ48" t="s">
         <v>34</v>
       </c>
       <c r="AR48" s="9">
         <v>132200.29999999999</v>
       </c>
-      <c r="AT48" s="1"/>
-      <c r="AW48" s="9"/>
+      <c r="AT48" s="1">
+        <v>45952.083333333336</v>
+      </c>
+      <c r="AU48" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV48" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW48" s="9">
+        <v>52079.199999999997</v>
+      </c>
       <c r="AY48" s="1"/>
       <c r="BB48" s="9"/>
       <c r="BD48" s="1"/>
       <c r="BG48" s="9"/>
     </row>
     <row r="49" spans="1:59">
       <c r="A49" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B49" t="s">
         <v>24</v>
       </c>
       <c r="C49" t="s">
         <v>35</v>
       </c>
       <c r="D49" s="9">
         <v>8893.7759999999998</v>
       </c>
       <c r="F49" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G49" t="s">
         <v>24</v>
       </c>
       <c r="H49" t="s">
@@ -5726,52 +6106,62 @@
       </c>
       <c r="AJ49" s="1">
         <v>45881.083333333336</v>
       </c>
       <c r="AK49" t="s">
         <v>24</v>
       </c>
       <c r="AL49" t="s">
         <v>35</v>
       </c>
       <c r="AM49" s="9">
         <v>7287.134</v>
       </c>
       <c r="AO49" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP49" t="s">
         <v>24</v>
       </c>
       <c r="AQ49" t="s">
         <v>35</v>
       </c>
       <c r="AR49" s="9">
         <v>6223.0879999999997</v>
       </c>
-      <c r="AT49" s="1"/>
-      <c r="AW49" s="9"/>
+      <c r="AT49" s="1">
+        <v>45952.083333333336</v>
+      </c>
+      <c r="AU49" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV49" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW49" s="9">
+        <v>5630.7740000000003</v>
+      </c>
       <c r="AY49" s="1"/>
       <c r="BB49" s="9"/>
       <c r="BD49" s="1"/>
       <c r="BG49" s="9"/>
     </row>
     <row r="50" spans="1:59">
       <c r="A50" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B50" t="s">
         <v>24</v>
       </c>
       <c r="C50" t="s">
         <v>36</v>
       </c>
       <c r="D50" s="9">
         <v>185849.736</v>
       </c>
       <c r="F50" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G50" t="s">
         <v>24</v>
       </c>
       <c r="H50" t="s">
@@ -5842,52 +6232,62 @@
       </c>
       <c r="AJ50" s="1">
         <v>45881.083333333336</v>
       </c>
       <c r="AK50" t="s">
         <v>24</v>
       </c>
       <c r="AL50" t="s">
         <v>36</v>
       </c>
       <c r="AM50" s="9">
         <v>186315.533</v>
       </c>
       <c r="AO50" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP50" t="s">
         <v>24</v>
       </c>
       <c r="AQ50" t="s">
         <v>36</v>
       </c>
       <c r="AR50" s="9">
         <v>152213.13699999999</v>
       </c>
-      <c r="AT50" s="1"/>
-      <c r="AW50" s="9"/>
+      <c r="AT50" s="1">
+        <v>45952.083333333336</v>
+      </c>
+      <c r="AU50" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV50" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW50" s="9">
+        <v>145753.64499999999</v>
+      </c>
       <c r="AY50" s="1"/>
       <c r="BB50" s="9"/>
       <c r="BD50" s="1"/>
       <c r="BG50" s="9"/>
     </row>
     <row r="51" spans="1:59">
       <c r="A51" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B51" t="s">
         <v>24</v>
       </c>
       <c r="C51" t="s">
         <v>37</v>
       </c>
       <c r="D51" s="9">
         <v>89719.191000000006</v>
       </c>
       <c r="F51" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G51" t="s">
         <v>24</v>
       </c>
       <c r="H51" t="s">
@@ -5958,52 +6358,62 @@
       </c>
       <c r="AJ51" s="1">
         <v>45881.083333333336</v>
       </c>
       <c r="AK51" t="s">
         <v>24</v>
       </c>
       <c r="AL51" t="s">
         <v>37</v>
       </c>
       <c r="AM51" s="9">
         <v>74393.994000000006</v>
       </c>
       <c r="AO51" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP51" t="s">
         <v>24</v>
       </c>
       <c r="AQ51" t="s">
         <v>37</v>
       </c>
       <c r="AR51" s="9">
         <v>56482.607000000004</v>
       </c>
-      <c r="AT51" s="1"/>
-      <c r="AW51" s="9"/>
+      <c r="AT51" s="1">
+        <v>45952.083333333336</v>
+      </c>
+      <c r="AU51" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV51" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW51" s="9">
+        <v>56902.961000000003</v>
+      </c>
       <c r="AY51" s="1"/>
       <c r="BB51" s="9"/>
       <c r="BD51" s="1"/>
       <c r="BG51" s="9"/>
     </row>
     <row r="52" spans="1:59">
       <c r="A52" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B52" t="s">
         <v>24</v>
       </c>
       <c r="C52" t="s">
         <v>38</v>
       </c>
       <c r="D52" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F52" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G52" t="s">
         <v>24</v>
       </c>
       <c r="H52" t="s">
@@ -6074,52 +6484,62 @@
       </c>
       <c r="AJ52" s="1">
         <v>45881.083333333336</v>
       </c>
       <c r="AK52" t="s">
         <v>24</v>
       </c>
       <c r="AL52" t="s">
         <v>38</v>
       </c>
       <c r="AM52" s="9">
         <v>2154.087</v>
       </c>
       <c r="AO52" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP52" t="s">
         <v>24</v>
       </c>
       <c r="AQ52" t="s">
         <v>38</v>
       </c>
       <c r="AR52" s="9">
         <v>2311.8490000000002</v>
       </c>
-      <c r="AT52" s="1"/>
-      <c r="AW52" s="9"/>
+      <c r="AT52" s="1">
+        <v>45952.083333333336</v>
+      </c>
+      <c r="AU52" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV52" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW52" s="9">
+        <v>2108.2910000000002</v>
+      </c>
       <c r="AY52" s="1"/>
       <c r="BB52" s="9"/>
       <c r="BD52" s="1"/>
       <c r="BG52" s="9"/>
     </row>
     <row r="53" spans="1:59">
       <c r="A53" s="1">
         <v>45665.125</v>
       </c>
       <c r="B53" t="s">
         <v>24</v>
       </c>
       <c r="C53" t="s">
         <v>25</v>
       </c>
       <c r="D53" s="9">
         <v>501204.70500000002</v>
       </c>
       <c r="F53" s="1">
         <v>45694.125</v>
       </c>
       <c r="G53" t="s">
         <v>24</v>
       </c>
       <c r="H53" t="s">
@@ -6190,52 +6610,62 @@
       </c>
       <c r="AJ53" s="1">
         <v>45881.125</v>
       </c>
       <c r="AK53" t="s">
         <v>24</v>
       </c>
       <c r="AL53" t="s">
         <v>25</v>
       </c>
       <c r="AM53" s="9">
         <v>432954.467</v>
       </c>
       <c r="AO53" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP53" t="s">
         <v>24</v>
       </c>
       <c r="AQ53" t="s">
         <v>25</v>
       </c>
       <c r="AR53" s="9">
         <v>253066.133</v>
       </c>
-      <c r="AT53" s="1"/>
-      <c r="AW53" s="9"/>
+      <c r="AT53" s="1">
+        <v>45952.125</v>
+      </c>
+      <c r="AU53" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV53" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW53" s="9">
+        <v>271954.342</v>
+      </c>
       <c r="AY53" s="1"/>
       <c r="BB53" s="9"/>
       <c r="BD53" s="1"/>
       <c r="BG53" s="9"/>
     </row>
     <row r="54" spans="1:59">
       <c r="A54" s="1">
         <v>45665.125</v>
       </c>
       <c r="B54" t="s">
         <v>24</v>
       </c>
       <c r="C54" t="s">
         <v>26</v>
       </c>
       <c r="D54" s="9">
         <v>2080.373</v>
       </c>
       <c r="F54" s="1">
         <v>45694.125</v>
       </c>
       <c r="G54" t="s">
         <v>24</v>
       </c>
       <c r="H54" t="s">
@@ -6306,52 +6736,62 @@
       </c>
       <c r="AJ54" s="1">
         <v>45881.125</v>
       </c>
       <c r="AK54" t="s">
         <v>24</v>
       </c>
       <c r="AL54" t="s">
         <v>26</v>
       </c>
       <c r="AM54" s="9">
         <v>2018.558</v>
       </c>
       <c r="AO54" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP54" t="s">
         <v>24</v>
       </c>
       <c r="AQ54" t="s">
         <v>26</v>
       </c>
       <c r="AR54" s="9">
         <v>2214.1379999999999</v>
       </c>
-      <c r="AT54" s="1"/>
-      <c r="AW54" s="9"/>
+      <c r="AT54" s="1">
+        <v>45952.125</v>
+      </c>
+      <c r="AU54" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV54" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW54" s="9">
+        <v>2089.2220000000002</v>
+      </c>
       <c r="AY54" s="1"/>
       <c r="BB54" s="9"/>
       <c r="BD54" s="1"/>
       <c r="BG54" s="9"/>
     </row>
     <row r="55" spans="1:59">
       <c r="A55" s="1">
         <v>45665.125</v>
       </c>
       <c r="B55" t="s">
         <v>24</v>
       </c>
       <c r="C55" t="s">
         <v>27</v>
       </c>
       <c r="D55" s="9">
         <v>285.02100000000002</v>
       </c>
       <c r="F55" s="1">
         <v>45694.125</v>
       </c>
       <c r="G55" t="s">
         <v>24</v>
       </c>
       <c r="H55" t="s">
@@ -6422,52 +6862,62 @@
       </c>
       <c r="AJ55" s="1">
         <v>45881.125</v>
       </c>
       <c r="AK55" t="s">
         <v>24</v>
       </c>
       <c r="AL55" t="s">
         <v>27</v>
       </c>
       <c r="AM55" s="9">
         <v>6.7389999999999999</v>
       </c>
       <c r="AO55" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP55" t="s">
         <v>24</v>
       </c>
       <c r="AQ55" t="s">
         <v>27</v>
       </c>
       <c r="AR55" s="9">
         <v>109.04300000000001</v>
       </c>
-      <c r="AT55" s="1"/>
-      <c r="AW55" s="9"/>
+      <c r="AT55" s="1">
+        <v>45952.125</v>
+      </c>
+      <c r="AU55" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV55" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW55" s="9">
+        <v>59.649000000000001</v>
+      </c>
       <c r="AY55" s="1"/>
       <c r="BB55" s="9"/>
       <c r="BD55" s="1"/>
       <c r="BG55" s="9"/>
     </row>
     <row r="56" spans="1:59">
       <c r="A56" s="1">
         <v>45665.125</v>
       </c>
       <c r="B56" t="s">
         <v>24</v>
       </c>
       <c r="C56" t="s">
         <v>28</v>
       </c>
       <c r="D56" s="9">
         <v>8752.7909999999993</v>
       </c>
       <c r="F56" s="1">
         <v>45694.125</v>
       </c>
       <c r="G56" t="s">
         <v>24</v>
       </c>
       <c r="H56" t="s">
@@ -6538,52 +6988,62 @@
       </c>
       <c r="AJ56" s="1">
         <v>45881.125</v>
       </c>
       <c r="AK56" t="s">
         <v>24</v>
       </c>
       <c r="AL56" t="s">
         <v>28</v>
       </c>
       <c r="AM56" s="9">
         <v>643.06299999999999</v>
       </c>
       <c r="AO56" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP56" t="s">
         <v>24</v>
       </c>
       <c r="AQ56" t="s">
         <v>28</v>
       </c>
       <c r="AR56" s="9">
         <v>511.77499999999998</v>
       </c>
-      <c r="AT56" s="1"/>
-      <c r="AW56" s="9"/>
+      <c r="AT56" s="1">
+        <v>45952.125</v>
+      </c>
+      <c r="AU56" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV56" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW56" s="9">
+        <v>588.995</v>
+      </c>
       <c r="AY56" s="1"/>
       <c r="BB56" s="9"/>
       <c r="BD56" s="1"/>
       <c r="BG56" s="9"/>
     </row>
     <row r="57" spans="1:59">
       <c r="A57" s="1">
         <v>45665.125</v>
       </c>
       <c r="B57" t="s">
         <v>24</v>
       </c>
       <c r="C57" t="s">
         <v>29</v>
       </c>
       <c r="D57" s="9">
         <v>15349.508</v>
       </c>
       <c r="F57" s="1">
         <v>45694.125</v>
       </c>
       <c r="G57" t="s">
         <v>24</v>
       </c>
       <c r="H57" t="s">
@@ -6654,52 +7114,62 @@
       </c>
       <c r="AJ57" s="1">
         <v>45881.125</v>
       </c>
       <c r="AK57" t="s">
         <v>24</v>
       </c>
       <c r="AL57" t="s">
         <v>29</v>
       </c>
       <c r="AM57" s="9">
         <v>16635.081999999999</v>
       </c>
       <c r="AO57" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP57" t="s">
         <v>24</v>
       </c>
       <c r="AQ57" t="s">
         <v>29</v>
       </c>
       <c r="AR57" s="9">
         <v>14990.215</v>
       </c>
-      <c r="AT57" s="1"/>
-      <c r="AW57" s="9"/>
+      <c r="AT57" s="1">
+        <v>45952.125</v>
+      </c>
+      <c r="AU57" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV57" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW57" s="9">
+        <v>15199.181</v>
+      </c>
       <c r="AY57" s="1"/>
       <c r="BB57" s="9"/>
       <c r="BD57" s="1"/>
       <c r="BG57" s="9"/>
     </row>
     <row r="58" spans="1:59">
       <c r="A58" s="1">
         <v>45665.125</v>
       </c>
       <c r="B58" t="s">
         <v>24</v>
       </c>
       <c r="C58" t="s">
         <v>30</v>
       </c>
       <c r="D58" s="9">
         <v>38276.737000000001</v>
       </c>
       <c r="F58" s="1">
         <v>45694.125</v>
       </c>
       <c r="G58" t="s">
         <v>24</v>
       </c>
       <c r="H58" t="s">
@@ -6770,52 +7240,62 @@
       </c>
       <c r="AJ58" s="1">
         <v>45881.125</v>
       </c>
       <c r="AK58" t="s">
         <v>24</v>
       </c>
       <c r="AL58" t="s">
         <v>30</v>
       </c>
       <c r="AM58" s="9">
         <v>45020.41</v>
       </c>
       <c r="AO58" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP58" t="s">
         <v>24</v>
       </c>
       <c r="AQ58" t="s">
         <v>30</v>
       </c>
       <c r="AR58" s="9">
         <v>40858.396999999997</v>
       </c>
-      <c r="AT58" s="1"/>
-      <c r="AW58" s="9"/>
+      <c r="AT58" s="1">
+        <v>45952.125</v>
+      </c>
+      <c r="AU58" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV58" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW58" s="9">
+        <v>36836.080000000002</v>
+      </c>
       <c r="AY58" s="1"/>
       <c r="BB58" s="9"/>
       <c r="BD58" s="1"/>
       <c r="BG58" s="9"/>
     </row>
     <row r="59" spans="1:59">
       <c r="A59" s="1">
         <v>45665.125</v>
       </c>
       <c r="B59" t="s">
         <v>24</v>
       </c>
       <c r="C59" t="s">
         <v>31</v>
       </c>
       <c r="D59" s="9">
         <v>64235.809000000001</v>
       </c>
       <c r="F59" s="1">
         <v>45694.125</v>
       </c>
       <c r="G59" t="s">
         <v>24</v>
       </c>
       <c r="H59" t="s">
@@ -6886,52 +7366,62 @@
       </c>
       <c r="AJ59" s="1">
         <v>45881.125</v>
       </c>
       <c r="AK59" t="s">
         <v>24</v>
       </c>
       <c r="AL59" t="s">
         <v>31</v>
       </c>
       <c r="AM59" s="9">
         <v>73774.088000000003</v>
       </c>
       <c r="AO59" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP59" t="s">
         <v>24</v>
       </c>
       <c r="AQ59" t="s">
         <v>31</v>
       </c>
       <c r="AR59" s="9">
         <v>65320.921999999999</v>
       </c>
-      <c r="AT59" s="1"/>
-      <c r="AW59" s="9"/>
+      <c r="AT59" s="1">
+        <v>45952.125</v>
+      </c>
+      <c r="AU59" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV59" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW59" s="9">
+        <v>63780.963000000003</v>
+      </c>
       <c r="AY59" s="1"/>
       <c r="BB59" s="9"/>
       <c r="BD59" s="1"/>
       <c r="BG59" s="9"/>
     </row>
     <row r="60" spans="1:59">
       <c r="A60" s="1">
         <v>45665.125</v>
       </c>
       <c r="B60" t="s">
         <v>24</v>
       </c>
       <c r="C60" t="s">
         <v>32</v>
       </c>
       <c r="D60" s="9">
         <v>11036.867</v>
       </c>
       <c r="F60" s="1">
         <v>45694.125</v>
       </c>
       <c r="G60" t="s">
         <v>24</v>
       </c>
       <c r="H60" t="s">
@@ -7002,52 +7492,62 @@
       </c>
       <c r="AJ60" s="1">
         <v>45881.125</v>
       </c>
       <c r="AK60" t="s">
         <v>24</v>
       </c>
       <c r="AL60" t="s">
         <v>32</v>
       </c>
       <c r="AM60" s="9">
         <v>10078.635</v>
       </c>
       <c r="AO60" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP60" t="s">
         <v>24</v>
       </c>
       <c r="AQ60" t="s">
         <v>32</v>
       </c>
       <c r="AR60" s="9">
         <v>10500.6</v>
       </c>
-      <c r="AT60" s="1"/>
-      <c r="AW60" s="9"/>
+      <c r="AT60" s="1">
+        <v>45952.125</v>
+      </c>
+      <c r="AU60" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV60" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW60" s="9">
+        <v>10910.665000000001</v>
+      </c>
       <c r="AY60" s="1"/>
       <c r="BB60" s="9"/>
       <c r="BD60" s="1"/>
       <c r="BG60" s="9"/>
     </row>
     <row r="61" spans="1:59">
       <c r="A61" s="1">
         <v>45665.125</v>
       </c>
       <c r="B61" t="s">
         <v>24</v>
       </c>
       <c r="C61" t="s">
         <v>33</v>
       </c>
       <c r="D61" s="9">
         <v>90516.551000000007</v>
       </c>
       <c r="F61" s="1">
         <v>45694.125</v>
       </c>
       <c r="G61" t="s">
         <v>24</v>
       </c>
       <c r="H61" t="s">
@@ -7118,52 +7618,62 @@
       </c>
       <c r="AJ61" s="1">
         <v>45881.125</v>
       </c>
       <c r="AK61" t="s">
         <v>24</v>
       </c>
       <c r="AL61" t="s">
         <v>33</v>
       </c>
       <c r="AM61" s="9">
         <v>62383.686000000002</v>
       </c>
       <c r="AO61" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP61" t="s">
         <v>24</v>
       </c>
       <c r="AQ61" t="s">
         <v>33</v>
       </c>
       <c r="AR61" s="9">
         <v>78633.436000000002</v>
       </c>
-      <c r="AT61" s="1"/>
-      <c r="AW61" s="9"/>
+      <c r="AT61" s="1">
+        <v>45952.125</v>
+      </c>
+      <c r="AU61" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV61" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW61" s="9">
+        <v>76952.509000000005</v>
+      </c>
       <c r="AY61" s="1"/>
       <c r="BB61" s="9"/>
       <c r="BD61" s="1"/>
       <c r="BG61" s="9"/>
     </row>
     <row r="62" spans="1:59">
       <c r="A62" s="1">
         <v>45665.125</v>
       </c>
       <c r="B62" t="s">
         <v>24</v>
       </c>
       <c r="C62" t="s">
         <v>34</v>
       </c>
       <c r="D62" s="9">
         <v>48665.4</v>
       </c>
       <c r="F62" s="1">
         <v>45694.125</v>
       </c>
       <c r="G62" t="s">
         <v>24</v>
       </c>
       <c r="H62" t="s">
@@ -7234,52 +7744,62 @@
       </c>
       <c r="AJ62" s="1">
         <v>45881.125</v>
       </c>
       <c r="AK62" t="s">
         <v>24</v>
       </c>
       <c r="AL62" t="s">
         <v>34</v>
       </c>
       <c r="AM62" s="9">
         <v>83398.100000000006</v>
       </c>
       <c r="AO62" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP62" t="s">
         <v>24</v>
       </c>
       <c r="AQ62" t="s">
         <v>34</v>
       </c>
       <c r="AR62" s="9">
         <v>131035.6</v>
       </c>
-      <c r="AT62" s="1"/>
-      <c r="AW62" s="9"/>
+      <c r="AT62" s="1">
+        <v>45952.125</v>
+      </c>
+      <c r="AU62" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV62" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW62" s="9">
+        <v>53358.9</v>
+      </c>
       <c r="AY62" s="1"/>
       <c r="BB62" s="9"/>
       <c r="BD62" s="1"/>
       <c r="BG62" s="9"/>
     </row>
     <row r="63" spans="1:59">
       <c r="A63" s="1">
         <v>45665.125</v>
       </c>
       <c r="B63" t="s">
         <v>24</v>
       </c>
       <c r="C63" t="s">
         <v>35</v>
       </c>
       <c r="D63" s="9">
         <v>8916.6419999999998</v>
       </c>
       <c r="F63" s="1">
         <v>45694.125</v>
       </c>
       <c r="G63" t="s">
         <v>24</v>
       </c>
       <c r="H63" t="s">
@@ -7350,52 +7870,62 @@
       </c>
       <c r="AJ63" s="1">
         <v>45881.125</v>
       </c>
       <c r="AK63" t="s">
         <v>24</v>
       </c>
       <c r="AL63" t="s">
         <v>35</v>
       </c>
       <c r="AM63" s="9">
         <v>7570.5680000000002</v>
       </c>
       <c r="AO63" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP63" t="s">
         <v>24</v>
       </c>
       <c r="AQ63" t="s">
         <v>35</v>
       </c>
       <c r="AR63" s="9">
         <v>6285.6570000000002</v>
       </c>
-      <c r="AT63" s="1"/>
-      <c r="AW63" s="9"/>
+      <c r="AT63" s="1">
+        <v>45952.125</v>
+      </c>
+      <c r="AU63" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV63" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW63" s="9">
+        <v>5689.6080000000002</v>
+      </c>
       <c r="AY63" s="1"/>
       <c r="BB63" s="9"/>
       <c r="BD63" s="1"/>
       <c r="BG63" s="9"/>
     </row>
     <row r="64" spans="1:59">
       <c r="A64" s="1">
         <v>45665.125</v>
       </c>
       <c r="B64" t="s">
         <v>24</v>
       </c>
       <c r="C64" t="s">
         <v>36</v>
       </c>
       <c r="D64" s="9">
         <v>189362.927</v>
       </c>
       <c r="F64" s="1">
         <v>45694.125</v>
       </c>
       <c r="G64" t="s">
         <v>24</v>
       </c>
       <c r="H64" t="s">
@@ -7466,52 +7996,62 @@
       </c>
       <c r="AJ64" s="1">
         <v>45881.125</v>
       </c>
       <c r="AK64" t="s">
         <v>24</v>
       </c>
       <c r="AL64" t="s">
         <v>36</v>
       </c>
       <c r="AM64" s="9">
         <v>187656.34</v>
       </c>
       <c r="AO64" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP64" t="s">
         <v>24</v>
       </c>
       <c r="AQ64" t="s">
         <v>36</v>
       </c>
       <c r="AR64" s="9">
         <v>155024.97200000001</v>
       </c>
-      <c r="AT64" s="1"/>
-      <c r="AW64" s="9"/>
+      <c r="AT64" s="1">
+        <v>45952.125</v>
+      </c>
+      <c r="AU64" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV64" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW64" s="9">
+        <v>148672.65400000001</v>
+      </c>
       <c r="AY64" s="1"/>
       <c r="BB64" s="9"/>
       <c r="BD64" s="1"/>
       <c r="BG64" s="9"/>
     </row>
     <row r="65" spans="1:59">
       <c r="A65" s="1">
         <v>45665.125</v>
       </c>
       <c r="B65" t="s">
         <v>24</v>
       </c>
       <c r="C65" t="s">
         <v>37</v>
       </c>
       <c r="D65" s="9">
         <v>90314.001999999993</v>
       </c>
       <c r="F65" s="1">
         <v>45694.125</v>
       </c>
       <c r="G65" t="s">
         <v>24</v>
       </c>
       <c r="H65" t="s">
@@ -7582,52 +8122,62 @@
       </c>
       <c r="AJ65" s="1">
         <v>45881.125</v>
       </c>
       <c r="AK65" t="s">
         <v>24</v>
       </c>
       <c r="AL65" t="s">
         <v>37</v>
       </c>
       <c r="AM65" s="9">
         <v>73213.902000000002</v>
       </c>
       <c r="AO65" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP65" t="s">
         <v>24</v>
       </c>
       <c r="AQ65" t="s">
         <v>37</v>
       </c>
       <c r="AR65" s="9">
         <v>56443.747000000003</v>
       </c>
-      <c r="AT65" s="1"/>
-      <c r="AW65" s="9"/>
+      <c r="AT65" s="1">
+        <v>45952.125</v>
+      </c>
+      <c r="AU65" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV65" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW65" s="9">
+        <v>57072.993999999999</v>
+      </c>
       <c r="AY65" s="1"/>
       <c r="BB65" s="9"/>
       <c r="BD65" s="1"/>
       <c r="BG65" s="9"/>
     </row>
     <row r="66" spans="1:59">
       <c r="A66" s="1">
         <v>45665.125</v>
       </c>
       <c r="B66" t="s">
         <v>24</v>
       </c>
       <c r="C66" t="s">
         <v>38</v>
       </c>
       <c r="D66" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F66" s="1">
         <v>45694.125</v>
       </c>
       <c r="G66" t="s">
         <v>24</v>
       </c>
       <c r="H66" t="s">
@@ -7698,52 +8248,62 @@
       </c>
       <c r="AJ66" s="1">
         <v>45881.125</v>
       </c>
       <c r="AK66" t="s">
         <v>24</v>
       </c>
       <c r="AL66" t="s">
         <v>38</v>
       </c>
       <c r="AM66" s="9">
         <v>2154.087</v>
       </c>
       <c r="AO66" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP66" t="s">
         <v>24</v>
       </c>
       <c r="AQ66" t="s">
         <v>38</v>
       </c>
       <c r="AR66" s="9">
         <v>2311.8490000000002</v>
       </c>
-      <c r="AT66" s="1"/>
-      <c r="AW66" s="9"/>
+      <c r="AT66" s="1">
+        <v>45952.125</v>
+      </c>
+      <c r="AU66" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV66" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW66" s="9">
+        <v>2108.2910000000002</v>
+      </c>
       <c r="AY66" s="1"/>
       <c r="BB66" s="9"/>
       <c r="BD66" s="1"/>
       <c r="BG66" s="9"/>
     </row>
     <row r="67" spans="1:59">
       <c r="A67" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B67" t="s">
         <v>24</v>
       </c>
       <c r="C67" t="s">
         <v>25</v>
       </c>
       <c r="D67" s="9">
         <v>518017.94099999999</v>
       </c>
       <c r="F67" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G67" t="s">
         <v>24</v>
       </c>
       <c r="H67" t="s">
@@ -7814,52 +8374,62 @@
       </c>
       <c r="AJ67" s="1">
         <v>45881.166666666664</v>
       </c>
       <c r="AK67" t="s">
         <v>24</v>
       </c>
       <c r="AL67" t="s">
         <v>25</v>
       </c>
       <c r="AM67" s="9">
         <v>428020.26699999999</v>
       </c>
       <c r="AO67" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP67" t="s">
         <v>24</v>
       </c>
       <c r="AQ67" t="s">
         <v>25</v>
       </c>
       <c r="AR67" s="9">
         <v>263908.12599999999</v>
       </c>
-      <c r="AT67" s="1"/>
-      <c r="AW67" s="9"/>
+      <c r="AT67" s="1">
+        <v>45952.166666666664</v>
+      </c>
+      <c r="AU67" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV67" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW67" s="9">
+        <v>287579.83199999999</v>
+      </c>
       <c r="AY67" s="1"/>
       <c r="BB67" s="9"/>
       <c r="BD67" s="1"/>
       <c r="BG67" s="9"/>
     </row>
     <row r="68" spans="1:59">
       <c r="A68" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B68" t="s">
         <v>24</v>
       </c>
       <c r="C68" t="s">
         <v>26</v>
       </c>
       <c r="D68" s="9">
         <v>2080.373</v>
       </c>
       <c r="F68" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G68" t="s">
         <v>24</v>
       </c>
       <c r="H68" t="s">
@@ -7930,52 +8500,62 @@
       </c>
       <c r="AJ68" s="1">
         <v>45881.166666666664</v>
       </c>
       <c r="AK68" t="s">
         <v>24</v>
       </c>
       <c r="AL68" t="s">
         <v>26</v>
       </c>
       <c r="AM68" s="9">
         <v>2018.558</v>
       </c>
       <c r="AO68" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP68" t="s">
         <v>24</v>
       </c>
       <c r="AQ68" t="s">
         <v>26</v>
       </c>
       <c r="AR68" s="9">
         <v>2214.1379999999999</v>
       </c>
-      <c r="AT68" s="1"/>
-      <c r="AW68" s="9"/>
+      <c r="AT68" s="1">
+        <v>45952.166666666664</v>
+      </c>
+      <c r="AU68" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV68" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW68" s="9">
+        <v>2089.2220000000002</v>
+      </c>
       <c r="AY68" s="1"/>
       <c r="BB68" s="9"/>
       <c r="BD68" s="1"/>
       <c r="BG68" s="9"/>
     </row>
     <row r="69" spans="1:59">
       <c r="A69" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B69" t="s">
         <v>24</v>
       </c>
       <c r="C69" t="s">
         <v>27</v>
       </c>
       <c r="D69" s="9">
         <v>297.00299999999999</v>
       </c>
       <c r="F69" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G69" t="s">
         <v>24</v>
       </c>
       <c r="H69" t="s">
@@ -8046,52 +8626,62 @@
       </c>
       <c r="AJ69" s="1">
         <v>45881.166666666664</v>
       </c>
       <c r="AK69" t="s">
         <v>24</v>
       </c>
       <c r="AL69" t="s">
         <v>27</v>
       </c>
       <c r="AM69" s="9">
         <v>8.2490000000000006</v>
       </c>
       <c r="AO69" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP69" t="s">
         <v>24</v>
       </c>
       <c r="AQ69" t="s">
         <v>27</v>
       </c>
       <c r="AR69" s="9">
         <v>107.19799999999999</v>
       </c>
-      <c r="AT69" s="1"/>
-      <c r="AW69" s="9"/>
+      <c r="AT69" s="1">
+        <v>45952.166666666664</v>
+      </c>
+      <c r="AU69" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV69" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW69" s="9">
+        <v>65.632999999999996</v>
+      </c>
       <c r="AY69" s="1"/>
       <c r="BB69" s="9"/>
       <c r="BD69" s="1"/>
       <c r="BG69" s="9"/>
     </row>
     <row r="70" spans="1:59">
       <c r="A70" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B70" t="s">
         <v>24</v>
       </c>
       <c r="C70" t="s">
         <v>28</v>
       </c>
       <c r="D70" s="9">
         <v>8930.143</v>
       </c>
       <c r="F70" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G70" t="s">
         <v>24</v>
       </c>
       <c r="H70" t="s">
@@ -8162,52 +8752,62 @@
       </c>
       <c r="AJ70" s="1">
         <v>45881.166666666664</v>
       </c>
       <c r="AK70" t="s">
         <v>24</v>
       </c>
       <c r="AL70" t="s">
         <v>28</v>
       </c>
       <c r="AM70" s="9">
         <v>641.76800000000003</v>
       </c>
       <c r="AO70" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP70" t="s">
         <v>24</v>
       </c>
       <c r="AQ70" t="s">
         <v>28</v>
       </c>
       <c r="AR70" s="9">
         <v>523.71100000000001</v>
       </c>
-      <c r="AT70" s="1"/>
-      <c r="AW70" s="9"/>
+      <c r="AT70" s="1">
+        <v>45952.166666666664</v>
+      </c>
+      <c r="AU70" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV70" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW70" s="9">
+        <v>649.20799999999997</v>
+      </c>
       <c r="AY70" s="1"/>
       <c r="BB70" s="9"/>
       <c r="BD70" s="1"/>
       <c r="BG70" s="9"/>
     </row>
     <row r="71" spans="1:59">
       <c r="A71" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B71" t="s">
         <v>24</v>
       </c>
       <c r="C71" t="s">
         <v>29</v>
       </c>
       <c r="D71" s="9">
         <v>15497.008</v>
       </c>
       <c r="F71" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G71" t="s">
         <v>24</v>
       </c>
       <c r="H71" t="s">
@@ -8278,52 +8878,62 @@
       </c>
       <c r="AJ71" s="1">
         <v>45881.166666666664</v>
       </c>
       <c r="AK71" t="s">
         <v>24</v>
       </c>
       <c r="AL71" t="s">
         <v>29</v>
       </c>
       <c r="AM71" s="9">
         <v>17445.285</v>
       </c>
       <c r="AO71" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP71" t="s">
         <v>24</v>
       </c>
       <c r="AQ71" t="s">
         <v>29</v>
       </c>
       <c r="AR71" s="9">
         <v>16018.050999999999</v>
       </c>
-      <c r="AT71" s="1"/>
-      <c r="AW71" s="9"/>
+      <c r="AT71" s="1">
+        <v>45952.166666666664</v>
+      </c>
+      <c r="AU71" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV71" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW71" s="9">
+        <v>16168.018</v>
+      </c>
       <c r="AY71" s="1"/>
       <c r="BB71" s="9"/>
       <c r="BD71" s="1"/>
       <c r="BG71" s="9"/>
     </row>
     <row r="72" spans="1:59">
       <c r="A72" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B72" t="s">
         <v>24</v>
       </c>
       <c r="C72" t="s">
         <v>30</v>
       </c>
       <c r="D72" s="9">
         <v>40295.377</v>
       </c>
       <c r="F72" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G72" t="s">
         <v>24</v>
       </c>
       <c r="H72" t="s">
@@ -8394,52 +9004,62 @@
       </c>
       <c r="AJ72" s="1">
         <v>45881.166666666664</v>
       </c>
       <c r="AK72" t="s">
         <v>24</v>
       </c>
       <c r="AL72" t="s">
         <v>30</v>
       </c>
       <c r="AM72" s="9">
         <v>46728.873</v>
       </c>
       <c r="AO72" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP72" t="s">
         <v>24</v>
       </c>
       <c r="AQ72" t="s">
         <v>30</v>
       </c>
       <c r="AR72" s="9">
         <v>42813.296999999999</v>
       </c>
-      <c r="AT72" s="1"/>
-      <c r="AW72" s="9"/>
+      <c r="AT72" s="1">
+        <v>45952.166666666664</v>
+      </c>
+      <c r="AU72" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV72" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW72" s="9">
+        <v>38565.103000000003</v>
+      </c>
       <c r="AY72" s="1"/>
       <c r="BB72" s="9"/>
       <c r="BD72" s="1"/>
       <c r="BG72" s="9"/>
     </row>
     <row r="73" spans="1:59">
       <c r="A73" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B73" t="s">
         <v>24</v>
       </c>
       <c r="C73" t="s">
         <v>31</v>
       </c>
       <c r="D73" s="9">
         <v>67386.785999999993</v>
       </c>
       <c r="F73" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G73" t="s">
         <v>24</v>
       </c>
       <c r="H73" t="s">
@@ -8510,52 +9130,62 @@
       </c>
       <c r="AJ73" s="1">
         <v>45881.166666666664</v>
       </c>
       <c r="AK73" t="s">
         <v>24</v>
       </c>
       <c r="AL73" t="s">
         <v>31</v>
       </c>
       <c r="AM73" s="9">
         <v>76608.399999999994</v>
       </c>
       <c r="AO73" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP73" t="s">
         <v>24</v>
       </c>
       <c r="AQ73" t="s">
         <v>31</v>
       </c>
       <c r="AR73" s="9">
         <v>69233.317999999999</v>
       </c>
-      <c r="AT73" s="1"/>
-      <c r="AW73" s="9"/>
+      <c r="AT73" s="1">
+        <v>45952.166666666664</v>
+      </c>
+      <c r="AU73" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV73" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW73" s="9">
+        <v>65885.444000000003</v>
+      </c>
       <c r="AY73" s="1"/>
       <c r="BB73" s="9"/>
       <c r="BD73" s="1"/>
       <c r="BG73" s="9"/>
     </row>
     <row r="74" spans="1:59">
       <c r="A74" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B74" t="s">
         <v>24</v>
       </c>
       <c r="C74" t="s">
         <v>32</v>
       </c>
       <c r="D74" s="9">
         <v>11416.52</v>
       </c>
       <c r="F74" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G74" t="s">
         <v>24</v>
       </c>
       <c r="H74" t="s">
@@ -8626,52 +9256,62 @@
       </c>
       <c r="AJ74" s="1">
         <v>45881.166666666664</v>
       </c>
       <c r="AK74" t="s">
         <v>24</v>
       </c>
       <c r="AL74" t="s">
         <v>32</v>
       </c>
       <c r="AM74" s="9">
         <v>9920.74</v>
       </c>
       <c r="AO74" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP74" t="s">
         <v>24</v>
       </c>
       <c r="AQ74" t="s">
         <v>32</v>
       </c>
       <c r="AR74" s="9">
         <v>10623.12</v>
       </c>
-      <c r="AT74" s="1"/>
-      <c r="AW74" s="9"/>
+      <c r="AT74" s="1">
+        <v>45952.166666666664</v>
+      </c>
+      <c r="AU74" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV74" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW74" s="9">
+        <v>11115.594999999999</v>
+      </c>
       <c r="AY74" s="1"/>
       <c r="BB74" s="9"/>
       <c r="BD74" s="1"/>
       <c r="BG74" s="9"/>
     </row>
     <row r="75" spans="1:59">
       <c r="A75" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B75" t="s">
         <v>24</v>
       </c>
       <c r="C75" t="s">
         <v>33</v>
       </c>
       <c r="D75" s="9">
         <v>92621.119000000006</v>
       </c>
       <c r="F75" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G75" t="s">
         <v>24</v>
       </c>
       <c r="H75" t="s">
@@ -8742,52 +9382,62 @@
       </c>
       <c r="AJ75" s="1">
         <v>45881.166666666664</v>
       </c>
       <c r="AK75" t="s">
         <v>24</v>
       </c>
       <c r="AL75" t="s">
         <v>33</v>
       </c>
       <c r="AM75" s="9">
         <v>62884.09</v>
       </c>
       <c r="AO75" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP75" t="s">
         <v>24</v>
       </c>
       <c r="AQ75" t="s">
         <v>33</v>
       </c>
       <c r="AR75" s="9">
         <v>79567.850000000006</v>
       </c>
-      <c r="AT75" s="1"/>
-      <c r="AW75" s="9"/>
+      <c r="AT75" s="1">
+        <v>45952.166666666664</v>
+      </c>
+      <c r="AU75" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV75" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW75" s="9">
+        <v>79228.070000000007</v>
+      </c>
       <c r="AY75" s="1"/>
       <c r="BB75" s="9"/>
       <c r="BD75" s="1"/>
       <c r="BG75" s="9"/>
     </row>
     <row r="76" spans="1:59">
       <c r="A76" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B76" t="s">
         <v>24</v>
       </c>
       <c r="C76" t="s">
         <v>34</v>
       </c>
       <c r="D76" s="9">
         <v>47849.599999999999</v>
       </c>
       <c r="F76" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G76" t="s">
         <v>24</v>
       </c>
       <c r="H76" t="s">
@@ -8858,52 +9508,62 @@
       </c>
       <c r="AJ76" s="1">
         <v>45881.166666666664</v>
       </c>
       <c r="AK76" t="s">
         <v>24</v>
       </c>
       <c r="AL76" t="s">
         <v>34</v>
       </c>
       <c r="AM76" s="9">
         <v>79610.399999999994</v>
       </c>
       <c r="AO76" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP76" t="s">
         <v>24</v>
       </c>
       <c r="AQ76" t="s">
         <v>34</v>
       </c>
       <c r="AR76" s="9">
         <v>131593.1</v>
       </c>
-      <c r="AT76" s="1"/>
-      <c r="AW76" s="9"/>
+      <c r="AT76" s="1">
+        <v>45952.166666666664</v>
+      </c>
+      <c r="AU76" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV76" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW76" s="9">
+        <v>52688.5</v>
+      </c>
       <c r="AY76" s="1"/>
       <c r="BB76" s="9"/>
       <c r="BD76" s="1"/>
       <c r="BG76" s="9"/>
     </row>
     <row r="77" spans="1:59">
       <c r="A77" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B77" t="s">
         <v>24</v>
       </c>
       <c r="C77" t="s">
         <v>35</v>
       </c>
       <c r="D77" s="9">
         <v>9211.3819999999996</v>
       </c>
       <c r="F77" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G77" t="s">
         <v>24</v>
       </c>
       <c r="H77" t="s">
@@ -8974,52 +9634,62 @@
       </c>
       <c r="AJ77" s="1">
         <v>45881.166666666664</v>
       </c>
       <c r="AK77" t="s">
         <v>24</v>
       </c>
       <c r="AL77" t="s">
         <v>35</v>
       </c>
       <c r="AM77" s="9">
         <v>7794.6139999999996</v>
       </c>
       <c r="AO77" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP77" t="s">
         <v>24</v>
       </c>
       <c r="AQ77" t="s">
         <v>35</v>
       </c>
       <c r="AR77" s="9">
         <v>6412.6319999999996</v>
       </c>
-      <c r="AT77" s="1"/>
-      <c r="AW77" s="9"/>
+      <c r="AT77" s="1">
+        <v>45952.166666666664</v>
+      </c>
+      <c r="AU77" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV77" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW77" s="9">
+        <v>6015.6859999999997</v>
+      </c>
       <c r="AY77" s="1"/>
       <c r="BB77" s="9"/>
       <c r="BD77" s="1"/>
       <c r="BG77" s="9"/>
     </row>
     <row r="78" spans="1:59">
       <c r="A78" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B78" t="s">
         <v>24</v>
       </c>
       <c r="C78" t="s">
         <v>36</v>
       </c>
       <c r="D78" s="9">
         <v>199741.23199999999</v>
       </c>
       <c r="F78" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G78" t="s">
         <v>24</v>
       </c>
       <c r="H78" t="s">
@@ -9090,52 +9760,62 @@
       </c>
       <c r="AJ78" s="1">
         <v>45881.166666666664</v>
       </c>
       <c r="AK78" t="s">
         <v>24</v>
       </c>
       <c r="AL78" t="s">
         <v>36</v>
       </c>
       <c r="AM78" s="9">
         <v>196604.41800000001</v>
       </c>
       <c r="AO78" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP78" t="s">
         <v>24</v>
       </c>
       <c r="AQ78" t="s">
         <v>36</v>
       </c>
       <c r="AR78" s="9">
         <v>165204.67499999999</v>
       </c>
-      <c r="AT78" s="1"/>
-      <c r="AW78" s="9"/>
+      <c r="AT78" s="1">
+        <v>45952.166666666664</v>
+      </c>
+      <c r="AU78" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV78" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW78" s="9">
+        <v>159422.17800000001</v>
+      </c>
       <c r="AY78" s="1"/>
       <c r="BB78" s="9"/>
       <c r="BD78" s="1"/>
       <c r="BG78" s="9"/>
     </row>
     <row r="79" spans="1:59">
       <c r="A79" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B79" t="s">
         <v>24</v>
       </c>
       <c r="C79" t="s">
         <v>37</v>
       </c>
       <c r="D79" s="9">
         <v>91848.839000000007</v>
       </c>
       <c r="F79" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G79" t="s">
         <v>24</v>
       </c>
       <c r="H79" t="s">
@@ -9206,52 +9886,62 @@
       </c>
       <c r="AJ79" s="1">
         <v>45881.166666666664</v>
       </c>
       <c r="AK79" t="s">
         <v>24</v>
       </c>
       <c r="AL79" t="s">
         <v>37</v>
       </c>
       <c r="AM79" s="9">
         <v>73819.75</v>
       </c>
       <c r="AO79" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP79" t="s">
         <v>24</v>
       </c>
       <c r="AQ79" t="s">
         <v>37</v>
       </c>
       <c r="AR79" s="9">
         <v>57501.786</v>
       </c>
-      <c r="AT79" s="1"/>
-      <c r="AW79" s="9"/>
+      <c r="AT79" s="1">
+        <v>45952.166666666664</v>
+      </c>
+      <c r="AU79" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV79" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW79" s="9">
+        <v>58356.54</v>
+      </c>
       <c r="AY79" s="1"/>
       <c r="BB79" s="9"/>
       <c r="BD79" s="1"/>
       <c r="BG79" s="9"/>
     </row>
     <row r="80" spans="1:59">
       <c r="A80" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B80" t="s">
         <v>24</v>
       </c>
       <c r="C80" t="s">
         <v>38</v>
       </c>
       <c r="D80" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F80" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G80" t="s">
         <v>24</v>
       </c>
       <c r="H80" t="s">
@@ -9322,52 +10012,62 @@
       </c>
       <c r="AJ80" s="1">
         <v>45881.166666666664</v>
       </c>
       <c r="AK80" t="s">
         <v>24</v>
       </c>
       <c r="AL80" t="s">
         <v>38</v>
       </c>
       <c r="AM80" s="9">
         <v>2154.087</v>
       </c>
       <c r="AO80" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP80" t="s">
         <v>24</v>
       </c>
       <c r="AQ80" t="s">
         <v>38</v>
       </c>
       <c r="AR80" s="9">
         <v>2311.8490000000002</v>
       </c>
-      <c r="AT80" s="1"/>
-      <c r="AW80" s="9"/>
+      <c r="AT80" s="1">
+        <v>45952.166666666664</v>
+      </c>
+      <c r="AU80" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV80" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW80" s="9">
+        <v>2108.2910000000002</v>
+      </c>
       <c r="AY80" s="1"/>
       <c r="BB80" s="9"/>
       <c r="BD80" s="1"/>
       <c r="BG80" s="9"/>
     </row>
     <row r="81" spans="1:59">
       <c r="A81" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B81" t="s">
         <v>24</v>
       </c>
       <c r="C81" t="s">
         <v>25</v>
       </c>
       <c r="D81" s="9">
         <v>560663.06799999997</v>
       </c>
       <c r="F81" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G81" t="s">
         <v>24</v>
       </c>
       <c r="H81" t="s">
@@ -9438,52 +10138,62 @@
       </c>
       <c r="AJ81" s="1">
         <v>45881.208333333336</v>
       </c>
       <c r="AK81" t="s">
         <v>24</v>
       </c>
       <c r="AL81" t="s">
         <v>25</v>
       </c>
       <c r="AM81" s="9">
         <v>442057.02100000001</v>
       </c>
       <c r="AO81" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP81" t="s">
         <v>24</v>
       </c>
       <c r="AQ81" t="s">
         <v>25</v>
       </c>
       <c r="AR81" s="9">
         <v>298198.81199999998</v>
       </c>
-      <c r="AT81" s="1"/>
-      <c r="AW81" s="9"/>
+      <c r="AT81" s="1">
+        <v>45952.208333333336</v>
+      </c>
+      <c r="AU81" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV81" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW81" s="9">
+        <v>328007.92</v>
+      </c>
       <c r="AY81" s="1"/>
       <c r="BB81" s="9"/>
       <c r="BD81" s="1"/>
       <c r="BG81" s="9"/>
     </row>
     <row r="82" spans="1:59">
       <c r="A82" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B82" t="s">
         <v>24</v>
       </c>
       <c r="C82" t="s">
         <v>26</v>
       </c>
       <c r="D82" s="9">
         <v>2080.373</v>
       </c>
       <c r="F82" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G82" t="s">
         <v>24</v>
       </c>
       <c r="H82" t="s">
@@ -9554,52 +10264,62 @@
       </c>
       <c r="AJ82" s="1">
         <v>45881.208333333336</v>
       </c>
       <c r="AK82" t="s">
         <v>24</v>
       </c>
       <c r="AL82" t="s">
         <v>26</v>
       </c>
       <c r="AM82" s="9">
         <v>0</v>
       </c>
       <c r="AO82" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP82" t="s">
         <v>24</v>
       </c>
       <c r="AQ82" t="s">
         <v>26</v>
       </c>
       <c r="AR82" s="9">
         <v>0</v>
       </c>
-      <c r="AT82" s="1"/>
-      <c r="AW82" s="9"/>
+      <c r="AT82" s="1">
+        <v>45952.208333333336</v>
+      </c>
+      <c r="AU82" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV82" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW82" s="9">
+        <v>2089.2220000000002</v>
+      </c>
       <c r="AY82" s="1"/>
       <c r="BB82" s="9"/>
       <c r="BD82" s="1"/>
       <c r="BG82" s="9"/>
     </row>
     <row r="83" spans="1:59">
       <c r="A83" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B83" t="s">
         <v>24</v>
       </c>
       <c r="C83" t="s">
         <v>27</v>
       </c>
       <c r="D83" s="9">
         <v>319.69799999999998</v>
       </c>
       <c r="F83" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G83" t="s">
         <v>24</v>
       </c>
       <c r="H83" t="s">
@@ -9670,52 +10390,62 @@
       </c>
       <c r="AJ83" s="1">
         <v>45881.208333333336</v>
       </c>
       <c r="AK83" t="s">
         <v>24</v>
       </c>
       <c r="AL83" t="s">
         <v>27</v>
       </c>
       <c r="AM83" s="9">
         <v>6.9980000000000002</v>
       </c>
       <c r="AO83" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP83" t="s">
         <v>24</v>
       </c>
       <c r="AQ83" t="s">
         <v>27</v>
       </c>
       <c r="AR83" s="9">
         <v>107.587</v>
       </c>
-      <c r="AT83" s="1"/>
-      <c r="AW83" s="9"/>
+      <c r="AT83" s="1">
+        <v>45952.208333333336</v>
+      </c>
+      <c r="AU83" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV83" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW83" s="9">
+        <v>59.634</v>
+      </c>
       <c r="AY83" s="1"/>
       <c r="BB83" s="9"/>
       <c r="BD83" s="1"/>
       <c r="BG83" s="9"/>
     </row>
     <row r="84" spans="1:59">
       <c r="A84" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B84" t="s">
         <v>24</v>
       </c>
       <c r="C84" t="s">
         <v>28</v>
       </c>
       <c r="D84" s="9">
         <v>9433.2530000000006</v>
       </c>
       <c r="F84" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G84" t="s">
         <v>24</v>
       </c>
       <c r="H84" t="s">
@@ -9786,52 +10516,62 @@
       </c>
       <c r="AJ84" s="1">
         <v>45881.208333333336</v>
       </c>
       <c r="AK84" t="s">
         <v>24</v>
       </c>
       <c r="AL84" t="s">
         <v>28</v>
       </c>
       <c r="AM84" s="9">
         <v>667.88</v>
       </c>
       <c r="AO84" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP84" t="s">
         <v>24</v>
       </c>
       <c r="AQ84" t="s">
         <v>28</v>
       </c>
       <c r="AR84" s="9">
         <v>615.83100000000002</v>
       </c>
-      <c r="AT84" s="1"/>
-      <c r="AW84" s="9"/>
+      <c r="AT84" s="1">
+        <v>45952.208333333336</v>
+      </c>
+      <c r="AU84" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV84" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW84" s="9">
+        <v>748.97299999999996</v>
+      </c>
       <c r="AY84" s="1"/>
       <c r="BB84" s="9"/>
       <c r="BD84" s="1"/>
       <c r="BG84" s="9"/>
     </row>
     <row r="85" spans="1:59">
       <c r="A85" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B85" t="s">
         <v>24</v>
       </c>
       <c r="C85" t="s">
         <v>29</v>
       </c>
       <c r="D85" s="9">
         <v>16968.994999999999</v>
       </c>
       <c r="F85" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G85" t="s">
         <v>24</v>
       </c>
       <c r="H85" t="s">
@@ -9902,52 +10642,62 @@
       </c>
       <c r="AJ85" s="1">
         <v>45881.208333333336</v>
       </c>
       <c r="AK85" t="s">
         <v>24</v>
       </c>
       <c r="AL85" t="s">
         <v>29</v>
       </c>
       <c r="AM85" s="9">
         <v>21301.646000000001</v>
       </c>
       <c r="AO85" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP85" t="s">
         <v>24</v>
       </c>
       <c r="AQ85" t="s">
         <v>29</v>
       </c>
       <c r="AR85" s="9">
         <v>18468.652999999998</v>
       </c>
-      <c r="AT85" s="1"/>
-      <c r="AW85" s="9"/>
+      <c r="AT85" s="1">
+        <v>45952.208333333336</v>
+      </c>
+      <c r="AU85" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV85" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW85" s="9">
+        <v>18737.087</v>
+      </c>
       <c r="AY85" s="1"/>
       <c r="BB85" s="9"/>
       <c r="BD85" s="1"/>
       <c r="BG85" s="9"/>
     </row>
     <row r="86" spans="1:59">
       <c r="A86" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B86" t="s">
         <v>24</v>
       </c>
       <c r="C86" t="s">
         <v>30</v>
       </c>
       <c r="D86" s="9">
         <v>44015.09</v>
       </c>
       <c r="F86" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G86" t="s">
         <v>24</v>
       </c>
       <c r="H86" t="s">
@@ -10018,52 +10768,62 @@
       </c>
       <c r="AJ86" s="1">
         <v>45881.208333333336</v>
       </c>
       <c r="AK86" t="s">
         <v>24</v>
       </c>
       <c r="AL86" t="s">
         <v>30</v>
       </c>
       <c r="AM86" s="9">
         <v>50858.661</v>
       </c>
       <c r="AO86" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP86" t="s">
         <v>24</v>
       </c>
       <c r="AQ86" t="s">
         <v>30</v>
       </c>
       <c r="AR86" s="9">
         <v>46865.296999999999</v>
       </c>
-      <c r="AT86" s="1"/>
-      <c r="AW86" s="9"/>
+      <c r="AT86" s="1">
+        <v>45952.208333333336</v>
+      </c>
+      <c r="AU86" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV86" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW86" s="9">
+        <v>42434.347000000002</v>
+      </c>
       <c r="AY86" s="1"/>
       <c r="BB86" s="9"/>
       <c r="BD86" s="1"/>
       <c r="BG86" s="9"/>
     </row>
     <row r="87" spans="1:59">
       <c r="A87" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B87" t="s">
         <v>24</v>
       </c>
       <c r="C87" t="s">
         <v>31</v>
       </c>
       <c r="D87" s="9">
         <v>71009.81</v>
       </c>
       <c r="F87" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G87" t="s">
         <v>24</v>
       </c>
       <c r="H87" t="s">
@@ -10134,52 +10894,62 @@
       </c>
       <c r="AJ87" s="1">
         <v>45881.208333333336</v>
       </c>
       <c r="AK87" t="s">
         <v>24</v>
       </c>
       <c r="AL87" t="s">
         <v>31</v>
       </c>
       <c r="AM87" s="9">
         <v>80345.035999999993</v>
       </c>
       <c r="AO87" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP87" t="s">
         <v>24</v>
       </c>
       <c r="AQ87" t="s">
         <v>31</v>
       </c>
       <c r="AR87" s="9">
         <v>73488.024000000005</v>
       </c>
-      <c r="AT87" s="1"/>
-      <c r="AW87" s="9"/>
+      <c r="AT87" s="1">
+        <v>45952.208333333336</v>
+      </c>
+      <c r="AU87" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV87" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW87" s="9">
+        <v>68660.192999999999</v>
+      </c>
       <c r="AY87" s="1"/>
       <c r="BB87" s="9"/>
       <c r="BD87" s="1"/>
       <c r="BG87" s="9"/>
     </row>
     <row r="88" spans="1:59">
       <c r="A88" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B88" t="s">
         <v>24</v>
       </c>
       <c r="C88" t="s">
         <v>32</v>
       </c>
       <c r="D88" s="9">
         <v>11963.043</v>
       </c>
       <c r="F88" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G88" t="s">
         <v>24</v>
       </c>
       <c r="H88" t="s">
@@ -10250,52 +11020,62 @@
       </c>
       <c r="AJ88" s="1">
         <v>45881.208333333336</v>
       </c>
       <c r="AK88" t="s">
         <v>24</v>
       </c>
       <c r="AL88" t="s">
         <v>32</v>
       </c>
       <c r="AM88" s="9">
         <v>10220.055</v>
       </c>
       <c r="AO88" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP88" t="s">
         <v>24</v>
       </c>
       <c r="AQ88" t="s">
         <v>32</v>
       </c>
       <c r="AR88" s="9">
         <v>11277.19</v>
       </c>
-      <c r="AT88" s="1"/>
-      <c r="AW88" s="9"/>
+      <c r="AT88" s="1">
+        <v>45952.208333333336</v>
+      </c>
+      <c r="AU88" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV88" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW88" s="9">
+        <v>10858.31</v>
+      </c>
       <c r="AY88" s="1"/>
       <c r="BB88" s="9"/>
       <c r="BD88" s="1"/>
       <c r="BG88" s="9"/>
     </row>
     <row r="89" spans="1:59">
       <c r="A89" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B89" t="s">
         <v>24</v>
       </c>
       <c r="C89" t="s">
         <v>33</v>
       </c>
       <c r="D89" s="9">
         <v>94855.760999999999</v>
       </c>
       <c r="F89" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G89" t="s">
         <v>24</v>
       </c>
       <c r="H89" t="s">
@@ -10366,52 +11146,62 @@
       </c>
       <c r="AJ89" s="1">
         <v>45881.208333333336</v>
       </c>
       <c r="AK89" t="s">
         <v>24</v>
       </c>
       <c r="AL89" t="s">
         <v>33</v>
       </c>
       <c r="AM89" s="9">
         <v>63842.540999999997</v>
       </c>
       <c r="AO89" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP89" t="s">
         <v>24</v>
       </c>
       <c r="AQ89" t="s">
         <v>33</v>
       </c>
       <c r="AR89" s="9">
         <v>81713.865999999995</v>
       </c>
-      <c r="AT89" s="1"/>
-      <c r="AW89" s="9"/>
+      <c r="AT89" s="1">
+        <v>45952.208333333336</v>
+      </c>
+      <c r="AU89" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV89" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW89" s="9">
+        <v>76381.076000000001</v>
+      </c>
       <c r="AY89" s="1"/>
       <c r="BB89" s="9"/>
       <c r="BD89" s="1"/>
       <c r="BG89" s="9"/>
     </row>
     <row r="90" spans="1:59">
       <c r="A90" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B90" t="s">
         <v>24</v>
       </c>
       <c r="C90" t="s">
         <v>34</v>
       </c>
       <c r="D90" s="9">
         <v>42244.7</v>
       </c>
       <c r="F90" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G90" t="s">
         <v>24</v>
       </c>
       <c r="H90" t="s">
@@ -10482,52 +11272,62 @@
       </c>
       <c r="AJ90" s="1">
         <v>45881.208333333336</v>
       </c>
       <c r="AK90" t="s">
         <v>24</v>
       </c>
       <c r="AL90" t="s">
         <v>34</v>
       </c>
       <c r="AM90" s="9">
         <v>81105.2</v>
       </c>
       <c r="AO90" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP90" t="s">
         <v>24</v>
       </c>
       <c r="AQ90" t="s">
         <v>34</v>
       </c>
       <c r="AR90" s="9">
         <v>127306.6</v>
       </c>
-      <c r="AT90" s="1"/>
-      <c r="AW90" s="9"/>
+      <c r="AT90" s="1">
+        <v>45952.208333333336</v>
+      </c>
+      <c r="AU90" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV90" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW90" s="9">
+        <v>52999.4</v>
+      </c>
       <c r="AY90" s="1"/>
       <c r="BB90" s="9"/>
       <c r="BD90" s="1"/>
       <c r="BG90" s="9"/>
     </row>
     <row r="91" spans="1:59">
       <c r="A91" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B91" t="s">
         <v>24</v>
       </c>
       <c r="C91" t="s">
         <v>35</v>
       </c>
       <c r="D91" s="9">
         <v>9817.8909999999996</v>
       </c>
       <c r="F91" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G91" t="s">
         <v>24</v>
       </c>
       <c r="H91" t="s">
@@ -10598,52 +11398,62 @@
       </c>
       <c r="AJ91" s="1">
         <v>45881.208333333336</v>
       </c>
       <c r="AK91" t="s">
         <v>24</v>
       </c>
       <c r="AL91" t="s">
         <v>35</v>
       </c>
       <c r="AM91" s="9">
         <v>8075.5410000000002</v>
       </c>
       <c r="AO91" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP91" t="s">
         <v>24</v>
       </c>
       <c r="AQ91" t="s">
         <v>35</v>
       </c>
       <c r="AR91" s="9">
         <v>6858.14</v>
       </c>
-      <c r="AT91" s="1"/>
-      <c r="AW91" s="9"/>
+      <c r="AT91" s="1">
+        <v>45952.208333333336</v>
+      </c>
+      <c r="AU91" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV91" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW91" s="9">
+        <v>6743.08</v>
+      </c>
       <c r="AY91" s="1"/>
       <c r="BB91" s="9"/>
       <c r="BD91" s="1"/>
       <c r="BG91" s="9"/>
     </row>
     <row r="92" spans="1:59">
       <c r="A92" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B92" t="s">
         <v>24</v>
       </c>
       <c r="C92" t="s">
         <v>36</v>
       </c>
       <c r="D92" s="9">
         <v>218521.79199999999</v>
       </c>
       <c r="F92" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G92" t="s">
         <v>24</v>
       </c>
       <c r="H92" t="s">
@@ -10714,52 +11524,62 @@
       </c>
       <c r="AJ92" s="1">
         <v>45881.208333333336</v>
       </c>
       <c r="AK92" t="s">
         <v>24</v>
       </c>
       <c r="AL92" t="s">
         <v>36</v>
       </c>
       <c r="AM92" s="9">
         <v>216875.258</v>
       </c>
       <c r="AO92" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP92" t="s">
         <v>24</v>
       </c>
       <c r="AQ92" t="s">
         <v>36</v>
       </c>
       <c r="AR92" s="9">
         <v>187002.96299999999</v>
       </c>
-      <c r="AT92" s="1"/>
-      <c r="AW92" s="9"/>
+      <c r="AT92" s="1">
+        <v>45952.208333333336</v>
+      </c>
+      <c r="AU92" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV92" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW92" s="9">
+        <v>179936.02799999999</v>
+      </c>
       <c r="AY92" s="1"/>
       <c r="BB92" s="9"/>
       <c r="BD92" s="1"/>
       <c r="BG92" s="9"/>
     </row>
     <row r="93" spans="1:59">
       <c r="A93" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B93" t="s">
         <v>24</v>
       </c>
       <c r="C93" t="s">
         <v>37</v>
       </c>
       <c r="D93" s="9">
         <v>95119.870999999999</v>
       </c>
       <c r="F93" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G93" t="s">
         <v>24</v>
       </c>
       <c r="H93" t="s">
@@ -10830,52 +11650,62 @@
       </c>
       <c r="AJ93" s="1">
         <v>45881.208333333336</v>
       </c>
       <c r="AK93" t="s">
         <v>24</v>
       </c>
       <c r="AL93" t="s">
         <v>37</v>
       </c>
       <c r="AM93" s="9">
         <v>75562.255000000005</v>
       </c>
       <c r="AO93" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP93" t="s">
         <v>24</v>
       </c>
       <c r="AQ93" t="s">
         <v>37</v>
       </c>
       <c r="AR93" s="9">
         <v>61118.379000000001</v>
       </c>
-      <c r="AT93" s="1"/>
-      <c r="AW93" s="9"/>
+      <c r="AT93" s="1">
+        <v>45952.208333333336</v>
+      </c>
+      <c r="AU93" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV93" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW93" s="9">
+        <v>61960.576000000001</v>
+      </c>
       <c r="AY93" s="1"/>
       <c r="BB93" s="9"/>
       <c r="BD93" s="1"/>
       <c r="BG93" s="9"/>
     </row>
     <row r="94" spans="1:59">
       <c r="A94" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B94" t="s">
         <v>24</v>
       </c>
       <c r="C94" t="s">
         <v>38</v>
       </c>
       <c r="D94" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F94" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G94" t="s">
         <v>24</v>
       </c>
       <c r="H94" t="s">
@@ -10946,52 +11776,62 @@
       </c>
       <c r="AJ94" s="1">
         <v>45881.208333333336</v>
       </c>
       <c r="AK94" t="s">
         <v>24</v>
       </c>
       <c r="AL94" t="s">
         <v>38</v>
       </c>
       <c r="AM94" s="9">
         <v>0</v>
       </c>
       <c r="AO94" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP94" t="s">
         <v>24</v>
       </c>
       <c r="AQ94" t="s">
         <v>38</v>
       </c>
       <c r="AR94" s="9">
         <v>0</v>
       </c>
-      <c r="AT94" s="1"/>
-      <c r="AW94" s="9"/>
+      <c r="AT94" s="1">
+        <v>45952.208333333336</v>
+      </c>
+      <c r="AU94" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV94" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW94" s="9">
+        <v>2108.2910000000002</v>
+      </c>
       <c r="AY94" s="1"/>
       <c r="BB94" s="9"/>
       <c r="BD94" s="1"/>
       <c r="BG94" s="9"/>
     </row>
     <row r="95" spans="1:59">
       <c r="A95" s="1">
         <v>45665.25</v>
       </c>
       <c r="B95" t="s">
         <v>24</v>
       </c>
       <c r="C95" t="s">
         <v>25</v>
       </c>
       <c r="D95" s="9">
         <v>624677.33799999999</v>
       </c>
       <c r="F95" s="1">
         <v>45694.25</v>
       </c>
       <c r="G95" t="s">
         <v>24</v>
       </c>
       <c r="H95" t="s">
@@ -11062,52 +11902,62 @@
       </c>
       <c r="AJ95" s="1">
         <v>45881.25</v>
       </c>
       <c r="AK95" t="s">
         <v>24</v>
       </c>
       <c r="AL95" t="s">
         <v>25</v>
       </c>
       <c r="AM95" s="9">
         <v>471847.152</v>
       </c>
       <c r="AO95" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP95" t="s">
         <v>24</v>
       </c>
       <c r="AQ95" t="s">
         <v>25</v>
       </c>
       <c r="AR95" s="9">
         <v>349488.33299999998</v>
       </c>
-      <c r="AT95" s="1"/>
-      <c r="AW95" s="9"/>
+      <c r="AT95" s="1">
+        <v>45952.25</v>
+      </c>
+      <c r="AU95" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV95" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW95" s="9">
+        <v>382424.50699999998</v>
+      </c>
       <c r="AY95" s="1"/>
       <c r="BB95" s="9"/>
       <c r="BD95" s="1"/>
       <c r="BG95" s="9"/>
     </row>
     <row r="96" spans="1:59">
       <c r="A96" s="1">
         <v>45665.25</v>
       </c>
       <c r="B96" t="s">
         <v>24</v>
       </c>
       <c r="C96" t="s">
         <v>26</v>
       </c>
       <c r="D96" s="9">
         <v>2080.373</v>
       </c>
       <c r="F96" s="1">
         <v>45694.25</v>
       </c>
       <c r="G96" t="s">
         <v>24</v>
       </c>
       <c r="H96" t="s">
@@ -11178,52 +12028,62 @@
       </c>
       <c r="AJ96" s="1">
         <v>45881.25</v>
       </c>
       <c r="AK96" t="s">
         <v>24</v>
       </c>
       <c r="AL96" t="s">
         <v>26</v>
       </c>
       <c r="AM96" s="9">
         <v>0</v>
       </c>
       <c r="AO96" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP96" t="s">
         <v>24</v>
       </c>
       <c r="AQ96" t="s">
         <v>26</v>
       </c>
       <c r="AR96" s="9">
         <v>0</v>
       </c>
-      <c r="AT96" s="1"/>
-      <c r="AW96" s="9"/>
+      <c r="AT96" s="1">
+        <v>45952.25</v>
+      </c>
+      <c r="AU96" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV96" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW96" s="9">
+        <v>0</v>
+      </c>
       <c r="AY96" s="1"/>
       <c r="BB96" s="9"/>
       <c r="BD96" s="1"/>
       <c r="BG96" s="9"/>
     </row>
     <row r="97" spans="1:59">
       <c r="A97" s="1">
         <v>45665.25</v>
       </c>
       <c r="B97" t="s">
         <v>24</v>
       </c>
       <c r="C97" t="s">
         <v>27</v>
       </c>
       <c r="D97" s="9">
         <v>239.94200000000001</v>
       </c>
       <c r="F97" s="1">
         <v>45694.25</v>
       </c>
       <c r="G97" t="s">
         <v>24</v>
       </c>
       <c r="H97" t="s">
@@ -11294,52 +12154,62 @@
       </c>
       <c r="AJ97" s="1">
         <v>45881.25</v>
       </c>
       <c r="AK97" t="s">
         <v>24</v>
       </c>
       <c r="AL97" t="s">
         <v>27</v>
       </c>
       <c r="AM97" s="9">
         <v>1.5409999999999999</v>
       </c>
       <c r="AO97" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP97" t="s">
         <v>24</v>
       </c>
       <c r="AQ97" t="s">
         <v>27</v>
       </c>
       <c r="AR97" s="9">
         <v>2.33</v>
       </c>
-      <c r="AT97" s="1"/>
-      <c r="AW97" s="9"/>
+      <c r="AT97" s="1">
+        <v>45952.25</v>
+      </c>
+      <c r="AU97" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV97" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW97" s="9">
+        <v>7.6909999999999998</v>
+      </c>
       <c r="AY97" s="1"/>
       <c r="BB97" s="9"/>
       <c r="BD97" s="1"/>
       <c r="BG97" s="9"/>
     </row>
     <row r="98" spans="1:59">
       <c r="A98" s="1">
         <v>45665.25</v>
       </c>
       <c r="B98" t="s">
         <v>24</v>
       </c>
       <c r="C98" t="s">
         <v>28</v>
       </c>
       <c r="D98" s="9">
         <v>9999.08</v>
       </c>
       <c r="F98" s="1">
         <v>45694.25</v>
       </c>
       <c r="G98" t="s">
         <v>24</v>
       </c>
       <c r="H98" t="s">
@@ -11410,52 +12280,62 @@
       </c>
       <c r="AJ98" s="1">
         <v>45881.25</v>
       </c>
       <c r="AK98" t="s">
         <v>24</v>
       </c>
       <c r="AL98" t="s">
         <v>28</v>
       </c>
       <c r="AM98" s="9">
         <v>714.07299999999998</v>
       </c>
       <c r="AO98" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP98" t="s">
         <v>24</v>
       </c>
       <c r="AQ98" t="s">
         <v>28</v>
       </c>
       <c r="AR98" s="9">
         <v>659.21</v>
       </c>
-      <c r="AT98" s="1"/>
-      <c r="AW98" s="9"/>
+      <c r="AT98" s="1">
+        <v>45952.25</v>
+      </c>
+      <c r="AU98" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV98" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW98" s="9">
+        <v>831.90099999999995</v>
+      </c>
       <c r="AY98" s="1"/>
       <c r="BB98" s="9"/>
       <c r="BD98" s="1"/>
       <c r="BG98" s="9"/>
     </row>
     <row r="99" spans="1:59">
       <c r="A99" s="1">
         <v>45665.25</v>
       </c>
       <c r="B99" t="s">
         <v>24</v>
       </c>
       <c r="C99" t="s">
         <v>29</v>
       </c>
       <c r="D99" s="9">
         <v>19404.338</v>
       </c>
       <c r="F99" s="1">
         <v>45694.25</v>
       </c>
       <c r="G99" t="s">
         <v>24</v>
       </c>
       <c r="H99" t="s">
@@ -11526,52 +12406,62 @@
       </c>
       <c r="AJ99" s="1">
         <v>45881.25</v>
       </c>
       <c r="AK99" t="s">
         <v>24</v>
       </c>
       <c r="AL99" t="s">
         <v>29</v>
       </c>
       <c r="AM99" s="9">
         <v>25539.728999999999</v>
       </c>
       <c r="AO99" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP99" t="s">
         <v>24</v>
       </c>
       <c r="AQ99" t="s">
         <v>29</v>
       </c>
       <c r="AR99" s="9">
         <v>23358.280999999999</v>
       </c>
-      <c r="AT99" s="1"/>
-      <c r="AW99" s="9"/>
+      <c r="AT99" s="1">
+        <v>45952.25</v>
+      </c>
+      <c r="AU99" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV99" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW99" s="9">
+        <v>22394.339</v>
+      </c>
       <c r="AY99" s="1"/>
       <c r="BB99" s="9"/>
       <c r="BD99" s="1"/>
       <c r="BG99" s="9"/>
     </row>
     <row r="100" spans="1:59">
       <c r="A100" s="1">
         <v>45665.25</v>
       </c>
       <c r="B100" t="s">
         <v>24</v>
       </c>
       <c r="C100" t="s">
         <v>30</v>
       </c>
       <c r="D100" s="9">
         <v>51144.455000000002</v>
       </c>
       <c r="F100" s="1">
         <v>45694.25</v>
       </c>
       <c r="G100" t="s">
         <v>24</v>
       </c>
       <c r="H100" t="s">
@@ -11642,52 +12532,62 @@
       </c>
       <c r="AJ100" s="1">
         <v>45881.25</v>
       </c>
       <c r="AK100" t="s">
         <v>24</v>
       </c>
       <c r="AL100" t="s">
         <v>30</v>
       </c>
       <c r="AM100" s="9">
         <v>58532.603999999999</v>
       </c>
       <c r="AO100" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP100" t="s">
         <v>24</v>
       </c>
       <c r="AQ100" t="s">
         <v>30</v>
       </c>
       <c r="AR100" s="9">
         <v>54555.116999999998</v>
       </c>
-      <c r="AT100" s="1"/>
-      <c r="AW100" s="9"/>
+      <c r="AT100" s="1">
+        <v>45952.25</v>
+      </c>
+      <c r="AU100" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV100" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW100" s="9">
+        <v>49432.985999999997</v>
+      </c>
       <c r="AY100" s="1"/>
       <c r="BB100" s="9"/>
       <c r="BD100" s="1"/>
       <c r="BG100" s="9"/>
     </row>
     <row r="101" spans="1:59">
       <c r="A101" s="1">
         <v>45665.25</v>
       </c>
       <c r="B101" t="s">
         <v>24</v>
       </c>
       <c r="C101" t="s">
         <v>31</v>
       </c>
       <c r="D101" s="9">
         <v>75834.285999999993</v>
       </c>
       <c r="F101" s="1">
         <v>45694.25</v>
       </c>
       <c r="G101" t="s">
         <v>24</v>
       </c>
       <c r="H101" t="s">
@@ -11758,52 +12658,62 @@
       </c>
       <c r="AJ101" s="1">
         <v>45881.25</v>
       </c>
       <c r="AK101" t="s">
         <v>24</v>
       </c>
       <c r="AL101" t="s">
         <v>31</v>
       </c>
       <c r="AM101" s="9">
         <v>82685.237999999998</v>
       </c>
       <c r="AO101" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP101" t="s">
         <v>24</v>
       </c>
       <c r="AQ101" t="s">
         <v>31</v>
       </c>
       <c r="AR101" s="9">
         <v>77495.684999999998</v>
       </c>
-      <c r="AT101" s="1"/>
-      <c r="AW101" s="9"/>
+      <c r="AT101" s="1">
+        <v>45952.25</v>
+      </c>
+      <c r="AU101" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV101" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW101" s="9">
+        <v>73086.290999999997</v>
+      </c>
       <c r="AY101" s="1"/>
       <c r="BB101" s="9"/>
       <c r="BD101" s="1"/>
       <c r="BG101" s="9"/>
     </row>
     <row r="102" spans="1:59">
       <c r="A102" s="1">
         <v>45665.25</v>
       </c>
       <c r="B102" t="s">
         <v>24</v>
       </c>
       <c r="C102" t="s">
         <v>32</v>
       </c>
       <c r="D102" s="9">
         <v>13585.489</v>
       </c>
       <c r="F102" s="1">
         <v>45694.25</v>
       </c>
       <c r="G102" t="s">
         <v>24</v>
       </c>
       <c r="H102" t="s">
@@ -11874,52 +12784,62 @@
       </c>
       <c r="AJ102" s="1">
         <v>45881.25</v>
       </c>
       <c r="AK102" t="s">
         <v>24</v>
       </c>
       <c r="AL102" t="s">
         <v>32</v>
       </c>
       <c r="AM102" s="9">
         <v>10780.105</v>
       </c>
       <c r="AO102" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP102" t="s">
         <v>24</v>
       </c>
       <c r="AQ102" t="s">
         <v>32</v>
       </c>
       <c r="AR102" s="9">
         <v>12861.38</v>
       </c>
-      <c r="AT102" s="1"/>
-      <c r="AW102" s="9"/>
+      <c r="AT102" s="1">
+        <v>45952.25</v>
+      </c>
+      <c r="AU102" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV102" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW102" s="9">
+        <v>12046.64</v>
+      </c>
       <c r="AY102" s="1"/>
       <c r="BB102" s="9"/>
       <c r="BD102" s="1"/>
       <c r="BG102" s="9"/>
     </row>
     <row r="103" spans="1:59">
       <c r="A103" s="1">
         <v>45665.25</v>
       </c>
       <c r="B103" t="s">
         <v>24</v>
       </c>
       <c r="C103" t="s">
         <v>33</v>
       </c>
       <c r="D103" s="9">
         <v>96466.17</v>
       </c>
       <c r="F103" s="1">
         <v>45694.25</v>
       </c>
       <c r="G103" t="s">
         <v>24</v>
       </c>
       <c r="H103" t="s">
@@ -11990,52 +12910,62 @@
       </c>
       <c r="AJ103" s="1">
         <v>45881.25</v>
       </c>
       <c r="AK103" t="s">
         <v>24</v>
       </c>
       <c r="AL103" t="s">
         <v>33</v>
       </c>
       <c r="AM103" s="9">
         <v>67586.948999999993</v>
       </c>
       <c r="AO103" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP103" t="s">
         <v>24</v>
       </c>
       <c r="AQ103" t="s">
         <v>33</v>
       </c>
       <c r="AR103" s="9">
         <v>86097.953999999998</v>
       </c>
-      <c r="AT103" s="1"/>
-      <c r="AW103" s="9"/>
+      <c r="AT103" s="1">
+        <v>45952.25</v>
+      </c>
+      <c r="AU103" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV103" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW103" s="9">
+        <v>81356.683999999994</v>
+      </c>
       <c r="AY103" s="1"/>
       <c r="BB103" s="9"/>
       <c r="BD103" s="1"/>
       <c r="BG103" s="9"/>
     </row>
     <row r="104" spans="1:59">
       <c r="A104" s="1">
         <v>45665.25</v>
       </c>
       <c r="B104" t="s">
         <v>24</v>
       </c>
       <c r="C104" t="s">
         <v>34</v>
       </c>
       <c r="D104" s="9">
         <v>38808.9</v>
       </c>
       <c r="F104" s="1">
         <v>45694.25</v>
       </c>
       <c r="G104" t="s">
         <v>24</v>
       </c>
       <c r="H104" t="s">
@@ -12106,52 +13036,62 @@
       </c>
       <c r="AJ104" s="1">
         <v>45881.25</v>
       </c>
       <c r="AK104" t="s">
         <v>24</v>
       </c>
       <c r="AL104" t="s">
         <v>34</v>
       </c>
       <c r="AM104" s="9">
         <v>85309.8</v>
       </c>
       <c r="AO104" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP104" t="s">
         <v>24</v>
       </c>
       <c r="AQ104" t="s">
         <v>34</v>
       </c>
       <c r="AR104" s="9">
         <v>127465.7</v>
       </c>
-      <c r="AT104" s="1"/>
-      <c r="AW104" s="9"/>
+      <c r="AT104" s="1">
+        <v>45952.25</v>
+      </c>
+      <c r="AU104" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV104" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW104" s="9">
+        <v>57504.4</v>
+      </c>
       <c r="AY104" s="1"/>
       <c r="BB104" s="9"/>
       <c r="BD104" s="1"/>
       <c r="BG104" s="9"/>
     </row>
     <row r="105" spans="1:59">
       <c r="A105" s="1">
         <v>45665.25</v>
       </c>
       <c r="B105" t="s">
         <v>24</v>
       </c>
       <c r="C105" t="s">
         <v>35</v>
       </c>
       <c r="D105" s="9">
         <v>11180.346</v>
       </c>
       <c r="F105" s="1">
         <v>45694.25</v>
       </c>
       <c r="G105" t="s">
         <v>24</v>
       </c>
       <c r="H105" t="s">
@@ -12222,52 +13162,62 @@
       </c>
       <c r="AJ105" s="1">
         <v>45881.25</v>
       </c>
       <c r="AK105" t="s">
         <v>24</v>
       </c>
       <c r="AL105" t="s">
         <v>35</v>
       </c>
       <c r="AM105" s="9">
         <v>9329.9599999999991</v>
       </c>
       <c r="AO105" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP105" t="s">
         <v>24</v>
       </c>
       <c r="AQ105" t="s">
         <v>35</v>
       </c>
       <c r="AR105" s="9">
         <v>8418.1389999999992</v>
       </c>
-      <c r="AT105" s="1"/>
-      <c r="AW105" s="9"/>
+      <c r="AT105" s="1">
+        <v>45952.25</v>
+      </c>
+      <c r="AU105" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV105" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW105" s="9">
+        <v>8069.9179999999997</v>
+      </c>
       <c r="AY105" s="1"/>
       <c r="BB105" s="9"/>
       <c r="BD105" s="1"/>
       <c r="BG105" s="9"/>
     </row>
     <row r="106" spans="1:59">
       <c r="A106" s="1">
         <v>45665.25</v>
       </c>
       <c r="B106" t="s">
         <v>24</v>
       </c>
       <c r="C106" t="s">
         <v>36</v>
       </c>
       <c r="D106" s="9">
         <v>249719.1</v>
       </c>
       <c r="F106" s="1">
         <v>45694.25</v>
       </c>
       <c r="G106" t="s">
         <v>24</v>
       </c>
       <c r="H106" t="s">
@@ -12338,52 +13288,62 @@
       </c>
       <c r="AJ106" s="1">
         <v>45881.25</v>
       </c>
       <c r="AK106" t="s">
         <v>24</v>
       </c>
       <c r="AL106" t="s">
         <v>36</v>
       </c>
       <c r="AM106" s="9">
         <v>246051.935</v>
       </c>
       <c r="AO106" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP106" t="s">
         <v>24</v>
       </c>
       <c r="AQ106" t="s">
         <v>36</v>
       </c>
       <c r="AR106" s="9">
         <v>219563.041</v>
       </c>
-      <c r="AT106" s="1"/>
-      <c r="AW106" s="9"/>
+      <c r="AT106" s="1">
+        <v>45952.25</v>
+      </c>
+      <c r="AU106" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV106" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW106" s="9">
+        <v>211211.658</v>
+      </c>
       <c r="AY106" s="1"/>
       <c r="BB106" s="9"/>
       <c r="BD106" s="1"/>
       <c r="BG106" s="9"/>
     </row>
     <row r="107" spans="1:59">
       <c r="A107" s="1">
         <v>45665.25</v>
       </c>
       <c r="B107" t="s">
         <v>24</v>
       </c>
       <c r="C107" t="s">
         <v>37</v>
       </c>
       <c r="D107" s="9">
         <v>103026.033</v>
       </c>
       <c r="F107" s="1">
         <v>45694.25</v>
       </c>
       <c r="G107" t="s">
         <v>24</v>
       </c>
       <c r="H107" t="s">
@@ -12454,52 +13414,62 @@
       </c>
       <c r="AJ107" s="1">
         <v>45881.25</v>
       </c>
       <c r="AK107" t="s">
         <v>24</v>
       </c>
       <c r="AL107" t="s">
         <v>37</v>
       </c>
       <c r="AM107" s="9">
         <v>81685.854999999996</v>
       </c>
       <c r="AO107" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP107" t="s">
         <v>24</v>
       </c>
       <c r="AQ107" t="s">
         <v>37</v>
       </c>
       <c r="AR107" s="9">
         <v>68740.591</v>
       </c>
-      <c r="AT107" s="1"/>
-      <c r="AW107" s="9"/>
+      <c r="AT107" s="1">
+        <v>45952.25</v>
+      </c>
+      <c r="AU107" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV107" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW107" s="9">
+        <v>70067.854999999996</v>
+      </c>
       <c r="AY107" s="1"/>
       <c r="BB107" s="9"/>
       <c r="BD107" s="1"/>
       <c r="BG107" s="9"/>
     </row>
     <row r="108" spans="1:59">
       <c r="A108" s="1">
         <v>45665.25</v>
       </c>
       <c r="B108" t="s">
         <v>24</v>
       </c>
       <c r="C108" t="s">
         <v>38</v>
       </c>
       <c r="D108" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F108" s="1">
         <v>45694.25</v>
       </c>
       <c r="G108" t="s">
         <v>24</v>
       </c>
       <c r="H108" t="s">
@@ -12570,52 +13540,62 @@
       </c>
       <c r="AJ108" s="1">
         <v>45881.25</v>
       </c>
       <c r="AK108" t="s">
         <v>24</v>
       </c>
       <c r="AL108" t="s">
         <v>38</v>
       </c>
       <c r="AM108" s="9">
         <v>0</v>
       </c>
       <c r="AO108" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP108" t="s">
         <v>24</v>
       </c>
       <c r="AQ108" t="s">
         <v>38</v>
       </c>
       <c r="AR108" s="9">
         <v>0</v>
       </c>
-      <c r="AT108" s="1"/>
-      <c r="AW108" s="9"/>
+      <c r="AT108" s="1">
+        <v>45952.25</v>
+      </c>
+      <c r="AU108" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV108" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW108" s="9">
+        <v>0</v>
+      </c>
       <c r="AY108" s="1"/>
       <c r="BB108" s="9"/>
       <c r="BD108" s="1"/>
       <c r="BG108" s="9"/>
     </row>
     <row r="109" spans="1:59">
       <c r="A109" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B109" t="s">
         <v>24</v>
       </c>
       <c r="C109" t="s">
         <v>25</v>
       </c>
       <c r="D109" s="9">
         <v>650679.15399999998</v>
       </c>
       <c r="F109" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G109" t="s">
         <v>24</v>
       </c>
       <c r="H109" t="s">
@@ -12686,52 +13666,62 @@
       </c>
       <c r="AJ109" s="1">
         <v>45881.291666666664</v>
       </c>
       <c r="AK109" t="s">
         <v>24</v>
       </c>
       <c r="AL109" t="s">
         <v>25</v>
       </c>
       <c r="AM109" s="9">
         <v>509822.79200000002</v>
       </c>
       <c r="AO109" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP109" t="s">
         <v>24</v>
       </c>
       <c r="AQ109" t="s">
         <v>25</v>
       </c>
       <c r="AR109" s="9">
         <v>371828.99599999998</v>
       </c>
-      <c r="AT109" s="1"/>
-      <c r="AW109" s="9"/>
+      <c r="AT109" s="1">
+        <v>45952.291666666664</v>
+      </c>
+      <c r="AU109" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV109" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW109" s="9">
+        <v>405955.37400000001</v>
+      </c>
       <c r="AY109" s="1"/>
       <c r="BB109" s="9"/>
       <c r="BD109" s="1"/>
       <c r="BG109" s="9"/>
     </row>
     <row r="110" spans="1:59">
       <c r="A110" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B110" t="s">
         <v>24</v>
       </c>
       <c r="C110" t="s">
         <v>26</v>
       </c>
       <c r="D110" s="9">
         <v>0</v>
       </c>
       <c r="F110" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G110" t="s">
         <v>24</v>
       </c>
       <c r="H110" t="s">
@@ -12802,52 +13792,62 @@
       </c>
       <c r="AJ110" s="1">
         <v>45881.291666666664</v>
       </c>
       <c r="AK110" t="s">
         <v>24</v>
       </c>
       <c r="AL110" t="s">
         <v>26</v>
       </c>
       <c r="AM110" s="9">
         <v>0</v>
       </c>
       <c r="AO110" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP110" t="s">
         <v>24</v>
       </c>
       <c r="AQ110" t="s">
         <v>26</v>
       </c>
       <c r="AR110" s="9">
         <v>0</v>
       </c>
-      <c r="AT110" s="1"/>
-      <c r="AW110" s="9"/>
+      <c r="AT110" s="1">
+        <v>45952.291666666664</v>
+      </c>
+      <c r="AU110" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV110" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW110" s="9">
+        <v>0</v>
+      </c>
       <c r="AY110" s="1"/>
       <c r="BB110" s="9"/>
       <c r="BD110" s="1"/>
       <c r="BG110" s="9"/>
     </row>
     <row r="111" spans="1:59">
       <c r="A111" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B111" t="s">
         <v>24</v>
       </c>
       <c r="C111" t="s">
         <v>27</v>
       </c>
       <c r="D111" s="9">
         <v>71.656999999999996</v>
       </c>
       <c r="F111" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G111" t="s">
         <v>24</v>
       </c>
       <c r="H111" t="s">
@@ -12918,52 +13918,62 @@
       </c>
       <c r="AJ111" s="1">
         <v>45881.291666666664</v>
       </c>
       <c r="AK111" t="s">
         <v>24</v>
       </c>
       <c r="AL111" t="s">
         <v>27</v>
       </c>
       <c r="AM111" s="9">
         <v>2.3769999999999998</v>
       </c>
       <c r="AO111" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP111" t="s">
         <v>24</v>
       </c>
       <c r="AQ111" t="s">
         <v>27</v>
       </c>
       <c r="AR111" s="9">
         <v>0.61099999999999999</v>
       </c>
-      <c r="AT111" s="1"/>
-      <c r="AW111" s="9"/>
+      <c r="AT111" s="1">
+        <v>45952.291666666664</v>
+      </c>
+      <c r="AU111" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV111" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW111" s="9">
+        <v>6.3650000000000002</v>
+      </c>
       <c r="AY111" s="1"/>
       <c r="BB111" s="9"/>
       <c r="BD111" s="1"/>
       <c r="BG111" s="9"/>
     </row>
     <row r="112" spans="1:59">
       <c r="A112" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B112" t="s">
         <v>24</v>
       </c>
       <c r="C112" t="s">
         <v>28</v>
       </c>
       <c r="D112" s="9">
         <v>10172.195</v>
       </c>
       <c r="F112" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G112" t="s">
         <v>24</v>
       </c>
       <c r="H112" t="s">
@@ -13034,52 +14044,62 @@
       </c>
       <c r="AJ112" s="1">
         <v>45881.291666666664</v>
       </c>
       <c r="AK112" t="s">
         <v>24</v>
       </c>
       <c r="AL112" t="s">
         <v>28</v>
       </c>
       <c r="AM112" s="9">
         <v>740.41800000000001</v>
       </c>
       <c r="AO112" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP112" t="s">
         <v>24</v>
       </c>
       <c r="AQ112" t="s">
         <v>28</v>
       </c>
       <c r="AR112" s="9">
         <v>673.154</v>
       </c>
-      <c r="AT112" s="1"/>
-      <c r="AW112" s="9"/>
+      <c r="AT112" s="1">
+        <v>45952.291666666664</v>
+      </c>
+      <c r="AU112" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV112" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW112" s="9">
+        <v>859.83500000000004</v>
+      </c>
       <c r="AY112" s="1"/>
       <c r="BB112" s="9"/>
       <c r="BD112" s="1"/>
       <c r="BG112" s="9"/>
     </row>
     <row r="113" spans="1:59">
       <c r="A113" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B113" t="s">
         <v>24</v>
       </c>
       <c r="C113" t="s">
         <v>29</v>
       </c>
       <c r="D113" s="9">
         <v>21260.258000000002</v>
       </c>
       <c r="F113" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G113" t="s">
         <v>24</v>
       </c>
       <c r="H113" t="s">
@@ -13150,52 +14170,62 @@
       </c>
       <c r="AJ113" s="1">
         <v>45881.291666666664</v>
       </c>
       <c r="AK113" t="s">
         <v>24</v>
       </c>
       <c r="AL113" t="s">
         <v>29</v>
       </c>
       <c r="AM113" s="9">
         <v>27874.477999999999</v>
       </c>
       <c r="AO113" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP113" t="s">
         <v>24</v>
       </c>
       <c r="AQ113" t="s">
         <v>29</v>
       </c>
       <c r="AR113" s="9">
         <v>25881.817999999999</v>
       </c>
-      <c r="AT113" s="1"/>
-      <c r="AW113" s="9"/>
+      <c r="AT113" s="1">
+        <v>45952.291666666664</v>
+      </c>
+      <c r="AU113" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV113" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW113" s="9">
+        <v>24884.166000000001</v>
+      </c>
       <c r="AY113" s="1"/>
       <c r="BB113" s="9"/>
       <c r="BD113" s="1"/>
       <c r="BG113" s="9"/>
     </row>
     <row r="114" spans="1:59">
       <c r="A114" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B114" t="s">
         <v>24</v>
       </c>
       <c r="C114" t="s">
         <v>30</v>
       </c>
       <c r="D114" s="9">
         <v>54972.239000000001</v>
       </c>
       <c r="F114" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G114" t="s">
         <v>24</v>
       </c>
       <c r="H114" t="s">
@@ -13266,52 +14296,62 @@
       </c>
       <c r="AJ114" s="1">
         <v>45881.291666666664</v>
       </c>
       <c r="AK114" t="s">
         <v>24</v>
       </c>
       <c r="AL114" t="s">
         <v>30</v>
       </c>
       <c r="AM114" s="9">
         <v>63119.89</v>
       </c>
       <c r="AO114" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP114" t="s">
         <v>24</v>
       </c>
       <c r="AQ114" t="s">
         <v>30</v>
       </c>
       <c r="AR114" s="9">
         <v>58102.76</v>
       </c>
-      <c r="AT114" s="1"/>
-      <c r="AW114" s="9"/>
+      <c r="AT114" s="1">
+        <v>45952.291666666664</v>
+      </c>
+      <c r="AU114" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV114" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW114" s="9">
+        <v>53344.180999999997</v>
+      </c>
       <c r="AY114" s="1"/>
       <c r="BB114" s="9"/>
       <c r="BD114" s="1"/>
       <c r="BG114" s="9"/>
     </row>
     <row r="115" spans="1:59">
       <c r="A115" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B115" t="s">
         <v>24</v>
       </c>
       <c r="C115" t="s">
         <v>31</v>
       </c>
       <c r="D115" s="9">
         <v>78058.638999999996</v>
       </c>
       <c r="F115" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G115" t="s">
         <v>24</v>
       </c>
       <c r="H115" t="s">
@@ -13382,52 +14422,62 @@
       </c>
       <c r="AJ115" s="1">
         <v>45881.291666666664</v>
       </c>
       <c r="AK115" t="s">
         <v>24</v>
       </c>
       <c r="AL115" t="s">
         <v>31</v>
       </c>
       <c r="AM115" s="9">
         <v>85500.099000000002</v>
       </c>
       <c r="AO115" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP115" t="s">
         <v>24</v>
       </c>
       <c r="AQ115" t="s">
         <v>31</v>
       </c>
       <c r="AR115" s="9">
         <v>78451.827000000005</v>
       </c>
-      <c r="AT115" s="1"/>
-      <c r="AW115" s="9"/>
+      <c r="AT115" s="1">
+        <v>45952.291666666664</v>
+      </c>
+      <c r="AU115" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV115" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW115" s="9">
+        <v>76342.525999999998</v>
+      </c>
       <c r="AY115" s="1"/>
       <c r="BB115" s="9"/>
       <c r="BD115" s="1"/>
       <c r="BG115" s="9"/>
     </row>
     <row r="116" spans="1:59">
       <c r="A116" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B116" t="s">
         <v>24</v>
       </c>
       <c r="C116" t="s">
         <v>32</v>
       </c>
       <c r="D116" s="9">
         <v>14114.886</v>
       </c>
       <c r="F116" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G116" t="s">
         <v>24</v>
       </c>
       <c r="H116" t="s">
@@ -13498,52 +14548,62 @@
       </c>
       <c r="AJ116" s="1">
         <v>45881.291666666664</v>
       </c>
       <c r="AK116" t="s">
         <v>24</v>
       </c>
       <c r="AL116" t="s">
         <v>32</v>
       </c>
       <c r="AM116" s="9">
         <v>11231.47</v>
       </c>
       <c r="AO116" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP116" t="s">
         <v>24</v>
       </c>
       <c r="AQ116" t="s">
         <v>32</v>
       </c>
       <c r="AR116" s="9">
         <v>13640.945</v>
       </c>
-      <c r="AT116" s="1"/>
-      <c r="AW116" s="9"/>
+      <c r="AT116" s="1">
+        <v>45952.291666666664</v>
+      </c>
+      <c r="AU116" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV116" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW116" s="9">
+        <v>12952.62</v>
+      </c>
       <c r="AY116" s="1"/>
       <c r="BB116" s="9"/>
       <c r="BD116" s="1"/>
       <c r="BG116" s="9"/>
     </row>
     <row r="117" spans="1:59">
       <c r="A117" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B117" t="s">
         <v>24</v>
       </c>
       <c r="C117" t="s">
         <v>33</v>
       </c>
       <c r="D117" s="9">
         <v>96462.785999999993</v>
       </c>
       <c r="F117" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G117" t="s">
         <v>24</v>
       </c>
       <c r="H117" t="s">
@@ -13614,52 +14674,62 @@
       </c>
       <c r="AJ117" s="1">
         <v>45881.291666666664</v>
       </c>
       <c r="AK117" t="s">
         <v>24</v>
       </c>
       <c r="AL117" t="s">
         <v>33</v>
       </c>
       <c r="AM117" s="9">
         <v>70285.572</v>
       </c>
       <c r="AO117" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP117" t="s">
         <v>24</v>
       </c>
       <c r="AQ117" t="s">
         <v>33</v>
       </c>
       <c r="AR117" s="9">
         <v>85103.165999999997</v>
       </c>
-      <c r="AT117" s="1"/>
-      <c r="AW117" s="9"/>
+      <c r="AT117" s="1">
+        <v>45952.291666666664</v>
+      </c>
+      <c r="AU117" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV117" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW117" s="9">
+        <v>83391.808000000005</v>
+      </c>
       <c r="AY117" s="1"/>
       <c r="BB117" s="9"/>
       <c r="BD117" s="1"/>
       <c r="BG117" s="9"/>
     </row>
     <row r="118" spans="1:59">
       <c r="A118" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B118" t="s">
         <v>24</v>
       </c>
       <c r="C118" t="s">
         <v>34</v>
       </c>
       <c r="D118" s="9">
         <v>36637.800000000003</v>
       </c>
       <c r="F118" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G118" t="s">
         <v>24</v>
       </c>
       <c r="H118" t="s">
@@ -13730,52 +14800,62 @@
       </c>
       <c r="AJ118" s="1">
         <v>45881.291666666664</v>
       </c>
       <c r="AK118" t="s">
         <v>24</v>
       </c>
       <c r="AL118" t="s">
         <v>34</v>
       </c>
       <c r="AM118" s="9">
         <v>78730</v>
       </c>
       <c r="AO118" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP118" t="s">
         <v>24</v>
       </c>
       <c r="AQ118" t="s">
         <v>34</v>
       </c>
       <c r="AR118" s="9">
         <v>121236.4</v>
       </c>
-      <c r="AT118" s="1"/>
-      <c r="AW118" s="9"/>
+      <c r="AT118" s="1">
+        <v>45952.291666666664</v>
+      </c>
+      <c r="AU118" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV118" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW118" s="9">
+        <v>52285.5</v>
+      </c>
       <c r="AY118" s="1"/>
       <c r="BB118" s="9"/>
       <c r="BD118" s="1"/>
       <c r="BG118" s="9"/>
     </row>
     <row r="119" spans="1:59">
       <c r="A119" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B119" t="s">
         <v>24</v>
       </c>
       <c r="C119" t="s">
         <v>35</v>
       </c>
       <c r="D119" s="9">
         <v>11994.353999999999</v>
       </c>
       <c r="F119" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G119" t="s">
         <v>24</v>
       </c>
       <c r="H119" t="s">
@@ -13846,52 +14926,62 @@
       </c>
       <c r="AJ119" s="1">
         <v>45881.291666666664</v>
       </c>
       <c r="AK119" t="s">
         <v>24</v>
       </c>
       <c r="AL119" t="s">
         <v>35</v>
       </c>
       <c r="AM119" s="9">
         <v>10762.832</v>
       </c>
       <c r="AO119" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP119" t="s">
         <v>24</v>
       </c>
       <c r="AQ119" t="s">
         <v>35</v>
       </c>
       <c r="AR119" s="9">
         <v>9949.3629999999994</v>
       </c>
-      <c r="AT119" s="1"/>
-      <c r="AW119" s="9"/>
+      <c r="AT119" s="1">
+        <v>45952.291666666664</v>
+      </c>
+      <c r="AU119" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV119" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW119" s="9">
+        <v>9632.5660000000007</v>
+      </c>
       <c r="AY119" s="1"/>
       <c r="BB119" s="9"/>
       <c r="BD119" s="1"/>
       <c r="BG119" s="9"/>
     </row>
     <row r="120" spans="1:59">
       <c r="A120" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B120" t="s">
         <v>24</v>
       </c>
       <c r="C120" t="s">
         <v>36</v>
       </c>
       <c r="D120" s="9">
         <v>277119.70199999999</v>
       </c>
       <c r="F120" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G120" t="s">
         <v>24</v>
       </c>
       <c r="H120" t="s">
@@ -13962,52 +15052,62 @@
       </c>
       <c r="AJ120" s="1">
         <v>45881.291666666664</v>
       </c>
       <c r="AK120" t="s">
         <v>24</v>
       </c>
       <c r="AL120" t="s">
         <v>36</v>
       </c>
       <c r="AM120" s="9">
         <v>283571</v>
       </c>
       <c r="AO120" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP120" t="s">
         <v>24</v>
       </c>
       <c r="AQ120" t="s">
         <v>36</v>
       </c>
       <c r="AR120" s="9">
         <v>249760.538</v>
       </c>
-      <c r="AT120" s="1"/>
-      <c r="AW120" s="9"/>
+      <c r="AT120" s="1">
+        <v>45952.291666666664</v>
+      </c>
+      <c r="AU120" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV120" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW120" s="9">
+        <v>240168.02499999999</v>
+      </c>
       <c r="AY120" s="1"/>
       <c r="BB120" s="9"/>
       <c r="BD120" s="1"/>
       <c r="BG120" s="9"/>
     </row>
     <row r="121" spans="1:59">
       <c r="A121" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B121" t="s">
         <v>24</v>
       </c>
       <c r="C121" t="s">
         <v>37</v>
       </c>
       <c r="D121" s="9">
         <v>112261.46400000001</v>
       </c>
       <c r="F121" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G121" t="s">
         <v>24</v>
       </c>
       <c r="H121" t="s">
@@ -14078,52 +15178,62 @@
       </c>
       <c r="AJ121" s="1">
         <v>45881.291666666664</v>
       </c>
       <c r="AK121" t="s">
         <v>24</v>
       </c>
       <c r="AL121" t="s">
         <v>37</v>
       </c>
       <c r="AM121" s="9">
         <v>99446.320999999996</v>
       </c>
       <c r="AO121" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP121" t="s">
         <v>24</v>
       </c>
       <c r="AQ121" t="s">
         <v>37</v>
       </c>
       <c r="AR121" s="9">
         <v>78637.801999999996</v>
       </c>
-      <c r="AT121" s="1"/>
-      <c r="AW121" s="9"/>
+      <c r="AT121" s="1">
+        <v>45952.291666666664</v>
+      </c>
+      <c r="AU121" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV121" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW121" s="9">
+        <v>79720.441000000006</v>
+      </c>
       <c r="AY121" s="1"/>
       <c r="BB121" s="9"/>
       <c r="BD121" s="1"/>
       <c r="BG121" s="9"/>
     </row>
     <row r="122" spans="1:59">
       <c r="A122" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B122" t="s">
         <v>24</v>
       </c>
       <c r="C122" t="s">
         <v>38</v>
       </c>
       <c r="D122" s="9">
         <v>0</v>
       </c>
       <c r="F122" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G122" t="s">
         <v>24</v>
       </c>
       <c r="H122" t="s">
@@ -14194,52 +15304,62 @@
       </c>
       <c r="AJ122" s="1">
         <v>45881.291666666664</v>
       </c>
       <c r="AK122" t="s">
         <v>24</v>
       </c>
       <c r="AL122" t="s">
         <v>38</v>
       </c>
       <c r="AM122" s="9">
         <v>0</v>
       </c>
       <c r="AO122" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP122" t="s">
         <v>24</v>
       </c>
       <c r="AQ122" t="s">
         <v>38</v>
       </c>
       <c r="AR122" s="9">
         <v>0</v>
       </c>
-      <c r="AT122" s="1"/>
-      <c r="AW122" s="9"/>
+      <c r="AT122" s="1">
+        <v>45952.291666666664</v>
+      </c>
+      <c r="AU122" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV122" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW122" s="9">
+        <v>0</v>
+      </c>
       <c r="AY122" s="1"/>
       <c r="BB122" s="9"/>
       <c r="BD122" s="1"/>
       <c r="BG122" s="9"/>
     </row>
     <row r="123" spans="1:59">
       <c r="A123" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B123" t="s">
         <v>24</v>
       </c>
       <c r="C123" t="s">
         <v>25</v>
       </c>
       <c r="D123" s="9">
         <v>632393.92200000002</v>
       </c>
       <c r="F123" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G123" t="s">
         <v>24</v>
       </c>
       <c r="H123" t="s">
@@ -14310,52 +15430,62 @@
       </c>
       <c r="AJ123" s="1">
         <v>45881.333333333336</v>
       </c>
       <c r="AK123" t="s">
         <v>24</v>
       </c>
       <c r="AL123" t="s">
         <v>25</v>
       </c>
       <c r="AM123" s="9">
         <v>553520.76300000004</v>
       </c>
       <c r="AO123" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP123" t="s">
         <v>24</v>
       </c>
       <c r="AQ123" t="s">
         <v>25</v>
       </c>
       <c r="AR123" s="9">
         <v>371767.96299999999</v>
       </c>
-      <c r="AT123" s="1"/>
-      <c r="AW123" s="9"/>
+      <c r="AT123" s="1">
+        <v>45952.333333333336</v>
+      </c>
+      <c r="AU123" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV123" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW123" s="9">
+        <v>402876.91899999999</v>
+      </c>
       <c r="AY123" s="1"/>
       <c r="BB123" s="9"/>
       <c r="BD123" s="1"/>
       <c r="BG123" s="9"/>
     </row>
     <row r="124" spans="1:59">
       <c r="A124" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B124" t="s">
         <v>24</v>
       </c>
       <c r="C124" t="s">
         <v>26</v>
       </c>
       <c r="D124" s="9">
         <v>0</v>
       </c>
       <c r="F124" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G124" t="s">
         <v>24</v>
       </c>
       <c r="H124" t="s">
@@ -14426,52 +15556,62 @@
       </c>
       <c r="AJ124" s="1">
         <v>45881.333333333336</v>
       </c>
       <c r="AK124" t="s">
         <v>24</v>
       </c>
       <c r="AL124" t="s">
         <v>26</v>
       </c>
       <c r="AM124" s="9">
         <v>0</v>
       </c>
       <c r="AO124" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP124" t="s">
         <v>24</v>
       </c>
       <c r="AQ124" t="s">
         <v>26</v>
       </c>
       <c r="AR124" s="9">
         <v>0</v>
       </c>
-      <c r="AT124" s="1"/>
-      <c r="AW124" s="9"/>
+      <c r="AT124" s="1">
+        <v>45952.333333333336</v>
+      </c>
+      <c r="AU124" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV124" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW124" s="9">
+        <v>0</v>
+      </c>
       <c r="AY124" s="1"/>
       <c r="BB124" s="9"/>
       <c r="BD124" s="1"/>
       <c r="BG124" s="9"/>
     </row>
     <row r="125" spans="1:59">
       <c r="A125" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B125" t="s">
         <v>24</v>
       </c>
       <c r="C125" t="s">
         <v>27</v>
       </c>
       <c r="D125" s="9">
         <v>54.082999999999998</v>
       </c>
       <c r="F125" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G125" t="s">
         <v>24</v>
       </c>
       <c r="H125" t="s">
@@ -14542,52 +15682,62 @@
       </c>
       <c r="AJ125" s="1">
         <v>45881.333333333336</v>
       </c>
       <c r="AK125" t="s">
         <v>24</v>
       </c>
       <c r="AL125" t="s">
         <v>27</v>
       </c>
       <c r="AM125" s="9">
         <v>1.8240000000000001</v>
       </c>
       <c r="AO125" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP125" t="s">
         <v>24</v>
       </c>
       <c r="AQ125" t="s">
         <v>27</v>
       </c>
       <c r="AR125" s="9">
         <v>2.3959999999999999</v>
       </c>
-      <c r="AT125" s="1"/>
-      <c r="AW125" s="9"/>
+      <c r="AT125" s="1">
+        <v>45952.333333333336</v>
+      </c>
+      <c r="AU125" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV125" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW125" s="9">
+        <v>3.57</v>
+      </c>
       <c r="AY125" s="1"/>
       <c r="BB125" s="9"/>
       <c r="BD125" s="1"/>
       <c r="BG125" s="9"/>
     </row>
     <row r="126" spans="1:59">
       <c r="A126" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B126" t="s">
         <v>24</v>
       </c>
       <c r="C126" t="s">
         <v>28</v>
       </c>
       <c r="D126" s="9">
         <v>9774.3029999999999</v>
       </c>
       <c r="F126" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G126" t="s">
         <v>24</v>
       </c>
       <c r="H126" t="s">
@@ -14658,52 +15808,62 @@
       </c>
       <c r="AJ126" s="1">
         <v>45881.333333333336</v>
       </c>
       <c r="AK126" t="s">
         <v>24</v>
       </c>
       <c r="AL126" t="s">
         <v>28</v>
       </c>
       <c r="AM126" s="9">
         <v>782.30200000000002</v>
       </c>
       <c r="AO126" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP126" t="s">
         <v>24</v>
       </c>
       <c r="AQ126" t="s">
         <v>28</v>
       </c>
       <c r="AR126" s="9">
         <v>696.82500000000005</v>
       </c>
-      <c r="AT126" s="1"/>
-      <c r="AW126" s="9"/>
+      <c r="AT126" s="1">
+        <v>45952.333333333336</v>
+      </c>
+      <c r="AU126" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV126" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW126" s="9">
+        <v>869.36300000000006</v>
+      </c>
       <c r="AY126" s="1"/>
       <c r="BB126" s="9"/>
       <c r="BD126" s="1"/>
       <c r="BG126" s="9"/>
     </row>
     <row r="127" spans="1:59">
       <c r="A127" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B127" t="s">
         <v>24</v>
       </c>
       <c r="C127" t="s">
         <v>29</v>
       </c>
       <c r="D127" s="9">
         <v>21791.206999999999</v>
       </c>
       <c r="F127" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G127" t="s">
         <v>24</v>
       </c>
       <c r="H127" t="s">
@@ -14774,52 +15934,62 @@
       </c>
       <c r="AJ127" s="1">
         <v>45881.333333333336</v>
       </c>
       <c r="AK127" t="s">
         <v>24</v>
       </c>
       <c r="AL127" t="s">
         <v>29</v>
       </c>
       <c r="AM127" s="9">
         <v>29820.006000000001</v>
       </c>
       <c r="AO127" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP127" t="s">
         <v>24</v>
       </c>
       <c r="AQ127" t="s">
         <v>29</v>
       </c>
       <c r="AR127" s="9">
         <v>26121.511999999999</v>
       </c>
-      <c r="AT127" s="1"/>
-      <c r="AW127" s="9"/>
+      <c r="AT127" s="1">
+        <v>45952.333333333336</v>
+      </c>
+      <c r="AU127" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV127" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW127" s="9">
+        <v>26093.025000000001</v>
+      </c>
       <c r="AY127" s="1"/>
       <c r="BB127" s="9"/>
       <c r="BD127" s="1"/>
       <c r="BG127" s="9"/>
     </row>
     <row r="128" spans="1:59">
       <c r="A128" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B128" t="s">
         <v>24</v>
       </c>
       <c r="C128" t="s">
         <v>30</v>
       </c>
       <c r="D128" s="9">
         <v>54909.726999999999</v>
       </c>
       <c r="F128" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G128" t="s">
         <v>24</v>
       </c>
       <c r="H128" t="s">
@@ -14890,52 +16060,62 @@
       </c>
       <c r="AJ128" s="1">
         <v>45881.333333333336</v>
       </c>
       <c r="AK128" t="s">
         <v>24</v>
       </c>
       <c r="AL128" t="s">
         <v>30</v>
       </c>
       <c r="AM128" s="9">
         <v>67159.040999999997</v>
       </c>
       <c r="AO128" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP128" t="s">
         <v>24</v>
       </c>
       <c r="AQ128" t="s">
         <v>30</v>
       </c>
       <c r="AR128" s="9">
         <v>58865.243999999999</v>
       </c>
-      <c r="AT128" s="1"/>
-      <c r="AW128" s="9"/>
+      <c r="AT128" s="1">
+        <v>45952.333333333336</v>
+      </c>
+      <c r="AU128" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV128" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW128" s="9">
+        <v>54635.688999999998</v>
+      </c>
       <c r="AY128" s="1"/>
       <c r="BB128" s="9"/>
       <c r="BD128" s="1"/>
       <c r="BG128" s="9"/>
     </row>
     <row r="129" spans="1:59">
       <c r="A129" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B129" t="s">
         <v>24</v>
       </c>
       <c r="C129" t="s">
         <v>31</v>
       </c>
       <c r="D129" s="9">
         <v>79912.423999999999</v>
       </c>
       <c r="F129" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G129" t="s">
         <v>24</v>
       </c>
       <c r="H129" t="s">
@@ -15006,52 +16186,62 @@
       </c>
       <c r="AJ129" s="1">
         <v>45881.333333333336</v>
       </c>
       <c r="AK129" t="s">
         <v>24</v>
       </c>
       <c r="AL129" t="s">
         <v>31</v>
       </c>
       <c r="AM129" s="9">
         <v>89741.697</v>
       </c>
       <c r="AO129" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP129" t="s">
         <v>24</v>
       </c>
       <c r="AQ129" t="s">
         <v>31</v>
       </c>
       <c r="AR129" s="9">
         <v>81093.468999999997</v>
       </c>
-      <c r="AT129" s="1"/>
-      <c r="AW129" s="9"/>
+      <c r="AT129" s="1">
+        <v>45952.333333333336</v>
+      </c>
+      <c r="AU129" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV129" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW129" s="9">
+        <v>78009.379000000001</v>
+      </c>
       <c r="AY129" s="1"/>
       <c r="BB129" s="9"/>
       <c r="BD129" s="1"/>
       <c r="BG129" s="9"/>
     </row>
     <row r="130" spans="1:59">
       <c r="A130" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B130" t="s">
         <v>24</v>
       </c>
       <c r="C130" t="s">
         <v>32</v>
       </c>
       <c r="D130" s="9">
         <v>14393.837</v>
       </c>
       <c r="F130" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G130" t="s">
         <v>24</v>
       </c>
       <c r="H130" t="s">
@@ -15122,52 +16312,62 @@
       </c>
       <c r="AJ130" s="1">
         <v>45881.333333333336</v>
       </c>
       <c r="AK130" t="s">
         <v>24</v>
       </c>
       <c r="AL130" t="s">
         <v>32</v>
       </c>
       <c r="AM130" s="9">
         <v>11986.805</v>
       </c>
       <c r="AO130" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP130" t="s">
         <v>24</v>
       </c>
       <c r="AQ130" t="s">
         <v>32</v>
       </c>
       <c r="AR130" s="9">
         <v>13372.665000000001</v>
       </c>
-      <c r="AT130" s="1"/>
-      <c r="AW130" s="9"/>
+      <c r="AT130" s="1">
+        <v>45952.333333333336</v>
+      </c>
+      <c r="AU130" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV130" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW130" s="9">
+        <v>13083.625</v>
+      </c>
       <c r="AY130" s="1"/>
       <c r="BB130" s="9"/>
       <c r="BD130" s="1"/>
       <c r="BG130" s="9"/>
     </row>
     <row r="131" spans="1:59">
       <c r="A131" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B131" t="s">
         <v>24</v>
       </c>
       <c r="C131" t="s">
         <v>33</v>
       </c>
       <c r="D131" s="9">
         <v>97742.879000000001</v>
       </c>
       <c r="F131" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G131" t="s">
         <v>24</v>
       </c>
       <c r="H131" t="s">
@@ -15238,52 +16438,62 @@
       </c>
       <c r="AJ131" s="1">
         <v>45881.333333333336</v>
       </c>
       <c r="AK131" t="s">
         <v>24</v>
       </c>
       <c r="AL131" t="s">
         <v>33</v>
       </c>
       <c r="AM131" s="9">
         <v>71253.823000000004</v>
       </c>
       <c r="AO131" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP131" t="s">
         <v>24</v>
       </c>
       <c r="AQ131" t="s">
         <v>33</v>
       </c>
       <c r="AR131" s="9">
         <v>84539.418000000005</v>
       </c>
-      <c r="AT131" s="1"/>
-      <c r="AW131" s="9"/>
+      <c r="AT131" s="1">
+        <v>45952.333333333336</v>
+      </c>
+      <c r="AU131" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV131" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW131" s="9">
+        <v>84880.304999999993</v>
+      </c>
       <c r="AY131" s="1"/>
       <c r="BB131" s="9"/>
       <c r="BD131" s="1"/>
       <c r="BG131" s="9"/>
     </row>
     <row r="132" spans="1:59">
       <c r="A132" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B132" t="s">
         <v>24</v>
       </c>
       <c r="C132" t="s">
         <v>34</v>
       </c>
       <c r="D132" s="9">
         <v>35309</v>
       </c>
       <c r="F132" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G132" t="s">
         <v>24</v>
       </c>
       <c r="H132" t="s">
@@ -15354,52 +16564,62 @@
       </c>
       <c r="AJ132" s="1">
         <v>45881.333333333336</v>
       </c>
       <c r="AK132" t="s">
         <v>24</v>
       </c>
       <c r="AL132" t="s">
         <v>34</v>
       </c>
       <c r="AM132" s="9">
         <v>86929</v>
       </c>
       <c r="AO132" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP132" t="s">
         <v>24</v>
       </c>
       <c r="AQ132" t="s">
         <v>34</v>
       </c>
       <c r="AR132" s="9">
         <v>122832.6</v>
       </c>
-      <c r="AT132" s="1"/>
-      <c r="AW132" s="9"/>
+      <c r="AT132" s="1">
+        <v>45952.333333333336</v>
+      </c>
+      <c r="AU132" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV132" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW132" s="9">
+        <v>50823</v>
+      </c>
       <c r="AY132" s="1"/>
       <c r="BB132" s="9"/>
       <c r="BD132" s="1"/>
       <c r="BG132" s="9"/>
     </row>
     <row r="133" spans="1:59">
       <c r="A133" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B133" t="s">
         <v>24</v>
       </c>
       <c r="C133" t="s">
         <v>35</v>
       </c>
       <c r="D133" s="9">
         <v>12362.262000000001</v>
       </c>
       <c r="F133" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G133" t="s">
         <v>24</v>
       </c>
       <c r="H133" t="s">
@@ -15470,52 +16690,62 @@
       </c>
       <c r="AJ133" s="1">
         <v>45881.333333333336</v>
       </c>
       <c r="AK133" t="s">
         <v>24</v>
       </c>
       <c r="AL133" t="s">
         <v>35</v>
       </c>
       <c r="AM133" s="9">
         <v>11574.888999999999</v>
       </c>
       <c r="AO133" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP133" t="s">
         <v>24</v>
       </c>
       <c r="AQ133" t="s">
         <v>35</v>
       </c>
       <c r="AR133" s="9">
         <v>10337.869000000001</v>
       </c>
-      <c r="AT133" s="1"/>
-      <c r="AW133" s="9"/>
+      <c r="AT133" s="1">
+        <v>45952.333333333336</v>
+      </c>
+      <c r="AU133" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV133" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW133" s="9">
+        <v>9412.1509999999998</v>
+      </c>
       <c r="AY133" s="1"/>
       <c r="BB133" s="9"/>
       <c r="BD133" s="1"/>
       <c r="BG133" s="9"/>
     </row>
     <row r="134" spans="1:59">
       <c r="A134" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B134" t="s">
         <v>24</v>
       </c>
       <c r="C134" t="s">
         <v>36</v>
       </c>
       <c r="D134" s="9">
         <v>294362.09600000002</v>
       </c>
       <c r="F134" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G134" t="s">
         <v>24</v>
       </c>
       <c r="H134" t="s">
@@ -15586,52 +16816,62 @@
       </c>
       <c r="AJ134" s="1">
         <v>45881.333333333336</v>
       </c>
       <c r="AK134" t="s">
         <v>24</v>
       </c>
       <c r="AL134" t="s">
         <v>36</v>
       </c>
       <c r="AM134" s="9">
         <v>319293.33899999998</v>
       </c>
       <c r="AO134" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP134" t="s">
         <v>24</v>
       </c>
       <c r="AQ134" t="s">
         <v>36</v>
       </c>
       <c r="AR134" s="9">
         <v>270644.353</v>
       </c>
-      <c r="AT134" s="1"/>
-      <c r="AW134" s="9"/>
+      <c r="AT134" s="1">
+        <v>45952.333333333336</v>
+      </c>
+      <c r="AU134" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV134" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW134" s="9">
+        <v>259232.02900000001</v>
+      </c>
       <c r="AY134" s="1"/>
       <c r="BB134" s="9"/>
       <c r="BD134" s="1"/>
       <c r="BG134" s="9"/>
     </row>
     <row r="135" spans="1:59">
       <c r="A135" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B135" t="s">
         <v>24</v>
       </c>
       <c r="C135" t="s">
         <v>37</v>
       </c>
       <c r="D135" s="9">
         <v>122514.819</v>
       </c>
       <c r="F135" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G135" t="s">
         <v>24</v>
       </c>
       <c r="H135" t="s">
@@ -15702,52 +16942,62 @@
       </c>
       <c r="AJ135" s="1">
         <v>45881.333333333336</v>
       </c>
       <c r="AK135" t="s">
         <v>24</v>
       </c>
       <c r="AL135" t="s">
         <v>37</v>
       </c>
       <c r="AM135" s="9">
         <v>121946.731</v>
       </c>
       <c r="AO135" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP135" t="s">
         <v>24</v>
       </c>
       <c r="AQ135" t="s">
         <v>37</v>
       </c>
       <c r="AR135" s="9">
         <v>90419.570999999996</v>
       </c>
-      <c r="AT135" s="1"/>
-      <c r="AW135" s="9"/>
+      <c r="AT135" s="1">
+        <v>45952.333333333336</v>
+      </c>
+      <c r="AU135" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV135" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW135" s="9">
+        <v>90268.066999999995</v>
+      </c>
       <c r="AY135" s="1"/>
       <c r="BB135" s="9"/>
       <c r="BD135" s="1"/>
       <c r="BG135" s="9"/>
     </row>
     <row r="136" spans="1:59">
       <c r="A136" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B136" t="s">
         <v>24</v>
       </c>
       <c r="C136" t="s">
         <v>38</v>
       </c>
       <c r="D136" s="9">
         <v>0</v>
       </c>
       <c r="F136" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G136" t="s">
         <v>24</v>
       </c>
       <c r="H136" t="s">
@@ -15818,52 +17068,62 @@
       </c>
       <c r="AJ136" s="1">
         <v>45881.333333333336</v>
       </c>
       <c r="AK136" t="s">
         <v>24</v>
       </c>
       <c r="AL136" t="s">
         <v>38</v>
       </c>
       <c r="AM136" s="9">
         <v>0</v>
       </c>
       <c r="AO136" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP136" t="s">
         <v>24</v>
       </c>
       <c r="AQ136" t="s">
         <v>38</v>
       </c>
       <c r="AR136" s="9">
         <v>0</v>
       </c>
-      <c r="AT136" s="1"/>
-      <c r="AW136" s="9"/>
+      <c r="AT136" s="1">
+        <v>45952.333333333336</v>
+      </c>
+      <c r="AU136" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV136" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW136" s="9">
+        <v>0</v>
+      </c>
       <c r="AY136" s="1"/>
       <c r="BB136" s="9"/>
       <c r="BD136" s="1"/>
       <c r="BG136" s="9"/>
     </row>
     <row r="137" spans="1:59">
       <c r="A137" s="1">
         <v>45665.375</v>
       </c>
       <c r="B137" t="s">
         <v>24</v>
       </c>
       <c r="C137" t="s">
         <v>25</v>
       </c>
       <c r="D137" s="9">
         <v>612497.78099999996</v>
       </c>
       <c r="F137" s="1">
         <v>45694.375</v>
       </c>
       <c r="G137" t="s">
         <v>24</v>
       </c>
       <c r="H137" t="s">
@@ -15934,52 +17194,62 @@
       </c>
       <c r="AJ137" s="1">
         <v>45881.375</v>
       </c>
       <c r="AK137" t="s">
         <v>24</v>
       </c>
       <c r="AL137" t="s">
         <v>25</v>
       </c>
       <c r="AM137" s="9">
         <v>597704.20900000003</v>
       </c>
       <c r="AO137" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP137" t="s">
         <v>24</v>
       </c>
       <c r="AQ137" t="s">
         <v>25</v>
       </c>
       <c r="AR137" s="9">
         <v>376376.96899999998</v>
       </c>
-      <c r="AT137" s="1"/>
-      <c r="AW137" s="9"/>
+      <c r="AT137" s="1">
+        <v>45952.375</v>
+      </c>
+      <c r="AU137" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV137" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW137" s="9">
+        <v>404462.01500000001</v>
+      </c>
       <c r="AY137" s="1"/>
       <c r="BB137" s="9"/>
       <c r="BD137" s="1"/>
       <c r="BG137" s="9"/>
     </row>
     <row r="138" spans="1:59">
       <c r="A138" s="1">
         <v>45665.375</v>
       </c>
       <c r="B138" t="s">
         <v>24</v>
       </c>
       <c r="C138" t="s">
         <v>26</v>
       </c>
       <c r="D138" s="9">
         <v>0</v>
       </c>
       <c r="F138" s="1">
         <v>45694.375</v>
       </c>
       <c r="G138" t="s">
         <v>24</v>
       </c>
       <c r="H138" t="s">
@@ -16050,52 +17320,62 @@
       </c>
       <c r="AJ138" s="1">
         <v>45881.375</v>
       </c>
       <c r="AK138" t="s">
         <v>24</v>
       </c>
       <c r="AL138" t="s">
         <v>26</v>
       </c>
       <c r="AM138" s="9">
         <v>0</v>
       </c>
       <c r="AO138" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP138" t="s">
         <v>24</v>
       </c>
       <c r="AQ138" t="s">
         <v>26</v>
       </c>
       <c r="AR138" s="9">
         <v>0</v>
       </c>
-      <c r="AT138" s="1"/>
-      <c r="AW138" s="9"/>
+      <c r="AT138" s="1">
+        <v>45952.375</v>
+      </c>
+      <c r="AU138" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV138" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW138" s="9">
+        <v>0</v>
+      </c>
       <c r="AY138" s="1"/>
       <c r="BB138" s="9"/>
       <c r="BD138" s="1"/>
       <c r="BG138" s="9"/>
     </row>
     <row r="139" spans="1:59">
       <c r="A139" s="1">
         <v>45665.375</v>
       </c>
       <c r="B139" t="s">
         <v>24</v>
       </c>
       <c r="C139" t="s">
         <v>27</v>
       </c>
       <c r="D139" s="9">
         <v>51.435000000000002</v>
       </c>
       <c r="F139" s="1">
         <v>45694.375</v>
       </c>
       <c r="G139" t="s">
         <v>24</v>
       </c>
       <c r="H139" t="s">
@@ -16166,52 +17446,62 @@
       </c>
       <c r="AJ139" s="1">
         <v>45881.375</v>
       </c>
       <c r="AK139" t="s">
         <v>24</v>
       </c>
       <c r="AL139" t="s">
         <v>27</v>
       </c>
       <c r="AM139" s="9">
         <v>3.5329999999999999</v>
       </c>
       <c r="AO139" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP139" t="s">
         <v>24</v>
       </c>
       <c r="AQ139" t="s">
         <v>27</v>
       </c>
       <c r="AR139" s="9">
         <v>0.629</v>
       </c>
-      <c r="AT139" s="1"/>
-      <c r="AW139" s="9"/>
+      <c r="AT139" s="1">
+        <v>45952.375</v>
+      </c>
+      <c r="AU139" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV139" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW139" s="9">
+        <v>6.9619999999999997</v>
+      </c>
       <c r="AY139" s="1"/>
       <c r="BB139" s="9"/>
       <c r="BD139" s="1"/>
       <c r="BG139" s="9"/>
     </row>
     <row r="140" spans="1:59">
       <c r="A140" s="1">
         <v>45665.375</v>
       </c>
       <c r="B140" t="s">
         <v>24</v>
       </c>
       <c r="C140" t="s">
         <v>28</v>
       </c>
       <c r="D140" s="9">
         <v>9450.8919999999998</v>
       </c>
       <c r="F140" s="1">
         <v>45694.375</v>
       </c>
       <c r="G140" t="s">
         <v>24</v>
       </c>
       <c r="H140" t="s">
@@ -16282,52 +17572,62 @@
       </c>
       <c r="AJ140" s="1">
         <v>45881.375</v>
       </c>
       <c r="AK140" t="s">
         <v>24</v>
       </c>
       <c r="AL140" t="s">
         <v>28</v>
       </c>
       <c r="AM140" s="9">
         <v>840.904</v>
       </c>
       <c r="AO140" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP140" t="s">
         <v>24</v>
       </c>
       <c r="AQ140" t="s">
         <v>28</v>
       </c>
       <c r="AR140" s="9">
         <v>715.47</v>
       </c>
-      <c r="AT140" s="1"/>
-      <c r="AW140" s="9"/>
+      <c r="AT140" s="1">
+        <v>45952.375</v>
+      </c>
+      <c r="AU140" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV140" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW140" s="9">
+        <v>844.58</v>
+      </c>
       <c r="AY140" s="1"/>
       <c r="BB140" s="9"/>
       <c r="BD140" s="1"/>
       <c r="BG140" s="9"/>
     </row>
     <row r="141" spans="1:59">
       <c r="A141" s="1">
         <v>45665.375</v>
       </c>
       <c r="B141" t="s">
         <v>24</v>
       </c>
       <c r="C141" t="s">
         <v>29</v>
       </c>
       <c r="D141" s="9">
         <v>22228.753000000001</v>
       </c>
       <c r="F141" s="1">
         <v>45694.375</v>
       </c>
       <c r="G141" t="s">
         <v>24</v>
       </c>
       <c r="H141" t="s">
@@ -16398,52 +17698,62 @@
       </c>
       <c r="AJ141" s="1">
         <v>45881.375</v>
       </c>
       <c r="AK141" t="s">
         <v>24</v>
       </c>
       <c r="AL141" t="s">
         <v>29</v>
       </c>
       <c r="AM141" s="9">
         <v>30920.377</v>
       </c>
       <c r="AO141" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP141" t="s">
         <v>24</v>
       </c>
       <c r="AQ141" t="s">
         <v>29</v>
       </c>
       <c r="AR141" s="9">
         <v>26725.267</v>
       </c>
-      <c r="AT141" s="1"/>
-      <c r="AW141" s="9"/>
+      <c r="AT141" s="1">
+        <v>45952.375</v>
+      </c>
+      <c r="AU141" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV141" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW141" s="9">
+        <v>25806.227999999999</v>
+      </c>
       <c r="AY141" s="1"/>
       <c r="BB141" s="9"/>
       <c r="BD141" s="1"/>
       <c r="BG141" s="9"/>
     </row>
     <row r="142" spans="1:59">
       <c r="A142" s="1">
         <v>45665.375</v>
       </c>
       <c r="B142" t="s">
         <v>24</v>
       </c>
       <c r="C142" t="s">
         <v>30</v>
       </c>
       <c r="D142" s="9">
         <v>55170.745000000003</v>
       </c>
       <c r="F142" s="1">
         <v>45694.375</v>
       </c>
       <c r="G142" t="s">
         <v>24</v>
       </c>
       <c r="H142" t="s">
@@ -16514,52 +17824,62 @@
       </c>
       <c r="AJ142" s="1">
         <v>45881.375</v>
       </c>
       <c r="AK142" t="s">
         <v>24</v>
       </c>
       <c r="AL142" t="s">
         <v>30</v>
       </c>
       <c r="AM142" s="9">
         <v>69813.353000000003</v>
       </c>
       <c r="AO142" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP142" t="s">
         <v>24</v>
       </c>
       <c r="AQ142" t="s">
         <v>30</v>
       </c>
       <c r="AR142" s="9">
         <v>61023.578999999998</v>
       </c>
-      <c r="AT142" s="1"/>
-      <c r="AW142" s="9"/>
+      <c r="AT142" s="1">
+        <v>45952.375</v>
+      </c>
+      <c r="AU142" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV142" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW142" s="9">
+        <v>56341.822</v>
+      </c>
       <c r="AY142" s="1"/>
       <c r="BB142" s="9"/>
       <c r="BD142" s="1"/>
       <c r="BG142" s="9"/>
     </row>
     <row r="143" spans="1:59">
       <c r="A143" s="1">
         <v>45665.375</v>
       </c>
       <c r="B143" t="s">
         <v>24</v>
       </c>
       <c r="C143" t="s">
         <v>31</v>
       </c>
       <c r="D143" s="9">
         <v>78270.703999999998</v>
       </c>
       <c r="F143" s="1">
         <v>45694.375</v>
       </c>
       <c r="G143" t="s">
         <v>24</v>
       </c>
       <c r="H143" t="s">
@@ -16630,52 +17950,62 @@
       </c>
       <c r="AJ143" s="1">
         <v>45881.375</v>
       </c>
       <c r="AK143" t="s">
         <v>24</v>
       </c>
       <c r="AL143" t="s">
         <v>31</v>
       </c>
       <c r="AM143" s="9">
         <v>92170.445999999996</v>
       </c>
       <c r="AO143" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP143" t="s">
         <v>24</v>
       </c>
       <c r="AQ143" t="s">
         <v>31</v>
       </c>
       <c r="AR143" s="9">
         <v>80409.391000000003</v>
       </c>
-      <c r="AT143" s="1"/>
-      <c r="AW143" s="9"/>
+      <c r="AT143" s="1">
+        <v>45952.375</v>
+      </c>
+      <c r="AU143" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV143" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW143" s="9">
+        <v>79836.929000000004</v>
+      </c>
       <c r="AY143" s="1"/>
       <c r="BB143" s="9"/>
       <c r="BD143" s="1"/>
       <c r="BG143" s="9"/>
     </row>
     <row r="144" spans="1:59">
       <c r="A144" s="1">
         <v>45665.375</v>
       </c>
       <c r="B144" t="s">
         <v>24</v>
       </c>
       <c r="C144" t="s">
         <v>32</v>
       </c>
       <c r="D144" s="9">
         <v>14346.896000000001</v>
       </c>
       <c r="F144" s="1">
         <v>45694.375</v>
       </c>
       <c r="G144" t="s">
         <v>24</v>
       </c>
       <c r="H144" t="s">
@@ -16746,52 +18076,62 @@
       </c>
       <c r="AJ144" s="1">
         <v>45881.375</v>
       </c>
       <c r="AK144" t="s">
         <v>24</v>
       </c>
       <c r="AL144" t="s">
         <v>32</v>
       </c>
       <c r="AM144" s="9">
         <v>12178.52</v>
       </c>
       <c r="AO144" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP144" t="s">
         <v>24</v>
       </c>
       <c r="AQ144" t="s">
         <v>32</v>
       </c>
       <c r="AR144" s="9">
         <v>13840.205</v>
       </c>
-      <c r="AT144" s="1"/>
-      <c r="AW144" s="9"/>
+      <c r="AT144" s="1">
+        <v>45952.375</v>
+      </c>
+      <c r="AU144" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV144" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW144" s="9">
+        <v>12846.764999999999</v>
+      </c>
       <c r="AY144" s="1"/>
       <c r="BB144" s="9"/>
       <c r="BD144" s="1"/>
       <c r="BG144" s="9"/>
     </row>
     <row r="145" spans="1:59">
       <c r="A145" s="1">
         <v>45665.375</v>
       </c>
       <c r="B145" t="s">
         <v>24</v>
       </c>
       <c r="C145" t="s">
         <v>33</v>
       </c>
       <c r="D145" s="9">
         <v>98697.426000000007</v>
       </c>
       <c r="F145" s="1">
         <v>45694.375</v>
       </c>
       <c r="G145" t="s">
         <v>24</v>
       </c>
       <c r="H145" t="s">
@@ -16862,52 +18202,62 @@
       </c>
       <c r="AJ145" s="1">
         <v>45881.375</v>
       </c>
       <c r="AK145" t="s">
         <v>24</v>
       </c>
       <c r="AL145" t="s">
         <v>33</v>
       </c>
       <c r="AM145" s="9">
         <v>74845.614000000001</v>
       </c>
       <c r="AO145" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP145" t="s">
         <v>24</v>
       </c>
       <c r="AQ145" t="s">
         <v>33</v>
       </c>
       <c r="AR145" s="9">
         <v>87138.600999999995</v>
       </c>
-      <c r="AT145" s="1"/>
-      <c r="AW145" s="9"/>
+      <c r="AT145" s="1">
+        <v>45952.375</v>
+      </c>
+      <c r="AU145" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV145" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW145" s="9">
+        <v>84572.69</v>
+      </c>
       <c r="AY145" s="1"/>
       <c r="BB145" s="9"/>
       <c r="BD145" s="1"/>
       <c r="BG145" s="9"/>
     </row>
     <row r="146" spans="1:59">
       <c r="A146" s="1">
         <v>45665.375</v>
       </c>
       <c r="B146" t="s">
         <v>24</v>
       </c>
       <c r="C146" t="s">
         <v>34</v>
       </c>
       <c r="D146" s="9">
         <v>41921</v>
       </c>
       <c r="F146" s="1">
         <v>45694.375</v>
       </c>
       <c r="G146" t="s">
         <v>24</v>
       </c>
       <c r="H146" t="s">
@@ -16978,52 +18328,62 @@
       </c>
       <c r="AJ146" s="1">
         <v>45881.375</v>
       </c>
       <c r="AK146" t="s">
         <v>24</v>
       </c>
       <c r="AL146" t="s">
         <v>34</v>
       </c>
       <c r="AM146" s="9">
         <v>91200</v>
       </c>
       <c r="AO146" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP146" t="s">
         <v>24</v>
       </c>
       <c r="AQ146" t="s">
         <v>34</v>
       </c>
       <c r="AR146" s="9">
         <v>115082</v>
       </c>
-      <c r="AT146" s="1"/>
-      <c r="AW146" s="9"/>
+      <c r="AT146" s="1">
+        <v>45952.375</v>
+      </c>
+      <c r="AU146" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV146" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW146" s="9">
+        <v>227796</v>
+      </c>
       <c r="AY146" s="1"/>
       <c r="BB146" s="9"/>
       <c r="BD146" s="1"/>
       <c r="BG146" s="9"/>
     </row>
     <row r="147" spans="1:59">
       <c r="A147" s="1">
         <v>45665.375</v>
       </c>
       <c r="B147" t="s">
         <v>24</v>
       </c>
       <c r="C147" t="s">
         <v>35</v>
       </c>
       <c r="D147" s="9">
         <v>12376.368</v>
       </c>
       <c r="F147" s="1">
         <v>45694.375</v>
       </c>
       <c r="G147" t="s">
         <v>24</v>
       </c>
       <c r="H147" t="s">
@@ -17094,52 +18454,62 @@
       </c>
       <c r="AJ147" s="1">
         <v>45881.375</v>
       </c>
       <c r="AK147" t="s">
         <v>24</v>
       </c>
       <c r="AL147" t="s">
         <v>35</v>
       </c>
       <c r="AM147" s="9">
         <v>12502.696</v>
       </c>
       <c r="AO147" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP147" t="s">
         <v>24</v>
       </c>
       <c r="AQ147" t="s">
         <v>35</v>
       </c>
       <c r="AR147" s="9">
         <v>10898.019</v>
       </c>
-      <c r="AT147" s="1"/>
-      <c r="AW147" s="9"/>
+      <c r="AT147" s="1">
+        <v>45952.375</v>
+      </c>
+      <c r="AU147" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV147" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW147" s="9">
+        <v>9526.3150000000005</v>
+      </c>
       <c r="AY147" s="1"/>
       <c r="BB147" s="9"/>
       <c r="BD147" s="1"/>
       <c r="BG147" s="9"/>
     </row>
     <row r="148" spans="1:59">
       <c r="A148" s="1">
         <v>45665.375</v>
       </c>
       <c r="B148" t="s">
         <v>24</v>
       </c>
       <c r="C148" t="s">
         <v>36</v>
       </c>
       <c r="D148" s="9">
         <v>299876.26199999999</v>
       </c>
       <c r="F148" s="1">
         <v>45694.375</v>
       </c>
       <c r="G148" t="s">
         <v>24</v>
       </c>
       <c r="H148" t="s">
@@ -17210,52 +18580,62 @@
       </c>
       <c r="AJ148" s="1">
         <v>45881.375</v>
       </c>
       <c r="AK148" t="s">
         <v>24</v>
       </c>
       <c r="AL148" t="s">
         <v>36</v>
       </c>
       <c r="AM148" s="9">
         <v>346140.359</v>
       </c>
       <c r="AO148" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP148" t="s">
         <v>24</v>
       </c>
       <c r="AQ148" t="s">
         <v>36</v>
       </c>
       <c r="AR148" s="9">
         <v>282289.766</v>
       </c>
-      <c r="AT148" s="1"/>
-      <c r="AW148" s="9"/>
+      <c r="AT148" s="1">
+        <v>45952.375</v>
+      </c>
+      <c r="AU148" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV148" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW148" s="9">
+        <v>269182.255</v>
+      </c>
       <c r="AY148" s="1"/>
       <c r="BB148" s="9"/>
       <c r="BD148" s="1"/>
       <c r="BG148" s="9"/>
     </row>
     <row r="149" spans="1:59">
       <c r="A149" s="1">
         <v>45665.375</v>
       </c>
       <c r="B149" t="s">
         <v>24</v>
       </c>
       <c r="C149" t="s">
         <v>37</v>
       </c>
       <c r="D149" s="9">
         <v>129362.327</v>
       </c>
       <c r="F149" s="1">
         <v>45694.375</v>
       </c>
       <c r="G149" t="s">
         <v>24</v>
       </c>
       <c r="H149" t="s">
@@ -17326,52 +18706,62 @@
       </c>
       <c r="AJ149" s="1">
         <v>45881.375</v>
       </c>
       <c r="AK149" t="s">
         <v>24</v>
       </c>
       <c r="AL149" t="s">
         <v>37</v>
       </c>
       <c r="AM149" s="9">
         <v>139961.826</v>
       </c>
       <c r="AO149" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP149" t="s">
         <v>24</v>
       </c>
       <c r="AQ149" t="s">
         <v>37</v>
       </c>
       <c r="AR149" s="9">
         <v>98524.951000000001</v>
       </c>
-      <c r="AT149" s="1"/>
-      <c r="AW149" s="9"/>
+      <c r="AT149" s="1">
+        <v>45952.375</v>
+      </c>
+      <c r="AU149" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV149" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW149" s="9">
+        <v>97765.055999999997</v>
+      </c>
       <c r="AY149" s="1"/>
       <c r="BB149" s="9"/>
       <c r="BD149" s="1"/>
       <c r="BG149" s="9"/>
     </row>
     <row r="150" spans="1:59">
       <c r="A150" s="1">
         <v>45665.375</v>
       </c>
       <c r="B150" t="s">
         <v>24</v>
       </c>
       <c r="C150" t="s">
         <v>38</v>
       </c>
       <c r="D150" s="9">
         <v>0</v>
       </c>
       <c r="F150" s="1">
         <v>45694.375</v>
       </c>
       <c r="G150" t="s">
         <v>24</v>
       </c>
       <c r="H150" t="s">
@@ -17442,52 +18832,62 @@
       </c>
       <c r="AJ150" s="1">
         <v>45881.375</v>
       </c>
       <c r="AK150" t="s">
         <v>24</v>
       </c>
       <c r="AL150" t="s">
         <v>38</v>
       </c>
       <c r="AM150" s="9">
         <v>0</v>
       </c>
       <c r="AO150" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP150" t="s">
         <v>24</v>
       </c>
       <c r="AQ150" t="s">
         <v>38</v>
       </c>
       <c r="AR150" s="9">
         <v>0</v>
       </c>
-      <c r="AT150" s="1"/>
-      <c r="AW150" s="9"/>
+      <c r="AT150" s="1">
+        <v>45952.375</v>
+      </c>
+      <c r="AU150" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV150" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW150" s="9">
+        <v>0</v>
+      </c>
       <c r="AY150" s="1"/>
       <c r="BB150" s="9"/>
       <c r="BD150" s="1"/>
       <c r="BG150" s="9"/>
     </row>
     <row r="151" spans="1:59">
       <c r="A151" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B151" t="s">
         <v>24</v>
       </c>
       <c r="C151" t="s">
         <v>25</v>
       </c>
       <c r="D151" s="9">
         <v>598209.59100000001</v>
       </c>
       <c r="F151" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G151" t="s">
         <v>24</v>
       </c>
       <c r="H151" t="s">
@@ -17558,52 +18958,62 @@
       </c>
       <c r="AJ151" s="1">
         <v>45881.416666666664</v>
       </c>
       <c r="AK151" t="s">
         <v>24</v>
       </c>
       <c r="AL151" t="s">
         <v>25</v>
       </c>
       <c r="AM151" s="9">
         <v>643893.57499999995</v>
       </c>
       <c r="AO151" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP151" t="s">
         <v>24</v>
       </c>
       <c r="AQ151" t="s">
         <v>25</v>
       </c>
       <c r="AR151" s="9">
         <v>379827.00799999997</v>
       </c>
-      <c r="AT151" s="1"/>
-      <c r="AW151" s="9"/>
+      <c r="AT151" s="1">
+        <v>45952.416666666664</v>
+      </c>
+      <c r="AU151" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV151" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW151" s="9">
+        <v>407622.685</v>
+      </c>
       <c r="AY151" s="1"/>
       <c r="BB151" s="9"/>
       <c r="BD151" s="1"/>
       <c r="BG151" s="9"/>
     </row>
     <row r="152" spans="1:59">
       <c r="A152" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B152" t="s">
         <v>24</v>
       </c>
       <c r="C152" t="s">
         <v>26</v>
       </c>
       <c r="D152" s="9">
         <v>0</v>
       </c>
       <c r="F152" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G152" t="s">
         <v>24</v>
       </c>
       <c r="H152" t="s">
@@ -17674,52 +19084,62 @@
       </c>
       <c r="AJ152" s="1">
         <v>45881.416666666664</v>
       </c>
       <c r="AK152" t="s">
         <v>24</v>
       </c>
       <c r="AL152" t="s">
         <v>26</v>
       </c>
       <c r="AM152" s="9">
         <v>0</v>
       </c>
       <c r="AO152" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP152" t="s">
         <v>24</v>
       </c>
       <c r="AQ152" t="s">
         <v>26</v>
       </c>
       <c r="AR152" s="9">
         <v>0</v>
       </c>
-      <c r="AT152" s="1"/>
-      <c r="AW152" s="9"/>
+      <c r="AT152" s="1">
+        <v>45952.416666666664</v>
+      </c>
+      <c r="AU152" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV152" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW152" s="9">
+        <v>0</v>
+      </c>
       <c r="AY152" s="1"/>
       <c r="BB152" s="9"/>
       <c r="BD152" s="1"/>
       <c r="BG152" s="9"/>
     </row>
     <row r="153" spans="1:59">
       <c r="A153" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B153" t="s">
         <v>24</v>
       </c>
       <c r="C153" t="s">
         <v>27</v>
       </c>
       <c r="D153" s="9">
         <v>43.402000000000001</v>
       </c>
       <c r="F153" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G153" t="s">
         <v>24</v>
       </c>
       <c r="H153" t="s">
@@ -17790,52 +19210,62 @@
       </c>
       <c r="AJ153" s="1">
         <v>45881.416666666664</v>
       </c>
       <c r="AK153" t="s">
         <v>24</v>
       </c>
       <c r="AL153" t="s">
         <v>27</v>
       </c>
       <c r="AM153" s="9">
         <v>2.5750000000000002</v>
       </c>
       <c r="AO153" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP153" t="s">
         <v>24</v>
       </c>
       <c r="AQ153" t="s">
         <v>27</v>
       </c>
       <c r="AR153" s="9">
         <v>0.50600000000000001</v>
       </c>
-      <c r="AT153" s="1"/>
-      <c r="AW153" s="9"/>
+      <c r="AT153" s="1">
+        <v>45952.416666666664</v>
+      </c>
+      <c r="AU153" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV153" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW153" s="9">
+        <v>6.9109999999999996</v>
+      </c>
       <c r="AY153" s="1"/>
       <c r="BB153" s="9"/>
       <c r="BD153" s="1"/>
       <c r="BG153" s="9"/>
     </row>
     <row r="154" spans="1:59">
       <c r="A154" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B154" t="s">
         <v>24</v>
       </c>
       <c r="C154" t="s">
         <v>28</v>
       </c>
       <c r="D154" s="9">
         <v>9107.875</v>
       </c>
       <c r="F154" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G154" t="s">
         <v>24</v>
       </c>
       <c r="H154" t="s">
@@ -17906,52 +19336,62 @@
       </c>
       <c r="AJ154" s="1">
         <v>45881.416666666664</v>
       </c>
       <c r="AK154" t="s">
         <v>24</v>
       </c>
       <c r="AL154" t="s">
         <v>28</v>
       </c>
       <c r="AM154" s="9">
         <v>880.11199999999997</v>
       </c>
       <c r="AO154" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP154" t="s">
         <v>24</v>
       </c>
       <c r="AQ154" t="s">
         <v>28</v>
       </c>
       <c r="AR154" s="9">
         <v>716.87400000000002</v>
       </c>
-      <c r="AT154" s="1"/>
-      <c r="AW154" s="9"/>
+      <c r="AT154" s="1">
+        <v>45952.416666666664</v>
+      </c>
+      <c r="AU154" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV154" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW154" s="9">
+        <v>824.47699999999998</v>
+      </c>
       <c r="AY154" s="1"/>
       <c r="BB154" s="9"/>
       <c r="BD154" s="1"/>
       <c r="BG154" s="9"/>
     </row>
     <row r="155" spans="1:59">
       <c r="A155" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B155" t="s">
         <v>24</v>
       </c>
       <c r="C155" t="s">
         <v>29</v>
       </c>
       <c r="D155" s="9">
         <v>22265.255000000001</v>
       </c>
       <c r="F155" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G155" t="s">
         <v>24</v>
       </c>
       <c r="H155" t="s">
@@ -18022,52 +19462,62 @@
       </c>
       <c r="AJ155" s="1">
         <v>45881.416666666664</v>
       </c>
       <c r="AK155" t="s">
         <v>24</v>
       </c>
       <c r="AL155" t="s">
         <v>29</v>
       </c>
       <c r="AM155" s="9">
         <v>31830.737000000001</v>
       </c>
       <c r="AO155" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP155" t="s">
         <v>24</v>
       </c>
       <c r="AQ155" t="s">
         <v>29</v>
       </c>
       <c r="AR155" s="9">
         <v>27467.559000000001</v>
       </c>
-      <c r="AT155" s="1"/>
-      <c r="AW155" s="9"/>
+      <c r="AT155" s="1">
+        <v>45952.416666666664</v>
+      </c>
+      <c r="AU155" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV155" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW155" s="9">
+        <v>26482.516</v>
+      </c>
       <c r="AY155" s="1"/>
       <c r="BB155" s="9"/>
       <c r="BD155" s="1"/>
       <c r="BG155" s="9"/>
     </row>
     <row r="156" spans="1:59">
       <c r="A156" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B156" t="s">
         <v>24</v>
       </c>
       <c r="C156" t="s">
         <v>30</v>
       </c>
       <c r="D156" s="9">
         <v>56706.82</v>
       </c>
       <c r="F156" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G156" t="s">
         <v>24</v>
       </c>
       <c r="H156" t="s">
@@ -18138,52 +19588,62 @@
       </c>
       <c r="AJ156" s="1">
         <v>45881.416666666664</v>
       </c>
       <c r="AK156" t="s">
         <v>24</v>
       </c>
       <c r="AL156" t="s">
         <v>30</v>
       </c>
       <c r="AM156" s="9">
         <v>73717.275999999998</v>
       </c>
       <c r="AO156" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP156" t="s">
         <v>24</v>
       </c>
       <c r="AQ156" t="s">
         <v>30</v>
       </c>
       <c r="AR156" s="9">
         <v>62953.396000000001</v>
       </c>
-      <c r="AT156" s="1"/>
-      <c r="AW156" s="9"/>
+      <c r="AT156" s="1">
+        <v>45952.416666666664</v>
+      </c>
+      <c r="AU156" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV156" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW156" s="9">
+        <v>58407.781000000003</v>
+      </c>
       <c r="AY156" s="1"/>
       <c r="BB156" s="9"/>
       <c r="BD156" s="1"/>
       <c r="BG156" s="9"/>
     </row>
     <row r="157" spans="1:59">
       <c r="A157" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B157" t="s">
         <v>24</v>
       </c>
       <c r="C157" t="s">
         <v>31</v>
       </c>
       <c r="D157" s="9">
         <v>78663.111000000004</v>
       </c>
       <c r="F157" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G157" t="s">
         <v>24</v>
       </c>
       <c r="H157" t="s">
@@ -18254,52 +19714,62 @@
       </c>
       <c r="AJ157" s="1">
         <v>45881.416666666664</v>
       </c>
       <c r="AK157" t="s">
         <v>24</v>
       </c>
       <c r="AL157" t="s">
         <v>31</v>
       </c>
       <c r="AM157" s="9">
         <v>93293.856</v>
       </c>
       <c r="AO157" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP157" t="s">
         <v>24</v>
       </c>
       <c r="AQ157" t="s">
         <v>31</v>
       </c>
       <c r="AR157" s="9">
         <v>80988.731</v>
       </c>
-      <c r="AT157" s="1"/>
-      <c r="AW157" s="9"/>
+      <c r="AT157" s="1">
+        <v>45952.416666666664</v>
+      </c>
+      <c r="AU157" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV157" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW157" s="9">
+        <v>80327.395000000004</v>
+      </c>
       <c r="AY157" s="1"/>
       <c r="BB157" s="9"/>
       <c r="BD157" s="1"/>
       <c r="BG157" s="9"/>
     </row>
     <row r="158" spans="1:59">
       <c r="A158" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B158" t="s">
         <v>24</v>
       </c>
       <c r="C158" t="s">
         <v>32</v>
       </c>
       <c r="D158" s="9">
         <v>14056.517</v>
       </c>
       <c r="F158" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G158" t="s">
         <v>24</v>
       </c>
       <c r="H158" t="s">
@@ -18370,52 +19840,62 @@
       </c>
       <c r="AJ158" s="1">
         <v>45881.416666666664</v>
       </c>
       <c r="AK158" t="s">
         <v>24</v>
       </c>
       <c r="AL158" t="s">
         <v>32</v>
       </c>
       <c r="AM158" s="9">
         <v>12521.78</v>
       </c>
       <c r="AO158" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP158" t="s">
         <v>24</v>
       </c>
       <c r="AQ158" t="s">
         <v>32</v>
       </c>
       <c r="AR158" s="9">
         <v>12974.27</v>
       </c>
-      <c r="AT158" s="1"/>
-      <c r="AW158" s="9"/>
+      <c r="AT158" s="1">
+        <v>45952.416666666664</v>
+      </c>
+      <c r="AU158" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV158" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW158" s="9">
+        <v>12230.81</v>
+      </c>
       <c r="AY158" s="1"/>
       <c r="BB158" s="9"/>
       <c r="BD158" s="1"/>
       <c r="BG158" s="9"/>
     </row>
     <row r="159" spans="1:59">
       <c r="A159" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B159" t="s">
         <v>24</v>
       </c>
       <c r="C159" t="s">
         <v>33</v>
       </c>
       <c r="D159" s="9">
         <v>97629.18</v>
       </c>
       <c r="F159" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G159" t="s">
         <v>24</v>
       </c>
       <c r="H159" t="s">
@@ -18486,52 +19966,62 @@
       </c>
       <c r="AJ159" s="1">
         <v>45881.416666666664</v>
       </c>
       <c r="AK159" t="s">
         <v>24</v>
       </c>
       <c r="AL159" t="s">
         <v>33</v>
       </c>
       <c r="AM159" s="9">
         <v>77356.460000000006</v>
       </c>
       <c r="AO159" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP159" t="s">
         <v>24</v>
       </c>
       <c r="AQ159" t="s">
         <v>33</v>
       </c>
       <c r="AR159" s="9">
         <v>91498.024999999994</v>
       </c>
-      <c r="AT159" s="1"/>
-      <c r="AW159" s="9"/>
+      <c r="AT159" s="1">
+        <v>45952.416666666664</v>
+      </c>
+      <c r="AU159" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV159" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW159" s="9">
+        <v>85836.093999999997</v>
+      </c>
       <c r="AY159" s="1"/>
       <c r="BB159" s="9"/>
       <c r="BD159" s="1"/>
       <c r="BG159" s="9"/>
     </row>
     <row r="160" spans="1:59">
       <c r="A160" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B160" t="s">
         <v>24</v>
       </c>
       <c r="C160" t="s">
         <v>34</v>
       </c>
       <c r="D160" s="9">
         <v>49224</v>
       </c>
       <c r="F160" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G160" t="s">
         <v>24</v>
       </c>
       <c r="H160" t="s">
@@ -18602,52 +20092,62 @@
       </c>
       <c r="AJ160" s="1">
         <v>45881.416666666664</v>
       </c>
       <c r="AK160" t="s">
         <v>24</v>
       </c>
       <c r="AL160" t="s">
         <v>34</v>
       </c>
       <c r="AM160" s="9">
         <v>94100</v>
       </c>
       <c r="AO160" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP160" t="s">
         <v>24</v>
       </c>
       <c r="AQ160" t="s">
         <v>34</v>
       </c>
       <c r="AR160" s="9">
         <v>115539</v>
       </c>
-      <c r="AT160" s="1"/>
-      <c r="AW160" s="9"/>
+      <c r="AT160" s="1">
+        <v>45952.416666666664</v>
+      </c>
+      <c r="AU160" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV160" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW160" s="9">
+        <v>229827</v>
+      </c>
       <c r="AY160" s="1"/>
       <c r="BB160" s="9"/>
       <c r="BD160" s="1"/>
       <c r="BG160" s="9"/>
     </row>
     <row r="161" spans="1:59">
       <c r="A161" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B161" t="s">
         <v>24</v>
       </c>
       <c r="C161" t="s">
         <v>35</v>
       </c>
       <c r="D161" s="9">
         <v>12137.18</v>
       </c>
       <c r="F161" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G161" t="s">
         <v>24</v>
       </c>
       <c r="H161" t="s">
@@ -18718,52 +20218,62 @@
       </c>
       <c r="AJ161" s="1">
         <v>45881.416666666664</v>
       </c>
       <c r="AK161" t="s">
         <v>24</v>
       </c>
       <c r="AL161" t="s">
         <v>35</v>
       </c>
       <c r="AM161" s="9">
         <v>13183.179</v>
       </c>
       <c r="AO161" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP161" t="s">
         <v>24</v>
       </c>
       <c r="AQ161" t="s">
         <v>35</v>
       </c>
       <c r="AR161" s="9">
         <v>10958.611000000001</v>
       </c>
-      <c r="AT161" s="1"/>
-      <c r="AW161" s="9"/>
+      <c r="AT161" s="1">
+        <v>45952.416666666664</v>
+      </c>
+      <c r="AU161" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV161" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW161" s="9">
+        <v>9692.598</v>
+      </c>
       <c r="AY161" s="1"/>
       <c r="BB161" s="9"/>
       <c r="BD161" s="1"/>
       <c r="BG161" s="9"/>
     </row>
     <row r="162" spans="1:59">
       <c r="A162" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B162" t="s">
         <v>24</v>
       </c>
       <c r="C162" t="s">
         <v>36</v>
       </c>
       <c r="D162" s="9">
         <v>303808.43099999998</v>
       </c>
       <c r="F162" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G162" t="s">
         <v>24</v>
       </c>
       <c r="H162" t="s">
@@ -18834,52 +20344,62 @@
       </c>
       <c r="AJ162" s="1">
         <v>45881.416666666664</v>
       </c>
       <c r="AK162" t="s">
         <v>24</v>
       </c>
       <c r="AL162" t="s">
         <v>36</v>
       </c>
       <c r="AM162" s="9">
         <v>368181.859</v>
       </c>
       <c r="AO162" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP162" t="s">
         <v>24</v>
       </c>
       <c r="AQ162" t="s">
         <v>36</v>
       </c>
       <c r="AR162" s="9">
         <v>289555.98200000002</v>
       </c>
-      <c r="AT162" s="1"/>
-      <c r="AW162" s="9"/>
+      <c r="AT162" s="1">
+        <v>45952.416666666664</v>
+      </c>
+      <c r="AU162" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV162" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW162" s="9">
+        <v>274823.23100000003</v>
+      </c>
       <c r="AY162" s="1"/>
       <c r="BB162" s="9"/>
       <c r="BD162" s="1"/>
       <c r="BG162" s="9"/>
     </row>
     <row r="163" spans="1:59">
       <c r="A163" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B163" t="s">
         <v>24</v>
       </c>
       <c r="C163" t="s">
         <v>37</v>
       </c>
       <c r="D163" s="9">
         <v>132011.81099999999</v>
       </c>
       <c r="F163" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G163" t="s">
         <v>24</v>
       </c>
       <c r="H163" t="s">
@@ -18950,52 +20470,62 @@
       </c>
       <c r="AJ163" s="1">
         <v>45881.416666666664</v>
       </c>
       <c r="AK163" t="s">
         <v>24</v>
       </c>
       <c r="AL163" t="s">
         <v>37</v>
       </c>
       <c r="AM163" s="9">
         <v>154801.72</v>
       </c>
       <c r="AO163" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP163" t="s">
         <v>24</v>
       </c>
       <c r="AQ163" t="s">
         <v>37</v>
       </c>
       <c r="AR163" s="9">
         <v>103519.63499999999</v>
       </c>
-      <c r="AT163" s="1"/>
-      <c r="AW163" s="9"/>
+      <c r="AT163" s="1">
+        <v>45952.416666666664</v>
+      </c>
+      <c r="AU163" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV163" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW163" s="9">
+        <v>101805.879</v>
+      </c>
       <c r="AY163" s="1"/>
       <c r="BB163" s="9"/>
       <c r="BD163" s="1"/>
       <c r="BG163" s="9"/>
     </row>
     <row r="164" spans="1:59">
       <c r="A164" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B164" t="s">
         <v>24</v>
       </c>
       <c r="C164" t="s">
         <v>38</v>
       </c>
       <c r="D164" s="9">
         <v>0</v>
       </c>
       <c r="F164" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G164" t="s">
         <v>24</v>
       </c>
       <c r="H164" t="s">
@@ -19066,52 +20596,62 @@
       </c>
       <c r="AJ164" s="1">
         <v>45881.416666666664</v>
       </c>
       <c r="AK164" t="s">
         <v>24</v>
       </c>
       <c r="AL164" t="s">
         <v>38</v>
       </c>
       <c r="AM164" s="9">
         <v>0</v>
       </c>
       <c r="AO164" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP164" t="s">
         <v>24</v>
       </c>
       <c r="AQ164" t="s">
         <v>38</v>
       </c>
       <c r="AR164" s="9">
         <v>0</v>
       </c>
-      <c r="AT164" s="1"/>
-      <c r="AW164" s="9"/>
+      <c r="AT164" s="1">
+        <v>45952.416666666664</v>
+      </c>
+      <c r="AU164" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV164" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW164" s="9">
+        <v>0</v>
+      </c>
       <c r="AY164" s="1"/>
       <c r="BB164" s="9"/>
       <c r="BD164" s="1"/>
       <c r="BG164" s="9"/>
     </row>
     <row r="165" spans="1:59">
       <c r="A165" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B165" t="s">
         <v>24</v>
       </c>
       <c r="C165" t="s">
         <v>25</v>
       </c>
       <c r="D165" s="9">
         <v>592341.74199999997</v>
       </c>
       <c r="F165" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G165" t="s">
         <v>24</v>
       </c>
       <c r="H165" t="s">
@@ -19182,52 +20722,62 @@
       </c>
       <c r="AJ165" s="1">
         <v>45881.458333333336</v>
       </c>
       <c r="AK165" t="s">
         <v>24</v>
       </c>
       <c r="AL165" t="s">
         <v>25</v>
       </c>
       <c r="AM165" s="9">
         <v>687384.76500000001</v>
       </c>
       <c r="AO165" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP165" t="s">
         <v>24</v>
       </c>
       <c r="AQ165" t="s">
         <v>25</v>
       </c>
       <c r="AR165" s="9">
         <v>385703.658</v>
       </c>
-      <c r="AT165" s="1"/>
-      <c r="AW165" s="9"/>
+      <c r="AT165" s="1">
+        <v>45952.458333333336</v>
+      </c>
+      <c r="AU165" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV165" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW165" s="9">
+        <v>404489.19199999998</v>
+      </c>
       <c r="AY165" s="1"/>
       <c r="BB165" s="9"/>
       <c r="BD165" s="1"/>
       <c r="BG165" s="9"/>
     </row>
     <row r="166" spans="1:59">
       <c r="A166" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B166" t="s">
         <v>24</v>
       </c>
       <c r="C166" t="s">
         <v>26</v>
       </c>
       <c r="D166" s="9">
         <v>0</v>
       </c>
       <c r="F166" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G166" t="s">
         <v>24</v>
       </c>
       <c r="H166" t="s">
@@ -19298,52 +20848,62 @@
       </c>
       <c r="AJ166" s="1">
         <v>45881.458333333336</v>
       </c>
       <c r="AK166" t="s">
         <v>24</v>
       </c>
       <c r="AL166" t="s">
         <v>26</v>
       </c>
       <c r="AM166" s="9">
         <v>0</v>
       </c>
       <c r="AO166" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP166" t="s">
         <v>24</v>
       </c>
       <c r="AQ166" t="s">
         <v>26</v>
       </c>
       <c r="AR166" s="9">
         <v>0</v>
       </c>
-      <c r="AT166" s="1"/>
-      <c r="AW166" s="9"/>
+      <c r="AT166" s="1">
+        <v>45952.458333333336</v>
+      </c>
+      <c r="AU166" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV166" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW166" s="9">
+        <v>0</v>
+      </c>
       <c r="AY166" s="1"/>
       <c r="BB166" s="9"/>
       <c r="BD166" s="1"/>
       <c r="BG166" s="9"/>
     </row>
     <row r="167" spans="1:59">
       <c r="A167" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B167" t="s">
         <v>24</v>
       </c>
       <c r="C167" t="s">
         <v>27</v>
       </c>
       <c r="D167" s="9">
         <v>39.223999999999997</v>
       </c>
       <c r="F167" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G167" t="s">
         <v>24</v>
       </c>
       <c r="H167" t="s">
@@ -19414,52 +20974,62 @@
       </c>
       <c r="AJ167" s="1">
         <v>45881.458333333336</v>
       </c>
       <c r="AK167" t="s">
         <v>24</v>
       </c>
       <c r="AL167" t="s">
         <v>27</v>
       </c>
       <c r="AM167" s="9">
         <v>2.956</v>
       </c>
       <c r="AO167" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP167" t="s">
         <v>24</v>
       </c>
       <c r="AQ167" t="s">
         <v>27</v>
       </c>
       <c r="AR167" s="9">
         <v>2.637</v>
       </c>
-      <c r="AT167" s="1"/>
-      <c r="AW167" s="9"/>
+      <c r="AT167" s="1">
+        <v>45952.458333333336</v>
+      </c>
+      <c r="AU167" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV167" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW167" s="9">
+        <v>6.7759999999999998</v>
+      </c>
       <c r="AY167" s="1"/>
       <c r="BB167" s="9"/>
       <c r="BD167" s="1"/>
       <c r="BG167" s="9"/>
     </row>
     <row r="168" spans="1:59">
       <c r="A168" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B168" t="s">
         <v>24</v>
       </c>
       <c r="C168" t="s">
         <v>28</v>
       </c>
       <c r="D168" s="9">
         <v>8980.5329999999994</v>
       </c>
       <c r="F168" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G168" t="s">
         <v>24</v>
       </c>
       <c r="H168" t="s">
@@ -19530,52 +21100,62 @@
       </c>
       <c r="AJ168" s="1">
         <v>45881.458333333336</v>
       </c>
       <c r="AK168" t="s">
         <v>24</v>
       </c>
       <c r="AL168" t="s">
         <v>28</v>
       </c>
       <c r="AM168" s="9">
         <v>922.90499999999997</v>
       </c>
       <c r="AO168" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP168" t="s">
         <v>24</v>
       </c>
       <c r="AQ168" t="s">
         <v>28</v>
       </c>
       <c r="AR168" s="9">
         <v>706.51199999999994</v>
       </c>
-      <c r="AT168" s="1"/>
-      <c r="AW168" s="9"/>
+      <c r="AT168" s="1">
+        <v>45952.458333333336</v>
+      </c>
+      <c r="AU168" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV168" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW168" s="9">
+        <v>816.14700000000005</v>
+      </c>
       <c r="AY168" s="1"/>
       <c r="BB168" s="9"/>
       <c r="BD168" s="1"/>
       <c r="BG168" s="9"/>
     </row>
     <row r="169" spans="1:59">
       <c r="A169" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B169" t="s">
         <v>24</v>
       </c>
       <c r="C169" t="s">
         <v>29</v>
       </c>
       <c r="D169" s="9">
         <v>21093.843000000001</v>
       </c>
       <c r="F169" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G169" t="s">
         <v>24</v>
       </c>
       <c r="H169" t="s">
@@ -19646,52 +21226,62 @@
       </c>
       <c r="AJ169" s="1">
         <v>45881.458333333336</v>
       </c>
       <c r="AK169" t="s">
         <v>24</v>
       </c>
       <c r="AL169" t="s">
         <v>29</v>
       </c>
       <c r="AM169" s="9">
         <v>31994.845000000001</v>
       </c>
       <c r="AO169" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP169" t="s">
         <v>24</v>
       </c>
       <c r="AQ169" t="s">
         <v>29</v>
       </c>
       <c r="AR169" s="9">
         <v>27401.920999999998</v>
       </c>
-      <c r="AT169" s="1"/>
-      <c r="AW169" s="9"/>
+      <c r="AT169" s="1">
+        <v>45952.458333333336</v>
+      </c>
+      <c r="AU169" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV169" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW169" s="9">
+        <v>25394.206999999999</v>
+      </c>
       <c r="AY169" s="1"/>
       <c r="BB169" s="9"/>
       <c r="BD169" s="1"/>
       <c r="BG169" s="9"/>
     </row>
     <row r="170" spans="1:59">
       <c r="A170" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B170" t="s">
         <v>24</v>
       </c>
       <c r="C170" t="s">
         <v>30</v>
       </c>
       <c r="D170" s="9">
         <v>55901.512000000002</v>
       </c>
       <c r="F170" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G170" t="s">
         <v>24</v>
       </c>
       <c r="H170" t="s">
@@ -19762,52 +21352,62 @@
       </c>
       <c r="AJ170" s="1">
         <v>45881.458333333336</v>
       </c>
       <c r="AK170" t="s">
         <v>24</v>
       </c>
       <c r="AL170" t="s">
         <v>30</v>
       </c>
       <c r="AM170" s="9">
         <v>74442.125</v>
       </c>
       <c r="AO170" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP170" t="s">
         <v>24</v>
       </c>
       <c r="AQ170" t="s">
         <v>30</v>
       </c>
       <c r="AR170" s="9">
         <v>61416.612999999998</v>
       </c>
-      <c r="AT170" s="1"/>
-      <c r="AW170" s="9"/>
+      <c r="AT170" s="1">
+        <v>45952.458333333336</v>
+      </c>
+      <c r="AU170" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV170" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW170" s="9">
+        <v>58242.826999999997</v>
+      </c>
       <c r="AY170" s="1"/>
       <c r="BB170" s="9"/>
       <c r="BD170" s="1"/>
       <c r="BG170" s="9"/>
     </row>
     <row r="171" spans="1:59">
       <c r="A171" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B171" t="s">
         <v>24</v>
       </c>
       <c r="C171" t="s">
         <v>31</v>
       </c>
       <c r="D171" s="9">
         <v>77737.210000000006</v>
       </c>
       <c r="F171" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G171" t="s">
         <v>24</v>
       </c>
       <c r="H171" t="s">
@@ -19878,52 +21478,62 @@
       </c>
       <c r="AJ171" s="1">
         <v>45881.458333333336</v>
       </c>
       <c r="AK171" t="s">
         <v>24</v>
       </c>
       <c r="AL171" t="s">
         <v>31</v>
       </c>
       <c r="AM171" s="9">
         <v>93109.277000000002</v>
       </c>
       <c r="AO171" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP171" t="s">
         <v>24</v>
       </c>
       <c r="AQ171" t="s">
         <v>31</v>
       </c>
       <c r="AR171" s="9">
         <v>81427.411999999997</v>
       </c>
-      <c r="AT171" s="1"/>
-      <c r="AW171" s="9"/>
+      <c r="AT171" s="1">
+        <v>45952.458333333336</v>
+      </c>
+      <c r="AU171" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV171" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW171" s="9">
+        <v>80030.482000000004</v>
+      </c>
       <c r="AY171" s="1"/>
       <c r="BB171" s="9"/>
       <c r="BD171" s="1"/>
       <c r="BG171" s="9"/>
     </row>
     <row r="172" spans="1:59">
       <c r="A172" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B172" t="s">
         <v>24</v>
       </c>
       <c r="C172" t="s">
         <v>32</v>
       </c>
       <c r="D172" s="9">
         <v>13797.625</v>
       </c>
       <c r="F172" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G172" t="s">
         <v>24</v>
       </c>
       <c r="H172" t="s">
@@ -19994,52 +21604,62 @@
       </c>
       <c r="AJ172" s="1">
         <v>45881.458333333336</v>
       </c>
       <c r="AK172" t="s">
         <v>24</v>
       </c>
       <c r="AL172" t="s">
         <v>32</v>
       </c>
       <c r="AM172" s="9">
         <v>12488.18</v>
       </c>
       <c r="AO172" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP172" t="s">
         <v>24</v>
       </c>
       <c r="AQ172" t="s">
         <v>32</v>
       </c>
       <c r="AR172" s="9">
         <v>13118.22</v>
       </c>
-      <c r="AT172" s="1"/>
-      <c r="AW172" s="9"/>
+      <c r="AT172" s="1">
+        <v>45952.458333333336</v>
+      </c>
+      <c r="AU172" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV172" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW172" s="9">
+        <v>12450.12</v>
+      </c>
       <c r="AY172" s="1"/>
       <c r="BB172" s="9"/>
       <c r="BD172" s="1"/>
       <c r="BG172" s="9"/>
     </row>
     <row r="173" spans="1:59">
       <c r="A173" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B173" t="s">
         <v>24</v>
       </c>
       <c r="C173" t="s">
         <v>33</v>
       </c>
       <c r="D173" s="9">
         <v>94360.028999999995</v>
       </c>
       <c r="F173" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G173" t="s">
         <v>24</v>
       </c>
       <c r="H173" t="s">
@@ -20110,52 +21730,62 @@
       </c>
       <c r="AJ173" s="1">
         <v>45881.458333333336</v>
       </c>
       <c r="AK173" t="s">
         <v>24</v>
       </c>
       <c r="AL173" t="s">
         <v>33</v>
       </c>
       <c r="AM173" s="9">
         <v>73136.62</v>
       </c>
       <c r="AO173" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP173" t="s">
         <v>24</v>
       </c>
       <c r="AQ173" t="s">
         <v>33</v>
       </c>
       <c r="AR173" s="9">
         <v>91836.093999999997</v>
       </c>
-      <c r="AT173" s="1"/>
-      <c r="AW173" s="9"/>
+      <c r="AT173" s="1">
+        <v>45952.458333333336</v>
+      </c>
+      <c r="AU173" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV173" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW173" s="9">
+        <v>84318.07</v>
+      </c>
       <c r="AY173" s="1"/>
       <c r="BB173" s="9"/>
       <c r="BD173" s="1"/>
       <c r="BG173" s="9"/>
     </row>
     <row r="174" spans="1:59">
       <c r="A174" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B174" t="s">
         <v>24</v>
       </c>
       <c r="C174" t="s">
         <v>34</v>
       </c>
       <c r="D174" s="9">
         <v>38715</v>
       </c>
       <c r="F174" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G174" t="s">
         <v>24</v>
       </c>
       <c r="H174" t="s">
@@ -20226,52 +21856,62 @@
       </c>
       <c r="AJ174" s="1">
         <v>45881.458333333336</v>
       </c>
       <c r="AK174" t="s">
         <v>24</v>
       </c>
       <c r="AL174" t="s">
         <v>34</v>
       </c>
       <c r="AM174" s="9">
         <v>94367.4</v>
       </c>
       <c r="AO174" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP174" t="s">
         <v>24</v>
       </c>
       <c r="AQ174" t="s">
         <v>34</v>
       </c>
       <c r="AR174" s="9">
         <v>112052.8</v>
       </c>
-      <c r="AT174" s="1"/>
-      <c r="AW174" s="9"/>
+      <c r="AT174" s="1">
+        <v>45952.458333333336</v>
+      </c>
+      <c r="AU174" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV174" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW174" s="9">
+        <v>130007</v>
+      </c>
       <c r="AY174" s="1"/>
       <c r="BB174" s="9"/>
       <c r="BD174" s="1"/>
       <c r="BG174" s="9"/>
     </row>
     <row r="175" spans="1:59">
       <c r="A175" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B175" t="s">
         <v>24</v>
       </c>
       <c r="C175" t="s">
         <v>35</v>
       </c>
       <c r="D175" s="9">
         <v>12007.795</v>
       </c>
       <c r="F175" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G175" t="s">
         <v>24</v>
       </c>
       <c r="H175" t="s">
@@ -20342,52 +21982,62 @@
       </c>
       <c r="AJ175" s="1">
         <v>45881.458333333336</v>
       </c>
       <c r="AK175" t="s">
         <v>24</v>
       </c>
       <c r="AL175" t="s">
         <v>35</v>
       </c>
       <c r="AM175" s="9">
         <v>13335.512000000001</v>
       </c>
       <c r="AO175" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP175" t="s">
         <v>24</v>
       </c>
       <c r="AQ175" t="s">
         <v>35</v>
       </c>
       <c r="AR175" s="9">
         <v>10927.081</v>
       </c>
-      <c r="AT175" s="1"/>
-      <c r="AW175" s="9"/>
+      <c r="AT175" s="1">
+        <v>45952.458333333336</v>
+      </c>
+      <c r="AU175" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV175" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW175" s="9">
+        <v>9854.3259999999991</v>
+      </c>
       <c r="AY175" s="1"/>
       <c r="BB175" s="9"/>
       <c r="BD175" s="1"/>
       <c r="BG175" s="9"/>
     </row>
     <row r="176" spans="1:59">
       <c r="A176" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B176" t="s">
         <v>24</v>
       </c>
       <c r="C176" t="s">
         <v>36</v>
       </c>
       <c r="D176" s="9">
         <v>301288.08899999998</v>
       </c>
       <c r="F176" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G176" t="s">
         <v>24</v>
       </c>
       <c r="H176" t="s">
@@ -20458,52 +22108,62 @@
       </c>
       <c r="AJ176" s="1">
         <v>45881.458333333336</v>
       </c>
       <c r="AK176" t="s">
         <v>24</v>
       </c>
       <c r="AL176" t="s">
         <v>36</v>
       </c>
       <c r="AM176" s="9">
         <v>378703.55900000001</v>
       </c>
       <c r="AO176" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP176" t="s">
         <v>24</v>
       </c>
       <c r="AQ176" t="s">
         <v>36</v>
       </c>
       <c r="AR176" s="9">
         <v>290874.69300000003</v>
       </c>
-      <c r="AT176" s="1"/>
-      <c r="AW176" s="9"/>
+      <c r="AT176" s="1">
+        <v>45952.458333333336</v>
+      </c>
+      <c r="AU176" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV176" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW176" s="9">
+        <v>274850.72600000002</v>
+      </c>
       <c r="AY176" s="1"/>
       <c r="BB176" s="9"/>
       <c r="BD176" s="1"/>
       <c r="BG176" s="9"/>
     </row>
     <row r="177" spans="1:59">
       <c r="A177" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B177" t="s">
         <v>24</v>
       </c>
       <c r="C177" t="s">
         <v>37</v>
       </c>
       <c r="D177" s="9">
         <v>131656.44399999999</v>
       </c>
       <c r="F177" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G177" t="s">
         <v>24</v>
       </c>
       <c r="H177" t="s">
@@ -20574,52 +22234,62 @@
       </c>
       <c r="AJ177" s="1">
         <v>45881.458333333336</v>
       </c>
       <c r="AK177" t="s">
         <v>24</v>
       </c>
       <c r="AL177" t="s">
         <v>37</v>
       </c>
       <c r="AM177" s="9">
         <v>162916.79500000001</v>
       </c>
       <c r="AO177" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP177" t="s">
         <v>24</v>
       </c>
       <c r="AQ177" t="s">
         <v>37</v>
       </c>
       <c r="AR177" s="9">
         <v>105328.098</v>
       </c>
-      <c r="AT177" s="1"/>
-      <c r="AW177" s="9"/>
+      <c r="AT177" s="1">
+        <v>45952.458333333336</v>
+      </c>
+      <c r="AU177" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV177" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW177" s="9">
+        <v>101900.24</v>
+      </c>
       <c r="AY177" s="1"/>
       <c r="BB177" s="9"/>
       <c r="BD177" s="1"/>
       <c r="BG177" s="9"/>
     </row>
     <row r="178" spans="1:59">
       <c r="A178" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B178" t="s">
         <v>24</v>
       </c>
       <c r="C178" t="s">
         <v>38</v>
       </c>
       <c r="D178" s="9">
         <v>0</v>
       </c>
       <c r="F178" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G178" t="s">
         <v>24</v>
       </c>
       <c r="H178" t="s">
@@ -20690,52 +22360,62 @@
       </c>
       <c r="AJ178" s="1">
         <v>45881.458333333336</v>
       </c>
       <c r="AK178" t="s">
         <v>24</v>
       </c>
       <c r="AL178" t="s">
         <v>38</v>
       </c>
       <c r="AM178" s="9">
         <v>0</v>
       </c>
       <c r="AO178" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP178" t="s">
         <v>24</v>
       </c>
       <c r="AQ178" t="s">
         <v>38</v>
       </c>
       <c r="AR178" s="9">
         <v>0</v>
       </c>
-      <c r="AT178" s="1"/>
-      <c r="AW178" s="9"/>
+      <c r="AT178" s="1">
+        <v>45952.458333333336</v>
+      </c>
+      <c r="AU178" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV178" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW178" s="9">
+        <v>0</v>
+      </c>
       <c r="AY178" s="1"/>
       <c r="BB178" s="9"/>
       <c r="BD178" s="1"/>
       <c r="BG178" s="9"/>
     </row>
     <row r="179" spans="1:59">
       <c r="A179" s="1">
         <v>45665.5</v>
       </c>
       <c r="B179" t="s">
         <v>24</v>
       </c>
       <c r="C179" t="s">
         <v>25</v>
       </c>
       <c r="D179" s="9">
         <v>594511.06900000002</v>
       </c>
       <c r="F179" s="1">
         <v>45694.5</v>
       </c>
       <c r="G179" t="s">
         <v>24</v>
       </c>
       <c r="H179" t="s">
@@ -20806,52 +22486,62 @@
       </c>
       <c r="AJ179" s="1">
         <v>45881.5</v>
       </c>
       <c r="AK179" t="s">
         <v>24</v>
       </c>
       <c r="AL179" t="s">
         <v>25</v>
       </c>
       <c r="AM179" s="9">
         <v>723605.571</v>
       </c>
       <c r="AO179" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP179" t="s">
         <v>24</v>
       </c>
       <c r="AQ179" t="s">
         <v>25</v>
       </c>
       <c r="AR179" s="9">
         <v>391272.63799999998</v>
       </c>
-      <c r="AT179" s="1"/>
-      <c r="AW179" s="9"/>
+      <c r="AT179" s="1">
+        <v>45952.5</v>
+      </c>
+      <c r="AU179" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV179" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW179" s="9">
+        <v>398946.34499999997</v>
+      </c>
       <c r="AY179" s="1"/>
       <c r="BB179" s="9"/>
       <c r="BD179" s="1"/>
       <c r="BG179" s="9"/>
     </row>
     <row r="180" spans="1:59">
       <c r="A180" s="1">
         <v>45665.5</v>
       </c>
       <c r="B180" t="s">
         <v>24</v>
       </c>
       <c r="C180" t="s">
         <v>26</v>
       </c>
       <c r="D180" s="9">
         <v>0</v>
       </c>
       <c r="F180" s="1">
         <v>45694.5</v>
       </c>
       <c r="G180" t="s">
         <v>24</v>
       </c>
       <c r="H180" t="s">
@@ -20922,52 +22612,62 @@
       </c>
       <c r="AJ180" s="1">
         <v>45881.5</v>
       </c>
       <c r="AK180" t="s">
         <v>24</v>
       </c>
       <c r="AL180" t="s">
         <v>26</v>
       </c>
       <c r="AM180" s="9">
         <v>0</v>
       </c>
       <c r="AO180" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP180" t="s">
         <v>24</v>
       </c>
       <c r="AQ180" t="s">
         <v>26</v>
       </c>
       <c r="AR180" s="9">
         <v>0</v>
       </c>
-      <c r="AT180" s="1"/>
-      <c r="AW180" s="9"/>
+      <c r="AT180" s="1">
+        <v>45952.5</v>
+      </c>
+      <c r="AU180" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV180" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW180" s="9">
+        <v>0</v>
+      </c>
       <c r="AY180" s="1"/>
       <c r="BB180" s="9"/>
       <c r="BD180" s="1"/>
       <c r="BG180" s="9"/>
     </row>
     <row r="181" spans="1:59">
       <c r="A181" s="1">
         <v>45665.5</v>
       </c>
       <c r="B181" t="s">
         <v>24</v>
       </c>
       <c r="C181" t="s">
         <v>27</v>
       </c>
       <c r="D181" s="9">
         <v>52.146999999999998</v>
       </c>
       <c r="F181" s="1">
         <v>45694.5</v>
       </c>
       <c r="G181" t="s">
         <v>24</v>
       </c>
       <c r="H181" t="s">
@@ -21038,52 +22738,62 @@
       </c>
       <c r="AJ181" s="1">
         <v>45881.5</v>
       </c>
       <c r="AK181" t="s">
         <v>24</v>
       </c>
       <c r="AL181" t="s">
         <v>27</v>
       </c>
       <c r="AM181" s="9">
         <v>4.2110000000000003</v>
       </c>
       <c r="AO181" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP181" t="s">
         <v>24</v>
       </c>
       <c r="AQ181" t="s">
         <v>27</v>
       </c>
       <c r="AR181" s="9">
         <v>1.101</v>
       </c>
-      <c r="AT181" s="1"/>
-      <c r="AW181" s="9"/>
+      <c r="AT181" s="1">
+        <v>45952.5</v>
+      </c>
+      <c r="AU181" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV181" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW181" s="9">
+        <v>6.7619999999999996</v>
+      </c>
       <c r="AY181" s="1"/>
       <c r="BB181" s="9"/>
       <c r="BD181" s="1"/>
       <c r="BG181" s="9"/>
     </row>
     <row r="182" spans="1:59">
       <c r="A182" s="1">
         <v>45665.5</v>
       </c>
       <c r="B182" t="s">
         <v>24</v>
       </c>
       <c r="C182" t="s">
         <v>28</v>
       </c>
       <c r="D182" s="9">
         <v>8995.2420000000002</v>
       </c>
       <c r="F182" s="1">
         <v>45694.5</v>
       </c>
       <c r="G182" t="s">
         <v>24</v>
       </c>
       <c r="H182" t="s">
@@ -21154,52 +22864,62 @@
       </c>
       <c r="AJ182" s="1">
         <v>45881.5</v>
       </c>
       <c r="AK182" t="s">
         <v>24</v>
       </c>
       <c r="AL182" t="s">
         <v>28</v>
       </c>
       <c r="AM182" s="9">
         <v>969.38900000000001</v>
       </c>
       <c r="AO182" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP182" t="s">
         <v>24</v>
       </c>
       <c r="AQ182" t="s">
         <v>28</v>
       </c>
       <c r="AR182" s="9">
         <v>700.42499999999995</v>
       </c>
-      <c r="AT182" s="1"/>
-      <c r="AW182" s="9"/>
+      <c r="AT182" s="1">
+        <v>45952.5</v>
+      </c>
+      <c r="AU182" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV182" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW182" s="9">
+        <v>797.91399999999999</v>
+      </c>
       <c r="AY182" s="1"/>
       <c r="BB182" s="9"/>
       <c r="BD182" s="1"/>
       <c r="BG182" s="9"/>
     </row>
     <row r="183" spans="1:59">
       <c r="A183" s="1">
         <v>45665.5</v>
       </c>
       <c r="B183" t="s">
         <v>24</v>
       </c>
       <c r="C183" t="s">
         <v>29</v>
       </c>
       <c r="D183" s="9">
         <v>21167.1</v>
       </c>
       <c r="F183" s="1">
         <v>45694.5</v>
       </c>
       <c r="G183" t="s">
         <v>24</v>
       </c>
       <c r="H183" t="s">
@@ -21270,52 +22990,62 @@
       </c>
       <c r="AJ183" s="1">
         <v>45881.5</v>
       </c>
       <c r="AK183" t="s">
         <v>24</v>
       </c>
       <c r="AL183" t="s">
         <v>29</v>
       </c>
       <c r="AM183" s="9">
         <v>32230.776999999998</v>
       </c>
       <c r="AO183" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP183" t="s">
         <v>24</v>
       </c>
       <c r="AQ183" t="s">
         <v>29</v>
       </c>
       <c r="AR183" s="9">
         <v>27153.377</v>
       </c>
-      <c r="AT183" s="1"/>
-      <c r="AW183" s="9"/>
+      <c r="AT183" s="1">
+        <v>45952.5</v>
+      </c>
+      <c r="AU183" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV183" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW183" s="9">
+        <v>25810.102999999999</v>
+      </c>
       <c r="AY183" s="1"/>
       <c r="BB183" s="9"/>
       <c r="BD183" s="1"/>
       <c r="BG183" s="9"/>
     </row>
     <row r="184" spans="1:59">
       <c r="A184" s="1">
         <v>45665.5</v>
       </c>
       <c r="B184" t="s">
         <v>24</v>
       </c>
       <c r="C184" t="s">
         <v>30</v>
       </c>
       <c r="D184" s="9">
         <v>55203.364999999998</v>
       </c>
       <c r="F184" s="1">
         <v>45694.5</v>
       </c>
       <c r="G184" t="s">
         <v>24</v>
       </c>
       <c r="H184" t="s">
@@ -21386,52 +23116,62 @@
       </c>
       <c r="AJ184" s="1">
         <v>45881.5</v>
       </c>
       <c r="AK184" t="s">
         <v>24</v>
       </c>
       <c r="AL184" t="s">
         <v>30</v>
       </c>
       <c r="AM184" s="9">
         <v>75777.921000000002</v>
       </c>
       <c r="AO184" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP184" t="s">
         <v>24</v>
       </c>
       <c r="AQ184" t="s">
         <v>30</v>
       </c>
       <c r="AR184" s="9">
         <v>62013.800999999999</v>
       </c>
-      <c r="AT184" s="1"/>
-      <c r="AW184" s="9"/>
+      <c r="AT184" s="1">
+        <v>45952.5</v>
+      </c>
+      <c r="AU184" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV184" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW184" s="9">
+        <v>58333.622000000003</v>
+      </c>
       <c r="AY184" s="1"/>
       <c r="BB184" s="9"/>
       <c r="BD184" s="1"/>
       <c r="BG184" s="9"/>
     </row>
     <row r="185" spans="1:59">
       <c r="A185" s="1">
         <v>45665.5</v>
       </c>
       <c r="B185" t="s">
         <v>24</v>
       </c>
       <c r="C185" t="s">
         <v>31</v>
       </c>
       <c r="D185" s="9">
         <v>78260.534</v>
       </c>
       <c r="F185" s="1">
         <v>45694.5</v>
       </c>
       <c r="G185" t="s">
         <v>24</v>
       </c>
       <c r="H185" t="s">
@@ -21502,52 +23242,62 @@
       </c>
       <c r="AJ185" s="1">
         <v>45881.5</v>
       </c>
       <c r="AK185" t="s">
         <v>24</v>
       </c>
       <c r="AL185" t="s">
         <v>31</v>
       </c>
       <c r="AM185" s="9">
         <v>95811.498000000007</v>
       </c>
       <c r="AO185" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP185" t="s">
         <v>24</v>
       </c>
       <c r="AQ185" t="s">
         <v>31</v>
       </c>
       <c r="AR185" s="9">
         <v>82981.038</v>
       </c>
-      <c r="AT185" s="1"/>
-      <c r="AW185" s="9"/>
+      <c r="AT185" s="1">
+        <v>45952.5</v>
+      </c>
+      <c r="AU185" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV185" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW185" s="9">
+        <v>81963.868000000002</v>
+      </c>
       <c r="AY185" s="1"/>
       <c r="BB185" s="9"/>
       <c r="BD185" s="1"/>
       <c r="BG185" s="9"/>
     </row>
     <row r="186" spans="1:59">
       <c r="A186" s="1">
         <v>45665.5</v>
       </c>
       <c r="B186" t="s">
         <v>24</v>
       </c>
       <c r="C186" t="s">
         <v>32</v>
       </c>
       <c r="D186" s="9">
         <v>14704.853999999999</v>
       </c>
       <c r="F186" s="1">
         <v>45694.5</v>
       </c>
       <c r="G186" t="s">
         <v>24</v>
       </c>
       <c r="H186" t="s">
@@ -21618,52 +23368,62 @@
       </c>
       <c r="AJ186" s="1">
         <v>45881.5</v>
       </c>
       <c r="AK186" t="s">
         <v>24</v>
       </c>
       <c r="AL186" t="s">
         <v>32</v>
       </c>
       <c r="AM186" s="9">
         <v>12603.415000000001</v>
       </c>
       <c r="AO186" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP186" t="s">
         <v>24</v>
       </c>
       <c r="AQ186" t="s">
         <v>32</v>
       </c>
       <c r="AR186" s="9">
         <v>13247.235000000001</v>
       </c>
-      <c r="AT186" s="1"/>
-      <c r="AW186" s="9"/>
+      <c r="AT186" s="1">
+        <v>45952.5</v>
+      </c>
+      <c r="AU186" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV186" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW186" s="9">
+        <v>12428.545</v>
+      </c>
       <c r="AY186" s="1"/>
       <c r="BB186" s="9"/>
       <c r="BD186" s="1"/>
       <c r="BG186" s="9"/>
     </row>
     <row r="187" spans="1:59">
       <c r="A187" s="1">
         <v>45665.5</v>
       </c>
       <c r="B187" t="s">
         <v>24</v>
       </c>
       <c r="C187" t="s">
         <v>33</v>
       </c>
       <c r="D187" s="9">
         <v>93538.615999999995</v>
       </c>
       <c r="F187" s="1">
         <v>45694.5</v>
       </c>
       <c r="G187" t="s">
         <v>24</v>
       </c>
       <c r="H187" t="s">
@@ -21734,52 +23494,62 @@
       </c>
       <c r="AJ187" s="1">
         <v>45881.5</v>
       </c>
       <c r="AK187" t="s">
         <v>24</v>
       </c>
       <c r="AL187" t="s">
         <v>33</v>
       </c>
       <c r="AM187" s="9">
         <v>72757.354999999996</v>
       </c>
       <c r="AO187" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP187" t="s">
         <v>24</v>
       </c>
       <c r="AQ187" t="s">
         <v>33</v>
       </c>
       <c r="AR187" s="9">
         <v>88279.45</v>
       </c>
-      <c r="AT187" s="1"/>
-      <c r="AW187" s="9"/>
+      <c r="AT187" s="1">
+        <v>45952.5</v>
+      </c>
+      <c r="AU187" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV187" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW187" s="9">
+        <v>82292.850999999995</v>
+      </c>
       <c r="AY187" s="1"/>
       <c r="BB187" s="9"/>
       <c r="BD187" s="1"/>
       <c r="BG187" s="9"/>
     </row>
     <row r="188" spans="1:59">
       <c r="A188" s="1">
         <v>45665.5</v>
       </c>
       <c r="B188" t="s">
         <v>24</v>
       </c>
       <c r="C188" t="s">
         <v>34</v>
       </c>
       <c r="D188" s="9">
         <v>35218</v>
       </c>
       <c r="F188" s="1">
         <v>45694.5</v>
       </c>
       <c r="G188" t="s">
         <v>24</v>
       </c>
       <c r="H188" t="s">
@@ -21850,52 +23620,62 @@
       </c>
       <c r="AJ188" s="1">
         <v>45881.5</v>
       </c>
       <c r="AK188" t="s">
         <v>24</v>
       </c>
       <c r="AL188" t="s">
         <v>34</v>
       </c>
       <c r="AM188" s="9">
         <v>90033.2</v>
       </c>
       <c r="AO188" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP188" t="s">
         <v>24</v>
       </c>
       <c r="AQ188" t="s">
         <v>34</v>
       </c>
       <c r="AR188" s="9">
         <v>113065.8</v>
       </c>
-      <c r="AT188" s="1"/>
-      <c r="AW188" s="9"/>
+      <c r="AT188" s="1">
+        <v>45952.5</v>
+      </c>
+      <c r="AU188" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV188" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW188" s="9">
+        <v>55491</v>
+      </c>
       <c r="AY188" s="1"/>
       <c r="BB188" s="9"/>
       <c r="BD188" s="1"/>
       <c r="BG188" s="9"/>
     </row>
     <row r="189" spans="1:59">
       <c r="A189" s="1">
         <v>45665.5</v>
       </c>
       <c r="B189" t="s">
         <v>24</v>
       </c>
       <c r="C189" t="s">
         <v>35</v>
       </c>
       <c r="D189" s="9">
         <v>11938.878000000001</v>
       </c>
       <c r="F189" s="1">
         <v>45694.5</v>
       </c>
       <c r="G189" t="s">
         <v>24</v>
       </c>
       <c r="H189" t="s">
@@ -21966,52 +23746,62 @@
       </c>
       <c r="AJ189" s="1">
         <v>45881.5</v>
       </c>
       <c r="AK189" t="s">
         <v>24</v>
       </c>
       <c r="AL189" t="s">
         <v>35</v>
       </c>
       <c r="AM189" s="9">
         <v>13206.047</v>
       </c>
       <c r="AO189" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP189" t="s">
         <v>24</v>
       </c>
       <c r="AQ189" t="s">
         <v>35</v>
       </c>
       <c r="AR189" s="9">
         <v>10784.233</v>
       </c>
-      <c r="AT189" s="1"/>
-      <c r="AW189" s="9"/>
+      <c r="AT189" s="1">
+        <v>45952.5</v>
+      </c>
+      <c r="AU189" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV189" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW189" s="9">
+        <v>9731.4</v>
+      </c>
       <c r="AY189" s="1"/>
       <c r="BB189" s="9"/>
       <c r="BD189" s="1"/>
       <c r="BG189" s="9"/>
     </row>
     <row r="190" spans="1:59">
       <c r="A190" s="1">
         <v>45665.5</v>
       </c>
       <c r="B190" t="s">
         <v>24</v>
       </c>
       <c r="C190" t="s">
         <v>36</v>
       </c>
       <c r="D190" s="9">
         <v>297222.84299999999</v>
       </c>
       <c r="F190" s="1">
         <v>45694.5</v>
       </c>
       <c r="G190" t="s">
         <v>24</v>
       </c>
       <c r="H190" t="s">
@@ -22082,52 +23872,62 @@
       </c>
       <c r="AJ190" s="1">
         <v>45881.5</v>
       </c>
       <c r="AK190" t="s">
         <v>24</v>
       </c>
       <c r="AL190" t="s">
         <v>36</v>
       </c>
       <c r="AM190" s="9">
         <v>382852.38299999997</v>
       </c>
       <c r="AO190" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP190" t="s">
         <v>24</v>
       </c>
       <c r="AQ190" t="s">
         <v>36</v>
       </c>
       <c r="AR190" s="9">
         <v>288405.05</v>
       </c>
-      <c r="AT190" s="1"/>
-      <c r="AW190" s="9"/>
+      <c r="AT190" s="1">
+        <v>45952.5</v>
+      </c>
+      <c r="AU190" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV190" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW190" s="9">
+        <v>273254.69400000002</v>
+      </c>
       <c r="AY190" s="1"/>
       <c r="BB190" s="9"/>
       <c r="BD190" s="1"/>
       <c r="BG190" s="9"/>
     </row>
     <row r="191" spans="1:59">
       <c r="A191" s="1">
         <v>45665.5</v>
       </c>
       <c r="B191" t="s">
         <v>24</v>
       </c>
       <c r="C191" t="s">
         <v>37</v>
       </c>
       <c r="D191" s="9">
         <v>129240.766</v>
       </c>
       <c r="F191" s="1">
         <v>45694.5</v>
       </c>
       <c r="G191" t="s">
         <v>24</v>
       </c>
       <c r="H191" t="s">
@@ -22198,52 +23998,62 @@
       </c>
       <c r="AJ191" s="1">
         <v>45881.5</v>
       </c>
       <c r="AK191" t="s">
         <v>24</v>
       </c>
       <c r="AL191" t="s">
         <v>37</v>
       </c>
       <c r="AM191" s="9">
         <v>166197.90299999999</v>
       </c>
       <c r="AO191" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP191" t="s">
         <v>24</v>
       </c>
       <c r="AQ191" t="s">
         <v>37</v>
       </c>
       <c r="AR191" s="9">
         <v>104148.151</v>
       </c>
-      <c r="AT191" s="1"/>
-      <c r="AW191" s="9"/>
+      <c r="AT191" s="1">
+        <v>45952.5</v>
+      </c>
+      <c r="AU191" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV191" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW191" s="9">
+        <v>100399.837</v>
+      </c>
       <c r="AY191" s="1"/>
       <c r="BB191" s="9"/>
       <c r="BD191" s="1"/>
       <c r="BG191" s="9"/>
     </row>
     <row r="192" spans="1:59">
       <c r="A192" s="1">
         <v>45665.5</v>
       </c>
       <c r="B192" t="s">
         <v>24</v>
       </c>
       <c r="C192" t="s">
         <v>38</v>
       </c>
       <c r="D192" s="9">
         <v>0</v>
       </c>
       <c r="F192" s="1">
         <v>45694.5</v>
       </c>
       <c r="G192" t="s">
         <v>24</v>
       </c>
       <c r="H192" t="s">
@@ -22314,52 +24124,62 @@
       </c>
       <c r="AJ192" s="1">
         <v>45881.5</v>
       </c>
       <c r="AK192" t="s">
         <v>24</v>
       </c>
       <c r="AL192" t="s">
         <v>38</v>
       </c>
       <c r="AM192" s="9">
         <v>0</v>
       </c>
       <c r="AO192" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP192" t="s">
         <v>24</v>
       </c>
       <c r="AQ192" t="s">
         <v>38</v>
       </c>
       <c r="AR192" s="9">
         <v>0</v>
       </c>
-      <c r="AT192" s="1"/>
-      <c r="AW192" s="9"/>
+      <c r="AT192" s="1">
+        <v>45952.5</v>
+      </c>
+      <c r="AU192" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV192" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW192" s="9">
+        <v>0</v>
+      </c>
       <c r="AY192" s="1"/>
       <c r="BB192" s="9"/>
       <c r="BD192" s="1"/>
       <c r="BG192" s="9"/>
     </row>
     <row r="193" spans="1:59">
       <c r="A193" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B193" t="s">
         <v>24</v>
       </c>
       <c r="C193" t="s">
         <v>25</v>
       </c>
       <c r="D193" s="9">
         <v>595069.44999999995</v>
       </c>
       <c r="F193" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G193" t="s">
         <v>24</v>
       </c>
       <c r="H193" t="s">
@@ -22430,52 +24250,62 @@
       </c>
       <c r="AJ193" s="1">
         <v>45881.541666666664</v>
       </c>
       <c r="AK193" t="s">
         <v>24</v>
       </c>
       <c r="AL193" t="s">
         <v>25</v>
       </c>
       <c r="AM193" s="9">
         <v>746067.08499999996</v>
       </c>
       <c r="AO193" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP193" t="s">
         <v>24</v>
       </c>
       <c r="AQ193" t="s">
         <v>25</v>
       </c>
       <c r="AR193" s="9">
         <v>387228.46500000003</v>
       </c>
-      <c r="AT193" s="1"/>
-      <c r="AW193" s="9"/>
+      <c r="AT193" s="1">
+        <v>45952.541666666664</v>
+      </c>
+      <c r="AU193" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV193" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW193" s="9">
+        <v>382017.83799999999</v>
+      </c>
       <c r="AY193" s="1"/>
       <c r="BB193" s="9"/>
       <c r="BD193" s="1"/>
       <c r="BG193" s="9"/>
     </row>
     <row r="194" spans="1:59">
       <c r="A194" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B194" t="s">
         <v>24</v>
       </c>
       <c r="C194" t="s">
         <v>26</v>
       </c>
       <c r="D194" s="9">
         <v>0</v>
       </c>
       <c r="F194" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G194" t="s">
         <v>24</v>
       </c>
       <c r="H194" t="s">
@@ -22546,52 +24376,62 @@
       </c>
       <c r="AJ194" s="1">
         <v>45881.541666666664</v>
       </c>
       <c r="AK194" t="s">
         <v>24</v>
       </c>
       <c r="AL194" t="s">
         <v>26</v>
       </c>
       <c r="AM194" s="9">
         <v>0</v>
       </c>
       <c r="AO194" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP194" t="s">
         <v>24</v>
       </c>
       <c r="AQ194" t="s">
         <v>26</v>
       </c>
       <c r="AR194" s="9">
         <v>0</v>
       </c>
-      <c r="AT194" s="1"/>
-      <c r="AW194" s="9"/>
+      <c r="AT194" s="1">
+        <v>45952.541666666664</v>
+      </c>
+      <c r="AU194" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV194" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW194" s="9">
+        <v>0</v>
+      </c>
       <c r="AY194" s="1"/>
       <c r="BB194" s="9"/>
       <c r="BD194" s="1"/>
       <c r="BG194" s="9"/>
     </row>
     <row r="195" spans="1:59">
       <c r="A195" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B195" t="s">
         <v>24</v>
       </c>
       <c r="C195" t="s">
         <v>27</v>
       </c>
       <c r="D195" s="9">
         <v>49.456000000000003</v>
       </c>
       <c r="F195" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G195" t="s">
         <v>24</v>
       </c>
       <c r="H195" t="s">
@@ -22662,52 +24502,62 @@
       </c>
       <c r="AJ195" s="1">
         <v>45881.541666666664</v>
       </c>
       <c r="AK195" t="s">
         <v>24</v>
       </c>
       <c r="AL195" t="s">
         <v>27</v>
       </c>
       <c r="AM195" s="9">
         <v>4.1719999999999997</v>
       </c>
       <c r="AO195" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP195" t="s">
         <v>24</v>
       </c>
       <c r="AQ195" t="s">
         <v>27</v>
       </c>
       <c r="AR195" s="9">
         <v>2.1789999999999998</v>
       </c>
-      <c r="AT195" s="1"/>
-      <c r="AW195" s="9"/>
+      <c r="AT195" s="1">
+        <v>45952.541666666664</v>
+      </c>
+      <c r="AU195" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV195" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW195" s="9">
+        <v>3.9470000000000001</v>
+      </c>
       <c r="AY195" s="1"/>
       <c r="BB195" s="9"/>
       <c r="BD195" s="1"/>
       <c r="BG195" s="9"/>
     </row>
     <row r="196" spans="1:59">
       <c r="A196" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B196" t="s">
         <v>24</v>
       </c>
       <c r="C196" t="s">
         <v>28</v>
       </c>
       <c r="D196" s="9">
         <v>8937.9599999999991</v>
       </c>
       <c r="F196" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G196" t="s">
         <v>24</v>
       </c>
       <c r="H196" t="s">
@@ -22778,52 +24628,62 @@
       </c>
       <c r="AJ196" s="1">
         <v>45881.541666666664</v>
       </c>
       <c r="AK196" t="s">
         <v>24</v>
       </c>
       <c r="AL196" t="s">
         <v>28</v>
       </c>
       <c r="AM196" s="9">
         <v>1005.7569999999999</v>
       </c>
       <c r="AO196" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP196" t="s">
         <v>24</v>
       </c>
       <c r="AQ196" t="s">
         <v>28</v>
       </c>
       <c r="AR196" s="9">
         <v>693.14300000000003</v>
       </c>
-      <c r="AT196" s="1"/>
-      <c r="AW196" s="9"/>
+      <c r="AT196" s="1">
+        <v>45952.541666666664</v>
+      </c>
+      <c r="AU196" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV196" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW196" s="9">
+        <v>726.6</v>
+      </c>
       <c r="AY196" s="1"/>
       <c r="BB196" s="9"/>
       <c r="BD196" s="1"/>
       <c r="BG196" s="9"/>
     </row>
     <row r="197" spans="1:59">
       <c r="A197" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B197" t="s">
         <v>24</v>
       </c>
       <c r="C197" t="s">
         <v>29</v>
       </c>
       <c r="D197" s="9">
         <v>21576.685000000001</v>
       </c>
       <c r="F197" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G197" t="s">
         <v>24</v>
       </c>
       <c r="H197" t="s">
@@ -22894,52 +24754,62 @@
       </c>
       <c r="AJ197" s="1">
         <v>45881.541666666664</v>
       </c>
       <c r="AK197" t="s">
         <v>24</v>
       </c>
       <c r="AL197" t="s">
         <v>29</v>
       </c>
       <c r="AM197" s="9">
         <v>32159.909</v>
       </c>
       <c r="AO197" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP197" t="s">
         <v>24</v>
       </c>
       <c r="AQ197" t="s">
         <v>29</v>
       </c>
       <c r="AR197" s="9">
         <v>27235.449000000001</v>
       </c>
-      <c r="AT197" s="1"/>
-      <c r="AW197" s="9"/>
+      <c r="AT197" s="1">
+        <v>45952.541666666664</v>
+      </c>
+      <c r="AU197" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV197" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW197" s="9">
+        <v>26290.667000000001</v>
+      </c>
       <c r="AY197" s="1"/>
       <c r="BB197" s="9"/>
       <c r="BD197" s="1"/>
       <c r="BG197" s="9"/>
     </row>
     <row r="198" spans="1:59">
       <c r="A198" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B198" t="s">
         <v>24</v>
       </c>
       <c r="C198" t="s">
         <v>30</v>
       </c>
       <c r="D198" s="9">
         <v>55876.749000000003</v>
       </c>
       <c r="F198" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G198" t="s">
         <v>24</v>
       </c>
       <c r="H198" t="s">
@@ -23010,52 +24880,62 @@
       </c>
       <c r="AJ198" s="1">
         <v>45881.541666666664</v>
       </c>
       <c r="AK198" t="s">
         <v>24</v>
       </c>
       <c r="AL198" t="s">
         <v>30</v>
       </c>
       <c r="AM198" s="9">
         <v>76525.917000000001</v>
       </c>
       <c r="AO198" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP198" t="s">
         <v>24</v>
       </c>
       <c r="AQ198" t="s">
         <v>30</v>
       </c>
       <c r="AR198" s="9">
         <v>62017.892</v>
       </c>
-      <c r="AT198" s="1"/>
-      <c r="AW198" s="9"/>
+      <c r="AT198" s="1">
+        <v>45952.541666666664</v>
+      </c>
+      <c r="AU198" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV198" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW198" s="9">
+        <v>59495.129000000001</v>
+      </c>
       <c r="AY198" s="1"/>
       <c r="BB198" s="9"/>
       <c r="BD198" s="1"/>
       <c r="BG198" s="9"/>
     </row>
     <row r="199" spans="1:59">
       <c r="A199" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B199" t="s">
         <v>24</v>
       </c>
       <c r="C199" t="s">
         <v>31</v>
       </c>
       <c r="D199" s="9">
         <v>80054.520999999993</v>
       </c>
       <c r="F199" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G199" t="s">
         <v>24</v>
       </c>
       <c r="H199" t="s">
@@ -23126,52 +25006,62 @@
       </c>
       <c r="AJ199" s="1">
         <v>45881.541666666664</v>
       </c>
       <c r="AK199" t="s">
         <v>24</v>
       </c>
       <c r="AL199" t="s">
         <v>31</v>
       </c>
       <c r="AM199" s="9">
         <v>95371.021999999997</v>
       </c>
       <c r="AO199" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP199" t="s">
         <v>24</v>
       </c>
       <c r="AQ199" t="s">
         <v>31</v>
       </c>
       <c r="AR199" s="9">
         <v>84597.573999999993</v>
       </c>
-      <c r="AT199" s="1"/>
-      <c r="AW199" s="9"/>
+      <c r="AT199" s="1">
+        <v>45952.541666666664</v>
+      </c>
+      <c r="AU199" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV199" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW199" s="9">
+        <v>82900.210000000006</v>
+      </c>
       <c r="AY199" s="1"/>
       <c r="BB199" s="9"/>
       <c r="BD199" s="1"/>
       <c r="BG199" s="9"/>
     </row>
     <row r="200" spans="1:59">
       <c r="A200" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B200" t="s">
         <v>24</v>
       </c>
       <c r="C200" t="s">
         <v>32</v>
       </c>
       <c r="D200" s="9">
         <v>14614.173000000001</v>
       </c>
       <c r="F200" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G200" t="s">
         <v>24</v>
       </c>
       <c r="H200" t="s">
@@ -23242,52 +25132,62 @@
       </c>
       <c r="AJ200" s="1">
         <v>45881.541666666664</v>
       </c>
       <c r="AK200" t="s">
         <v>24</v>
       </c>
       <c r="AL200" t="s">
         <v>32</v>
       </c>
       <c r="AM200" s="9">
         <v>12463.4</v>
       </c>
       <c r="AO200" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP200" t="s">
         <v>24</v>
       </c>
       <c r="AQ200" t="s">
         <v>32</v>
       </c>
       <c r="AR200" s="9">
         <v>14008.135</v>
       </c>
-      <c r="AT200" s="1"/>
-      <c r="AW200" s="9"/>
+      <c r="AT200" s="1">
+        <v>45952.541666666664</v>
+      </c>
+      <c r="AU200" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV200" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW200" s="9">
+        <v>12873.12</v>
+      </c>
       <c r="AY200" s="1"/>
       <c r="BB200" s="9"/>
       <c r="BD200" s="1"/>
       <c r="BG200" s="9"/>
     </row>
     <row r="201" spans="1:59">
       <c r="A201" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B201" t="s">
         <v>24</v>
       </c>
       <c r="C201" t="s">
         <v>33</v>
       </c>
       <c r="D201" s="9">
         <v>96132.274999999994</v>
       </c>
       <c r="F201" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G201" t="s">
         <v>24</v>
       </c>
       <c r="H201" t="s">
@@ -23358,52 +25258,62 @@
       </c>
       <c r="AJ201" s="1">
         <v>45881.541666666664</v>
       </c>
       <c r="AK201" t="s">
         <v>24</v>
       </c>
       <c r="AL201" t="s">
         <v>33</v>
       </c>
       <c r="AM201" s="9">
         <v>76218.243000000002</v>
       </c>
       <c r="AO201" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP201" t="s">
         <v>24</v>
       </c>
       <c r="AQ201" t="s">
         <v>33</v>
       </c>
       <c r="AR201" s="9">
         <v>91260.785000000003</v>
       </c>
-      <c r="AT201" s="1"/>
-      <c r="AW201" s="9"/>
+      <c r="AT201" s="1">
+        <v>45952.541666666664</v>
+      </c>
+      <c r="AU201" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV201" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW201" s="9">
+        <v>84115.653000000006</v>
+      </c>
       <c r="AY201" s="1"/>
       <c r="BB201" s="9"/>
       <c r="BD201" s="1"/>
       <c r="BG201" s="9"/>
     </row>
     <row r="202" spans="1:59">
       <c r="A202" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B202" t="s">
         <v>24</v>
       </c>
       <c r="C202" t="s">
         <v>34</v>
       </c>
       <c r="D202" s="9">
         <v>44726</v>
       </c>
       <c r="F202" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G202" t="s">
         <v>24</v>
       </c>
       <c r="H202" t="s">
@@ -23474,52 +25384,62 @@
       </c>
       <c r="AJ202" s="1">
         <v>45881.541666666664</v>
       </c>
       <c r="AK202" t="s">
         <v>24</v>
       </c>
       <c r="AL202" t="s">
         <v>34</v>
       </c>
       <c r="AM202" s="9">
         <v>87554</v>
       </c>
       <c r="AO202" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP202" t="s">
         <v>24</v>
       </c>
       <c r="AQ202" t="s">
         <v>34</v>
       </c>
       <c r="AR202" s="9">
         <v>109820.6</v>
       </c>
-      <c r="AT202" s="1"/>
-      <c r="AW202" s="9"/>
+      <c r="AT202" s="1">
+        <v>45952.541666666664</v>
+      </c>
+      <c r="AU202" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV202" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW202" s="9">
+        <v>55044</v>
+      </c>
       <c r="AY202" s="1"/>
       <c r="BB202" s="9"/>
       <c r="BD202" s="1"/>
       <c r="BG202" s="9"/>
     </row>
     <row r="203" spans="1:59">
       <c r="A203" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B203" t="s">
         <v>24</v>
       </c>
       <c r="C203" t="s">
         <v>35</v>
       </c>
       <c r="D203" s="9">
         <v>11860.243</v>
       </c>
       <c r="F203" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G203" t="s">
         <v>24</v>
       </c>
       <c r="H203" t="s">
@@ -23590,52 +25510,62 @@
       </c>
       <c r="AJ203" s="1">
         <v>45881.541666666664</v>
       </c>
       <c r="AK203" t="s">
         <v>24</v>
       </c>
       <c r="AL203" t="s">
         <v>35</v>
       </c>
       <c r="AM203" s="9">
         <v>13036.460999999999</v>
       </c>
       <c r="AO203" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP203" t="s">
         <v>24</v>
       </c>
       <c r="AQ203" t="s">
         <v>35</v>
       </c>
       <c r="AR203" s="9">
         <v>10961.200999999999</v>
       </c>
-      <c r="AT203" s="1"/>
-      <c r="AW203" s="9"/>
+      <c r="AT203" s="1">
+        <v>45952.541666666664</v>
+      </c>
+      <c r="AU203" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV203" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW203" s="9">
+        <v>10005.924000000001</v>
+      </c>
       <c r="AY203" s="1"/>
       <c r="BB203" s="9"/>
       <c r="BD203" s="1"/>
       <c r="BG203" s="9"/>
     </row>
     <row r="204" spans="1:59">
       <c r="A204" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B204" t="s">
         <v>24</v>
       </c>
       <c r="C204" t="s">
         <v>36</v>
       </c>
       <c r="D204" s="9">
         <v>297806.44099999999</v>
       </c>
       <c r="F204" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G204" t="s">
         <v>24</v>
       </c>
       <c r="H204" t="s">
@@ -23706,52 +25636,62 @@
       </c>
       <c r="AJ204" s="1">
         <v>45881.541666666664</v>
       </c>
       <c r="AK204" t="s">
         <v>24</v>
       </c>
       <c r="AL204" t="s">
         <v>36</v>
       </c>
       <c r="AM204" s="9">
         <v>387418.70600000001</v>
       </c>
       <c r="AO204" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP204" t="s">
         <v>24</v>
       </c>
       <c r="AQ204" t="s">
         <v>36</v>
       </c>
       <c r="AR204" s="9">
         <v>288399.83899999998</v>
       </c>
-      <c r="AT204" s="1"/>
-      <c r="AW204" s="9"/>
+      <c r="AT204" s="1">
+        <v>45952.541666666664</v>
+      </c>
+      <c r="AU204" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV204" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW204" s="9">
+        <v>271949.228</v>
+      </c>
       <c r="AY204" s="1"/>
       <c r="BB204" s="9"/>
       <c r="BD204" s="1"/>
       <c r="BG204" s="9"/>
     </row>
     <row r="205" spans="1:59">
       <c r="A205" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B205" t="s">
         <v>24</v>
       </c>
       <c r="C205" t="s">
         <v>37</v>
       </c>
       <c r="D205" s="9">
         <v>129177.751</v>
       </c>
       <c r="F205" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G205" t="s">
         <v>24</v>
       </c>
       <c r="H205" t="s">
@@ -23822,52 +25762,62 @@
       </c>
       <c r="AJ205" s="1">
         <v>45881.541666666664</v>
       </c>
       <c r="AK205" t="s">
         <v>24</v>
       </c>
       <c r="AL205" t="s">
         <v>37</v>
       </c>
       <c r="AM205" s="9">
         <v>168981.72099999999</v>
       </c>
       <c r="AO205" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP205" t="s">
         <v>24</v>
       </c>
       <c r="AQ205" t="s">
         <v>37</v>
       </c>
       <c r="AR205" s="9">
         <v>103559.43700000001</v>
       </c>
-      <c r="AT205" s="1"/>
-      <c r="AW205" s="9"/>
+      <c r="AT205" s="1">
+        <v>45952.541666666664</v>
+      </c>
+      <c r="AU205" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV205" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW205" s="9">
+        <v>98524.978000000003</v>
+      </c>
       <c r="AY205" s="1"/>
       <c r="BB205" s="9"/>
       <c r="BD205" s="1"/>
       <c r="BG205" s="9"/>
     </row>
     <row r="206" spans="1:59">
       <c r="A206" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B206" t="s">
         <v>24</v>
       </c>
       <c r="C206" t="s">
         <v>38</v>
       </c>
       <c r="D206" s="9">
         <v>0</v>
       </c>
       <c r="F206" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G206" t="s">
         <v>24</v>
       </c>
       <c r="H206" t="s">
@@ -23938,52 +25888,62 @@
       </c>
       <c r="AJ206" s="1">
         <v>45881.541666666664</v>
       </c>
       <c r="AK206" t="s">
         <v>24</v>
       </c>
       <c r="AL206" t="s">
         <v>38</v>
       </c>
       <c r="AM206" s="9">
         <v>0</v>
       </c>
       <c r="AO206" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP206" t="s">
         <v>24</v>
       </c>
       <c r="AQ206" t="s">
         <v>38</v>
       </c>
       <c r="AR206" s="9">
         <v>0</v>
       </c>
-      <c r="AT206" s="1"/>
-      <c r="AW206" s="9"/>
+      <c r="AT206" s="1">
+        <v>45952.541666666664</v>
+      </c>
+      <c r="AU206" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV206" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW206" s="9">
+        <v>0</v>
+      </c>
       <c r="AY206" s="1"/>
       <c r="BB206" s="9"/>
       <c r="BD206" s="1"/>
       <c r="BG206" s="9"/>
     </row>
     <row r="207" spans="1:59">
       <c r="A207" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B207" t="s">
         <v>24</v>
       </c>
       <c r="C207" t="s">
         <v>25</v>
       </c>
       <c r="D207" s="9">
         <v>609919.33900000004</v>
       </c>
       <c r="F207" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G207" t="s">
         <v>24</v>
       </c>
       <c r="H207" t="s">
@@ -24054,52 +26014,62 @@
       </c>
       <c r="AJ207" s="1">
         <v>45881.583333333336</v>
       </c>
       <c r="AK207" t="s">
         <v>24</v>
       </c>
       <c r="AL207" t="s">
         <v>25</v>
       </c>
       <c r="AM207" s="9">
         <v>766492.22100000002</v>
       </c>
       <c r="AO207" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP207" t="s">
         <v>24</v>
       </c>
       <c r="AQ207" t="s">
         <v>25</v>
       </c>
       <c r="AR207" s="9">
         <v>388022.03499999997</v>
       </c>
-      <c r="AT207" s="1"/>
-      <c r="AW207" s="9"/>
+      <c r="AT207" s="1">
+        <v>45952.583333333336</v>
+      </c>
+      <c r="AU207" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV207" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW207" s="9">
+        <v>373786.62800000003</v>
+      </c>
       <c r="AY207" s="1"/>
       <c r="BB207" s="9"/>
       <c r="BD207" s="1"/>
       <c r="BG207" s="9"/>
     </row>
     <row r="208" spans="1:59">
       <c r="A208" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B208" t="s">
         <v>24</v>
       </c>
       <c r="C208" t="s">
         <v>26</v>
       </c>
       <c r="D208" s="9">
         <v>0</v>
       </c>
       <c r="F208" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G208" t="s">
         <v>24</v>
       </c>
       <c r="H208" t="s">
@@ -24170,52 +26140,62 @@
       </c>
       <c r="AJ208" s="1">
         <v>45881.583333333336</v>
       </c>
       <c r="AK208" t="s">
         <v>24</v>
       </c>
       <c r="AL208" t="s">
         <v>26</v>
       </c>
       <c r="AM208" s="9">
         <v>0</v>
       </c>
       <c r="AO208" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP208" t="s">
         <v>24</v>
       </c>
       <c r="AQ208" t="s">
         <v>26</v>
       </c>
       <c r="AR208" s="9">
         <v>0</v>
       </c>
-      <c r="AT208" s="1"/>
-      <c r="AW208" s="9"/>
+      <c r="AT208" s="1">
+        <v>45952.583333333336</v>
+      </c>
+      <c r="AU208" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV208" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW208" s="9">
+        <v>0</v>
+      </c>
       <c r="AY208" s="1"/>
       <c r="BB208" s="9"/>
       <c r="BD208" s="1"/>
       <c r="BG208" s="9"/>
     </row>
     <row r="209" spans="1:59">
       <c r="A209" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B209" t="s">
         <v>24</v>
       </c>
       <c r="C209" t="s">
         <v>27</v>
       </c>
       <c r="D209" s="9">
         <v>40.725999999999999</v>
       </c>
       <c r="F209" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G209" t="s">
         <v>24</v>
       </c>
       <c r="H209" t="s">
@@ -24286,52 +26266,62 @@
       </c>
       <c r="AJ209" s="1">
         <v>45881.583333333336</v>
       </c>
       <c r="AK209" t="s">
         <v>24</v>
       </c>
       <c r="AL209" t="s">
         <v>27</v>
       </c>
       <c r="AM209" s="9">
         <v>5.2990000000000004</v>
       </c>
       <c r="AO209" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP209" t="s">
         <v>24</v>
       </c>
       <c r="AQ209" t="s">
         <v>27</v>
       </c>
       <c r="AR209" s="9">
         <v>1.1990000000000001</v>
       </c>
-      <c r="AT209" s="1"/>
-      <c r="AW209" s="9"/>
+      <c r="AT209" s="1">
+        <v>45952.583333333336</v>
+      </c>
+      <c r="AU209" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV209" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW209" s="9">
+        <v>4.3600000000000003</v>
+      </c>
       <c r="AY209" s="1"/>
       <c r="BB209" s="9"/>
       <c r="BD209" s="1"/>
       <c r="BG209" s="9"/>
     </row>
     <row r="210" spans="1:59">
       <c r="A210" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B210" t="s">
         <v>24</v>
       </c>
       <c r="C210" t="s">
         <v>28</v>
       </c>
       <c r="D210" s="9">
         <v>9105.4709999999995</v>
       </c>
       <c r="F210" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G210" t="s">
         <v>24</v>
       </c>
       <c r="H210" t="s">
@@ -24402,52 +26392,62 @@
       </c>
       <c r="AJ210" s="1">
         <v>45881.583333333336</v>
       </c>
       <c r="AK210" t="s">
         <v>24</v>
       </c>
       <c r="AL210" t="s">
         <v>28</v>
       </c>
       <c r="AM210" s="9">
         <v>1007.56</v>
       </c>
       <c r="AO210" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP210" t="s">
         <v>24</v>
       </c>
       <c r="AQ210" t="s">
         <v>28</v>
       </c>
       <c r="AR210" s="9">
         <v>691.23299999999995</v>
       </c>
-      <c r="AT210" s="1"/>
-      <c r="AW210" s="9"/>
+      <c r="AT210" s="1">
+        <v>45952.583333333336</v>
+      </c>
+      <c r="AU210" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV210" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW210" s="9">
+        <v>739.72</v>
+      </c>
       <c r="AY210" s="1"/>
       <c r="BB210" s="9"/>
       <c r="BD210" s="1"/>
       <c r="BG210" s="9"/>
     </row>
     <row r="211" spans="1:59">
       <c r="A211" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B211" t="s">
         <v>24</v>
       </c>
       <c r="C211" t="s">
         <v>29</v>
       </c>
       <c r="D211" s="9">
         <v>20443.571</v>
       </c>
       <c r="F211" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G211" t="s">
         <v>24</v>
       </c>
       <c r="H211" t="s">
@@ -24518,52 +26518,62 @@
       </c>
       <c r="AJ211" s="1">
         <v>45881.583333333336</v>
       </c>
       <c r="AK211" t="s">
         <v>24</v>
       </c>
       <c r="AL211" t="s">
         <v>29</v>
       </c>
       <c r="AM211" s="9">
         <v>31265.37</v>
       </c>
       <c r="AO211" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP211" t="s">
         <v>24</v>
       </c>
       <c r="AQ211" t="s">
         <v>29</v>
       </c>
       <c r="AR211" s="9">
         <v>26763.113000000001</v>
       </c>
-      <c r="AT211" s="1"/>
-      <c r="AW211" s="9"/>
+      <c r="AT211" s="1">
+        <v>45952.583333333336</v>
+      </c>
+      <c r="AU211" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV211" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW211" s="9">
+        <v>26167.62</v>
+      </c>
       <c r="AY211" s="1"/>
       <c r="BB211" s="9"/>
       <c r="BD211" s="1"/>
       <c r="BG211" s="9"/>
     </row>
     <row r="212" spans="1:59">
       <c r="A212" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B212" t="s">
         <v>24</v>
       </c>
       <c r="C212" t="s">
         <v>30</v>
       </c>
       <c r="D212" s="9">
         <v>55169.264000000003</v>
       </c>
       <c r="F212" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G212" t="s">
         <v>24</v>
       </c>
       <c r="H212" t="s">
@@ -24634,52 +26644,62 @@
       </c>
       <c r="AJ212" s="1">
         <v>45881.583333333336</v>
       </c>
       <c r="AK212" t="s">
         <v>24</v>
       </c>
       <c r="AL212" t="s">
         <v>30</v>
       </c>
       <c r="AM212" s="9">
         <v>76196.486999999994</v>
       </c>
       <c r="AO212" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP212" t="s">
         <v>24</v>
       </c>
       <c r="AQ212" t="s">
         <v>30</v>
       </c>
       <c r="AR212" s="9">
         <v>61813.641000000003</v>
       </c>
-      <c r="AT212" s="1"/>
-      <c r="AW212" s="9"/>
+      <c r="AT212" s="1">
+        <v>45952.583333333336</v>
+      </c>
+      <c r="AU212" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV212" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW212" s="9">
+        <v>57426.5</v>
+      </c>
       <c r="AY212" s="1"/>
       <c r="BB212" s="9"/>
       <c r="BD212" s="1"/>
       <c r="BG212" s="9"/>
     </row>
     <row r="213" spans="1:59">
       <c r="A213" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B213" t="s">
         <v>24</v>
       </c>
       <c r="C213" t="s">
         <v>31</v>
       </c>
       <c r="D213" s="9">
         <v>79887.543000000005</v>
       </c>
       <c r="F213" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G213" t="s">
         <v>24</v>
       </c>
       <c r="H213" t="s">
@@ -24750,52 +26770,62 @@
       </c>
       <c r="AJ213" s="1">
         <v>45881.583333333336</v>
       </c>
       <c r="AK213" t="s">
         <v>24</v>
       </c>
       <c r="AL213" t="s">
         <v>31</v>
       </c>
       <c r="AM213" s="9">
         <v>94119.695999999996</v>
       </c>
       <c r="AO213" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP213" t="s">
         <v>24</v>
       </c>
       <c r="AQ213" t="s">
         <v>31</v>
       </c>
       <c r="AR213" s="9">
         <v>82436.577000000005</v>
       </c>
-      <c r="AT213" s="1"/>
-      <c r="AW213" s="9"/>
+      <c r="AT213" s="1">
+        <v>45952.583333333336</v>
+      </c>
+      <c r="AU213" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV213" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW213" s="9">
+        <v>82208.428</v>
+      </c>
       <c r="AY213" s="1"/>
       <c r="BB213" s="9"/>
       <c r="BD213" s="1"/>
       <c r="BG213" s="9"/>
     </row>
     <row r="214" spans="1:59">
       <c r="A214" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B214" t="s">
         <v>24</v>
       </c>
       <c r="C214" t="s">
         <v>32</v>
       </c>
       <c r="D214" s="9">
         <v>13934.196</v>
       </c>
       <c r="F214" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G214" t="s">
         <v>24</v>
       </c>
       <c r="H214" t="s">
@@ -24866,52 +26896,62 @@
       </c>
       <c r="AJ214" s="1">
         <v>45881.583333333336</v>
       </c>
       <c r="AK214" t="s">
         <v>24</v>
       </c>
       <c r="AL214" t="s">
         <v>32</v>
       </c>
       <c r="AM214" s="9">
         <v>12496.11</v>
       </c>
       <c r="AO214" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP214" t="s">
         <v>24</v>
       </c>
       <c r="AQ214" t="s">
         <v>32</v>
       </c>
       <c r="AR214" s="9">
         <v>13775.17</v>
       </c>
-      <c r="AT214" s="1"/>
-      <c r="AW214" s="9"/>
+      <c r="AT214" s="1">
+        <v>45952.583333333336</v>
+      </c>
+      <c r="AU214" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV214" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW214" s="9">
+        <v>13225.514999999999</v>
+      </c>
       <c r="AY214" s="1"/>
       <c r="BB214" s="9"/>
       <c r="BD214" s="1"/>
       <c r="BG214" s="9"/>
     </row>
     <row r="215" spans="1:59">
       <c r="A215" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B215" t="s">
         <v>24</v>
       </c>
       <c r="C215" t="s">
         <v>33</v>
       </c>
       <c r="D215" s="9">
         <v>93193.880999999994</v>
       </c>
       <c r="F215" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G215" t="s">
         <v>24</v>
       </c>
       <c r="H215" t="s">
@@ -24982,52 +27022,62 @@
       </c>
       <c r="AJ215" s="1">
         <v>45881.583333333336</v>
       </c>
       <c r="AK215" t="s">
         <v>24</v>
       </c>
       <c r="AL215" t="s">
         <v>33</v>
       </c>
       <c r="AM215" s="9">
         <v>72164.281000000003</v>
       </c>
       <c r="AO215" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP215" t="s">
         <v>24</v>
       </c>
       <c r="AQ215" t="s">
         <v>33</v>
       </c>
       <c r="AR215" s="9">
         <v>87732.195999999996</v>
       </c>
-      <c r="AT215" s="1"/>
-      <c r="AW215" s="9"/>
+      <c r="AT215" s="1">
+        <v>45952.583333333336</v>
+      </c>
+      <c r="AU215" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV215" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW215" s="9">
+        <v>84218.221000000005</v>
+      </c>
       <c r="AY215" s="1"/>
       <c r="BB215" s="9"/>
       <c r="BD215" s="1"/>
       <c r="BG215" s="9"/>
     </row>
     <row r="216" spans="1:59">
       <c r="A216" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B216" t="s">
         <v>24</v>
       </c>
       <c r="C216" t="s">
         <v>34</v>
       </c>
       <c r="D216" s="9">
         <v>54848</v>
       </c>
       <c r="F216" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G216" t="s">
         <v>24</v>
       </c>
       <c r="H216" t="s">
@@ -25098,52 +27148,62 @@
       </c>
       <c r="AJ216" s="1">
         <v>45881.583333333336</v>
       </c>
       <c r="AK216" t="s">
         <v>24</v>
       </c>
       <c r="AL216" t="s">
         <v>34</v>
       </c>
       <c r="AM216" s="9">
         <v>81376</v>
       </c>
       <c r="AO216" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP216" t="s">
         <v>24</v>
       </c>
       <c r="AQ216" t="s">
         <v>34</v>
       </c>
       <c r="AR216" s="9">
         <v>112659</v>
       </c>
-      <c r="AT216" s="1"/>
-      <c r="AW216" s="9"/>
+      <c r="AT216" s="1">
+        <v>45952.583333333336</v>
+      </c>
+      <c r="AU216" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV216" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW216" s="9">
+        <v>54821</v>
+      </c>
       <c r="AY216" s="1"/>
       <c r="BB216" s="9"/>
       <c r="BD216" s="1"/>
       <c r="BG216" s="9"/>
     </row>
     <row r="217" spans="1:59">
       <c r="A217" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B217" t="s">
         <v>24</v>
       </c>
       <c r="C217" t="s">
         <v>35</v>
       </c>
       <c r="D217" s="9">
         <v>11722.154</v>
       </c>
       <c r="F217" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G217" t="s">
         <v>24</v>
       </c>
       <c r="H217" t="s">
@@ -25214,52 +27274,62 @@
       </c>
       <c r="AJ217" s="1">
         <v>45881.583333333336</v>
       </c>
       <c r="AK217" t="s">
         <v>24</v>
       </c>
       <c r="AL217" t="s">
         <v>35</v>
       </c>
       <c r="AM217" s="9">
         <v>12853.862999999999</v>
       </c>
       <c r="AO217" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP217" t="s">
         <v>24</v>
       </c>
       <c r="AQ217" t="s">
         <v>35</v>
       </c>
       <c r="AR217" s="9">
         <v>10418.339</v>
       </c>
-      <c r="AT217" s="1"/>
-      <c r="AW217" s="9"/>
+      <c r="AT217" s="1">
+        <v>45952.583333333336</v>
+      </c>
+      <c r="AU217" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV217" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW217" s="9">
+        <v>9639.1329999999998</v>
+      </c>
       <c r="AY217" s="1"/>
       <c r="BB217" s="9"/>
       <c r="BD217" s="1"/>
       <c r="BG217" s="9"/>
     </row>
     <row r="218" spans="1:59">
       <c r="A218" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B218" t="s">
         <v>24</v>
       </c>
       <c r="C218" t="s">
         <v>36</v>
       </c>
       <c r="D218" s="9">
         <v>294360.96399999998</v>
       </c>
       <c r="F218" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G218" t="s">
         <v>24</v>
       </c>
       <c r="H218" t="s">
@@ -25330,52 +27400,62 @@
       </c>
       <c r="AJ218" s="1">
         <v>45881.583333333336</v>
       </c>
       <c r="AK218" t="s">
         <v>24</v>
       </c>
       <c r="AL218" t="s">
         <v>36</v>
       </c>
       <c r="AM218" s="9">
         <v>384415.73700000002</v>
       </c>
       <c r="AO218" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP218" t="s">
         <v>24</v>
       </c>
       <c r="AQ218" t="s">
         <v>36</v>
       </c>
       <c r="AR218" s="9">
         <v>281106.435</v>
       </c>
-      <c r="AT218" s="1"/>
-      <c r="AW218" s="9"/>
+      <c r="AT218" s="1">
+        <v>45952.583333333336</v>
+      </c>
+      <c r="AU218" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV218" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW218" s="9">
+        <v>266251.54200000002</v>
+      </c>
       <c r="AY218" s="1"/>
       <c r="BB218" s="9"/>
       <c r="BD218" s="1"/>
       <c r="BG218" s="9"/>
     </row>
     <row r="219" spans="1:59">
       <c r="A219" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B219" t="s">
         <v>24</v>
       </c>
       <c r="C219" t="s">
         <v>37</v>
       </c>
       <c r="D219" s="9">
         <v>129133.099</v>
       </c>
       <c r="F219" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G219" t="s">
         <v>24</v>
       </c>
       <c r="H219" t="s">
@@ -25446,52 +27526,62 @@
       </c>
       <c r="AJ219" s="1">
         <v>45881.583333333336</v>
       </c>
       <c r="AK219" t="s">
         <v>24</v>
       </c>
       <c r="AL219" t="s">
         <v>37</v>
       </c>
       <c r="AM219" s="9">
         <v>169708.87299999999</v>
       </c>
       <c r="AO219" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP219" t="s">
         <v>24</v>
       </c>
       <c r="AQ219" t="s">
         <v>37</v>
       </c>
       <c r="AR219" s="9">
         <v>102074.685</v>
       </c>
-      <c r="AT219" s="1"/>
-      <c r="AW219" s="9"/>
+      <c r="AT219" s="1">
+        <v>45952.583333333336</v>
+      </c>
+      <c r="AU219" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV219" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW219" s="9">
+        <v>96997.156000000003</v>
+      </c>
       <c r="AY219" s="1"/>
       <c r="BB219" s="9"/>
       <c r="BD219" s="1"/>
       <c r="BG219" s="9"/>
     </row>
     <row r="220" spans="1:59">
       <c r="A220" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B220" t="s">
         <v>24</v>
       </c>
       <c r="C220" t="s">
         <v>38</v>
       </c>
       <c r="D220" s="9">
         <v>0</v>
       </c>
       <c r="F220" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G220" t="s">
         <v>24</v>
       </c>
       <c r="H220" t="s">
@@ -25562,52 +27652,62 @@
       </c>
       <c r="AJ220" s="1">
         <v>45881.583333333336</v>
       </c>
       <c r="AK220" t="s">
         <v>24</v>
       </c>
       <c r="AL220" t="s">
         <v>38</v>
       </c>
       <c r="AM220" s="9">
         <v>0</v>
       </c>
       <c r="AO220" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP220" t="s">
         <v>24</v>
       </c>
       <c r="AQ220" t="s">
         <v>38</v>
       </c>
       <c r="AR220" s="9">
         <v>0</v>
       </c>
-      <c r="AT220" s="1"/>
-      <c r="AW220" s="9"/>
+      <c r="AT220" s="1">
+        <v>45952.583333333336</v>
+      </c>
+      <c r="AU220" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV220" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW220" s="9">
+        <v>0</v>
+      </c>
       <c r="AY220" s="1"/>
       <c r="BB220" s="9"/>
       <c r="BD220" s="1"/>
       <c r="BG220" s="9"/>
     </row>
     <row r="221" spans="1:59">
       <c r="A221" s="1">
         <v>45665.625</v>
       </c>
       <c r="B221" t="s">
         <v>24</v>
       </c>
       <c r="C221" t="s">
         <v>25</v>
       </c>
       <c r="D221" s="9">
         <v>648726.95400000003</v>
       </c>
       <c r="F221" s="1">
         <v>45694.625</v>
       </c>
       <c r="G221" t="s">
         <v>24</v>
       </c>
       <c r="H221" t="s">
@@ -25678,52 +27778,62 @@
       </c>
       <c r="AJ221" s="1">
         <v>45881.625</v>
       </c>
       <c r="AK221" t="s">
         <v>24</v>
       </c>
       <c r="AL221" t="s">
         <v>25</v>
       </c>
       <c r="AM221" s="9">
         <v>788468.89800000004</v>
       </c>
       <c r="AO221" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP221" t="s">
         <v>24</v>
       </c>
       <c r="AQ221" t="s">
         <v>25</v>
       </c>
       <c r="AR221" s="9">
         <v>410503.67200000002</v>
       </c>
-      <c r="AT221" s="1"/>
-      <c r="AW221" s="9"/>
+      <c r="AT221" s="1">
+        <v>45952.625</v>
+      </c>
+      <c r="AU221" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV221" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW221" s="9">
+        <v>385052.092</v>
+      </c>
       <c r="AY221" s="1"/>
       <c r="BB221" s="9"/>
       <c r="BD221" s="1"/>
       <c r="BG221" s="9"/>
     </row>
     <row r="222" spans="1:59">
       <c r="A222" s="1">
         <v>45665.625</v>
       </c>
       <c r="B222" t="s">
         <v>24</v>
       </c>
       <c r="C222" t="s">
         <v>26</v>
       </c>
       <c r="D222" s="9">
         <v>0</v>
       </c>
       <c r="F222" s="1">
         <v>45694.625</v>
       </c>
       <c r="G222" t="s">
         <v>24</v>
       </c>
       <c r="H222" t="s">
@@ -25794,52 +27904,62 @@
       </c>
       <c r="AJ222" s="1">
         <v>45881.625</v>
       </c>
       <c r="AK222" t="s">
         <v>24</v>
       </c>
       <c r="AL222" t="s">
         <v>26</v>
       </c>
       <c r="AM222" s="9">
         <v>0</v>
       </c>
       <c r="AO222" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP222" t="s">
         <v>24</v>
       </c>
       <c r="AQ222" t="s">
         <v>26</v>
       </c>
       <c r="AR222" s="9">
         <v>0</v>
       </c>
-      <c r="AT222" s="1"/>
-      <c r="AW222" s="9"/>
+      <c r="AT222" s="1">
+        <v>45952.625</v>
+      </c>
+      <c r="AU222" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV222" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW222" s="9">
+        <v>0</v>
+      </c>
       <c r="AY222" s="1"/>
       <c r="BB222" s="9"/>
       <c r="BD222" s="1"/>
       <c r="BG222" s="9"/>
     </row>
     <row r="223" spans="1:59">
       <c r="A223" s="1">
         <v>45665.625</v>
       </c>
       <c r="B223" t="s">
         <v>24</v>
       </c>
       <c r="C223" t="s">
         <v>27</v>
       </c>
       <c r="D223" s="9">
         <v>53.192999999999998</v>
       </c>
       <c r="F223" s="1">
         <v>45694.625</v>
       </c>
       <c r="G223" t="s">
         <v>24</v>
       </c>
       <c r="H223" t="s">
@@ -25910,52 +28030,62 @@
       </c>
       <c r="AJ223" s="1">
         <v>45881.625</v>
       </c>
       <c r="AK223" t="s">
         <v>24</v>
       </c>
       <c r="AL223" t="s">
         <v>27</v>
       </c>
       <c r="AM223" s="9">
         <v>6.6719999999999997</v>
       </c>
       <c r="AO223" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP223" t="s">
         <v>24</v>
       </c>
       <c r="AQ223" t="s">
         <v>27</v>
       </c>
       <c r="AR223" s="9">
         <v>0.77800000000000002</v>
       </c>
-      <c r="AT223" s="1"/>
-      <c r="AW223" s="9"/>
+      <c r="AT223" s="1">
+        <v>45952.625</v>
+      </c>
+      <c r="AU223" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV223" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW223" s="9">
+        <v>4.6230000000000002</v>
+      </c>
       <c r="AY223" s="1"/>
       <c r="BB223" s="9"/>
       <c r="BD223" s="1"/>
       <c r="BG223" s="9"/>
     </row>
     <row r="224" spans="1:59">
       <c r="A224" s="1">
         <v>45665.625</v>
       </c>
       <c r="B224" t="s">
         <v>24</v>
       </c>
       <c r="C224" t="s">
         <v>28</v>
       </c>
       <c r="D224" s="9">
         <v>9580.8819999999996</v>
       </c>
       <c r="F224" s="1">
         <v>45694.625</v>
       </c>
       <c r="G224" t="s">
         <v>24</v>
       </c>
       <c r="H224" t="s">
@@ -26026,52 +28156,62 @@
       </c>
       <c r="AJ224" s="1">
         <v>45881.625</v>
       </c>
       <c r="AK224" t="s">
         <v>24</v>
       </c>
       <c r="AL224" t="s">
         <v>28</v>
       </c>
       <c r="AM224" s="9">
         <v>1038.2570000000001</v>
       </c>
       <c r="AO224" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP224" t="s">
         <v>24</v>
       </c>
       <c r="AQ224" t="s">
         <v>28</v>
       </c>
       <c r="AR224" s="9">
         <v>704.77300000000002</v>
       </c>
-      <c r="AT224" s="1"/>
-      <c r="AW224" s="9"/>
+      <c r="AT224" s="1">
+        <v>45952.625</v>
+      </c>
+      <c r="AU224" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV224" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW224" s="9">
+        <v>747.47</v>
+      </c>
       <c r="AY224" s="1"/>
       <c r="BB224" s="9"/>
       <c r="BD224" s="1"/>
       <c r="BG224" s="9"/>
     </row>
     <row r="225" spans="1:59">
       <c r="A225" s="1">
         <v>45665.625</v>
       </c>
       <c r="B225" t="s">
         <v>24</v>
       </c>
       <c r="C225" t="s">
         <v>29</v>
       </c>
       <c r="D225" s="9">
         <v>19230.481</v>
       </c>
       <c r="F225" s="1">
         <v>45694.625</v>
       </c>
       <c r="G225" t="s">
         <v>24</v>
       </c>
       <c r="H225" t="s">
@@ -26142,52 +28282,62 @@
       </c>
       <c r="AJ225" s="1">
         <v>45881.625</v>
       </c>
       <c r="AK225" t="s">
         <v>24</v>
       </c>
       <c r="AL225" t="s">
         <v>29</v>
       </c>
       <c r="AM225" s="9">
         <v>29613.589</v>
       </c>
       <c r="AO225" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP225" t="s">
         <v>24</v>
       </c>
       <c r="AQ225" t="s">
         <v>29</v>
       </c>
       <c r="AR225" s="9">
         <v>25212.37</v>
       </c>
-      <c r="AT225" s="1"/>
-      <c r="AW225" s="9"/>
+      <c r="AT225" s="1">
+        <v>45952.625</v>
+      </c>
+      <c r="AU225" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV225" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW225" s="9">
+        <v>25212.595000000001</v>
+      </c>
       <c r="AY225" s="1"/>
       <c r="BB225" s="9"/>
       <c r="BD225" s="1"/>
       <c r="BG225" s="9"/>
     </row>
     <row r="226" spans="1:59">
       <c r="A226" s="1">
         <v>45665.625</v>
       </c>
       <c r="B226" t="s">
         <v>24</v>
       </c>
       <c r="C226" t="s">
         <v>30</v>
       </c>
       <c r="D226" s="9">
         <v>52634.737000000001</v>
       </c>
       <c r="F226" s="1">
         <v>45694.625</v>
       </c>
       <c r="G226" t="s">
         <v>24</v>
       </c>
       <c r="H226" t="s">
@@ -26258,52 +28408,62 @@
       </c>
       <c r="AJ226" s="1">
         <v>45881.625</v>
       </c>
       <c r="AK226" t="s">
         <v>24</v>
       </c>
       <c r="AL226" t="s">
         <v>30</v>
       </c>
       <c r="AM226" s="9">
         <v>73880.964999999997</v>
       </c>
       <c r="AO226" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP226" t="s">
         <v>24</v>
       </c>
       <c r="AQ226" t="s">
         <v>30</v>
       </c>
       <c r="AR226" s="9">
         <v>59964.434999999998</v>
       </c>
-      <c r="AT226" s="1"/>
-      <c r="AW226" s="9"/>
+      <c r="AT226" s="1">
+        <v>45952.625</v>
+      </c>
+      <c r="AU226" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV226" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW226" s="9">
+        <v>55762.209000000003</v>
+      </c>
       <c r="AY226" s="1"/>
       <c r="BB226" s="9"/>
       <c r="BD226" s="1"/>
       <c r="BG226" s="9"/>
     </row>
     <row r="227" spans="1:59">
       <c r="A227" s="1">
         <v>45665.625</v>
       </c>
       <c r="B227" t="s">
         <v>24</v>
       </c>
       <c r="C227" t="s">
         <v>31</v>
       </c>
       <c r="D227" s="9">
         <v>77664.19</v>
       </c>
       <c r="F227" s="1">
         <v>45694.625</v>
       </c>
       <c r="G227" t="s">
         <v>24</v>
       </c>
       <c r="H227" t="s">
@@ -26374,52 +28534,62 @@
       </c>
       <c r="AJ227" s="1">
         <v>45881.625</v>
       </c>
       <c r="AK227" t="s">
         <v>24</v>
       </c>
       <c r="AL227" t="s">
         <v>31</v>
       </c>
       <c r="AM227" s="9">
         <v>93039.255999999994</v>
       </c>
       <c r="AO227" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP227" t="s">
         <v>24</v>
       </c>
       <c r="AQ227" t="s">
         <v>31</v>
       </c>
       <c r="AR227" s="9">
         <v>80438.046000000002</v>
       </c>
-      <c r="AT227" s="1"/>
-      <c r="AW227" s="9"/>
+      <c r="AT227" s="1">
+        <v>45952.625</v>
+      </c>
+      <c r="AU227" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV227" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW227" s="9">
+        <v>79111.676000000007</v>
+      </c>
       <c r="AY227" s="1"/>
       <c r="BB227" s="9"/>
       <c r="BD227" s="1"/>
       <c r="BG227" s="9"/>
     </row>
     <row r="228" spans="1:59">
       <c r="A228" s="1">
         <v>45665.625</v>
       </c>
       <c r="B228" t="s">
         <v>24</v>
       </c>
       <c r="C228" t="s">
         <v>32</v>
       </c>
       <c r="D228" s="9">
         <v>13648.013000000001</v>
       </c>
       <c r="F228" s="1">
         <v>45694.625</v>
       </c>
       <c r="G228" t="s">
         <v>24</v>
       </c>
       <c r="H228" t="s">
@@ -26490,52 +28660,62 @@
       </c>
       <c r="AJ228" s="1">
         <v>45881.625</v>
       </c>
       <c r="AK228" t="s">
         <v>24</v>
       </c>
       <c r="AL228" t="s">
         <v>32</v>
       </c>
       <c r="AM228" s="9">
         <v>12724.08</v>
       </c>
       <c r="AO228" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP228" t="s">
         <v>24</v>
       </c>
       <c r="AQ228" t="s">
         <v>32</v>
       </c>
       <c r="AR228" s="9">
         <v>13702.96</v>
       </c>
-      <c r="AT228" s="1"/>
-      <c r="AW228" s="9"/>
+      <c r="AT228" s="1">
+        <v>45952.625</v>
+      </c>
+      <c r="AU228" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV228" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW228" s="9">
+        <v>12864.535</v>
+      </c>
       <c r="AY228" s="1"/>
       <c r="BB228" s="9"/>
       <c r="BD228" s="1"/>
       <c r="BG228" s="9"/>
     </row>
     <row r="229" spans="1:59">
       <c r="A229" s="1">
         <v>45665.625</v>
       </c>
       <c r="B229" t="s">
         <v>24</v>
       </c>
       <c r="C229" t="s">
         <v>33</v>
       </c>
       <c r="D229" s="9">
         <v>89197.5</v>
       </c>
       <c r="F229" s="1">
         <v>45694.625</v>
       </c>
       <c r="G229" t="s">
         <v>24</v>
       </c>
       <c r="H229" t="s">
@@ -26606,52 +28786,62 @@
       </c>
       <c r="AJ229" s="1">
         <v>45881.625</v>
       </c>
       <c r="AK229" t="s">
         <v>24</v>
       </c>
       <c r="AL229" t="s">
         <v>33</v>
       </c>
       <c r="AM229" s="9">
         <v>69201.887000000002</v>
       </c>
       <c r="AO229" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP229" t="s">
         <v>24</v>
       </c>
       <c r="AQ229" t="s">
         <v>33</v>
       </c>
       <c r="AR229" s="9">
         <v>85641.803</v>
       </c>
-      <c r="AT229" s="1"/>
-      <c r="AW229" s="9"/>
+      <c r="AT229" s="1">
+        <v>45952.625</v>
+      </c>
+      <c r="AU229" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV229" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW229" s="9">
+        <v>84344.695000000007</v>
+      </c>
       <c r="AY229" s="1"/>
       <c r="BB229" s="9"/>
       <c r="BD229" s="1"/>
       <c r="BG229" s="9"/>
     </row>
     <row r="230" spans="1:59">
       <c r="A230" s="1">
         <v>45665.625</v>
       </c>
       <c r="B230" t="s">
         <v>24</v>
       </c>
       <c r="C230" t="s">
         <v>34</v>
       </c>
       <c r="D230" s="9">
         <v>50054</v>
       </c>
       <c r="F230" s="1">
         <v>45694.625</v>
       </c>
       <c r="G230" t="s">
         <v>24</v>
       </c>
       <c r="H230" t="s">
@@ -26722,52 +28912,62 @@
       </c>
       <c r="AJ230" s="1">
         <v>45881.625</v>
       </c>
       <c r="AK230" t="s">
         <v>24</v>
       </c>
       <c r="AL230" t="s">
         <v>34</v>
       </c>
       <c r="AM230" s="9">
         <v>77864</v>
       </c>
       <c r="AO230" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP230" t="s">
         <v>24</v>
       </c>
       <c r="AQ230" t="s">
         <v>34</v>
       </c>
       <c r="AR230" s="9">
         <v>107660</v>
       </c>
-      <c r="AT230" s="1"/>
-      <c r="AW230" s="9"/>
+      <c r="AT230" s="1">
+        <v>45952.625</v>
+      </c>
+      <c r="AU230" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV230" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW230" s="9">
+        <v>54345</v>
+      </c>
       <c r="AY230" s="1"/>
       <c r="BB230" s="9"/>
       <c r="BD230" s="1"/>
       <c r="BG230" s="9"/>
     </row>
     <row r="231" spans="1:59">
       <c r="A231" s="1">
         <v>45665.625</v>
       </c>
       <c r="B231" t="s">
         <v>24</v>
       </c>
       <c r="C231" t="s">
         <v>35</v>
       </c>
       <c r="D231" s="9">
         <v>11438.196</v>
       </c>
       <c r="F231" s="1">
         <v>45694.625</v>
       </c>
       <c r="G231" t="s">
         <v>24</v>
       </c>
       <c r="H231" t="s">
@@ -26838,52 +29038,62 @@
       </c>
       <c r="AJ231" s="1">
         <v>45881.625</v>
       </c>
       <c r="AK231" t="s">
         <v>24</v>
       </c>
       <c r="AL231" t="s">
         <v>35</v>
       </c>
       <c r="AM231" s="9">
         <v>12262.894</v>
       </c>
       <c r="AO231" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP231" t="s">
         <v>24</v>
       </c>
       <c r="AQ231" t="s">
         <v>35</v>
       </c>
       <c r="AR231" s="9">
         <v>9973.0859999999993</v>
       </c>
-      <c r="AT231" s="1"/>
-      <c r="AW231" s="9"/>
+      <c r="AT231" s="1">
+        <v>45952.625</v>
+      </c>
+      <c r="AU231" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV231" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW231" s="9">
+        <v>9247.607</v>
+      </c>
       <c r="AY231" s="1"/>
       <c r="BB231" s="9"/>
       <c r="BD231" s="1"/>
       <c r="BG231" s="9"/>
     </row>
     <row r="232" spans="1:59">
       <c r="A232" s="1">
         <v>45665.625</v>
       </c>
       <c r="B232" t="s">
         <v>24</v>
       </c>
       <c r="C232" t="s">
         <v>36</v>
       </c>
       <c r="D232" s="9">
         <v>286303.69199999998</v>
       </c>
       <c r="F232" s="1">
         <v>45694.625</v>
       </c>
       <c r="G232" t="s">
         <v>24</v>
       </c>
       <c r="H232" t="s">
@@ -26954,52 +29164,62 @@
       </c>
       <c r="AJ232" s="1">
         <v>45881.625</v>
       </c>
       <c r="AK232" t="s">
         <v>24</v>
       </c>
       <c r="AL232" t="s">
         <v>36</v>
       </c>
       <c r="AM232" s="9">
         <v>374351.77</v>
       </c>
       <c r="AO232" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP232" t="s">
         <v>24</v>
       </c>
       <c r="AQ232" t="s">
         <v>36</v>
       </c>
       <c r="AR232" s="9">
         <v>269564.228</v>
       </c>
-      <c r="AT232" s="1"/>
-      <c r="AW232" s="9"/>
+      <c r="AT232" s="1">
+        <v>45952.625</v>
+      </c>
+      <c r="AU232" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV232" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW232" s="9">
+        <v>256922.19500000001</v>
+      </c>
       <c r="AY232" s="1"/>
       <c r="BB232" s="9"/>
       <c r="BD232" s="1"/>
       <c r="BG232" s="9"/>
     </row>
     <row r="233" spans="1:59">
       <c r="A233" s="1">
         <v>45665.625</v>
       </c>
       <c r="B233" t="s">
         <v>24</v>
       </c>
       <c r="C233" t="s">
         <v>37</v>
       </c>
       <c r="D233" s="9">
         <v>127901.037</v>
       </c>
       <c r="F233" s="1">
         <v>45694.625</v>
       </c>
       <c r="G233" t="s">
         <v>24</v>
       </c>
       <c r="H233" t="s">
@@ -27070,52 +29290,62 @@
       </c>
       <c r="AJ233" s="1">
         <v>45881.625</v>
       </c>
       <c r="AK233" t="s">
         <v>24</v>
       </c>
       <c r="AL233" t="s">
         <v>37</v>
       </c>
       <c r="AM233" s="9">
         <v>165695.77600000001</v>
       </c>
       <c r="AO233" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP233" t="s">
         <v>24</v>
       </c>
       <c r="AQ233" t="s">
         <v>37</v>
       </c>
       <c r="AR233" s="9">
         <v>99460.087</v>
       </c>
-      <c r="AT233" s="1"/>
-      <c r="AW233" s="9"/>
+      <c r="AT233" s="1">
+        <v>45952.625</v>
+      </c>
+      <c r="AU233" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV233" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW233" s="9">
+        <v>94377.153999999995</v>
+      </c>
       <c r="AY233" s="1"/>
       <c r="BB233" s="9"/>
       <c r="BD233" s="1"/>
       <c r="BG233" s="9"/>
     </row>
     <row r="234" spans="1:59">
       <c r="A234" s="1">
         <v>45665.625</v>
       </c>
       <c r="B234" t="s">
         <v>24</v>
       </c>
       <c r="C234" t="s">
         <v>38</v>
       </c>
       <c r="D234" s="9">
         <v>0</v>
       </c>
       <c r="F234" s="1">
         <v>45694.625</v>
       </c>
       <c r="G234" t="s">
         <v>24</v>
       </c>
       <c r="H234" t="s">
@@ -27186,52 +29416,62 @@
       </c>
       <c r="AJ234" s="1">
         <v>45881.625</v>
       </c>
       <c r="AK234" t="s">
         <v>24</v>
       </c>
       <c r="AL234" t="s">
         <v>38</v>
       </c>
       <c r="AM234" s="9">
         <v>0</v>
       </c>
       <c r="AO234" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP234" t="s">
         <v>24</v>
       </c>
       <c r="AQ234" t="s">
         <v>38</v>
       </c>
       <c r="AR234" s="9">
         <v>0</v>
       </c>
-      <c r="AT234" s="1"/>
-      <c r="AW234" s="9"/>
+      <c r="AT234" s="1">
+        <v>45952.625</v>
+      </c>
+      <c r="AU234" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV234" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW234" s="9">
+        <v>0</v>
+      </c>
       <c r="AY234" s="1"/>
       <c r="BB234" s="9"/>
       <c r="BD234" s="1"/>
       <c r="BG234" s="9"/>
     </row>
     <row r="235" spans="1:59">
       <c r="A235" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B235" t="s">
         <v>24</v>
       </c>
       <c r="C235" t="s">
         <v>25</v>
       </c>
       <c r="D235" s="9">
         <v>736898.49699999997</v>
       </c>
       <c r="F235" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G235" t="s">
         <v>24</v>
       </c>
       <c r="H235" t="s">
@@ -27302,52 +29542,62 @@
       </c>
       <c r="AJ235" s="1">
         <v>45881.666666666664</v>
       </c>
       <c r="AK235" t="s">
         <v>24</v>
       </c>
       <c r="AL235" t="s">
         <v>25</v>
       </c>
       <c r="AM235" s="9">
         <v>831490.09400000004</v>
       </c>
       <c r="AO235" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP235" t="s">
         <v>24</v>
       </c>
       <c r="AQ235" t="s">
         <v>25</v>
       </c>
       <c r="AR235" s="9">
         <v>457969.28499999997</v>
       </c>
-      <c r="AT235" s="1"/>
-      <c r="AW235" s="9"/>
+      <c r="AT235" s="1">
+        <v>45952.666666666664</v>
+      </c>
+      <c r="AU235" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV235" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW235" s="9">
+        <v>437934.45600000001</v>
+      </c>
       <c r="AY235" s="1"/>
       <c r="BB235" s="9"/>
       <c r="BD235" s="1"/>
       <c r="BG235" s="9"/>
     </row>
     <row r="236" spans="1:59">
       <c r="A236" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B236" t="s">
         <v>24</v>
       </c>
       <c r="C236" t="s">
         <v>26</v>
       </c>
       <c r="D236" s="9">
         <v>2080.373</v>
       </c>
       <c r="F236" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G236" t="s">
         <v>24</v>
       </c>
       <c r="H236" t="s">
@@ -27418,52 +29668,62 @@
       </c>
       <c r="AJ236" s="1">
         <v>45881.666666666664</v>
       </c>
       <c r="AK236" t="s">
         <v>24</v>
       </c>
       <c r="AL236" t="s">
         <v>26</v>
       </c>
       <c r="AM236" s="9">
         <v>0</v>
       </c>
       <c r="AO236" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP236" t="s">
         <v>24</v>
       </c>
       <c r="AQ236" t="s">
         <v>26</v>
       </c>
       <c r="AR236" s="9">
         <v>0</v>
       </c>
-      <c r="AT236" s="1"/>
-      <c r="AW236" s="9"/>
+      <c r="AT236" s="1">
+        <v>45952.666666666664</v>
+      </c>
+      <c r="AU236" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV236" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW236" s="9">
+        <v>0</v>
+      </c>
       <c r="AY236" s="1"/>
       <c r="BB236" s="9"/>
       <c r="BD236" s="1"/>
       <c r="BG236" s="9"/>
     </row>
     <row r="237" spans="1:59">
       <c r="A237" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B237" t="s">
         <v>24</v>
       </c>
       <c r="C237" t="s">
         <v>27</v>
       </c>
       <c r="D237" s="9">
         <v>61.625999999999998</v>
       </c>
       <c r="F237" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G237" t="s">
         <v>24</v>
       </c>
       <c r="H237" t="s">
@@ -27534,52 +29794,62 @@
       </c>
       <c r="AJ237" s="1">
         <v>45881.666666666664</v>
       </c>
       <c r="AK237" t="s">
         <v>24</v>
       </c>
       <c r="AL237" t="s">
         <v>27</v>
       </c>
       <c r="AM237" s="9">
         <v>6.2519999999999998</v>
       </c>
       <c r="AO237" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP237" t="s">
         <v>24</v>
       </c>
       <c r="AQ237" t="s">
         <v>27</v>
       </c>
       <c r="AR237" s="9">
         <v>3.15</v>
       </c>
-      <c r="AT237" s="1"/>
-      <c r="AW237" s="9"/>
+      <c r="AT237" s="1">
+        <v>45952.666666666664</v>
+      </c>
+      <c r="AU237" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV237" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW237" s="9">
+        <v>7.181</v>
+      </c>
       <c r="AY237" s="1"/>
       <c r="BB237" s="9"/>
       <c r="BD237" s="1"/>
       <c r="BG237" s="9"/>
     </row>
     <row r="238" spans="1:59">
       <c r="A238" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B238" t="s">
         <v>24</v>
       </c>
       <c r="C238" t="s">
         <v>28</v>
       </c>
       <c r="D238" s="9">
         <v>10584.254999999999</v>
       </c>
       <c r="F238" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G238" t="s">
         <v>24</v>
       </c>
       <c r="H238" t="s">
@@ -27650,52 +29920,62 @@
       </c>
       <c r="AJ238" s="1">
         <v>45881.666666666664</v>
       </c>
       <c r="AK238" t="s">
         <v>24</v>
       </c>
       <c r="AL238" t="s">
         <v>28</v>
       </c>
       <c r="AM238" s="9">
         <v>1083.4739999999999</v>
       </c>
       <c r="AO238" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP238" t="s">
         <v>24</v>
       </c>
       <c r="AQ238" t="s">
         <v>28</v>
       </c>
       <c r="AR238" s="9">
         <v>805.16800000000001</v>
       </c>
-      <c r="AT238" s="1"/>
-      <c r="AW238" s="9"/>
+      <c r="AT238" s="1">
+        <v>45952.666666666664</v>
+      </c>
+      <c r="AU238" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV238" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW238" s="9">
+        <v>872.50199999999995</v>
+      </c>
       <c r="AY238" s="1"/>
       <c r="BB238" s="9"/>
       <c r="BD238" s="1"/>
       <c r="BG238" s="9"/>
     </row>
     <row r="239" spans="1:59">
       <c r="A239" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B239" t="s">
         <v>24</v>
       </c>
       <c r="C239" t="s">
         <v>29</v>
       </c>
       <c r="D239" s="9">
         <v>18423.316999999999</v>
       </c>
       <c r="F239" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G239" t="s">
         <v>24</v>
       </c>
       <c r="H239" t="s">
@@ -27766,52 +30046,62 @@
       </c>
       <c r="AJ239" s="1">
         <v>45881.666666666664</v>
       </c>
       <c r="AK239" t="s">
         <v>24</v>
       </c>
       <c r="AL239" t="s">
         <v>29</v>
       </c>
       <c r="AM239" s="9">
         <v>26480.739000000001</v>
       </c>
       <c r="AO239" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP239" t="s">
         <v>24</v>
       </c>
       <c r="AQ239" t="s">
         <v>29</v>
       </c>
       <c r="AR239" s="9">
         <v>22075.059000000001</v>
       </c>
-      <c r="AT239" s="1"/>
-      <c r="AW239" s="9"/>
+      <c r="AT239" s="1">
+        <v>45952.666666666664</v>
+      </c>
+      <c r="AU239" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV239" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW239" s="9">
+        <v>21512.116999999998</v>
+      </c>
       <c r="AY239" s="1"/>
       <c r="BB239" s="9"/>
       <c r="BD239" s="1"/>
       <c r="BG239" s="9"/>
     </row>
     <row r="240" spans="1:59">
       <c r="A240" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B240" t="s">
         <v>24</v>
       </c>
       <c r="C240" t="s">
         <v>30</v>
       </c>
       <c r="D240" s="9">
         <v>49060.675999999999</v>
       </c>
       <c r="F240" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G240" t="s">
         <v>24</v>
       </c>
       <c r="H240" t="s">
@@ -27882,52 +30172,62 @@
       </c>
       <c r="AJ240" s="1">
         <v>45881.666666666664</v>
       </c>
       <c r="AK240" t="s">
         <v>24</v>
       </c>
       <c r="AL240" t="s">
         <v>30</v>
       </c>
       <c r="AM240" s="9">
         <v>70195.373999999996</v>
       </c>
       <c r="AO240" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP240" t="s">
         <v>24</v>
       </c>
       <c r="AQ240" t="s">
         <v>30</v>
       </c>
       <c r="AR240" s="9">
         <v>57008.675000000003</v>
       </c>
-      <c r="AT240" s="1"/>
-      <c r="AW240" s="9"/>
+      <c r="AT240" s="1">
+        <v>45952.666666666664</v>
+      </c>
+      <c r="AU240" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV240" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW240" s="9">
+        <v>51213.599000000002</v>
+      </c>
       <c r="AY240" s="1"/>
       <c r="BB240" s="9"/>
       <c r="BD240" s="1"/>
       <c r="BG240" s="9"/>
     </row>
     <row r="241" spans="1:59">
       <c r="A241" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B241" t="s">
         <v>24</v>
       </c>
       <c r="C241" t="s">
         <v>31</v>
       </c>
       <c r="D241" s="9">
         <v>76308.964999999997</v>
       </c>
       <c r="F241" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G241" t="s">
         <v>24</v>
       </c>
       <c r="H241" t="s">
@@ -27998,52 +30298,62 @@
       </c>
       <c r="AJ241" s="1">
         <v>45881.666666666664</v>
       </c>
       <c r="AK241" t="s">
         <v>24</v>
       </c>
       <c r="AL241" t="s">
         <v>31</v>
       </c>
       <c r="AM241" s="9">
         <v>91715.827000000005</v>
       </c>
       <c r="AO241" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP241" t="s">
         <v>24</v>
       </c>
       <c r="AQ241" t="s">
         <v>31</v>
       </c>
       <c r="AR241" s="9">
         <v>81550.61</v>
       </c>
-      <c r="AT241" s="1"/>
-      <c r="AW241" s="9"/>
+      <c r="AT241" s="1">
+        <v>45952.666666666664</v>
+      </c>
+      <c r="AU241" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV241" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW241" s="9">
+        <v>79754.240999999995</v>
+      </c>
       <c r="AY241" s="1"/>
       <c r="BB241" s="9"/>
       <c r="BD241" s="1"/>
       <c r="BG241" s="9"/>
     </row>
     <row r="242" spans="1:59">
       <c r="A242" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B242" t="s">
         <v>24</v>
       </c>
       <c r="C242" t="s">
         <v>32</v>
       </c>
       <c r="D242" s="9">
         <v>13726.870999999999</v>
       </c>
       <c r="F242" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G242" t="s">
         <v>24</v>
       </c>
       <c r="H242" t="s">
@@ -28114,52 +30424,62 @@
       </c>
       <c r="AJ242" s="1">
         <v>45881.666666666664</v>
       </c>
       <c r="AK242" t="s">
         <v>24</v>
       </c>
       <c r="AL242" t="s">
         <v>32</v>
       </c>
       <c r="AM242" s="9">
         <v>12914.23</v>
       </c>
       <c r="AO242" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP242" t="s">
         <v>24</v>
       </c>
       <c r="AQ242" t="s">
         <v>32</v>
       </c>
       <c r="AR242" s="9">
         <v>13916.424999999999</v>
       </c>
-      <c r="AT242" s="1"/>
-      <c r="AW242" s="9"/>
+      <c r="AT242" s="1">
+        <v>45952.666666666664</v>
+      </c>
+      <c r="AU242" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV242" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW242" s="9">
+        <v>12674.545</v>
+      </c>
       <c r="AY242" s="1"/>
       <c r="BB242" s="9"/>
       <c r="BD242" s="1"/>
       <c r="BG242" s="9"/>
     </row>
     <row r="243" spans="1:59">
       <c r="A243" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B243" t="s">
         <v>24</v>
       </c>
       <c r="C243" t="s">
         <v>33</v>
       </c>
       <c r="D243" s="9">
         <v>72438.845000000001</v>
       </c>
       <c r="F243" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G243" t="s">
         <v>24</v>
       </c>
       <c r="H243" t="s">
@@ -28230,52 +30550,62 @@
       </c>
       <c r="AJ243" s="1">
         <v>45881.666666666664</v>
       </c>
       <c r="AK243" t="s">
         <v>24</v>
       </c>
       <c r="AL243" t="s">
         <v>33</v>
       </c>
       <c r="AM243" s="9">
         <v>67572.567999999999</v>
       </c>
       <c r="AO243" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP243" t="s">
         <v>24</v>
       </c>
       <c r="AQ243" t="s">
         <v>33</v>
       </c>
       <c r="AR243" s="9">
         <v>75050.331000000006</v>
       </c>
-      <c r="AT243" s="1"/>
-      <c r="AW243" s="9"/>
+      <c r="AT243" s="1">
+        <v>45952.666666666664</v>
+      </c>
+      <c r="AU243" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV243" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW243" s="9">
+        <v>82921.024999999994</v>
+      </c>
       <c r="AY243" s="1"/>
       <c r="BB243" s="9"/>
       <c r="BD243" s="1"/>
       <c r="BG243" s="9"/>
     </row>
     <row r="244" spans="1:59">
       <c r="A244" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B244" t="s">
         <v>24</v>
       </c>
       <c r="C244" t="s">
         <v>34</v>
       </c>
       <c r="D244" s="9">
         <v>40832.1</v>
       </c>
       <c r="F244" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G244" t="s">
         <v>24</v>
       </c>
       <c r="H244" t="s">
@@ -28346,52 +30676,62 @@
       </c>
       <c r="AJ244" s="1">
         <v>45881.666666666664</v>
       </c>
       <c r="AK244" t="s">
         <v>24</v>
       </c>
       <c r="AL244" t="s">
         <v>34</v>
       </c>
       <c r="AM244" s="9">
         <v>75733</v>
       </c>
       <c r="AO244" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP244" t="s">
         <v>24</v>
       </c>
       <c r="AQ244" t="s">
         <v>34</v>
       </c>
       <c r="AR244" s="9">
         <v>106341.2</v>
       </c>
-      <c r="AT244" s="1"/>
-      <c r="AW244" s="9"/>
+      <c r="AT244" s="1">
+        <v>45952.666666666664</v>
+      </c>
+      <c r="AU244" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV244" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW244" s="9">
+        <v>98346</v>
+      </c>
       <c r="AY244" s="1"/>
       <c r="BB244" s="9"/>
       <c r="BD244" s="1"/>
       <c r="BG244" s="9"/>
     </row>
     <row r="245" spans="1:59">
       <c r="A245" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B245" t="s">
         <v>24</v>
       </c>
       <c r="C245" t="s">
         <v>35</v>
       </c>
       <c r="D245" s="9">
         <v>11303.297</v>
       </c>
       <c r="F245" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G245" t="s">
         <v>24</v>
       </c>
       <c r="H245" t="s">
@@ -28462,52 +30802,62 @@
       </c>
       <c r="AJ245" s="1">
         <v>45881.666666666664</v>
       </c>
       <c r="AK245" t="s">
         <v>24</v>
       </c>
       <c r="AL245" t="s">
         <v>35</v>
       </c>
       <c r="AM245" s="9">
         <v>11129.319</v>
       </c>
       <c r="AO245" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP245" t="s">
         <v>24</v>
       </c>
       <c r="AQ245" t="s">
         <v>35</v>
       </c>
       <c r="AR245" s="9">
         <v>9487.8639999999996</v>
       </c>
-      <c r="AT245" s="1"/>
-      <c r="AW245" s="9"/>
+      <c r="AT245" s="1">
+        <v>45952.666666666664</v>
+      </c>
+      <c r="AU245" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV245" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW245" s="9">
+        <v>8024.14</v>
+      </c>
       <c r="AY245" s="1"/>
       <c r="BB245" s="9"/>
       <c r="BD245" s="1"/>
       <c r="BG245" s="9"/>
     </row>
     <row r="246" spans="1:59">
       <c r="A246" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B246" t="s">
         <v>24</v>
       </c>
       <c r="C246" t="s">
         <v>36</v>
       </c>
       <c r="D246" s="9">
         <v>278825.23200000002</v>
       </c>
       <c r="F246" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G246" t="s">
         <v>24</v>
       </c>
       <c r="H246" t="s">
@@ -28578,52 +30928,62 @@
       </c>
       <c r="AJ246" s="1">
         <v>45881.666666666664</v>
       </c>
       <c r="AK246" t="s">
         <v>24</v>
       </c>
       <c r="AL246" t="s">
         <v>36</v>
       </c>
       <c r="AM246" s="9">
         <v>355495.83799999999</v>
       </c>
       <c r="AO246" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP246" t="s">
         <v>24</v>
       </c>
       <c r="AQ246" t="s">
         <v>36</v>
       </c>
       <c r="AR246" s="9">
         <v>256754.78400000001</v>
       </c>
-      <c r="AT246" s="1"/>
-      <c r="AW246" s="9"/>
+      <c r="AT246" s="1">
+        <v>45952.666666666664</v>
+      </c>
+      <c r="AU246" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV246" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW246" s="9">
+        <v>241084.614</v>
+      </c>
       <c r="AY246" s="1"/>
       <c r="BB246" s="9"/>
       <c r="BD246" s="1"/>
       <c r="BG246" s="9"/>
     </row>
     <row r="247" spans="1:59">
       <c r="A247" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B247" t="s">
         <v>24</v>
       </c>
       <c r="C247" t="s">
         <v>37</v>
       </c>
       <c r="D247" s="9">
         <v>126637.04</v>
       </c>
       <c r="F247" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G247" t="s">
         <v>24</v>
       </c>
       <c r="H247" t="s">
@@ -28694,52 +31054,62 @@
       </c>
       <c r="AJ247" s="1">
         <v>45881.666666666664</v>
       </c>
       <c r="AK247" t="s">
         <v>24</v>
       </c>
       <c r="AL247" t="s">
         <v>37</v>
       </c>
       <c r="AM247" s="9">
         <v>154885.25200000001</v>
       </c>
       <c r="AO247" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP247" t="s">
         <v>24</v>
       </c>
       <c r="AQ247" t="s">
         <v>37</v>
       </c>
       <c r="AR247" s="9">
         <v>92959.538</v>
       </c>
-      <c r="AT247" s="1"/>
-      <c r="AW247" s="9"/>
+      <c r="AT247" s="1">
+        <v>45952.666666666664</v>
+      </c>
+      <c r="AU247" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV247" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW247" s="9">
+        <v>86746.653999999995</v>
+      </c>
       <c r="AY247" s="1"/>
       <c r="BB247" s="9"/>
       <c r="BD247" s="1"/>
       <c r="BG247" s="9"/>
     </row>
     <row r="248" spans="1:59">
       <c r="A248" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B248" t="s">
         <v>24</v>
       </c>
       <c r="C248" t="s">
         <v>38</v>
       </c>
       <c r="D248" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F248" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G248" t="s">
         <v>24</v>
       </c>
       <c r="H248" t="s">
@@ -28810,52 +31180,62 @@
       </c>
       <c r="AJ248" s="1">
         <v>45881.666666666664</v>
       </c>
       <c r="AK248" t="s">
         <v>24</v>
       </c>
       <c r="AL248" t="s">
         <v>38</v>
       </c>
       <c r="AM248" s="9">
         <v>0</v>
       </c>
       <c r="AO248" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP248" t="s">
         <v>24</v>
       </c>
       <c r="AQ248" t="s">
         <v>38</v>
       </c>
       <c r="AR248" s="9">
         <v>0</v>
       </c>
-      <c r="AT248" s="1"/>
-      <c r="AW248" s="9"/>
+      <c r="AT248" s="1">
+        <v>45952.666666666664</v>
+      </c>
+      <c r="AU248" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV248" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW248" s="9">
+        <v>0</v>
+      </c>
       <c r="AY248" s="1"/>
       <c r="BB248" s="9"/>
       <c r="BD248" s="1"/>
       <c r="BG248" s="9"/>
     </row>
     <row r="249" spans="1:59">
       <c r="A249" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B249" t="s">
         <v>24</v>
       </c>
       <c r="C249" t="s">
         <v>25</v>
       </c>
       <c r="D249" s="9">
         <v>819035.57</v>
       </c>
       <c r="F249" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G249" t="s">
         <v>24</v>
       </c>
       <c r="H249" t="s">
@@ -28926,52 +31306,62 @@
       </c>
       <c r="AJ249" s="1">
         <v>45881.708333333336</v>
       </c>
       <c r="AK249" t="s">
         <v>24</v>
       </c>
       <c r="AL249" t="s">
         <v>25</v>
       </c>
       <c r="AM249" s="9">
         <v>877270.63699999999</v>
       </c>
       <c r="AO249" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP249" t="s">
         <v>24</v>
       </c>
       <c r="AQ249" t="s">
         <v>25</v>
       </c>
       <c r="AR249" s="9">
         <v>513309.47200000001</v>
       </c>
-      <c r="AT249" s="1"/>
-      <c r="AW249" s="9"/>
+      <c r="AT249" s="1">
+        <v>45952.708333333336</v>
+      </c>
+      <c r="AU249" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV249" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW249" s="9">
+        <v>511486.527</v>
+      </c>
       <c r="AY249" s="1"/>
       <c r="BB249" s="9"/>
       <c r="BD249" s="1"/>
       <c r="BG249" s="9"/>
     </row>
     <row r="250" spans="1:59">
       <c r="A250" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B250" t="s">
         <v>24</v>
       </c>
       <c r="C250" t="s">
         <v>26</v>
       </c>
       <c r="D250" s="9">
         <v>2080.373</v>
       </c>
       <c r="F250" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G250" t="s">
         <v>24</v>
       </c>
       <c r="H250" t="s">
@@ -29042,52 +31432,62 @@
       </c>
       <c r="AJ250" s="1">
         <v>45881.708333333336</v>
       </c>
       <c r="AK250" t="s">
         <v>24</v>
       </c>
       <c r="AL250" t="s">
         <v>26</v>
       </c>
       <c r="AM250" s="9">
         <v>0</v>
       </c>
       <c r="AO250" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP250" t="s">
         <v>24</v>
       </c>
       <c r="AQ250" t="s">
         <v>26</v>
       </c>
       <c r="AR250" s="9">
         <v>0</v>
       </c>
-      <c r="AT250" s="1"/>
-      <c r="AW250" s="9"/>
+      <c r="AT250" s="1">
+        <v>45952.708333333336</v>
+      </c>
+      <c r="AU250" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV250" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW250" s="9">
+        <v>2089.2220000000002</v>
+      </c>
       <c r="AY250" s="1"/>
       <c r="BB250" s="9"/>
       <c r="BD250" s="1"/>
       <c r="BG250" s="9"/>
     </row>
     <row r="251" spans="1:59">
       <c r="A251" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B251" t="s">
         <v>24</v>
       </c>
       <c r="C251" t="s">
         <v>27</v>
       </c>
       <c r="D251" s="9">
         <v>73.858999999999995</v>
       </c>
       <c r="F251" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G251" t="s">
         <v>24</v>
       </c>
       <c r="H251" t="s">
@@ -29158,52 +31558,62 @@
       </c>
       <c r="AJ251" s="1">
         <v>45881.708333333336</v>
       </c>
       <c r="AK251" t="s">
         <v>24</v>
       </c>
       <c r="AL251" t="s">
         <v>27</v>
       </c>
       <c r="AM251" s="9">
         <v>4.6760000000000002</v>
       </c>
       <c r="AO251" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP251" t="s">
         <v>24</v>
       </c>
       <c r="AQ251" t="s">
         <v>27</v>
       </c>
       <c r="AR251" s="9">
         <v>6.4569999999999999</v>
       </c>
-      <c r="AT251" s="1"/>
-      <c r="AW251" s="9"/>
+      <c r="AT251" s="1">
+        <v>45952.708333333336</v>
+      </c>
+      <c r="AU251" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV251" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW251" s="9">
+        <v>16.983000000000001</v>
+      </c>
       <c r="AY251" s="1"/>
       <c r="BB251" s="9"/>
       <c r="BD251" s="1"/>
       <c r="BG251" s="9"/>
     </row>
     <row r="252" spans="1:59">
       <c r="A252" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B252" t="s">
         <v>24</v>
       </c>
       <c r="C252" t="s">
         <v>28</v>
       </c>
       <c r="D252" s="9">
         <v>11451.62</v>
       </c>
       <c r="F252" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G252" t="s">
         <v>24</v>
       </c>
       <c r="H252" t="s">
@@ -29274,52 +31684,62 @@
       </c>
       <c r="AJ252" s="1">
         <v>45881.708333333336</v>
       </c>
       <c r="AK252" t="s">
         <v>24</v>
       </c>
       <c r="AL252" t="s">
         <v>28</v>
       </c>
       <c r="AM252" s="9">
         <v>1076.2570000000001</v>
       </c>
       <c r="AO252" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP252" t="s">
         <v>24</v>
       </c>
       <c r="AQ252" t="s">
         <v>28</v>
       </c>
       <c r="AR252" s="9">
         <v>801.41</v>
       </c>
-      <c r="AT252" s="1"/>
-      <c r="AW252" s="9"/>
+      <c r="AT252" s="1">
+        <v>45952.708333333336</v>
+      </c>
+      <c r="AU252" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV252" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW252" s="9">
+        <v>924.68100000000004</v>
+      </c>
       <c r="AY252" s="1"/>
       <c r="BB252" s="9"/>
       <c r="BD252" s="1"/>
       <c r="BG252" s="9"/>
     </row>
     <row r="253" spans="1:59">
       <c r="A253" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B253" t="s">
         <v>24</v>
       </c>
       <c r="C253" t="s">
         <v>29</v>
       </c>
       <c r="D253" s="9">
         <v>18085.316999999999</v>
       </c>
       <c r="F253" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G253" t="s">
         <v>24</v>
       </c>
       <c r="H253" t="s">
@@ -29390,52 +31810,62 @@
       </c>
       <c r="AJ253" s="1">
         <v>45881.708333333336</v>
       </c>
       <c r="AK253" t="s">
         <v>24</v>
       </c>
       <c r="AL253" t="s">
         <v>29</v>
       </c>
       <c r="AM253" s="9">
         <v>22615.178</v>
       </c>
       <c r="AO253" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP253" t="s">
         <v>24</v>
       </c>
       <c r="AQ253" t="s">
         <v>29</v>
       </c>
       <c r="AR253" s="9">
         <v>20357.202000000001</v>
       </c>
-      <c r="AT253" s="1"/>
-      <c r="AW253" s="9"/>
+      <c r="AT253" s="1">
+        <v>45952.708333333336</v>
+      </c>
+      <c r="AU253" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV253" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW253" s="9">
+        <v>19557.892</v>
+      </c>
       <c r="AY253" s="1"/>
       <c r="BB253" s="9"/>
       <c r="BD253" s="1"/>
       <c r="BG253" s="9"/>
     </row>
     <row r="254" spans="1:59">
       <c r="A254" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B254" t="s">
         <v>24</v>
       </c>
       <c r="C254" t="s">
         <v>30</v>
       </c>
       <c r="D254" s="9">
         <v>47201.180999999997</v>
       </c>
       <c r="F254" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G254" t="s">
         <v>24</v>
       </c>
       <c r="H254" t="s">
@@ -29506,52 +31936,62 @@
       </c>
       <c r="AJ254" s="1">
         <v>45881.708333333336</v>
       </c>
       <c r="AK254" t="s">
         <v>24</v>
       </c>
       <c r="AL254" t="s">
         <v>30</v>
       </c>
       <c r="AM254" s="9">
         <v>67414.081000000006</v>
       </c>
       <c r="AO254" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP254" t="s">
         <v>24</v>
       </c>
       <c r="AQ254" t="s">
         <v>30</v>
       </c>
       <c r="AR254" s="9">
         <v>54118.118000000002</v>
       </c>
-      <c r="AT254" s="1"/>
-      <c r="AW254" s="9"/>
+      <c r="AT254" s="1">
+        <v>45952.708333333336</v>
+      </c>
+      <c r="AU254" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV254" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW254" s="9">
+        <v>47919.447</v>
+      </c>
       <c r="AY254" s="1"/>
       <c r="BB254" s="9"/>
       <c r="BD254" s="1"/>
       <c r="BG254" s="9"/>
     </row>
     <row r="255" spans="1:59">
       <c r="A255" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B255" t="s">
         <v>24</v>
       </c>
       <c r="C255" t="s">
         <v>31</v>
       </c>
       <c r="D255" s="9">
         <v>74409.173999999999</v>
       </c>
       <c r="F255" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G255" t="s">
         <v>24</v>
       </c>
       <c r="H255" t="s">
@@ -29622,52 +32062,62 @@
       </c>
       <c r="AJ255" s="1">
         <v>45881.708333333336</v>
       </c>
       <c r="AK255" t="s">
         <v>24</v>
       </c>
       <c r="AL255" t="s">
         <v>31</v>
       </c>
       <c r="AM255" s="9">
         <v>89150.702999999994</v>
       </c>
       <c r="AO255" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP255" t="s">
         <v>24</v>
       </c>
       <c r="AQ255" t="s">
         <v>31</v>
       </c>
       <c r="AR255" s="9">
         <v>80079.754000000001</v>
       </c>
-      <c r="AT255" s="1"/>
-      <c r="AW255" s="9"/>
+      <c r="AT255" s="1">
+        <v>45952.708333333336</v>
+      </c>
+      <c r="AU255" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV255" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW255" s="9">
+        <v>75561.506999999998</v>
+      </c>
       <c r="AY255" s="1"/>
       <c r="BB255" s="9"/>
       <c r="BD255" s="1"/>
       <c r="BG255" s="9"/>
     </row>
     <row r="256" spans="1:59">
       <c r="A256" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B256" t="s">
         <v>24</v>
       </c>
       <c r="C256" t="s">
         <v>32</v>
       </c>
       <c r="D256" s="9">
         <v>13268.392</v>
       </c>
       <c r="F256" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G256" t="s">
         <v>24</v>
       </c>
       <c r="H256" t="s">
@@ -29738,52 +32188,62 @@
       </c>
       <c r="AJ256" s="1">
         <v>45881.708333333336</v>
       </c>
       <c r="AK256" t="s">
         <v>24</v>
       </c>
       <c r="AL256" t="s">
         <v>32</v>
       </c>
       <c r="AM256" s="9">
         <v>12515.205</v>
       </c>
       <c r="AO256" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP256" t="s">
         <v>24</v>
       </c>
       <c r="AQ256" t="s">
         <v>32</v>
       </c>
       <c r="AR256" s="9">
         <v>12997.69</v>
       </c>
-      <c r="AT256" s="1"/>
-      <c r="AW256" s="9"/>
+      <c r="AT256" s="1">
+        <v>45952.708333333336</v>
+      </c>
+      <c r="AU256" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV256" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW256" s="9">
+        <v>12638.754999999999</v>
+      </c>
       <c r="AY256" s="1"/>
       <c r="BB256" s="9"/>
       <c r="BD256" s="1"/>
       <c r="BG256" s="9"/>
     </row>
     <row r="257" spans="1:59">
       <c r="A257" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B257" t="s">
         <v>24</v>
       </c>
       <c r="C257" t="s">
         <v>33</v>
       </c>
       <c r="D257" s="9">
         <v>65556.239000000001</v>
       </c>
       <c r="F257" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G257" t="s">
         <v>24</v>
       </c>
       <c r="H257" t="s">
@@ -29854,52 +32314,62 @@
       </c>
       <c r="AJ257" s="1">
         <v>45881.708333333336</v>
       </c>
       <c r="AK257" t="s">
         <v>24</v>
       </c>
       <c r="AL257" t="s">
         <v>33</v>
       </c>
       <c r="AM257" s="9">
         <v>63866.688999999998</v>
       </c>
       <c r="AO257" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP257" t="s">
         <v>24</v>
       </c>
       <c r="AQ257" t="s">
         <v>33</v>
       </c>
       <c r="AR257" s="9">
         <v>67156.354999999996</v>
       </c>
-      <c r="AT257" s="1"/>
-      <c r="AW257" s="9"/>
+      <c r="AT257" s="1">
+        <v>45952.708333333336</v>
+      </c>
+      <c r="AU257" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV257" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW257" s="9">
+        <v>81153.774000000005</v>
+      </c>
       <c r="AY257" s="1"/>
       <c r="BB257" s="9"/>
       <c r="BD257" s="1"/>
       <c r="BG257" s="9"/>
     </row>
     <row r="258" spans="1:59">
       <c r="A258" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B258" t="s">
         <v>24</v>
       </c>
       <c r="C258" t="s">
         <v>34</v>
       </c>
       <c r="D258" s="9">
         <v>41642.300000000003</v>
       </c>
       <c r="F258" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G258" t="s">
         <v>24</v>
       </c>
       <c r="H258" t="s">
@@ -29970,52 +32440,62 @@
       </c>
       <c r="AJ258" s="1">
         <v>45881.708333333336</v>
       </c>
       <c r="AK258" t="s">
         <v>24</v>
       </c>
       <c r="AL258" t="s">
         <v>34</v>
       </c>
       <c r="AM258" s="9">
         <v>72275</v>
       </c>
       <c r="AO258" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP258" t="s">
         <v>24</v>
       </c>
       <c r="AQ258" t="s">
         <v>34</v>
       </c>
       <c r="AR258" s="9">
         <v>99582</v>
       </c>
-      <c r="AT258" s="1"/>
-      <c r="AW258" s="9"/>
+      <c r="AT258" s="1">
+        <v>45952.708333333336</v>
+      </c>
+      <c r="AU258" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV258" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW258" s="9">
+        <v>50299.9</v>
+      </c>
       <c r="AY258" s="1"/>
       <c r="BB258" s="9"/>
       <c r="BD258" s="1"/>
       <c r="BG258" s="9"/>
     </row>
     <row r="259" spans="1:59">
       <c r="A259" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B259" t="s">
         <v>24</v>
       </c>
       <c r="C259" t="s">
         <v>35</v>
       </c>
       <c r="D259" s="9">
         <v>11116.679</v>
       </c>
       <c r="F259" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G259" t="s">
         <v>24</v>
       </c>
       <c r="H259" t="s">
@@ -30086,52 +32566,62 @@
       </c>
       <c r="AJ259" s="1">
         <v>45881.708333333336</v>
       </c>
       <c r="AK259" t="s">
         <v>24</v>
       </c>
       <c r="AL259" t="s">
         <v>35</v>
       </c>
       <c r="AM259" s="9">
         <v>10387.388999999999</v>
       </c>
       <c r="AO259" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP259" t="s">
         <v>24</v>
       </c>
       <c r="AQ259" t="s">
         <v>35</v>
       </c>
       <c r="AR259" s="9">
         <v>8896.9359999999997</v>
       </c>
-      <c r="AT259" s="1"/>
-      <c r="AW259" s="9"/>
+      <c r="AT259" s="1">
+        <v>45952.708333333336</v>
+      </c>
+      <c r="AU259" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV259" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW259" s="9">
+        <v>7430.2539999999999</v>
+      </c>
       <c r="AY259" s="1"/>
       <c r="BB259" s="9"/>
       <c r="BD259" s="1"/>
       <c r="BG259" s="9"/>
     </row>
     <row r="260" spans="1:59">
       <c r="A260" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B260" t="s">
         <v>24</v>
       </c>
       <c r="C260" t="s">
         <v>36</v>
       </c>
       <c r="D260" s="9">
         <v>265691.61900000001</v>
       </c>
       <c r="F260" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G260" t="s">
         <v>24</v>
       </c>
       <c r="H260" t="s">
@@ -30202,52 +32692,62 @@
       </c>
       <c r="AJ260" s="1">
         <v>45881.708333333336</v>
       </c>
       <c r="AK260" t="s">
         <v>24</v>
       </c>
       <c r="AL260" t="s">
         <v>36</v>
       </c>
       <c r="AM260" s="9">
         <v>331931.59999999998</v>
       </c>
       <c r="AO260" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP260" t="s">
         <v>24</v>
       </c>
       <c r="AQ260" t="s">
         <v>36</v>
       </c>
       <c r="AR260" s="9">
         <v>241909.56700000001</v>
       </c>
-      <c r="AT260" s="1"/>
-      <c r="AW260" s="9"/>
+      <c r="AT260" s="1">
+        <v>45952.708333333336</v>
+      </c>
+      <c r="AU260" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV260" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW260" s="9">
+        <v>225158.27600000001</v>
+      </c>
       <c r="AY260" s="1"/>
       <c r="BB260" s="9"/>
       <c r="BD260" s="1"/>
       <c r="BG260" s="9"/>
     </row>
     <row r="261" spans="1:59">
       <c r="A261" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B261" t="s">
         <v>24</v>
       </c>
       <c r="C261" t="s">
         <v>37</v>
       </c>
       <c r="D261" s="9">
         <v>117847.751</v>
       </c>
       <c r="F261" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G261" t="s">
         <v>24</v>
       </c>
       <c r="H261" t="s">
@@ -30318,52 +32818,62 @@
       </c>
       <c r="AJ261" s="1">
         <v>45881.708333333336</v>
       </c>
       <c r="AK261" t="s">
         <v>24</v>
       </c>
       <c r="AL261" t="s">
         <v>37</v>
       </c>
       <c r="AM261" s="9">
         <v>137047.94</v>
       </c>
       <c r="AO261" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP261" t="s">
         <v>24</v>
       </c>
       <c r="AQ261" t="s">
         <v>37</v>
       </c>
       <c r="AR261" s="9">
         <v>83516.379000000001</v>
       </c>
-      <c r="AT261" s="1"/>
-      <c r="AW261" s="9"/>
+      <c r="AT261" s="1">
+        <v>45952.708333333336</v>
+      </c>
+      <c r="AU261" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV261" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW261" s="9">
+        <v>78959.152000000002</v>
+      </c>
       <c r="AY261" s="1"/>
       <c r="BB261" s="9"/>
       <c r="BD261" s="1"/>
       <c r="BG261" s="9"/>
     </row>
     <row r="262" spans="1:59">
       <c r="A262" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B262" t="s">
         <v>24</v>
       </c>
       <c r="C262" t="s">
         <v>38</v>
       </c>
       <c r="D262" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F262" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G262" t="s">
         <v>24</v>
       </c>
       <c r="H262" t="s">
@@ -30434,52 +32944,62 @@
       </c>
       <c r="AJ262" s="1">
         <v>45881.708333333336</v>
       </c>
       <c r="AK262" t="s">
         <v>24</v>
       </c>
       <c r="AL262" t="s">
         <v>38</v>
       </c>
       <c r="AM262" s="9">
         <v>0</v>
       </c>
       <c r="AO262" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP262" t="s">
         <v>24</v>
       </c>
       <c r="AQ262" t="s">
         <v>38</v>
       </c>
       <c r="AR262" s="9">
         <v>0</v>
       </c>
-      <c r="AT262" s="1"/>
-      <c r="AW262" s="9"/>
+      <c r="AT262" s="1">
+        <v>45952.708333333336</v>
+      </c>
+      <c r="AU262" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV262" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW262" s="9">
+        <v>2108.2910000000002</v>
+      </c>
       <c r="AY262" s="1"/>
       <c r="BB262" s="9"/>
       <c r="BD262" s="1"/>
       <c r="BG262" s="9"/>
     </row>
     <row r="263" spans="1:59">
       <c r="A263" s="1">
         <v>45665.75</v>
       </c>
       <c r="B263" t="s">
         <v>24</v>
       </c>
       <c r="C263" t="s">
         <v>25</v>
       </c>
       <c r="D263" s="9">
         <v>822778.66</v>
       </c>
       <c r="F263" s="1">
         <v>45694.75</v>
       </c>
       <c r="G263" t="s">
         <v>24</v>
       </c>
       <c r="H263" t="s">
@@ -30550,52 +33070,62 @@
       </c>
       <c r="AJ263" s="1">
         <v>45881.75</v>
       </c>
       <c r="AK263" t="s">
         <v>24</v>
       </c>
       <c r="AL263" t="s">
         <v>25</v>
       </c>
       <c r="AM263" s="9">
         <v>880404.245</v>
       </c>
       <c r="AO263" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP263" t="s">
         <v>24</v>
       </c>
       <c r="AQ263" t="s">
         <v>25</v>
       </c>
       <c r="AR263" s="9">
         <v>523208.59899999999</v>
       </c>
-      <c r="AT263" s="1"/>
-      <c r="AW263" s="9"/>
+      <c r="AT263" s="1">
+        <v>45952.75</v>
+      </c>
+      <c r="AU263" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV263" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW263" s="9">
+        <v>545876.22</v>
+      </c>
       <c r="AY263" s="1"/>
       <c r="BB263" s="9"/>
       <c r="BD263" s="1"/>
       <c r="BG263" s="9"/>
     </row>
     <row r="264" spans="1:59">
       <c r="A264" s="1">
         <v>45665.75</v>
       </c>
       <c r="B264" t="s">
         <v>24</v>
       </c>
       <c r="C264" t="s">
         <v>26</v>
       </c>
       <c r="D264" s="9">
         <v>2080.373</v>
       </c>
       <c r="F264" s="1">
         <v>45694.75</v>
       </c>
       <c r="G264" t="s">
         <v>24</v>
       </c>
       <c r="H264" t="s">
@@ -30666,52 +33196,62 @@
       </c>
       <c r="AJ264" s="1">
         <v>45881.75</v>
       </c>
       <c r="AK264" t="s">
         <v>24</v>
       </c>
       <c r="AL264" t="s">
         <v>26</v>
       </c>
       <c r="AM264" s="9">
         <v>0</v>
       </c>
       <c r="AO264" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP264" t="s">
         <v>24</v>
       </c>
       <c r="AQ264" t="s">
         <v>26</v>
       </c>
       <c r="AR264" s="9">
         <v>2214.1379999999999</v>
       </c>
-      <c r="AT264" s="1"/>
-      <c r="AW264" s="9"/>
+      <c r="AT264" s="1">
+        <v>45952.75</v>
+      </c>
+      <c r="AU264" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV264" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW264" s="9">
+        <v>2089.2220000000002</v>
+      </c>
       <c r="AY264" s="1"/>
       <c r="BB264" s="9"/>
       <c r="BD264" s="1"/>
       <c r="BG264" s="9"/>
     </row>
     <row r="265" spans="1:59">
       <c r="A265" s="1">
         <v>45665.75</v>
       </c>
       <c r="B265" t="s">
         <v>24</v>
       </c>
       <c r="C265" t="s">
         <v>27</v>
       </c>
       <c r="D265" s="9">
         <v>70.771000000000001</v>
       </c>
       <c r="F265" s="1">
         <v>45694.75</v>
       </c>
       <c r="G265" t="s">
         <v>24</v>
       </c>
       <c r="H265" t="s">
@@ -30782,52 +33322,62 @@
       </c>
       <c r="AJ265" s="1">
         <v>45881.75</v>
       </c>
       <c r="AK265" t="s">
         <v>24</v>
       </c>
       <c r="AL265" t="s">
         <v>27</v>
       </c>
       <c r="AM265" s="9">
         <v>3.952</v>
       </c>
       <c r="AO265" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP265" t="s">
         <v>24</v>
       </c>
       <c r="AQ265" t="s">
         <v>27</v>
       </c>
       <c r="AR265" s="9">
         <v>1.573</v>
       </c>
-      <c r="AT265" s="1"/>
-      <c r="AW265" s="9"/>
+      <c r="AT265" s="1">
+        <v>45952.75</v>
+      </c>
+      <c r="AU265" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV265" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW265" s="9">
+        <v>16.440000000000001</v>
+      </c>
       <c r="AY265" s="1"/>
       <c r="BB265" s="9"/>
       <c r="BD265" s="1"/>
       <c r="BG265" s="9"/>
     </row>
     <row r="266" spans="1:59">
       <c r="A266" s="1">
         <v>45665.75</v>
       </c>
       <c r="B266" t="s">
         <v>24</v>
       </c>
       <c r="C266" t="s">
         <v>28</v>
       </c>
       <c r="D266" s="9">
         <v>11603.412</v>
       </c>
       <c r="F266" s="1">
         <v>45694.75</v>
       </c>
       <c r="G266" t="s">
         <v>24</v>
       </c>
       <c r="H266" t="s">
@@ -30898,52 +33448,62 @@
       </c>
       <c r="AJ266" s="1">
         <v>45881.75</v>
       </c>
       <c r="AK266" t="s">
         <v>24</v>
       </c>
       <c r="AL266" t="s">
         <v>28</v>
       </c>
       <c r="AM266" s="9">
         <v>1088.538</v>
       </c>
       <c r="AO266" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP266" t="s">
         <v>24</v>
       </c>
       <c r="AQ266" t="s">
         <v>28</v>
       </c>
       <c r="AR266" s="9">
         <v>852.29200000000003</v>
       </c>
-      <c r="AT266" s="1"/>
-      <c r="AW266" s="9"/>
+      <c r="AT266" s="1">
+        <v>45952.75</v>
+      </c>
+      <c r="AU266" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV266" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW266" s="9">
+        <v>948.84299999999996</v>
+      </c>
       <c r="AY266" s="1"/>
       <c r="BB266" s="9"/>
       <c r="BD266" s="1"/>
       <c r="BG266" s="9"/>
     </row>
     <row r="267" spans="1:59">
       <c r="A267" s="1">
         <v>45665.75</v>
       </c>
       <c r="B267" t="s">
         <v>24</v>
       </c>
       <c r="C267" t="s">
         <v>29</v>
       </c>
       <c r="D267" s="9">
         <v>17690.885999999999</v>
       </c>
       <c r="F267" s="1">
         <v>45694.75</v>
       </c>
       <c r="G267" t="s">
         <v>24</v>
       </c>
       <c r="H267" t="s">
@@ -31014,52 +33574,62 @@
       </c>
       <c r="AJ267" s="1">
         <v>45881.75</v>
       </c>
       <c r="AK267" t="s">
         <v>24</v>
       </c>
       <c r="AL267" t="s">
         <v>29</v>
       </c>
       <c r="AM267" s="9">
         <v>21572.955000000002</v>
       </c>
       <c r="AO267" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP267" t="s">
         <v>24</v>
       </c>
       <c r="AQ267" t="s">
         <v>29</v>
       </c>
       <c r="AR267" s="9">
         <v>19971.812999999998</v>
       </c>
-      <c r="AT267" s="1"/>
-      <c r="AW267" s="9"/>
+      <c r="AT267" s="1">
+        <v>45952.75</v>
+      </c>
+      <c r="AU267" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV267" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW267" s="9">
+        <v>18659.424999999999</v>
+      </c>
       <c r="AY267" s="1"/>
       <c r="BB267" s="9"/>
       <c r="BD267" s="1"/>
       <c r="BG267" s="9"/>
     </row>
     <row r="268" spans="1:59">
       <c r="A268" s="1">
         <v>45665.75</v>
       </c>
       <c r="B268" t="s">
         <v>24</v>
       </c>
       <c r="C268" t="s">
         <v>30</v>
       </c>
       <c r="D268" s="9">
         <v>44483.069000000003</v>
       </c>
       <c r="F268" s="1">
         <v>45694.75</v>
       </c>
       <c r="G268" t="s">
         <v>24</v>
       </c>
       <c r="H268" t="s">
@@ -31130,52 +33700,62 @@
       </c>
       <c r="AJ268" s="1">
         <v>45881.75</v>
       </c>
       <c r="AK268" t="s">
         <v>24</v>
       </c>
       <c r="AL268" t="s">
         <v>30</v>
       </c>
       <c r="AM268" s="9">
         <v>62784.987999999998</v>
       </c>
       <c r="AO268" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP268" t="s">
         <v>24</v>
       </c>
       <c r="AQ268" t="s">
         <v>30</v>
       </c>
       <c r="AR268" s="9">
         <v>52481.535000000003</v>
       </c>
-      <c r="AT268" s="1"/>
-      <c r="AW268" s="9"/>
+      <c r="AT268" s="1">
+        <v>45952.75</v>
+      </c>
+      <c r="AU268" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV268" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW268" s="9">
+        <v>45883.248</v>
+      </c>
       <c r="AY268" s="1"/>
       <c r="BB268" s="9"/>
       <c r="BD268" s="1"/>
       <c r="BG268" s="9"/>
     </row>
     <row r="269" spans="1:59">
       <c r="A269" s="1">
         <v>45665.75</v>
       </c>
       <c r="B269" t="s">
         <v>24</v>
       </c>
       <c r="C269" t="s">
         <v>31</v>
       </c>
       <c r="D269" s="9">
         <v>72866.285999999993</v>
       </c>
       <c r="F269" s="1">
         <v>45694.75</v>
       </c>
       <c r="G269" t="s">
         <v>24</v>
       </c>
       <c r="H269" t="s">
@@ -31246,52 +33826,62 @@
       </c>
       <c r="AJ269" s="1">
         <v>45881.75</v>
       </c>
       <c r="AK269" t="s">
         <v>24</v>
       </c>
       <c r="AL269" t="s">
         <v>31</v>
       </c>
       <c r="AM269" s="9">
         <v>86711.792000000001</v>
       </c>
       <c r="AO269" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP269" t="s">
         <v>24</v>
       </c>
       <c r="AQ269" t="s">
         <v>31</v>
       </c>
       <c r="AR269" s="9">
         <v>80114.504000000001</v>
       </c>
-      <c r="AT269" s="1"/>
-      <c r="AW269" s="9"/>
+      <c r="AT269" s="1">
+        <v>45952.75</v>
+      </c>
+      <c r="AU269" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV269" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW269" s="9">
+        <v>73149.899999999994</v>
+      </c>
       <c r="AY269" s="1"/>
       <c r="BB269" s="9"/>
       <c r="BD269" s="1"/>
       <c r="BG269" s="9"/>
     </row>
     <row r="270" spans="1:59">
       <c r="A270" s="1">
         <v>45665.75</v>
       </c>
       <c r="B270" t="s">
         <v>24</v>
       </c>
       <c r="C270" t="s">
         <v>32</v>
       </c>
       <c r="D270" s="9">
         <v>12096.513000000001</v>
       </c>
       <c r="F270" s="1">
         <v>45694.75</v>
       </c>
       <c r="G270" t="s">
         <v>24</v>
       </c>
       <c r="H270" t="s">
@@ -31362,52 +33952,62 @@
       </c>
       <c r="AJ270" s="1">
         <v>45881.75</v>
       </c>
       <c r="AK270" t="s">
         <v>24</v>
       </c>
       <c r="AL270" t="s">
         <v>32</v>
       </c>
       <c r="AM270" s="9">
         <v>11068.93</v>
       </c>
       <c r="AO270" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP270" t="s">
         <v>24</v>
       </c>
       <c r="AQ270" t="s">
         <v>32</v>
       </c>
       <c r="AR270" s="9">
         <v>11725.52</v>
       </c>
-      <c r="AT270" s="1"/>
-      <c r="AW270" s="9"/>
+      <c r="AT270" s="1">
+        <v>45952.75</v>
+      </c>
+      <c r="AU270" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV270" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW270" s="9">
+        <v>11528.01</v>
+      </c>
       <c r="AY270" s="1"/>
       <c r="BB270" s="9"/>
       <c r="BD270" s="1"/>
       <c r="BG270" s="9"/>
     </row>
     <row r="271" spans="1:59">
       <c r="A271" s="1">
         <v>45665.75</v>
       </c>
       <c r="B271" t="s">
         <v>24</v>
       </c>
       <c r="C271" t="s">
         <v>33</v>
       </c>
       <c r="D271" s="9">
         <v>70862.570999999996</v>
       </c>
       <c r="F271" s="1">
         <v>45694.75</v>
       </c>
       <c r="G271" t="s">
         <v>24</v>
       </c>
       <c r="H271" t="s">
@@ -31478,52 +34078,62 @@
       </c>
       <c r="AJ271" s="1">
         <v>45881.75</v>
       </c>
       <c r="AK271" t="s">
         <v>24</v>
       </c>
       <c r="AL271" t="s">
         <v>33</v>
       </c>
       <c r="AM271" s="9">
         <v>61310.995000000003</v>
       </c>
       <c r="AO271" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP271" t="s">
         <v>24</v>
       </c>
       <c r="AQ271" t="s">
         <v>33</v>
       </c>
       <c r="AR271" s="9">
         <v>62738.800999999999</v>
       </c>
-      <c r="AT271" s="1"/>
-      <c r="AW271" s="9"/>
+      <c r="AT271" s="1">
+        <v>45952.75</v>
+      </c>
+      <c r="AU271" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV271" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW271" s="9">
+        <v>83092.126000000004</v>
+      </c>
       <c r="AY271" s="1"/>
       <c r="BB271" s="9"/>
       <c r="BD271" s="1"/>
       <c r="BG271" s="9"/>
     </row>
     <row r="272" spans="1:59">
       <c r="A272" s="1">
         <v>45665.75</v>
       </c>
       <c r="B272" t="s">
         <v>24</v>
       </c>
       <c r="C272" t="s">
         <v>34</v>
       </c>
       <c r="D272" s="9">
         <v>40350.9</v>
       </c>
       <c r="F272" s="1">
         <v>45694.75</v>
       </c>
       <c r="G272" t="s">
         <v>24</v>
       </c>
       <c r="H272" t="s">
@@ -31594,52 +34204,62 @@
       </c>
       <c r="AJ272" s="1">
         <v>45881.75</v>
       </c>
       <c r="AK272" t="s">
         <v>24</v>
       </c>
       <c r="AL272" t="s">
         <v>34</v>
       </c>
       <c r="AM272" s="9">
         <v>66868</v>
       </c>
       <c r="AO272" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP272" t="s">
         <v>24</v>
       </c>
       <c r="AQ272" t="s">
         <v>34</v>
       </c>
       <c r="AR272" s="9">
         <v>101334.39999999999</v>
       </c>
-      <c r="AT272" s="1"/>
-      <c r="AW272" s="9"/>
+      <c r="AT272" s="1">
+        <v>45952.75</v>
+      </c>
+      <c r="AU272" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV272" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW272" s="9">
+        <v>53884.2</v>
+      </c>
       <c r="AY272" s="1"/>
       <c r="BB272" s="9"/>
       <c r="BD272" s="1"/>
       <c r="BG272" s="9"/>
     </row>
     <row r="273" spans="1:59">
       <c r="A273" s="1">
         <v>45665.75</v>
       </c>
       <c r="B273" t="s">
         <v>24</v>
       </c>
       <c r="C273" t="s">
         <v>35</v>
       </c>
       <c r="D273" s="9">
         <v>10720.508</v>
       </c>
       <c r="F273" s="1">
         <v>45694.75</v>
       </c>
       <c r="G273" t="s">
         <v>24</v>
       </c>
       <c r="H273" t="s">
@@ -31710,52 +34330,62 @@
       </c>
       <c r="AJ273" s="1">
         <v>45881.75</v>
       </c>
       <c r="AK273" t="s">
         <v>24</v>
       </c>
       <c r="AL273" t="s">
         <v>35</v>
       </c>
       <c r="AM273" s="9">
         <v>9913.6290000000008</v>
       </c>
       <c r="AO273" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP273" t="s">
         <v>24</v>
       </c>
       <c r="AQ273" t="s">
         <v>35</v>
       </c>
       <c r="AR273" s="9">
         <v>8784.473</v>
       </c>
-      <c r="AT273" s="1"/>
-      <c r="AW273" s="9"/>
+      <c r="AT273" s="1">
+        <v>45952.75</v>
+      </c>
+      <c r="AU273" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV273" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW273" s="9">
+        <v>7397.1880000000001</v>
+      </c>
       <c r="AY273" s="1"/>
       <c r="BB273" s="9"/>
       <c r="BD273" s="1"/>
       <c r="BG273" s="9"/>
     </row>
     <row r="274" spans="1:59">
       <c r="A274" s="1">
         <v>45665.75</v>
       </c>
       <c r="B274" t="s">
         <v>24</v>
       </c>
       <c r="C274" t="s">
         <v>36</v>
       </c>
       <c r="D274" s="9">
         <v>251412.37</v>
       </c>
       <c r="F274" s="1">
         <v>45694.75</v>
       </c>
       <c r="G274" t="s">
         <v>24</v>
       </c>
       <c r="H274" t="s">
@@ -31826,52 +34456,62 @@
       </c>
       <c r="AJ274" s="1">
         <v>45881.75</v>
       </c>
       <c r="AK274" t="s">
         <v>24</v>
       </c>
       <c r="AL274" t="s">
         <v>36</v>
       </c>
       <c r="AM274" s="9">
         <v>308949.52600000001</v>
       </c>
       <c r="AO274" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP274" t="s">
         <v>24</v>
       </c>
       <c r="AQ274" t="s">
         <v>36</v>
       </c>
       <c r="AR274" s="9">
         <v>232643.24400000001</v>
       </c>
-      <c r="AT274" s="1"/>
-      <c r="AW274" s="9"/>
+      <c r="AT274" s="1">
+        <v>45952.75</v>
+      </c>
+      <c r="AU274" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV274" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW274" s="9">
+        <v>215693.38200000001</v>
+      </c>
       <c r="AY274" s="1"/>
       <c r="BB274" s="9"/>
       <c r="BD274" s="1"/>
       <c r="BG274" s="9"/>
     </row>
     <row r="275" spans="1:59">
       <c r="A275" s="1">
         <v>45665.75</v>
       </c>
       <c r="B275" t="s">
         <v>24</v>
       </c>
       <c r="C275" t="s">
         <v>37</v>
       </c>
       <c r="D275" s="9">
         <v>111060.823</v>
       </c>
       <c r="F275" s="1">
         <v>45694.75</v>
       </c>
       <c r="G275" t="s">
         <v>24</v>
       </c>
       <c r="H275" t="s">
@@ -31942,52 +34582,62 @@
       </c>
       <c r="AJ275" s="1">
         <v>45881.75</v>
       </c>
       <c r="AK275" t="s">
         <v>24</v>
       </c>
       <c r="AL275" t="s">
         <v>37</v>
       </c>
       <c r="AM275" s="9">
         <v>122953.429</v>
       </c>
       <c r="AO275" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP275" t="s">
         <v>24</v>
       </c>
       <c r="AQ275" t="s">
         <v>37</v>
       </c>
       <c r="AR275" s="9">
         <v>80450.224000000002</v>
       </c>
-      <c r="AT275" s="1"/>
-      <c r="AW275" s="9"/>
+      <c r="AT275" s="1">
+        <v>45952.75</v>
+      </c>
+      <c r="AU275" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV275" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW275" s="9">
+        <v>77630.744999999995</v>
+      </c>
       <c r="AY275" s="1"/>
       <c r="BB275" s="9"/>
       <c r="BD275" s="1"/>
       <c r="BG275" s="9"/>
     </row>
     <row r="276" spans="1:59">
       <c r="A276" s="1">
         <v>45665.75</v>
       </c>
       <c r="B276" t="s">
         <v>24</v>
       </c>
       <c r="C276" t="s">
         <v>38</v>
       </c>
       <c r="D276" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F276" s="1">
         <v>45694.75</v>
       </c>
       <c r="G276" t="s">
         <v>24</v>
       </c>
       <c r="H276" t="s">
@@ -32058,52 +34708,62 @@
       </c>
       <c r="AJ276" s="1">
         <v>45881.75</v>
       </c>
       <c r="AK276" t="s">
         <v>24</v>
       </c>
       <c r="AL276" t="s">
         <v>38</v>
       </c>
       <c r="AM276" s="9">
         <v>0</v>
       </c>
       <c r="AO276" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP276" t="s">
         <v>24</v>
       </c>
       <c r="AQ276" t="s">
         <v>38</v>
       </c>
       <c r="AR276" s="9">
         <v>2311.8490000000002</v>
       </c>
-      <c r="AT276" s="1"/>
-      <c r="AW276" s="9"/>
+      <c r="AT276" s="1">
+        <v>45952.75</v>
+      </c>
+      <c r="AU276" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV276" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW276" s="9">
+        <v>2108.2910000000002</v>
+      </c>
       <c r="AY276" s="1"/>
       <c r="BB276" s="9"/>
       <c r="BD276" s="1"/>
       <c r="BG276" s="9"/>
     </row>
     <row r="277" spans="1:59">
       <c r="A277" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B277" t="s">
         <v>24</v>
       </c>
       <c r="C277" t="s">
         <v>25</v>
       </c>
       <c r="D277" s="9">
         <v>799102.42599999998</v>
       </c>
       <c r="F277" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G277" t="s">
         <v>24</v>
       </c>
       <c r="H277" t="s">
@@ -32174,52 +34834,62 @@
       </c>
       <c r="AJ277" s="1">
         <v>45881.791666666664</v>
       </c>
       <c r="AK277" t="s">
         <v>24</v>
       </c>
       <c r="AL277" t="s">
         <v>25</v>
       </c>
       <c r="AM277" s="9">
         <v>849641.19700000004</v>
       </c>
       <c r="AO277" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP277" t="s">
         <v>24</v>
       </c>
       <c r="AQ277" t="s">
         <v>25</v>
       </c>
       <c r="AR277" s="9">
         <v>504824.55200000003</v>
       </c>
-      <c r="AT277" s="1"/>
-      <c r="AW277" s="9"/>
+      <c r="AT277" s="1">
+        <v>45952.791666666664</v>
+      </c>
+      <c r="AU277" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV277" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW277" s="9">
+        <v>527082.32400000002</v>
+      </c>
       <c r="AY277" s="1"/>
       <c r="BB277" s="9"/>
       <c r="BD277" s="1"/>
       <c r="BG277" s="9"/>
     </row>
     <row r="278" spans="1:59">
       <c r="A278" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B278" t="s">
         <v>24</v>
       </c>
       <c r="C278" t="s">
         <v>26</v>
       </c>
       <c r="D278" s="9">
         <v>2080.373</v>
       </c>
       <c r="F278" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G278" t="s">
         <v>24</v>
       </c>
       <c r="H278" t="s">
@@ -32290,52 +34960,62 @@
       </c>
       <c r="AJ278" s="1">
         <v>45881.791666666664</v>
       </c>
       <c r="AK278" t="s">
         <v>24</v>
       </c>
       <c r="AL278" t="s">
         <v>26</v>
       </c>
       <c r="AM278" s="9">
         <v>2018.558</v>
       </c>
       <c r="AO278" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP278" t="s">
         <v>24</v>
       </c>
       <c r="AQ278" t="s">
         <v>26</v>
       </c>
       <c r="AR278" s="9">
         <v>2214.1379999999999</v>
       </c>
-      <c r="AT278" s="1"/>
-      <c r="AW278" s="9"/>
+      <c r="AT278" s="1">
+        <v>45952.791666666664</v>
+      </c>
+      <c r="AU278" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV278" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW278" s="9">
+        <v>2089.2220000000002</v>
+      </c>
       <c r="AY278" s="1"/>
       <c r="BB278" s="9"/>
       <c r="BD278" s="1"/>
       <c r="BG278" s="9"/>
     </row>
     <row r="279" spans="1:59">
       <c r="A279" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B279" t="s">
         <v>24</v>
       </c>
       <c r="C279" t="s">
         <v>27</v>
       </c>
       <c r="D279" s="9">
         <v>86.119</v>
       </c>
       <c r="F279" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G279" t="s">
         <v>24</v>
       </c>
       <c r="H279" t="s">
@@ -32406,52 +35086,62 @@
       </c>
       <c r="AJ279" s="1">
         <v>45881.791666666664</v>
       </c>
       <c r="AK279" t="s">
         <v>24</v>
       </c>
       <c r="AL279" t="s">
         <v>27</v>
       </c>
       <c r="AM279" s="9">
         <v>8.4730000000000008</v>
       </c>
       <c r="AO279" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP279" t="s">
         <v>24</v>
       </c>
       <c r="AQ279" t="s">
         <v>27</v>
       </c>
       <c r="AR279" s="9">
         <v>107.199</v>
       </c>
-      <c r="AT279" s="1"/>
-      <c r="AW279" s="9"/>
+      <c r="AT279" s="1">
+        <v>45952.791666666664</v>
+      </c>
+      <c r="AU279" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV279" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW279" s="9">
+        <v>63.045000000000002</v>
+      </c>
       <c r="AY279" s="1"/>
       <c r="BB279" s="9"/>
       <c r="BD279" s="1"/>
       <c r="BG279" s="9"/>
     </row>
     <row r="280" spans="1:59">
       <c r="A280" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B280" t="s">
         <v>24</v>
       </c>
       <c r="C280" t="s">
         <v>28</v>
       </c>
       <c r="D280" s="9">
         <v>11441.075000000001</v>
       </c>
       <c r="F280" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G280" t="s">
         <v>24</v>
       </c>
       <c r="H280" t="s">
@@ -32522,52 +35212,62 @@
       </c>
       <c r="AJ280" s="1">
         <v>45881.791666666664</v>
       </c>
       <c r="AK280" t="s">
         <v>24</v>
       </c>
       <c r="AL280" t="s">
         <v>28</v>
       </c>
       <c r="AM280" s="9">
         <v>1113.1959999999999</v>
       </c>
       <c r="AO280" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP280" t="s">
         <v>24</v>
       </c>
       <c r="AQ280" t="s">
         <v>28</v>
       </c>
       <c r="AR280" s="9">
         <v>808.33500000000004</v>
       </c>
-      <c r="AT280" s="1"/>
-      <c r="AW280" s="9"/>
+      <c r="AT280" s="1">
+        <v>45952.791666666664</v>
+      </c>
+      <c r="AU280" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV280" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW280" s="9">
+        <v>943.70399999999995</v>
+      </c>
       <c r="AY280" s="1"/>
       <c r="BB280" s="9"/>
       <c r="BD280" s="1"/>
       <c r="BG280" s="9"/>
     </row>
     <row r="281" spans="1:59">
       <c r="A281" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B281" t="s">
         <v>24</v>
       </c>
       <c r="C281" t="s">
         <v>29</v>
       </c>
       <c r="D281" s="9">
         <v>17008.295999999998</v>
       </c>
       <c r="F281" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G281" t="s">
         <v>24</v>
       </c>
       <c r="H281" t="s">
@@ -32638,52 +35338,62 @@
       </c>
       <c r="AJ281" s="1">
         <v>45881.791666666664</v>
       </c>
       <c r="AK281" t="s">
         <v>24</v>
       </c>
       <c r="AL281" t="s">
         <v>29</v>
       </c>
       <c r="AM281" s="9">
         <v>20791.28</v>
       </c>
       <c r="AO281" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP281" t="s">
         <v>24</v>
       </c>
       <c r="AQ281" t="s">
         <v>29</v>
       </c>
       <c r="AR281" s="9">
         <v>19517.059000000001</v>
       </c>
-      <c r="AT281" s="1"/>
-      <c r="AW281" s="9"/>
+      <c r="AT281" s="1">
+        <v>45952.791666666664</v>
+      </c>
+      <c r="AU281" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV281" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW281" s="9">
+        <v>18663.492999999999</v>
+      </c>
       <c r="AY281" s="1"/>
       <c r="BB281" s="9"/>
       <c r="BD281" s="1"/>
       <c r="BG281" s="9"/>
     </row>
     <row r="282" spans="1:59">
       <c r="A282" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B282" t="s">
         <v>24</v>
       </c>
       <c r="C282" t="s">
         <v>30</v>
       </c>
       <c r="D282" s="9">
         <v>42977.008999999998</v>
       </c>
       <c r="F282" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G282" t="s">
         <v>24</v>
       </c>
       <c r="H282" t="s">
@@ -32754,52 +35464,62 @@
       </c>
       <c r="AJ282" s="1">
         <v>45881.791666666664</v>
       </c>
       <c r="AK282" t="s">
         <v>24</v>
       </c>
       <c r="AL282" t="s">
         <v>30</v>
       </c>
       <c r="AM282" s="9">
         <v>59369.516000000003</v>
       </c>
       <c r="AO282" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP282" t="s">
         <v>24</v>
       </c>
       <c r="AQ282" t="s">
         <v>30</v>
       </c>
       <c r="AR282" s="9">
         <v>50600.582999999999</v>
       </c>
-      <c r="AT282" s="1"/>
-      <c r="AW282" s="9"/>
+      <c r="AT282" s="1">
+        <v>45952.791666666664</v>
+      </c>
+      <c r="AU282" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV282" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW282" s="9">
+        <v>44518.673999999999</v>
+      </c>
       <c r="AY282" s="1"/>
       <c r="BB282" s="9"/>
       <c r="BD282" s="1"/>
       <c r="BG282" s="9"/>
     </row>
     <row r="283" spans="1:59">
       <c r="A283" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B283" t="s">
         <v>24</v>
       </c>
       <c r="C283" t="s">
         <v>31</v>
       </c>
       <c r="D283" s="9">
         <v>71890.509999999995</v>
       </c>
       <c r="F283" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G283" t="s">
         <v>24</v>
       </c>
       <c r="H283" t="s">
@@ -32870,52 +35590,62 @@
       </c>
       <c r="AJ283" s="1">
         <v>45881.791666666664</v>
       </c>
       <c r="AK283" t="s">
         <v>24</v>
       </c>
       <c r="AL283" t="s">
         <v>31</v>
       </c>
       <c r="AM283" s="9">
         <v>85072.607999999993</v>
       </c>
       <c r="AO283" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP283" t="s">
         <v>24</v>
       </c>
       <c r="AQ283" t="s">
         <v>31</v>
       </c>
       <c r="AR283" s="9">
         <v>79004.013999999996</v>
       </c>
-      <c r="AT283" s="1"/>
-      <c r="AW283" s="9"/>
+      <c r="AT283" s="1">
+        <v>45952.791666666664</v>
+      </c>
+      <c r="AU283" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV283" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW283" s="9">
+        <v>71402.710999999996</v>
+      </c>
       <c r="AY283" s="1"/>
       <c r="BB283" s="9"/>
       <c r="BD283" s="1"/>
       <c r="BG283" s="9"/>
     </row>
     <row r="284" spans="1:59">
       <c r="A284" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B284" t="s">
         <v>24</v>
       </c>
       <c r="C284" t="s">
         <v>32</v>
       </c>
       <c r="D284" s="9">
         <v>12097.33</v>
       </c>
       <c r="F284" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G284" t="s">
         <v>24</v>
       </c>
       <c r="H284" t="s">
@@ -32986,52 +35716,62 @@
       </c>
       <c r="AJ284" s="1">
         <v>45881.791666666664</v>
       </c>
       <c r="AK284" t="s">
         <v>24</v>
       </c>
       <c r="AL284" t="s">
         <v>32</v>
       </c>
       <c r="AM284" s="9">
         <v>11017.125</v>
       </c>
       <c r="AO284" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP284" t="s">
         <v>24</v>
       </c>
       <c r="AQ284" t="s">
         <v>32</v>
       </c>
       <c r="AR284" s="9">
         <v>11523.25</v>
       </c>
-      <c r="AT284" s="1"/>
-      <c r="AW284" s="9"/>
+      <c r="AT284" s="1">
+        <v>45952.791666666664</v>
+      </c>
+      <c r="AU284" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV284" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW284" s="9">
+        <v>11124.665000000001</v>
+      </c>
       <c r="AY284" s="1"/>
       <c r="BB284" s="9"/>
       <c r="BD284" s="1"/>
       <c r="BG284" s="9"/>
     </row>
     <row r="285" spans="1:59">
       <c r="A285" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B285" t="s">
         <v>24</v>
       </c>
       <c r="C285" t="s">
         <v>33</v>
       </c>
       <c r="D285" s="9">
         <v>71346.290999999997</v>
       </c>
       <c r="F285" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G285" t="s">
         <v>24</v>
       </c>
       <c r="H285" t="s">
@@ -33102,52 +35842,62 @@
       </c>
       <c r="AJ285" s="1">
         <v>45881.791666666664</v>
       </c>
       <c r="AK285" t="s">
         <v>24</v>
       </c>
       <c r="AL285" t="s">
         <v>33</v>
       </c>
       <c r="AM285" s="9">
         <v>60961.239000000001</v>
       </c>
       <c r="AO285" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP285" t="s">
         <v>24</v>
       </c>
       <c r="AQ285" t="s">
         <v>33</v>
       </c>
       <c r="AR285" s="9">
         <v>63337.527999999998</v>
       </c>
-      <c r="AT285" s="1"/>
-      <c r="AW285" s="9"/>
+      <c r="AT285" s="1">
+        <v>45952.791666666664</v>
+      </c>
+      <c r="AU285" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV285" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW285" s="9">
+        <v>80241.56</v>
+      </c>
       <c r="AY285" s="1"/>
       <c r="BB285" s="9"/>
       <c r="BD285" s="1"/>
       <c r="BG285" s="9"/>
     </row>
     <row r="286" spans="1:59">
       <c r="A286" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B286" t="s">
         <v>24</v>
       </c>
       <c r="C286" t="s">
         <v>34</v>
       </c>
       <c r="D286" s="9">
         <v>38560.800000000003</v>
       </c>
       <c r="F286" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G286" t="s">
         <v>24</v>
       </c>
       <c r="H286" t="s">
@@ -33218,52 +35968,62 @@
       </c>
       <c r="AJ286" s="1">
         <v>45881.791666666664</v>
       </c>
       <c r="AK286" t="s">
         <v>24</v>
       </c>
       <c r="AL286" t="s">
         <v>34</v>
       </c>
       <c r="AM286" s="9">
         <v>66947.199999999997</v>
       </c>
       <c r="AO286" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP286" t="s">
         <v>24</v>
       </c>
       <c r="AQ286" t="s">
         <v>34</v>
       </c>
       <c r="AR286" s="9">
         <v>102445.1</v>
       </c>
-      <c r="AT286" s="1"/>
-      <c r="AW286" s="9"/>
+      <c r="AT286" s="1">
+        <v>45952.791666666664</v>
+      </c>
+      <c r="AU286" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV286" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW286" s="9">
+        <v>53325</v>
+      </c>
       <c r="AY286" s="1"/>
       <c r="BB286" s="9"/>
       <c r="BD286" s="1"/>
       <c r="BG286" s="9"/>
     </row>
     <row r="287" spans="1:59">
       <c r="A287" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B287" t="s">
         <v>24</v>
       </c>
       <c r="C287" t="s">
         <v>35</v>
       </c>
       <c r="D287" s="9">
         <v>10279.401</v>
       </c>
       <c r="F287" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G287" t="s">
         <v>24</v>
       </c>
       <c r="H287" t="s">
@@ -33334,52 +36094,62 @@
       </c>
       <c r="AJ287" s="1">
         <v>45881.791666666664</v>
       </c>
       <c r="AK287" t="s">
         <v>24</v>
       </c>
       <c r="AL287" t="s">
         <v>35</v>
       </c>
       <c r="AM287" s="9">
         <v>9643.56</v>
       </c>
       <c r="AO287" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP287" t="s">
         <v>24</v>
       </c>
       <c r="AQ287" t="s">
         <v>35</v>
       </c>
       <c r="AR287" s="9">
         <v>8685.2530000000006</v>
       </c>
-      <c r="AT287" s="1"/>
-      <c r="AW287" s="9"/>
+      <c r="AT287" s="1">
+        <v>45952.791666666664</v>
+      </c>
+      <c r="AU287" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV287" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW287" s="9">
+        <v>7084.5280000000002</v>
+      </c>
       <c r="AY287" s="1"/>
       <c r="BB287" s="9"/>
       <c r="BD287" s="1"/>
       <c r="BG287" s="9"/>
     </row>
     <row r="288" spans="1:59">
       <c r="A288" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B288" t="s">
         <v>24</v>
       </c>
       <c r="C288" t="s">
         <v>36</v>
       </c>
       <c r="D288" s="9">
         <v>239020.81899999999</v>
       </c>
       <c r="F288" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G288" t="s">
         <v>24</v>
       </c>
       <c r="H288" t="s">
@@ -33450,52 +36220,62 @@
       </c>
       <c r="AJ288" s="1">
         <v>45881.791666666664</v>
       </c>
       <c r="AK288" t="s">
         <v>24</v>
       </c>
       <c r="AL288" t="s">
         <v>36</v>
       </c>
       <c r="AM288" s="9">
         <v>285521.42800000001</v>
       </c>
       <c r="AO288" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP288" t="s">
         <v>24</v>
       </c>
       <c r="AQ288" t="s">
         <v>36</v>
       </c>
       <c r="AR288" s="9">
         <v>221187.01800000001</v>
       </c>
-      <c r="AT288" s="1"/>
-      <c r="AW288" s="9"/>
+      <c r="AT288" s="1">
+        <v>45952.791666666664</v>
+      </c>
+      <c r="AU288" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV288" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW288" s="9">
+        <v>202771.85500000001</v>
+      </c>
       <c r="AY288" s="1"/>
       <c r="BB288" s="9"/>
       <c r="BD288" s="1"/>
       <c r="BG288" s="9"/>
     </row>
     <row r="289" spans="1:59">
       <c r="A289" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B289" t="s">
         <v>24</v>
       </c>
       <c r="C289" t="s">
         <v>37</v>
       </c>
       <c r="D289" s="9">
         <v>106951.531</v>
       </c>
       <c r="F289" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G289" t="s">
         <v>24</v>
       </c>
       <c r="H289" t="s">
@@ -33566,52 +36346,62 @@
       </c>
       <c r="AJ289" s="1">
         <v>45881.791666666664</v>
       </c>
       <c r="AK289" t="s">
         <v>24</v>
       </c>
       <c r="AL289" t="s">
         <v>37</v>
       </c>
       <c r="AM289" s="9">
         <v>112618.284</v>
       </c>
       <c r="AO289" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP289" t="s">
         <v>24</v>
       </c>
       <c r="AQ289" t="s">
         <v>37</v>
       </c>
       <c r="AR289" s="9">
         <v>76839.671000000002</v>
       </c>
-      <c r="AT289" s="1"/>
-      <c r="AW289" s="9"/>
+      <c r="AT289" s="1">
+        <v>45952.791666666664</v>
+      </c>
+      <c r="AU289" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV289" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW289" s="9">
+        <v>73302.732999999993</v>
+      </c>
       <c r="AY289" s="1"/>
       <c r="BB289" s="9"/>
       <c r="BD289" s="1"/>
       <c r="BG289" s="9"/>
     </row>
     <row r="290" spans="1:59">
       <c r="A290" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B290" t="s">
         <v>24</v>
       </c>
       <c r="C290" t="s">
         <v>38</v>
       </c>
       <c r="D290" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F290" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G290" t="s">
         <v>24</v>
       </c>
       <c r="H290" t="s">
@@ -33682,52 +36472,62 @@
       </c>
       <c r="AJ290" s="1">
         <v>45881.791666666664</v>
       </c>
       <c r="AK290" t="s">
         <v>24</v>
       </c>
       <c r="AL290" t="s">
         <v>38</v>
       </c>
       <c r="AM290" s="9">
         <v>2154.087</v>
       </c>
       <c r="AO290" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP290" t="s">
         <v>24</v>
       </c>
       <c r="AQ290" t="s">
         <v>38</v>
       </c>
       <c r="AR290" s="9">
         <v>2311.8490000000002</v>
       </c>
-      <c r="AT290" s="1"/>
-      <c r="AW290" s="9"/>
+      <c r="AT290" s="1">
+        <v>45952.791666666664</v>
+      </c>
+      <c r="AU290" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV290" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW290" s="9">
+        <v>2108.2910000000002</v>
+      </c>
       <c r="AY290" s="1"/>
       <c r="BB290" s="9"/>
       <c r="BD290" s="1"/>
       <c r="BG290" s="9"/>
     </row>
     <row r="291" spans="1:59">
       <c r="A291" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B291" t="s">
         <v>24</v>
       </c>
       <c r="C291" t="s">
         <v>25</v>
       </c>
       <c r="D291" s="9">
         <v>759512.47</v>
       </c>
       <c r="F291" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G291" t="s">
         <v>24</v>
       </c>
       <c r="H291" t="s">
@@ -33798,52 +36598,62 @@
       </c>
       <c r="AJ291" s="1">
         <v>45881.833333333336</v>
       </c>
       <c r="AK291" t="s">
         <v>24</v>
       </c>
       <c r="AL291" t="s">
         <v>25</v>
       </c>
       <c r="AM291" s="9">
         <v>813833.54200000002</v>
       </c>
       <c r="AO291" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP291" t="s">
         <v>24</v>
       </c>
       <c r="AQ291" t="s">
         <v>25</v>
       </c>
       <c r="AR291" s="9">
         <v>468584.53</v>
       </c>
-      <c r="AT291" s="1"/>
-      <c r="AW291" s="9"/>
+      <c r="AT291" s="1">
+        <v>45952.833333333336</v>
+      </c>
+      <c r="AU291" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV291" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW291" s="9">
+        <v>490990.13500000001</v>
+      </c>
       <c r="AY291" s="1"/>
       <c r="BB291" s="9"/>
       <c r="BD291" s="1"/>
       <c r="BG291" s="9"/>
     </row>
     <row r="292" spans="1:59">
       <c r="A292" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B292" t="s">
         <v>24</v>
       </c>
       <c r="C292" t="s">
         <v>26</v>
       </c>
       <c r="D292" s="9">
         <v>2080.373</v>
       </c>
       <c r="F292" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G292" t="s">
         <v>24</v>
       </c>
       <c r="H292" t="s">
@@ -33914,52 +36724,62 @@
       </c>
       <c r="AJ292" s="1">
         <v>45881.833333333336</v>
       </c>
       <c r="AK292" t="s">
         <v>24</v>
       </c>
       <c r="AL292" t="s">
         <v>26</v>
       </c>
       <c r="AM292" s="9">
         <v>2018.558</v>
       </c>
       <c r="AO292" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP292" t="s">
         <v>24</v>
       </c>
       <c r="AQ292" t="s">
         <v>26</v>
       </c>
       <c r="AR292" s="9">
         <v>2214.1379999999999</v>
       </c>
-      <c r="AT292" s="1"/>
-      <c r="AW292" s="9"/>
+      <c r="AT292" s="1">
+        <v>45952.833333333336</v>
+      </c>
+      <c r="AU292" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV292" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW292" s="9">
+        <v>2089.2220000000002</v>
+      </c>
       <c r="AY292" s="1"/>
       <c r="BB292" s="9"/>
       <c r="BD292" s="1"/>
       <c r="BG292" s="9"/>
     </row>
     <row r="293" spans="1:59">
       <c r="A293" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B293" t="s">
         <v>24</v>
       </c>
       <c r="C293" t="s">
         <v>27</v>
       </c>
       <c r="D293" s="9">
         <v>676.04899999999998</v>
       </c>
       <c r="F293" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G293" t="s">
         <v>24</v>
       </c>
       <c r="H293" t="s">
@@ -34030,52 +36850,62 @@
       </c>
       <c r="AJ293" s="1">
         <v>45881.833333333336</v>
       </c>
       <c r="AK293" t="s">
         <v>24</v>
       </c>
       <c r="AL293" t="s">
         <v>27</v>
       </c>
       <c r="AM293" s="9">
         <v>28.896000000000001</v>
       </c>
       <c r="AO293" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP293" t="s">
         <v>24</v>
       </c>
       <c r="AQ293" t="s">
         <v>27</v>
       </c>
       <c r="AR293" s="9">
         <v>107.73399999999999</v>
       </c>
-      <c r="AT293" s="1"/>
-      <c r="AW293" s="9"/>
+      <c r="AT293" s="1">
+        <v>45952.833333333336</v>
+      </c>
+      <c r="AU293" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV293" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW293" s="9">
+        <v>60.874000000000002</v>
+      </c>
       <c r="AY293" s="1"/>
       <c r="BB293" s="9"/>
       <c r="BD293" s="1"/>
       <c r="BG293" s="9"/>
     </row>
     <row r="294" spans="1:59">
       <c r="A294" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B294" t="s">
         <v>24</v>
       </c>
       <c r="C294" t="s">
         <v>28</v>
       </c>
       <c r="D294" s="9">
         <v>11480.437</v>
       </c>
       <c r="F294" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G294" t="s">
         <v>24</v>
       </c>
       <c r="H294" t="s">
@@ -34146,52 +36976,62 @@
       </c>
       <c r="AJ294" s="1">
         <v>45881.833333333336</v>
       </c>
       <c r="AK294" t="s">
         <v>24</v>
       </c>
       <c r="AL294" t="s">
         <v>28</v>
       </c>
       <c r="AM294" s="9">
         <v>1055.2449999999999</v>
       </c>
       <c r="AO294" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP294" t="s">
         <v>24</v>
       </c>
       <c r="AQ294" t="s">
         <v>28</v>
       </c>
       <c r="AR294" s="9">
         <v>745.96699999999998</v>
       </c>
-      <c r="AT294" s="1"/>
-      <c r="AW294" s="9"/>
+      <c r="AT294" s="1">
+        <v>45952.833333333336</v>
+      </c>
+      <c r="AU294" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV294" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW294" s="9">
+        <v>905.85299999999995</v>
+      </c>
       <c r="AY294" s="1"/>
       <c r="BB294" s="9"/>
       <c r="BD294" s="1"/>
       <c r="BG294" s="9"/>
     </row>
     <row r="295" spans="1:59">
       <c r="A295" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B295" t="s">
         <v>24</v>
       </c>
       <c r="C295" t="s">
         <v>29</v>
       </c>
       <c r="D295" s="9">
         <v>17067.327000000001</v>
       </c>
       <c r="F295" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G295" t="s">
         <v>24</v>
       </c>
       <c r="H295" t="s">
@@ -34262,52 +37102,62 @@
       </c>
       <c r="AJ295" s="1">
         <v>45881.833333333336</v>
       </c>
       <c r="AK295" t="s">
         <v>24</v>
       </c>
       <c r="AL295" t="s">
         <v>29</v>
       </c>
       <c r="AM295" s="9">
         <v>20361.715</v>
       </c>
       <c r="AO295" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP295" t="s">
         <v>24</v>
       </c>
       <c r="AQ295" t="s">
         <v>29</v>
       </c>
       <c r="AR295" s="9">
         <v>19222.472000000002</v>
       </c>
-      <c r="AT295" s="1"/>
-      <c r="AW295" s="9"/>
+      <c r="AT295" s="1">
+        <v>45952.833333333336</v>
+      </c>
+      <c r="AU295" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV295" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW295" s="9">
+        <v>18311.042000000001</v>
+      </c>
       <c r="AY295" s="1"/>
       <c r="BB295" s="9"/>
       <c r="BD295" s="1"/>
       <c r="BG295" s="9"/>
     </row>
     <row r="296" spans="1:59">
       <c r="A296" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B296" t="s">
         <v>24</v>
       </c>
       <c r="C296" t="s">
         <v>30</v>
       </c>
       <c r="D296" s="9">
         <v>41468.292000000001</v>
       </c>
       <c r="F296" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G296" t="s">
         <v>24</v>
       </c>
       <c r="H296" t="s">
@@ -34378,52 +37228,62 @@
       </c>
       <c r="AJ296" s="1">
         <v>45881.833333333336</v>
       </c>
       <c r="AK296" t="s">
         <v>24</v>
       </c>
       <c r="AL296" t="s">
         <v>30</v>
       </c>
       <c r="AM296" s="9">
         <v>56718.946000000004</v>
       </c>
       <c r="AO296" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP296" t="s">
         <v>24</v>
       </c>
       <c r="AQ296" t="s">
         <v>30</v>
       </c>
       <c r="AR296" s="9">
         <v>49271.519999999997</v>
       </c>
-      <c r="AT296" s="1"/>
-      <c r="AW296" s="9"/>
+      <c r="AT296" s="1">
+        <v>45952.833333333336</v>
+      </c>
+      <c r="AU296" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV296" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW296" s="9">
+        <v>43667.328999999998</v>
+      </c>
       <c r="AY296" s="1"/>
       <c r="BB296" s="9"/>
       <c r="BD296" s="1"/>
       <c r="BG296" s="9"/>
     </row>
     <row r="297" spans="1:59">
       <c r="A297" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B297" t="s">
         <v>24</v>
       </c>
       <c r="C297" t="s">
         <v>31</v>
       </c>
       <c r="D297" s="9">
         <v>71724.058000000005</v>
       </c>
       <c r="F297" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G297" t="s">
         <v>24</v>
       </c>
       <c r="H297" t="s">
@@ -34494,52 +37354,62 @@
       </c>
       <c r="AJ297" s="1">
         <v>45881.833333333336</v>
       </c>
       <c r="AK297" t="s">
         <v>24</v>
       </c>
       <c r="AL297" t="s">
         <v>31</v>
       </c>
       <c r="AM297" s="9">
         <v>84896.437999999995</v>
       </c>
       <c r="AO297" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP297" t="s">
         <v>24</v>
       </c>
       <c r="AQ297" t="s">
         <v>31</v>
       </c>
       <c r="AR297" s="9">
         <v>78083.907999999996</v>
       </c>
-      <c r="AT297" s="1"/>
-      <c r="AW297" s="9"/>
+      <c r="AT297" s="1">
+        <v>45952.833333333336</v>
+      </c>
+      <c r="AU297" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV297" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW297" s="9">
+        <v>70203.282000000007</v>
+      </c>
       <c r="AY297" s="1"/>
       <c r="BB297" s="9"/>
       <c r="BD297" s="1"/>
       <c r="BG297" s="9"/>
     </row>
     <row r="298" spans="1:59">
       <c r="A298" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B298" t="s">
         <v>24</v>
       </c>
       <c r="C298" t="s">
         <v>32</v>
       </c>
       <c r="D298" s="9">
         <v>11989.013999999999</v>
       </c>
       <c r="F298" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G298" t="s">
         <v>24</v>
       </c>
       <c r="H298" t="s">
@@ -34610,52 +37480,62 @@
       </c>
       <c r="AJ298" s="1">
         <v>45881.833333333336</v>
       </c>
       <c r="AK298" t="s">
         <v>24</v>
       </c>
       <c r="AL298" t="s">
         <v>32</v>
       </c>
       <c r="AM298" s="9">
         <v>10853.97</v>
       </c>
       <c r="AO298" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP298" t="s">
         <v>24</v>
       </c>
       <c r="AQ298" t="s">
         <v>32</v>
       </c>
       <c r="AR298" s="9">
         <v>11403.09</v>
       </c>
-      <c r="AT298" s="1"/>
-      <c r="AW298" s="9"/>
+      <c r="AT298" s="1">
+        <v>45952.833333333336</v>
+      </c>
+      <c r="AU298" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV298" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW298" s="9">
+        <v>11018.6</v>
+      </c>
       <c r="AY298" s="1"/>
       <c r="BB298" s="9"/>
       <c r="BD298" s="1"/>
       <c r="BG298" s="9"/>
     </row>
     <row r="299" spans="1:59">
       <c r="A299" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B299" t="s">
         <v>24</v>
       </c>
       <c r="C299" t="s">
         <v>33</v>
       </c>
       <c r="D299" s="9">
         <v>73314.298999999999</v>
       </c>
       <c r="F299" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G299" t="s">
         <v>24</v>
       </c>
       <c r="H299" t="s">
@@ -34726,52 +37606,62 @@
       </c>
       <c r="AJ299" s="1">
         <v>45881.833333333336</v>
       </c>
       <c r="AK299" t="s">
         <v>24</v>
       </c>
       <c r="AL299" t="s">
         <v>33</v>
       </c>
       <c r="AM299" s="9">
         <v>60376.152999999998</v>
       </c>
       <c r="AO299" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP299" t="s">
         <v>24</v>
       </c>
       <c r="AQ299" t="s">
         <v>33</v>
       </c>
       <c r="AR299" s="9">
         <v>66283.917000000001</v>
       </c>
-      <c r="AT299" s="1"/>
-      <c r="AW299" s="9"/>
+      <c r="AT299" s="1">
+        <v>45952.833333333336</v>
+      </c>
+      <c r="AU299" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV299" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW299" s="9">
+        <v>78942.585000000006</v>
+      </c>
       <c r="AY299" s="1"/>
       <c r="BB299" s="9"/>
       <c r="BD299" s="1"/>
       <c r="BG299" s="9"/>
     </row>
     <row r="300" spans="1:59">
       <c r="A300" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B300" t="s">
         <v>24</v>
       </c>
       <c r="C300" t="s">
         <v>34</v>
       </c>
       <c r="D300" s="9">
         <v>35814.199999999997</v>
       </c>
       <c r="F300" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G300" t="s">
         <v>24</v>
       </c>
       <c r="H300" t="s">
@@ -34842,52 +37732,62 @@
       </c>
       <c r="AJ300" s="1">
         <v>45881.833333333336</v>
       </c>
       <c r="AK300" t="s">
         <v>24</v>
       </c>
       <c r="AL300" t="s">
         <v>34</v>
       </c>
       <c r="AM300" s="9">
         <v>67747.399999999994</v>
       </c>
       <c r="AO300" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP300" t="s">
         <v>24</v>
       </c>
       <c r="AQ300" t="s">
         <v>34</v>
       </c>
       <c r="AR300" s="9">
         <v>119667</v>
       </c>
-      <c r="AT300" s="1"/>
-      <c r="AW300" s="9"/>
+      <c r="AT300" s="1">
+        <v>45952.833333333336</v>
+      </c>
+      <c r="AU300" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV300" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW300" s="9">
+        <v>54508.1</v>
+      </c>
       <c r="AY300" s="1"/>
       <c r="BB300" s="9"/>
       <c r="BD300" s="1"/>
       <c r="BG300" s="9"/>
     </row>
     <row r="301" spans="1:59">
       <c r="A301" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B301" t="s">
         <v>24</v>
       </c>
       <c r="C301" t="s">
         <v>35</v>
       </c>
       <c r="D301" s="9">
         <v>9983.0679999999993</v>
       </c>
       <c r="F301" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G301" t="s">
         <v>24</v>
       </c>
       <c r="H301" t="s">
@@ -34958,52 +37858,62 @@
       </c>
       <c r="AJ301" s="1">
         <v>45881.833333333336</v>
       </c>
       <c r="AK301" t="s">
         <v>24</v>
       </c>
       <c r="AL301" t="s">
         <v>35</v>
       </c>
       <c r="AM301" s="9">
         <v>9461.69</v>
       </c>
       <c r="AO301" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP301" t="s">
         <v>24</v>
       </c>
       <c r="AQ301" t="s">
         <v>35</v>
       </c>
       <c r="AR301" s="9">
         <v>8280.4359999999997</v>
       </c>
-      <c r="AT301" s="1"/>
-      <c r="AW301" s="9"/>
+      <c r="AT301" s="1">
+        <v>45952.833333333336</v>
+      </c>
+      <c r="AU301" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV301" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW301" s="9">
+        <v>6647.2979999999998</v>
+      </c>
       <c r="AY301" s="1"/>
       <c r="BB301" s="9"/>
       <c r="BD301" s="1"/>
       <c r="BG301" s="9"/>
     </row>
     <row r="302" spans="1:59">
       <c r="A302" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B302" t="s">
         <v>24</v>
       </c>
       <c r="C302" t="s">
         <v>36</v>
       </c>
       <c r="D302" s="9">
         <v>226054.084</v>
       </c>
       <c r="F302" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G302" t="s">
         <v>24</v>
       </c>
       <c r="H302" t="s">
@@ -35074,52 +37984,62 @@
       </c>
       <c r="AJ302" s="1">
         <v>45881.833333333336</v>
       </c>
       <c r="AK302" t="s">
         <v>24</v>
       </c>
       <c r="AL302" t="s">
         <v>36</v>
       </c>
       <c r="AM302" s="9">
         <v>265586.08600000001</v>
       </c>
       <c r="AO302" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP302" t="s">
         <v>24</v>
       </c>
       <c r="AQ302" t="s">
         <v>36</v>
       </c>
       <c r="AR302" s="9">
         <v>207068.21400000001</v>
       </c>
-      <c r="AT302" s="1"/>
-      <c r="AW302" s="9"/>
+      <c r="AT302" s="1">
+        <v>45952.833333333336</v>
+      </c>
+      <c r="AU302" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV302" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW302" s="9">
+        <v>188536.511</v>
+      </c>
       <c r="AY302" s="1"/>
       <c r="BB302" s="9"/>
       <c r="BD302" s="1"/>
       <c r="BG302" s="9"/>
     </row>
     <row r="303" spans="1:59">
       <c r="A303" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B303" t="s">
         <v>24</v>
       </c>
       <c r="C303" t="s">
         <v>37</v>
       </c>
       <c r="D303" s="9">
         <v>103006.079</v>
       </c>
       <c r="F303" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G303" t="s">
         <v>24</v>
       </c>
       <c r="H303" t="s">
@@ -35190,52 +38110,62 @@
       </c>
       <c r="AJ303" s="1">
         <v>45881.833333333336</v>
       </c>
       <c r="AK303" t="s">
         <v>24</v>
       </c>
       <c r="AL303" t="s">
         <v>37</v>
       </c>
       <c r="AM303" s="9">
         <v>106772.9</v>
       </c>
       <c r="AO303" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP303" t="s">
         <v>24</v>
       </c>
       <c r="AQ303" t="s">
         <v>37</v>
       </c>
       <c r="AR303" s="9">
         <v>72184.875</v>
       </c>
-      <c r="AT303" s="1"/>
-      <c r="AW303" s="9"/>
+      <c r="AT303" s="1">
+        <v>45952.833333333336</v>
+      </c>
+      <c r="AU303" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV303" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW303" s="9">
+        <v>68823.163</v>
+      </c>
       <c r="AY303" s="1"/>
       <c r="BB303" s="9"/>
       <c r="BD303" s="1"/>
       <c r="BG303" s="9"/>
     </row>
     <row r="304" spans="1:59">
       <c r="A304" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B304" t="s">
         <v>24</v>
       </c>
       <c r="C304" t="s">
         <v>38</v>
       </c>
       <c r="D304" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F304" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G304" t="s">
         <v>24</v>
       </c>
       <c r="H304" t="s">
@@ -35306,52 +38236,62 @@
       </c>
       <c r="AJ304" s="1">
         <v>45881.833333333336</v>
       </c>
       <c r="AK304" t="s">
         <v>24</v>
       </c>
       <c r="AL304" t="s">
         <v>38</v>
       </c>
       <c r="AM304" s="9">
         <v>2154.087</v>
       </c>
       <c r="AO304" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP304" t="s">
         <v>24</v>
       </c>
       <c r="AQ304" t="s">
         <v>38</v>
       </c>
       <c r="AR304" s="9">
         <v>2311.8490000000002</v>
       </c>
-      <c r="AT304" s="1"/>
-      <c r="AW304" s="9"/>
+      <c r="AT304" s="1">
+        <v>45952.833333333336</v>
+      </c>
+      <c r="AU304" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV304" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW304" s="9">
+        <v>2108.2910000000002</v>
+      </c>
       <c r="AY304" s="1"/>
       <c r="BB304" s="9"/>
       <c r="BD304" s="1"/>
       <c r="BG304" s="9"/>
     </row>
     <row r="305" spans="1:59">
       <c r="A305" s="1">
         <v>45665.875</v>
       </c>
       <c r="B305" t="s">
         <v>24</v>
       </c>
       <c r="C305" t="s">
         <v>25</v>
       </c>
       <c r="D305" s="9">
         <v>704048.027</v>
       </c>
       <c r="F305" s="1">
         <v>45694.875</v>
       </c>
       <c r="G305" t="s">
         <v>24</v>
       </c>
       <c r="H305" t="s">
@@ -35422,52 +38362,62 @@
       </c>
       <c r="AJ305" s="1">
         <v>45881.875</v>
       </c>
       <c r="AK305" t="s">
         <v>24</v>
       </c>
       <c r="AL305" t="s">
         <v>25</v>
       </c>
       <c r="AM305" s="9">
         <v>741122.41</v>
       </c>
       <c r="AO305" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP305" t="s">
         <v>24</v>
       </c>
       <c r="AQ305" t="s">
         <v>25</v>
       </c>
       <c r="AR305" s="9">
         <v>420619.21100000001</v>
       </c>
-      <c r="AT305" s="1"/>
-      <c r="AW305" s="9"/>
+      <c r="AT305" s="1">
+        <v>45952.875</v>
+      </c>
+      <c r="AU305" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV305" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW305" s="9">
+        <v>441322.97700000001</v>
+      </c>
       <c r="AY305" s="1"/>
       <c r="BB305" s="9"/>
       <c r="BD305" s="1"/>
       <c r="BG305" s="9"/>
     </row>
     <row r="306" spans="1:59">
       <c r="A306" s="1">
         <v>45665.875</v>
       </c>
       <c r="B306" t="s">
         <v>24</v>
       </c>
       <c r="C306" t="s">
         <v>26</v>
       </c>
       <c r="D306" s="9">
         <v>2080.373</v>
       </c>
       <c r="F306" s="1">
         <v>45694.875</v>
       </c>
       <c r="G306" t="s">
         <v>24</v>
       </c>
       <c r="H306" t="s">
@@ -35538,52 +38488,62 @@
       </c>
       <c r="AJ306" s="1">
         <v>45881.875</v>
       </c>
       <c r="AK306" t="s">
         <v>24</v>
       </c>
       <c r="AL306" t="s">
         <v>26</v>
       </c>
       <c r="AM306" s="9">
         <v>2018.558</v>
       </c>
       <c r="AO306" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP306" t="s">
         <v>24</v>
       </c>
       <c r="AQ306" t="s">
         <v>26</v>
       </c>
       <c r="AR306" s="9">
         <v>2214.1379999999999</v>
       </c>
-      <c r="AT306" s="1"/>
-      <c r="AW306" s="9"/>
+      <c r="AT306" s="1">
+        <v>45952.875</v>
+      </c>
+      <c r="AU306" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV306" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW306" s="9">
+        <v>2089.2220000000002</v>
+      </c>
       <c r="AY306" s="1"/>
       <c r="BB306" s="9"/>
       <c r="BD306" s="1"/>
       <c r="BG306" s="9"/>
     </row>
     <row r="307" spans="1:59">
       <c r="A307" s="1">
         <v>45665.875</v>
       </c>
       <c r="B307" t="s">
         <v>24</v>
       </c>
       <c r="C307" t="s">
         <v>27</v>
       </c>
       <c r="D307" s="9">
         <v>631.94100000000003</v>
       </c>
       <c r="F307" s="1">
         <v>45694.875</v>
       </c>
       <c r="G307" t="s">
         <v>24</v>
       </c>
       <c r="H307" t="s">
@@ -35654,52 +38614,62 @@
       </c>
       <c r="AJ307" s="1">
         <v>45881.875</v>
       </c>
       <c r="AK307" t="s">
         <v>24</v>
       </c>
       <c r="AL307" t="s">
         <v>27</v>
       </c>
       <c r="AM307" s="9">
         <v>19.056000000000001</v>
       </c>
       <c r="AO307" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP307" t="s">
         <v>24</v>
       </c>
       <c r="AQ307" t="s">
         <v>27</v>
       </c>
       <c r="AR307" s="9">
         <v>110.45099999999999</v>
       </c>
-      <c r="AT307" s="1"/>
-      <c r="AW307" s="9"/>
+      <c r="AT307" s="1">
+        <v>45952.875</v>
+      </c>
+      <c r="AU307" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV307" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW307" s="9">
+        <v>80.584999999999994</v>
+      </c>
       <c r="AY307" s="1"/>
       <c r="BB307" s="9"/>
       <c r="BD307" s="1"/>
       <c r="BG307" s="9"/>
     </row>
     <row r="308" spans="1:59">
       <c r="A308" s="1">
         <v>45665.875</v>
       </c>
       <c r="B308" t="s">
         <v>24</v>
       </c>
       <c r="C308" t="s">
         <v>28</v>
       </c>
       <c r="D308" s="9">
         <v>10897.588</v>
       </c>
       <c r="F308" s="1">
         <v>45694.875</v>
       </c>
       <c r="G308" t="s">
         <v>24</v>
       </c>
       <c r="H308" t="s">
@@ -35770,52 +38740,62 @@
       </c>
       <c r="AJ308" s="1">
         <v>45881.875</v>
       </c>
       <c r="AK308" t="s">
         <v>24</v>
       </c>
       <c r="AL308" t="s">
         <v>28</v>
       </c>
       <c r="AM308" s="9">
         <v>1103.6880000000001</v>
       </c>
       <c r="AO308" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP308" t="s">
         <v>24</v>
       </c>
       <c r="AQ308" t="s">
         <v>28</v>
       </c>
       <c r="AR308" s="9">
         <v>850.78599999999994</v>
       </c>
-      <c r="AT308" s="1"/>
-      <c r="AW308" s="9"/>
+      <c r="AT308" s="1">
+        <v>45952.875</v>
+      </c>
+      <c r="AU308" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV308" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW308" s="9">
+        <v>974.42200000000003</v>
+      </c>
       <c r="AY308" s="1"/>
       <c r="BB308" s="9"/>
       <c r="BD308" s="1"/>
       <c r="BG308" s="9"/>
     </row>
     <row r="309" spans="1:59">
       <c r="A309" s="1">
         <v>45665.875</v>
       </c>
       <c r="B309" t="s">
         <v>24</v>
       </c>
       <c r="C309" t="s">
         <v>29</v>
       </c>
       <c r="D309" s="9">
         <v>16410.884999999998</v>
       </c>
       <c r="F309" s="1">
         <v>45694.875</v>
       </c>
       <c r="G309" t="s">
         <v>24</v>
       </c>
       <c r="H309" t="s">
@@ -35886,52 +38866,62 @@
       </c>
       <c r="AJ309" s="1">
         <v>45881.875</v>
       </c>
       <c r="AK309" t="s">
         <v>24</v>
       </c>
       <c r="AL309" t="s">
         <v>29</v>
       </c>
       <c r="AM309" s="9">
         <v>19264.900000000001</v>
       </c>
       <c r="AO309" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP309" t="s">
         <v>24</v>
       </c>
       <c r="AQ309" t="s">
         <v>29</v>
       </c>
       <c r="AR309" s="9">
         <v>18636.198</v>
       </c>
-      <c r="AT309" s="1"/>
-      <c r="AW309" s="9"/>
+      <c r="AT309" s="1">
+        <v>45952.875</v>
+      </c>
+      <c r="AU309" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV309" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW309" s="9">
+        <v>17034.973000000002</v>
+      </c>
       <c r="AY309" s="1"/>
       <c r="BB309" s="9"/>
       <c r="BD309" s="1"/>
       <c r="BG309" s="9"/>
     </row>
     <row r="310" spans="1:59">
       <c r="A310" s="1">
         <v>45665.875</v>
       </c>
       <c r="B310" t="s">
         <v>24</v>
       </c>
       <c r="C310" t="s">
         <v>30</v>
       </c>
       <c r="D310" s="9">
         <v>40471.576000000001</v>
       </c>
       <c r="F310" s="1">
         <v>45694.875</v>
       </c>
       <c r="G310" t="s">
         <v>24</v>
       </c>
       <c r="H310" t="s">
@@ -36002,52 +38992,62 @@
       </c>
       <c r="AJ310" s="1">
         <v>45881.875</v>
       </c>
       <c r="AK310" t="s">
         <v>24</v>
       </c>
       <c r="AL310" t="s">
         <v>30</v>
       </c>
       <c r="AM310" s="9">
         <v>54371.79</v>
       </c>
       <c r="AO310" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP310" t="s">
         <v>24</v>
       </c>
       <c r="AQ310" t="s">
         <v>30</v>
       </c>
       <c r="AR310" s="9">
         <v>48742.957000000002</v>
       </c>
-      <c r="AT310" s="1"/>
-      <c r="AW310" s="9"/>
+      <c r="AT310" s="1">
+        <v>45952.875</v>
+      </c>
+      <c r="AU310" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV310" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW310" s="9">
+        <v>41405.887999999999</v>
+      </c>
       <c r="AY310" s="1"/>
       <c r="BB310" s="9"/>
       <c r="BD310" s="1"/>
       <c r="BG310" s="9"/>
     </row>
     <row r="311" spans="1:59">
       <c r="A311" s="1">
         <v>45665.875</v>
       </c>
       <c r="B311" t="s">
         <v>24</v>
       </c>
       <c r="C311" t="s">
         <v>31</v>
       </c>
       <c r="D311" s="9">
         <v>71575.077999999994</v>
       </c>
       <c r="F311" s="1">
         <v>45694.875</v>
       </c>
       <c r="G311" t="s">
         <v>24</v>
       </c>
       <c r="H311" t="s">
@@ -36118,52 +39118,62 @@
       </c>
       <c r="AJ311" s="1">
         <v>45881.875</v>
       </c>
       <c r="AK311" t="s">
         <v>24</v>
       </c>
       <c r="AL311" t="s">
         <v>31</v>
       </c>
       <c r="AM311" s="9">
         <v>83266.653999999995</v>
       </c>
       <c r="AO311" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP311" t="s">
         <v>24</v>
       </c>
       <c r="AQ311" t="s">
         <v>31</v>
       </c>
       <c r="AR311" s="9">
         <v>78714.581999999995</v>
       </c>
-      <c r="AT311" s="1"/>
-      <c r="AW311" s="9"/>
+      <c r="AT311" s="1">
+        <v>45952.875</v>
+      </c>
+      <c r="AU311" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV311" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW311" s="9">
+        <v>68876.548999999999</v>
+      </c>
       <c r="AY311" s="1"/>
       <c r="BB311" s="9"/>
       <c r="BD311" s="1"/>
       <c r="BG311" s="9"/>
     </row>
     <row r="312" spans="1:59">
       <c r="A312" s="1">
         <v>45665.875</v>
       </c>
       <c r="B312" t="s">
         <v>24</v>
       </c>
       <c r="C312" t="s">
         <v>32</v>
       </c>
       <c r="D312" s="9">
         <v>11821.322</v>
       </c>
       <c r="F312" s="1">
         <v>45694.875</v>
       </c>
       <c r="G312" t="s">
         <v>24</v>
       </c>
       <c r="H312" t="s">
@@ -36234,52 +39244,62 @@
       </c>
       <c r="AJ312" s="1">
         <v>45881.875</v>
       </c>
       <c r="AK312" t="s">
         <v>24</v>
       </c>
       <c r="AL312" t="s">
         <v>32</v>
       </c>
       <c r="AM312" s="9">
         <v>10653.7</v>
       </c>
       <c r="AO312" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP312" t="s">
         <v>24</v>
       </c>
       <c r="AQ312" t="s">
         <v>32</v>
       </c>
       <c r="AR312" s="9">
         <v>11249.725</v>
       </c>
-      <c r="AT312" s="1"/>
-      <c r="AW312" s="9"/>
+      <c r="AT312" s="1">
+        <v>45952.875</v>
+      </c>
+      <c r="AU312" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV312" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW312" s="9">
+        <v>11041.684999999999</v>
+      </c>
       <c r="AY312" s="1"/>
       <c r="BB312" s="9"/>
       <c r="BD312" s="1"/>
       <c r="BG312" s="9"/>
     </row>
     <row r="313" spans="1:59">
       <c r="A313" s="1">
         <v>45665.875</v>
       </c>
       <c r="B313" t="s">
         <v>24</v>
       </c>
       <c r="C313" t="s">
         <v>33</v>
       </c>
       <c r="D313" s="9">
         <v>75767.945999999996</v>
       </c>
       <c r="F313" s="1">
         <v>45694.875</v>
       </c>
       <c r="G313" t="s">
         <v>24</v>
       </c>
       <c r="H313" t="s">
@@ -36350,52 +39370,62 @@
       </c>
       <c r="AJ313" s="1">
         <v>45881.875</v>
       </c>
       <c r="AK313" t="s">
         <v>24</v>
       </c>
       <c r="AL313" t="s">
         <v>33</v>
       </c>
       <c r="AM313" s="9">
         <v>61143.499000000003</v>
       </c>
       <c r="AO313" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP313" t="s">
         <v>24</v>
       </c>
       <c r="AQ313" t="s">
         <v>33</v>
       </c>
       <c r="AR313" s="9">
         <v>71031.214000000007</v>
       </c>
-      <c r="AT313" s="1"/>
-      <c r="AW313" s="9"/>
+      <c r="AT313" s="1">
+        <v>45952.875</v>
+      </c>
+      <c r="AU313" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV313" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW313" s="9">
+        <v>79234.929000000004</v>
+      </c>
       <c r="AY313" s="1"/>
       <c r="BB313" s="9"/>
       <c r="BD313" s="1"/>
       <c r="BG313" s="9"/>
     </row>
     <row r="314" spans="1:59">
       <c r="A314" s="1">
         <v>45665.875</v>
       </c>
       <c r="B314" t="s">
         <v>24</v>
       </c>
       <c r="C314" t="s">
         <v>34</v>
       </c>
       <c r="D314" s="9">
         <v>41515.199999999997</v>
       </c>
       <c r="F314" s="1">
         <v>45694.875</v>
       </c>
       <c r="G314" t="s">
         <v>24</v>
       </c>
       <c r="H314" t="s">
@@ -36466,52 +39496,62 @@
       </c>
       <c r="AJ314" s="1">
         <v>45881.875</v>
       </c>
       <c r="AK314" t="s">
         <v>24</v>
       </c>
       <c r="AL314" t="s">
         <v>34</v>
       </c>
       <c r="AM314" s="9">
         <v>59105.7</v>
       </c>
       <c r="AO314" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP314" t="s">
         <v>24</v>
       </c>
       <c r="AQ314" t="s">
         <v>34</v>
       </c>
       <c r="AR314" s="9">
         <v>121677.2</v>
       </c>
-      <c r="AT314" s="1"/>
-      <c r="AW314" s="9"/>
+      <c r="AT314" s="1">
+        <v>45952.875</v>
+      </c>
+      <c r="AU314" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV314" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW314" s="9">
+        <v>51562.400000000001</v>
+      </c>
       <c r="AY314" s="1"/>
       <c r="BB314" s="9"/>
       <c r="BD314" s="1"/>
       <c r="BG314" s="9"/>
     </row>
     <row r="315" spans="1:59">
       <c r="A315" s="1">
         <v>45665.875</v>
       </c>
       <c r="B315" t="s">
         <v>24</v>
       </c>
       <c r="C315" t="s">
         <v>35</v>
       </c>
       <c r="D315" s="9">
         <v>9572.5769999999993</v>
       </c>
       <c r="F315" s="1">
         <v>45694.875</v>
       </c>
       <c r="G315" t="s">
         <v>24</v>
       </c>
       <c r="H315" t="s">
@@ -36582,52 +39622,62 @@
       </c>
       <c r="AJ315" s="1">
         <v>45881.875</v>
       </c>
       <c r="AK315" t="s">
         <v>24</v>
       </c>
       <c r="AL315" t="s">
         <v>35</v>
       </c>
       <c r="AM315" s="9">
         <v>8923.6579999999994</v>
       </c>
       <c r="AO315" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP315" t="s">
         <v>24</v>
       </c>
       <c r="AQ315" t="s">
         <v>35</v>
       </c>
       <c r="AR315" s="9">
         <v>8025.4340000000002</v>
       </c>
-      <c r="AT315" s="1"/>
-      <c r="AW315" s="9"/>
+      <c r="AT315" s="1">
+        <v>45952.875</v>
+      </c>
+      <c r="AU315" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV315" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW315" s="9">
+        <v>6389.4639999999999</v>
+      </c>
       <c r="AY315" s="1"/>
       <c r="BB315" s="9"/>
       <c r="BD315" s="1"/>
       <c r="BG315" s="9"/>
     </row>
     <row r="316" spans="1:59">
       <c r="A316" s="1">
         <v>45665.875</v>
       </c>
       <c r="B316" t="s">
         <v>24</v>
       </c>
       <c r="C316" t="s">
         <v>36</v>
       </c>
       <c r="D316" s="9">
         <v>213202.42800000001</v>
       </c>
       <c r="F316" s="1">
         <v>45694.875</v>
       </c>
       <c r="G316" t="s">
         <v>24</v>
       </c>
       <c r="H316" t="s">
@@ -36698,52 +39748,62 @@
       </c>
       <c r="AJ316" s="1">
         <v>45881.875</v>
       </c>
       <c r="AK316" t="s">
         <v>24</v>
       </c>
       <c r="AL316" t="s">
         <v>36</v>
       </c>
       <c r="AM316" s="9">
         <v>243384.71599999999</v>
       </c>
       <c r="AO316" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP316" t="s">
         <v>24</v>
       </c>
       <c r="AQ316" t="s">
         <v>36</v>
       </c>
       <c r="AR316" s="9">
         <v>192990.611</v>
       </c>
-      <c r="AT316" s="1"/>
-      <c r="AW316" s="9"/>
+      <c r="AT316" s="1">
+        <v>45952.875</v>
+      </c>
+      <c r="AU316" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV316" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW316" s="9">
+        <v>174698.47099999999</v>
+      </c>
       <c r="AY316" s="1"/>
       <c r="BB316" s="9"/>
       <c r="BD316" s="1"/>
       <c r="BG316" s="9"/>
     </row>
     <row r="317" spans="1:59">
       <c r="A317" s="1">
         <v>45665.875</v>
       </c>
       <c r="B317" t="s">
         <v>24</v>
       </c>
       <c r="C317" t="s">
         <v>37</v>
       </c>
       <c r="D317" s="9">
         <v>99165.08</v>
       </c>
       <c r="F317" s="1">
         <v>45694.875</v>
       </c>
       <c r="G317" t="s">
         <v>24</v>
       </c>
       <c r="H317" t="s">
@@ -36814,52 +39874,62 @@
       </c>
       <c r="AJ317" s="1">
         <v>45881.875</v>
       </c>
       <c r="AK317" t="s">
         <v>24</v>
       </c>
       <c r="AL317" t="s">
         <v>37</v>
       </c>
       <c r="AM317" s="9">
         <v>98123.331999999995</v>
       </c>
       <c r="AO317" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP317" t="s">
         <v>24</v>
       </c>
       <c r="AQ317" t="s">
         <v>37</v>
       </c>
       <c r="AR317" s="9">
         <v>67687.706000000006</v>
       </c>
-      <c r="AT317" s="1"/>
-      <c r="AW317" s="9"/>
+      <c r="AT317" s="1">
+        <v>45952.875</v>
+      </c>
+      <c r="AU317" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV317" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW317" s="9">
+        <v>65178.413</v>
+      </c>
       <c r="AY317" s="1"/>
       <c r="BB317" s="9"/>
       <c r="BD317" s="1"/>
       <c r="BG317" s="9"/>
     </row>
     <row r="318" spans="1:59">
       <c r="A318" s="1">
         <v>45665.875</v>
       </c>
       <c r="B318" t="s">
         <v>24</v>
       </c>
       <c r="C318" t="s">
         <v>38</v>
       </c>
       <c r="D318" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F318" s="1">
         <v>45694.875</v>
       </c>
       <c r="G318" t="s">
         <v>24</v>
       </c>
       <c r="H318" t="s">
@@ -36930,52 +40000,62 @@
       </c>
       <c r="AJ318" s="1">
         <v>45881.875</v>
       </c>
       <c r="AK318" t="s">
         <v>24</v>
       </c>
       <c r="AL318" t="s">
         <v>38</v>
       </c>
       <c r="AM318" s="9">
         <v>2154.087</v>
       </c>
       <c r="AO318" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP318" t="s">
         <v>24</v>
       </c>
       <c r="AQ318" t="s">
         <v>38</v>
       </c>
       <c r="AR318" s="9">
         <v>2311.8490000000002</v>
       </c>
-      <c r="AT318" s="1"/>
-      <c r="AW318" s="9"/>
+      <c r="AT318" s="1">
+        <v>45952.875</v>
+      </c>
+      <c r="AU318" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV318" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW318" s="9">
+        <v>2108.2910000000002</v>
+      </c>
       <c r="AY318" s="1"/>
       <c r="BB318" s="9"/>
       <c r="BD318" s="1"/>
       <c r="BG318" s="9"/>
     </row>
     <row r="319" spans="1:59">
       <c r="A319" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B319" t="s">
         <v>24</v>
       </c>
       <c r="C319" t="s">
         <v>25</v>
       </c>
       <c r="D319" s="9">
         <v>634816.95499999996</v>
       </c>
       <c r="F319" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G319" t="s">
         <v>24</v>
       </c>
       <c r="H319" t="s">
@@ -37046,52 +40126,62 @@
       </c>
       <c r="AJ319" s="1">
         <v>45881.916666666664</v>
       </c>
       <c r="AK319" t="s">
         <v>24</v>
       </c>
       <c r="AL319" t="s">
         <v>25</v>
       </c>
       <c r="AM319" s="9">
         <v>650269.37399999995</v>
       </c>
       <c r="AO319" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP319" t="s">
         <v>24</v>
       </c>
       <c r="AQ319" t="s">
         <v>25</v>
       </c>
       <c r="AR319" s="9">
         <v>365971.50400000002</v>
       </c>
-      <c r="AT319" s="1"/>
-      <c r="AW319" s="9"/>
+      <c r="AT319" s="1">
+        <v>45952.916666666664</v>
+      </c>
+      <c r="AU319" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV319" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW319" s="9">
+        <v>383050.94300000003</v>
+      </c>
       <c r="AY319" s="1"/>
       <c r="BB319" s="9"/>
       <c r="BD319" s="1"/>
       <c r="BG319" s="9"/>
     </row>
     <row r="320" spans="1:59">
       <c r="A320" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B320" t="s">
         <v>24</v>
       </c>
       <c r="C320" t="s">
         <v>26</v>
       </c>
       <c r="D320" s="9">
         <v>2080.373</v>
       </c>
       <c r="F320" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G320" t="s">
         <v>24</v>
       </c>
       <c r="H320" t="s">
@@ -37162,52 +40252,62 @@
       </c>
       <c r="AJ320" s="1">
         <v>45881.916666666664</v>
       </c>
       <c r="AK320" t="s">
         <v>24</v>
       </c>
       <c r="AL320" t="s">
         <v>26</v>
       </c>
       <c r="AM320" s="9">
         <v>2018.558</v>
       </c>
       <c r="AO320" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP320" t="s">
         <v>24</v>
       </c>
       <c r="AQ320" t="s">
         <v>26</v>
       </c>
       <c r="AR320" s="9">
         <v>2214.1379999999999</v>
       </c>
-      <c r="AT320" s="1"/>
-      <c r="AW320" s="9"/>
+      <c r="AT320" s="1">
+        <v>45952.916666666664</v>
+      </c>
+      <c r="AU320" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV320" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW320" s="9">
+        <v>2089.2220000000002</v>
+      </c>
       <c r="AY320" s="1"/>
       <c r="BB320" s="9"/>
       <c r="BD320" s="1"/>
       <c r="BG320" s="9"/>
     </row>
     <row r="321" spans="1:59">
       <c r="A321" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B321" t="s">
         <v>24</v>
       </c>
       <c r="C321" t="s">
         <v>27</v>
       </c>
       <c r="D321" s="9">
         <v>557.46100000000001</v>
       </c>
       <c r="F321" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G321" t="s">
         <v>24</v>
       </c>
       <c r="H321" t="s">
@@ -37278,52 +40378,62 @@
       </c>
       <c r="AJ321" s="1">
         <v>45881.916666666664</v>
       </c>
       <c r="AK321" t="s">
         <v>24</v>
       </c>
       <c r="AL321" t="s">
         <v>27</v>
       </c>
       <c r="AM321" s="9">
         <v>10.221</v>
       </c>
       <c r="AO321" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP321" t="s">
         <v>24</v>
       </c>
       <c r="AQ321" t="s">
         <v>27</v>
       </c>
       <c r="AR321" s="9">
         <v>106.848</v>
       </c>
-      <c r="AT321" s="1"/>
-      <c r="AW321" s="9"/>
+      <c r="AT321" s="1">
+        <v>45952.916666666664</v>
+      </c>
+      <c r="AU321" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV321" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW321" s="9">
+        <v>75.796000000000006</v>
+      </c>
       <c r="AY321" s="1"/>
       <c r="BB321" s="9"/>
       <c r="BD321" s="1"/>
       <c r="BG321" s="9"/>
     </row>
     <row r="322" spans="1:59">
       <c r="A322" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B322" t="s">
         <v>24</v>
       </c>
       <c r="C322" t="s">
         <v>28</v>
       </c>
       <c r="D322" s="9">
         <v>10251.763000000001</v>
       </c>
       <c r="F322" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G322" t="s">
         <v>24</v>
       </c>
       <c r="H322" t="s">
@@ -37394,52 +40504,62 @@
       </c>
       <c r="AJ322" s="1">
         <v>45881.916666666664</v>
       </c>
       <c r="AK322" t="s">
         <v>24</v>
       </c>
       <c r="AL322" t="s">
         <v>28</v>
       </c>
       <c r="AM322" s="9">
         <v>1046.0219999999999</v>
       </c>
       <c r="AO322" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP322" t="s">
         <v>24</v>
       </c>
       <c r="AQ322" t="s">
         <v>28</v>
       </c>
       <c r="AR322" s="9">
         <v>779.54399999999998</v>
       </c>
-      <c r="AT322" s="1"/>
-      <c r="AW322" s="9"/>
+      <c r="AT322" s="1">
+        <v>45952.916666666664</v>
+      </c>
+      <c r="AU322" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV322" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW322" s="9">
+        <v>882.44299999999998</v>
+      </c>
       <c r="AY322" s="1"/>
       <c r="BB322" s="9"/>
       <c r="BD322" s="1"/>
       <c r="BG322" s="9"/>
     </row>
     <row r="323" spans="1:59">
       <c r="A323" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B323" t="s">
         <v>24</v>
       </c>
       <c r="C323" t="s">
         <v>29</v>
       </c>
       <c r="D323" s="9">
         <v>16074.034</v>
       </c>
       <c r="F323" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G323" t="s">
         <v>24</v>
       </c>
       <c r="H323" t="s">
@@ -37510,52 +40630,62 @@
       </c>
       <c r="AJ323" s="1">
         <v>45881.916666666664</v>
       </c>
       <c r="AK323" t="s">
         <v>24</v>
       </c>
       <c r="AL323" t="s">
         <v>29</v>
       </c>
       <c r="AM323" s="9">
         <v>18553.379000000001</v>
       </c>
       <c r="AO323" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP323" t="s">
         <v>24</v>
       </c>
       <c r="AQ323" t="s">
         <v>29</v>
       </c>
       <c r="AR323" s="9">
         <v>17676.598000000002</v>
       </c>
-      <c r="AT323" s="1"/>
-      <c r="AW323" s="9"/>
+      <c r="AT323" s="1">
+        <v>45952.916666666664</v>
+      </c>
+      <c r="AU323" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV323" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW323" s="9">
+        <v>16693.221000000001</v>
+      </c>
       <c r="AY323" s="1"/>
       <c r="BB323" s="9"/>
       <c r="BD323" s="1"/>
       <c r="BG323" s="9"/>
     </row>
     <row r="324" spans="1:59">
       <c r="A324" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B324" t="s">
         <v>24</v>
       </c>
       <c r="C324" t="s">
         <v>30</v>
       </c>
       <c r="D324" s="9">
         <v>40357.46</v>
       </c>
       <c r="F324" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G324" t="s">
         <v>24</v>
       </c>
       <c r="H324" t="s">
@@ -37626,52 +40756,62 @@
       </c>
       <c r="AJ324" s="1">
         <v>45881.916666666664</v>
       </c>
       <c r="AK324" t="s">
         <v>24</v>
       </c>
       <c r="AL324" t="s">
         <v>30</v>
       </c>
       <c r="AM324" s="9">
         <v>53588.103000000003</v>
       </c>
       <c r="AO324" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP324" t="s">
         <v>24</v>
       </c>
       <c r="AQ324" t="s">
         <v>30</v>
       </c>
       <c r="AR324" s="9">
         <v>48716.803999999996</v>
       </c>
-      <c r="AT324" s="1"/>
-      <c r="AW324" s="9"/>
+      <c r="AT324" s="1">
+        <v>45952.916666666664</v>
+      </c>
+      <c r="AU324" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV324" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW324" s="9">
+        <v>41473.072999999997</v>
+      </c>
       <c r="AY324" s="1"/>
       <c r="BB324" s="9"/>
       <c r="BD324" s="1"/>
       <c r="BG324" s="9"/>
     </row>
     <row r="325" spans="1:59">
       <c r="A325" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B325" t="s">
         <v>24</v>
       </c>
       <c r="C325" t="s">
         <v>31</v>
       </c>
       <c r="D325" s="9">
         <v>68897.357999999993</v>
       </c>
       <c r="F325" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G325" t="s">
         <v>24</v>
       </c>
       <c r="H325" t="s">
@@ -37742,52 +40882,62 @@
       </c>
       <c r="AJ325" s="1">
         <v>45881.916666666664</v>
       </c>
       <c r="AK325" t="s">
         <v>24</v>
       </c>
       <c r="AL325" t="s">
         <v>31</v>
       </c>
       <c r="AM325" s="9">
         <v>81076.156000000003</v>
       </c>
       <c r="AO325" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP325" t="s">
         <v>24</v>
       </c>
       <c r="AQ325" t="s">
         <v>31</v>
       </c>
       <c r="AR325" s="9">
         <v>75577.070000000007</v>
       </c>
-      <c r="AT325" s="1"/>
-      <c r="AW325" s="9"/>
+      <c r="AT325" s="1">
+        <v>45952.916666666664</v>
+      </c>
+      <c r="AU325" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV325" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW325" s="9">
+        <v>67208.328999999998</v>
+      </c>
       <c r="AY325" s="1"/>
       <c r="BB325" s="9"/>
       <c r="BD325" s="1"/>
       <c r="BG325" s="9"/>
     </row>
     <row r="326" spans="1:59">
       <c r="A326" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B326" t="s">
         <v>24</v>
       </c>
       <c r="C326" t="s">
         <v>32</v>
       </c>
       <c r="D326" s="9">
         <v>12097.273999999999</v>
       </c>
       <c r="F326" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G326" t="s">
         <v>24</v>
       </c>
       <c r="H326" t="s">
@@ -37858,52 +41008,62 @@
       </c>
       <c r="AJ326" s="1">
         <v>45881.916666666664</v>
       </c>
       <c r="AK326" t="s">
         <v>24</v>
       </c>
       <c r="AL326" t="s">
         <v>32</v>
       </c>
       <c r="AM326" s="9">
         <v>10223.305</v>
       </c>
       <c r="AO326" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP326" t="s">
         <v>24</v>
       </c>
       <c r="AQ326" t="s">
         <v>32</v>
       </c>
       <c r="AR326" s="9">
         <v>11060.15</v>
       </c>
-      <c r="AT326" s="1"/>
-      <c r="AW326" s="9"/>
+      <c r="AT326" s="1">
+        <v>45952.916666666664</v>
+      </c>
+      <c r="AU326" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV326" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW326" s="9">
+        <v>11060.855</v>
+      </c>
       <c r="AY326" s="1"/>
       <c r="BB326" s="9"/>
       <c r="BD326" s="1"/>
       <c r="BG326" s="9"/>
     </row>
     <row r="327" spans="1:59">
       <c r="A327" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B327" t="s">
         <v>24</v>
       </c>
       <c r="C327" t="s">
         <v>33</v>
       </c>
       <c r="D327" s="9">
         <v>76146.915999999997</v>
       </c>
       <c r="F327" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G327" t="s">
         <v>24</v>
       </c>
       <c r="H327" t="s">
@@ -37974,52 +41134,62 @@
       </c>
       <c r="AJ327" s="1">
         <v>45881.916666666664</v>
       </c>
       <c r="AK327" t="s">
         <v>24</v>
       </c>
       <c r="AL327" t="s">
         <v>33</v>
       </c>
       <c r="AM327" s="9">
         <v>63255.794000000002</v>
       </c>
       <c r="AO327" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP327" t="s">
         <v>24</v>
       </c>
       <c r="AQ327" t="s">
         <v>33</v>
       </c>
       <c r="AR327" s="9">
         <v>72072.153999999995</v>
       </c>
-      <c r="AT327" s="1"/>
-      <c r="AW327" s="9"/>
+      <c r="AT327" s="1">
+        <v>45952.916666666664</v>
+      </c>
+      <c r="AU327" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV327" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW327" s="9">
+        <v>80538.607999999993</v>
+      </c>
       <c r="AY327" s="1"/>
       <c r="BB327" s="9"/>
       <c r="BD327" s="1"/>
       <c r="BG327" s="9"/>
     </row>
     <row r="328" spans="1:59">
       <c r="A328" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B328" t="s">
         <v>24</v>
       </c>
       <c r="C328" t="s">
         <v>34</v>
       </c>
       <c r="D328" s="9">
         <v>41881.4</v>
       </c>
       <c r="F328" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G328" t="s">
         <v>24</v>
       </c>
       <c r="H328" t="s">
@@ -38090,52 +41260,62 @@
       </c>
       <c r="AJ328" s="1">
         <v>45881.916666666664</v>
       </c>
       <c r="AK328" t="s">
         <v>24</v>
       </c>
       <c r="AL328" t="s">
         <v>34</v>
       </c>
       <c r="AM328" s="9">
         <v>65470.9</v>
       </c>
       <c r="AO328" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP328" t="s">
         <v>24</v>
       </c>
       <c r="AQ328" t="s">
         <v>34</v>
       </c>
       <c r="AR328" s="9">
         <v>120922.5</v>
       </c>
-      <c r="AT328" s="1"/>
-      <c r="AW328" s="9"/>
+      <c r="AT328" s="1">
+        <v>45952.916666666664</v>
+      </c>
+      <c r="AU328" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV328" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW328" s="9">
+        <v>54525.3</v>
+      </c>
       <c r="AY328" s="1"/>
       <c r="BB328" s="9"/>
       <c r="BD328" s="1"/>
       <c r="BG328" s="9"/>
     </row>
     <row r="329" spans="1:59">
       <c r="A329" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B329" t="s">
         <v>24</v>
       </c>
       <c r="C329" t="s">
         <v>35</v>
       </c>
       <c r="D329" s="9">
         <v>9353.348</v>
       </c>
       <c r="F329" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G329" t="s">
         <v>24</v>
       </c>
       <c r="H329" t="s">
@@ -38206,52 +41386,62 @@
       </c>
       <c r="AJ329" s="1">
         <v>45881.916666666664</v>
       </c>
       <c r="AK329" t="s">
         <v>24</v>
       </c>
       <c r="AL329" t="s">
         <v>35</v>
       </c>
       <c r="AM329" s="9">
         <v>8232.1669999999995</v>
       </c>
       <c r="AO329" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP329" t="s">
         <v>24</v>
       </c>
       <c r="AQ329" t="s">
         <v>35</v>
       </c>
       <c r="AR329" s="9">
         <v>7605.3519999999999</v>
       </c>
-      <c r="AT329" s="1"/>
-      <c r="AW329" s="9"/>
+      <c r="AT329" s="1">
+        <v>45952.916666666664</v>
+      </c>
+      <c r="AU329" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV329" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW329" s="9">
+        <v>6057.6329999999998</v>
+      </c>
       <c r="AY329" s="1"/>
       <c r="BB329" s="9"/>
       <c r="BD329" s="1"/>
       <c r="BG329" s="9"/>
     </row>
     <row r="330" spans="1:59">
       <c r="A330" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B330" t="s">
         <v>24</v>
       </c>
       <c r="C330" t="s">
         <v>36</v>
       </c>
       <c r="D330" s="9">
         <v>202319.37899999999</v>
       </c>
       <c r="F330" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G330" t="s">
         <v>24</v>
       </c>
       <c r="H330" t="s">
@@ -38322,52 +41512,62 @@
       </c>
       <c r="AJ330" s="1">
         <v>45881.916666666664</v>
       </c>
       <c r="AK330" t="s">
         <v>24</v>
       </c>
       <c r="AL330" t="s">
         <v>36</v>
       </c>
       <c r="AM330" s="9">
         <v>222675.06</v>
       </c>
       <c r="AO330" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP330" t="s">
         <v>24</v>
       </c>
       <c r="AQ330" t="s">
         <v>36</v>
       </c>
       <c r="AR330" s="9">
         <v>179446.94899999999</v>
       </c>
-      <c r="AT330" s="1"/>
-      <c r="AW330" s="9"/>
+      <c r="AT330" s="1">
+        <v>45952.916666666664</v>
+      </c>
+      <c r="AU330" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV330" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW330" s="9">
+        <v>163892.155</v>
+      </c>
       <c r="AY330" s="1"/>
       <c r="BB330" s="9"/>
       <c r="BD330" s="1"/>
       <c r="BG330" s="9"/>
     </row>
     <row r="331" spans="1:59">
       <c r="A331" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B331" t="s">
         <v>24</v>
       </c>
       <c r="C331" t="s">
         <v>37</v>
       </c>
       <c r="D331" s="9">
         <v>96354.202000000005</v>
       </c>
       <c r="F331" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G331" t="s">
         <v>24</v>
       </c>
       <c r="H331" t="s">
@@ -38438,52 +41638,62 @@
       </c>
       <c r="AJ331" s="1">
         <v>45881.916666666664</v>
       </c>
       <c r="AK331" t="s">
         <v>24</v>
       </c>
       <c r="AL331" t="s">
         <v>37</v>
       </c>
       <c r="AM331" s="9">
         <v>90031.362999999998</v>
       </c>
       <c r="AO331" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP331" t="s">
         <v>24</v>
       </c>
       <c r="AQ331" t="s">
         <v>37</v>
       </c>
       <c r="AR331" s="9">
         <v>63801.68</v>
       </c>
-      <c r="AT331" s="1"/>
-      <c r="AW331" s="9"/>
+      <c r="AT331" s="1">
+        <v>45952.916666666664</v>
+      </c>
+      <c r="AU331" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV331" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW331" s="9">
+        <v>62310.970999999998</v>
+      </c>
       <c r="AY331" s="1"/>
       <c r="BB331" s="9"/>
       <c r="BD331" s="1"/>
       <c r="BG331" s="9"/>
     </row>
     <row r="332" spans="1:59">
       <c r="A332" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B332" t="s">
         <v>24</v>
       </c>
       <c r="C332" t="s">
         <v>38</v>
       </c>
       <c r="D332" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F332" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G332" t="s">
         <v>24</v>
       </c>
       <c r="H332" t="s">
@@ -38554,52 +41764,62 @@
       </c>
       <c r="AJ332" s="1">
         <v>45881.916666666664</v>
       </c>
       <c r="AK332" t="s">
         <v>24</v>
       </c>
       <c r="AL332" t="s">
         <v>38</v>
       </c>
       <c r="AM332" s="9">
         <v>2154.087</v>
       </c>
       <c r="AO332" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP332" t="s">
         <v>24</v>
       </c>
       <c r="AQ332" t="s">
         <v>38</v>
       </c>
       <c r="AR332" s="9">
         <v>2311.8490000000002</v>
       </c>
-      <c r="AT332" s="1"/>
-      <c r="AW332" s="9"/>
+      <c r="AT332" s="1">
+        <v>45952.916666666664</v>
+      </c>
+      <c r="AU332" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV332" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW332" s="9">
+        <v>2108.2910000000002</v>
+      </c>
       <c r="AY332" s="1"/>
       <c r="BB332" s="9"/>
       <c r="BD332" s="1"/>
       <c r="BG332" s="9"/>
     </row>
     <row r="333" spans="1:59">
       <c r="A333" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B333" t="s">
         <v>24</v>
       </c>
       <c r="C333" t="s">
         <v>25</v>
       </c>
       <c r="D333" s="9">
         <v>579682.07999999996</v>
       </c>
       <c r="F333" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G333" t="s">
         <v>24</v>
       </c>
       <c r="H333" t="s">
@@ -38670,52 +41890,62 @@
       </c>
       <c r="AJ333" s="1">
         <v>45881.958333333336</v>
       </c>
       <c r="AK333" t="s">
         <v>24</v>
       </c>
       <c r="AL333" t="s">
         <v>25</v>
       </c>
       <c r="AM333" s="9">
         <v>569411.41</v>
       </c>
       <c r="AO333" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP333" t="s">
         <v>24</v>
       </c>
       <c r="AQ333" t="s">
         <v>25</v>
       </c>
       <c r="AR333" s="9">
         <v>320624.86200000002</v>
       </c>
-      <c r="AT333" s="1"/>
-      <c r="AW333" s="9"/>
+      <c r="AT333" s="1">
+        <v>45952.958333333336</v>
+      </c>
+      <c r="AU333" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV333" t="s">
+        <v>25</v>
+      </c>
+      <c r="AW333" s="9">
+        <v>334437.94199999998</v>
+      </c>
       <c r="AY333" s="1"/>
       <c r="BB333" s="9"/>
       <c r="BD333" s="1"/>
       <c r="BG333" s="9"/>
     </row>
     <row r="334" spans="1:59">
       <c r="A334" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B334" t="s">
         <v>24</v>
       </c>
       <c r="C334" t="s">
         <v>26</v>
       </c>
       <c r="D334" s="9">
         <v>2080.373</v>
       </c>
       <c r="F334" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G334" t="s">
         <v>24</v>
       </c>
       <c r="H334" t="s">
@@ -38786,52 +42016,62 @@
       </c>
       <c r="AJ334" s="1">
         <v>45881.958333333336</v>
       </c>
       <c r="AK334" t="s">
         <v>24</v>
       </c>
       <c r="AL334" t="s">
         <v>26</v>
       </c>
       <c r="AM334" s="9">
         <v>2018.558</v>
       </c>
       <c r="AO334" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP334" t="s">
         <v>24</v>
       </c>
       <c r="AQ334" t="s">
         <v>26</v>
       </c>
       <c r="AR334" s="9">
         <v>2214.1379999999999</v>
       </c>
-      <c r="AT334" s="1"/>
-      <c r="AW334" s="9"/>
+      <c r="AT334" s="1">
+        <v>45952.958333333336</v>
+      </c>
+      <c r="AU334" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV334" t="s">
+        <v>26</v>
+      </c>
+      <c r="AW334" s="9">
+        <v>2089.2220000000002</v>
+      </c>
       <c r="AY334" s="1"/>
       <c r="BB334" s="9"/>
       <c r="BD334" s="1"/>
       <c r="BG334" s="9"/>
     </row>
     <row r="335" spans="1:59">
       <c r="A335" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B335" t="s">
         <v>24</v>
       </c>
       <c r="C335" t="s">
         <v>27</v>
       </c>
       <c r="D335" s="9">
         <v>478.7</v>
       </c>
       <c r="F335" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G335" t="s">
         <v>24</v>
       </c>
       <c r="H335" t="s">
@@ -38902,52 +42142,62 @@
       </c>
       <c r="AJ335" s="1">
         <v>45881.958333333336</v>
       </c>
       <c r="AK335" t="s">
         <v>24</v>
       </c>
       <c r="AL335" t="s">
         <v>27</v>
       </c>
       <c r="AM335" s="9">
         <v>10.625</v>
       </c>
       <c r="AO335" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP335" t="s">
         <v>24</v>
       </c>
       <c r="AQ335" t="s">
         <v>27</v>
       </c>
       <c r="AR335" s="9">
         <v>106.646</v>
       </c>
-      <c r="AT335" s="1"/>
-      <c r="AW335" s="9"/>
+      <c r="AT335" s="1">
+        <v>45952.958333333336</v>
+      </c>
+      <c r="AU335" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV335" t="s">
+        <v>27</v>
+      </c>
+      <c r="AW335" s="9">
+        <v>72.078000000000003</v>
+      </c>
       <c r="AY335" s="1"/>
       <c r="BB335" s="9"/>
       <c r="BD335" s="1"/>
       <c r="BG335" s="9"/>
     </row>
     <row r="336" spans="1:59">
       <c r="A336" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B336" t="s">
         <v>24</v>
       </c>
       <c r="C336" t="s">
         <v>28</v>
       </c>
       <c r="D336" s="9">
         <v>9688.0329999999994</v>
       </c>
       <c r="F336" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G336" t="s">
         <v>24</v>
       </c>
       <c r="H336" t="s">
@@ -39018,52 +42268,62 @@
       </c>
       <c r="AJ336" s="1">
         <v>45881.958333333336</v>
       </c>
       <c r="AK336" t="s">
         <v>24</v>
       </c>
       <c r="AL336" t="s">
         <v>28</v>
       </c>
       <c r="AM336" s="9">
         <v>944.08699999999999</v>
       </c>
       <c r="AO336" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP336" t="s">
         <v>24</v>
       </c>
       <c r="AQ336" t="s">
         <v>28</v>
       </c>
       <c r="AR336" s="9">
         <v>708.34299999999996</v>
       </c>
-      <c r="AT336" s="1"/>
-      <c r="AW336" s="9"/>
+      <c r="AT336" s="1">
+        <v>45952.958333333336</v>
+      </c>
+      <c r="AU336" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV336" t="s">
+        <v>28</v>
+      </c>
+      <c r="AW336" s="9">
+        <v>815.78300000000002</v>
+      </c>
       <c r="AY336" s="1"/>
       <c r="BB336" s="9"/>
       <c r="BD336" s="1"/>
       <c r="BG336" s="9"/>
     </row>
     <row r="337" spans="1:59">
       <c r="A337" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B337" t="s">
         <v>24</v>
       </c>
       <c r="C337" t="s">
         <v>29</v>
       </c>
       <c r="D337" s="9">
         <v>15787.303</v>
       </c>
       <c r="F337" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G337" t="s">
         <v>24</v>
       </c>
       <c r="H337" t="s">
@@ -39134,52 +42394,62 @@
       </c>
       <c r="AJ337" s="1">
         <v>45881.958333333336</v>
       </c>
       <c r="AK337" t="s">
         <v>24</v>
       </c>
       <c r="AL337" t="s">
         <v>29</v>
       </c>
       <c r="AM337" s="9">
         <v>18215.705000000002</v>
       </c>
       <c r="AO337" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP337" t="s">
         <v>24</v>
       </c>
       <c r="AQ337" t="s">
         <v>29</v>
       </c>
       <c r="AR337" s="9">
         <v>17133.464</v>
       </c>
-      <c r="AT337" s="1"/>
-      <c r="AW337" s="9"/>
+      <c r="AT337" s="1">
+        <v>45952.958333333336</v>
+      </c>
+      <c r="AU337" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV337" t="s">
+        <v>29</v>
+      </c>
+      <c r="AW337" s="9">
+        <v>16507.457999999999</v>
+      </c>
       <c r="AY337" s="1"/>
       <c r="BB337" s="9"/>
       <c r="BD337" s="1"/>
       <c r="BG337" s="9"/>
     </row>
     <row r="338" spans="1:59">
       <c r="A338" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B338" t="s">
         <v>24</v>
       </c>
       <c r="C338" t="s">
         <v>30</v>
       </c>
       <c r="D338" s="9">
         <v>39453.305</v>
       </c>
       <c r="F338" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G338" t="s">
         <v>24</v>
       </c>
       <c r="H338" t="s">
@@ -39250,52 +42520,62 @@
       </c>
       <c r="AJ338" s="1">
         <v>45881.958333333336</v>
       </c>
       <c r="AK338" t="s">
         <v>24</v>
       </c>
       <c r="AL338" t="s">
         <v>30</v>
       </c>
       <c r="AM338" s="9">
         <v>50873.163999999997</v>
       </c>
       <c r="AO338" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP338" t="s">
         <v>24</v>
       </c>
       <c r="AQ338" t="s">
         <v>30</v>
       </c>
       <c r="AR338" s="9">
         <v>47200.336000000003</v>
       </c>
-      <c r="AT338" s="1"/>
-      <c r="AW338" s="9"/>
+      <c r="AT338" s="1">
+        <v>45952.958333333336</v>
+      </c>
+      <c r="AU338" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV338" t="s">
+        <v>30</v>
+      </c>
+      <c r="AW338" s="9">
+        <v>39835.822999999997</v>
+      </c>
       <c r="AY338" s="1"/>
       <c r="BB338" s="9"/>
       <c r="BD338" s="1"/>
       <c r="BG338" s="9"/>
     </row>
     <row r="339" spans="1:59">
       <c r="A339" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B339" t="s">
         <v>24</v>
       </c>
       <c r="C339" t="s">
         <v>31</v>
       </c>
       <c r="D339" s="9">
         <v>68148.713000000003</v>
       </c>
       <c r="F339" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G339" t="s">
         <v>24</v>
       </c>
       <c r="H339" t="s">
@@ -39366,52 +42646,62 @@
       </c>
       <c r="AJ339" s="1">
         <v>45881.958333333336</v>
       </c>
       <c r="AK339" t="s">
         <v>24</v>
       </c>
       <c r="AL339" t="s">
         <v>31</v>
       </c>
       <c r="AM339" s="9">
         <v>79073.600000000006</v>
       </c>
       <c r="AO339" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP339" t="s">
         <v>24</v>
       </c>
       <c r="AQ339" t="s">
         <v>31</v>
       </c>
       <c r="AR339" s="9">
         <v>75234.331999999995</v>
       </c>
-      <c r="AT339" s="1"/>
-      <c r="AW339" s="9"/>
+      <c r="AT339" s="1">
+        <v>45952.958333333336</v>
+      </c>
+      <c r="AU339" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV339" t="s">
+        <v>31</v>
+      </c>
+      <c r="AW339" s="9">
+        <v>66049.135999999999</v>
+      </c>
       <c r="AY339" s="1"/>
       <c r="BB339" s="9"/>
       <c r="BD339" s="1"/>
       <c r="BG339" s="9"/>
     </row>
     <row r="340" spans="1:59">
       <c r="A340" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B340" t="s">
         <v>24</v>
       </c>
       <c r="C340" t="s">
         <v>32</v>
       </c>
       <c r="D340" s="9">
         <v>11963.212</v>
       </c>
       <c r="F340" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G340" t="s">
         <v>24</v>
       </c>
       <c r="H340" t="s">
@@ -39482,52 +42772,62 @@
       </c>
       <c r="AJ340" s="1">
         <v>45881.958333333336</v>
       </c>
       <c r="AK340" t="s">
         <v>24</v>
       </c>
       <c r="AL340" t="s">
         <v>32</v>
       </c>
       <c r="AM340" s="9">
         <v>10350.94</v>
       </c>
       <c r="AO340" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP340" t="s">
         <v>24</v>
       </c>
       <c r="AQ340" t="s">
         <v>32</v>
       </c>
       <c r="AR340" s="9">
         <v>10593.78</v>
       </c>
-      <c r="AT340" s="1"/>
-      <c r="AW340" s="9"/>
+      <c r="AT340" s="1">
+        <v>45952.958333333336</v>
+      </c>
+      <c r="AU340" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV340" t="s">
+        <v>32</v>
+      </c>
+      <c r="AW340" s="9">
+        <v>10833.46</v>
+      </c>
       <c r="AY340" s="1"/>
       <c r="BB340" s="9"/>
       <c r="BD340" s="1"/>
       <c r="BG340" s="9"/>
     </row>
     <row r="341" spans="1:59">
       <c r="A341" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B341" t="s">
         <v>24</v>
       </c>
       <c r="C341" t="s">
         <v>33</v>
       </c>
       <c r="D341" s="9">
         <v>73306.066000000006</v>
       </c>
       <c r="F341" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G341" t="s">
         <v>24</v>
       </c>
       <c r="H341" t="s">
@@ -39598,52 +42898,62 @@
       </c>
       <c r="AJ341" s="1">
         <v>45881.958333333336</v>
       </c>
       <c r="AK341" t="s">
         <v>24</v>
       </c>
       <c r="AL341" t="s">
         <v>33</v>
       </c>
       <c r="AM341" s="9">
         <v>64328.832000000002</v>
       </c>
       <c r="AO341" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP341" t="s">
         <v>24</v>
       </c>
       <c r="AQ341" t="s">
         <v>33</v>
       </c>
       <c r="AR341" s="9">
         <v>72111.778000000006</v>
       </c>
-      <c r="AT341" s="1"/>
-      <c r="AW341" s="9"/>
+      <c r="AT341" s="1">
+        <v>45952.958333333336</v>
+      </c>
+      <c r="AU341" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV341" t="s">
+        <v>33</v>
+      </c>
+      <c r="AW341" s="9">
+        <v>81656.173999999999</v>
+      </c>
       <c r="AY341" s="1"/>
       <c r="BB341" s="9"/>
       <c r="BD341" s="1"/>
       <c r="BG341" s="9"/>
     </row>
     <row r="342" spans="1:59">
       <c r="A342" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B342" t="s">
         <v>24</v>
       </c>
       <c r="C342" t="s">
         <v>34</v>
       </c>
       <c r="D342" s="9">
         <v>43268.3</v>
       </c>
       <c r="F342" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G342" t="s">
         <v>24</v>
       </c>
       <c r="H342" t="s">
@@ -39714,52 +43024,62 @@
       </c>
       <c r="AJ342" s="1">
         <v>45881.958333333336</v>
       </c>
       <c r="AK342" t="s">
         <v>24</v>
       </c>
       <c r="AL342" t="s">
         <v>34</v>
       </c>
       <c r="AM342" s="9">
         <v>62795.199999999997</v>
       </c>
       <c r="AO342" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP342" t="s">
         <v>24</v>
       </c>
       <c r="AQ342" t="s">
         <v>34</v>
       </c>
       <c r="AR342" s="9">
         <v>114518</v>
       </c>
-      <c r="AT342" s="1"/>
-      <c r="AW342" s="9"/>
+      <c r="AT342" s="1">
+        <v>45952.958333333336</v>
+      </c>
+      <c r="AU342" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV342" t="s">
+        <v>34</v>
+      </c>
+      <c r="AW342" s="9">
+        <v>50734</v>
+      </c>
       <c r="AY342" s="1"/>
       <c r="BB342" s="9"/>
       <c r="BD342" s="1"/>
       <c r="BG342" s="9"/>
     </row>
     <row r="343" spans="1:59">
       <c r="A343" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B343" t="s">
         <v>24</v>
       </c>
       <c r="C343" t="s">
         <v>35</v>
       </c>
       <c r="D343" s="9">
         <v>9352.0069999999996</v>
       </c>
       <c r="F343" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G343" t="s">
         <v>24</v>
       </c>
       <c r="H343" t="s">
@@ -39830,52 +43150,62 @@
       </c>
       <c r="AJ343" s="1">
         <v>45881.958333333336</v>
       </c>
       <c r="AK343" t="s">
         <v>24</v>
       </c>
       <c r="AL343" t="s">
         <v>35</v>
       </c>
       <c r="AM343" s="9">
         <v>7773.99</v>
       </c>
       <c r="AO343" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP343" t="s">
         <v>24</v>
       </c>
       <c r="AQ343" t="s">
         <v>35</v>
       </c>
       <c r="AR343" s="9">
         <v>7214.4070000000002</v>
       </c>
-      <c r="AT343" s="1"/>
-      <c r="AW343" s="9"/>
+      <c r="AT343" s="1">
+        <v>45952.958333333336</v>
+      </c>
+      <c r="AU343" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV343" t="s">
+        <v>35</v>
+      </c>
+      <c r="AW343" s="9">
+        <v>5982.2370000000001</v>
+      </c>
       <c r="AY343" s="1"/>
       <c r="BB343" s="9"/>
       <c r="BD343" s="1"/>
       <c r="BG343" s="9"/>
     </row>
     <row r="344" spans="1:59">
       <c r="A344" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B344" t="s">
         <v>24</v>
       </c>
       <c r="C344" t="s">
         <v>36</v>
       </c>
       <c r="D344" s="9">
         <v>195533.59899999999</v>
       </c>
       <c r="F344" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G344" t="s">
         <v>24</v>
       </c>
       <c r="H344" t="s">
@@ -39946,52 +43276,62 @@
       </c>
       <c r="AJ344" s="1">
         <v>45881.958333333336</v>
       </c>
       <c r="AK344" t="s">
         <v>24</v>
       </c>
       <c r="AL344" t="s">
         <v>36</v>
       </c>
       <c r="AM344" s="9">
         <v>206934.58100000001</v>
       </c>
       <c r="AO344" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP344" t="s">
         <v>24</v>
       </c>
       <c r="AQ344" t="s">
         <v>36</v>
       </c>
       <c r="AR344" s="9">
         <v>170595.72200000001</v>
       </c>
-      <c r="AT344" s="1"/>
-      <c r="AW344" s="9"/>
+      <c r="AT344" s="1">
+        <v>45952.958333333336</v>
+      </c>
+      <c r="AU344" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV344" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW344" s="9">
+        <v>155921.28400000001</v>
+      </c>
       <c r="AY344" s="1"/>
       <c r="BB344" s="9"/>
       <c r="BD344" s="1"/>
       <c r="BG344" s="9"/>
     </row>
     <row r="345" spans="1:59">
       <c r="A345" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B345" t="s">
         <v>24</v>
       </c>
       <c r="C345" t="s">
         <v>37</v>
       </c>
       <c r="D345" s="9">
         <v>94731.392999999996</v>
       </c>
       <c r="F345" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G345" t="s">
         <v>24</v>
       </c>
       <c r="H345" t="s">
@@ -40062,52 +43402,62 @@
       </c>
       <c r="AJ345" s="1">
         <v>45881.958333333336</v>
       </c>
       <c r="AK345" t="s">
         <v>24</v>
       </c>
       <c r="AL345" t="s">
         <v>37</v>
       </c>
       <c r="AM345" s="9">
         <v>84065.328999999998</v>
       </c>
       <c r="AO345" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP345" t="s">
         <v>24</v>
       </c>
       <c r="AQ345" t="s">
         <v>37</v>
       </c>
       <c r="AR345" s="9">
         <v>61406.946000000004</v>
       </c>
-      <c r="AT345" s="1"/>
-      <c r="AW345" s="9"/>
+      <c r="AT345" s="1">
+        <v>45952.958333333336</v>
+      </c>
+      <c r="AU345" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV345" t="s">
+        <v>37</v>
+      </c>
+      <c r="AW345" s="9">
+        <v>60487.021999999997</v>
+      </c>
       <c r="AY345" s="1"/>
       <c r="BB345" s="9"/>
       <c r="BD345" s="1"/>
       <c r="BG345" s="9"/>
     </row>
     <row r="346" spans="1:59">
       <c r="A346" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B346" t="s">
         <v>24</v>
       </c>
       <c r="C346" t="s">
         <v>38</v>
       </c>
       <c r="D346" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F346" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G346" t="s">
         <v>24</v>
       </c>
       <c r="H346" t="s">
@@ -40178,52 +43528,62 @@
       </c>
       <c r="AJ346" s="1">
         <v>45881.958333333336</v>
       </c>
       <c r="AK346" t="s">
         <v>24</v>
       </c>
       <c r="AL346" t="s">
         <v>38</v>
       </c>
       <c r="AM346" s="9">
         <v>2154.087</v>
       </c>
       <c r="AO346" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP346" t="s">
         <v>24</v>
       </c>
       <c r="AQ346" t="s">
         <v>38</v>
       </c>
       <c r="AR346" s="9">
         <v>2311.8490000000002</v>
       </c>
-      <c r="AT346" s="1"/>
-      <c r="AW346" s="9"/>
+      <c r="AT346" s="1">
+        <v>45952.958333333336</v>
+      </c>
+      <c r="AU346" t="s">
+        <v>24</v>
+      </c>
+      <c r="AV346" t="s">
+        <v>38</v>
+      </c>
+      <c r="AW346" s="9">
+        <v>2108.2910000000002</v>
+      </c>
       <c r="AY346" s="1"/>
       <c r="BB346" s="9"/>
       <c r="BD346" s="1"/>
       <c r="BG346" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="F7:I7"/>
     <mergeCell ref="K7:N7"/>
     <mergeCell ref="P7:S7"/>
     <mergeCell ref="AY7:BB7"/>
     <mergeCell ref="BD7:BG7"/>
     <mergeCell ref="U7:X7"/>
     <mergeCell ref="AJ7:AM7"/>
     <mergeCell ref="AO7:AR7"/>
     <mergeCell ref="AT7:AW7"/>
     <mergeCell ref="Z7:AC7"/>
     <mergeCell ref="AE7:AH7"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="50" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;Z&amp;F&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;12&amp;K008000 Internal Use</oddFooter>
@@ -40242,52 +43602,52 @@
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2608e603-b7b7-4422-a7af-3d4eadafd8a5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100A05AFF6C3A27C945B81A5CD357C78DA9" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="c4b3ac7c61f7526a394f71043ee56719">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2608e603-b7b7-4422-a7af-3d4eadafd8a5" xmlns:ns3="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="969326c8e5d9f41372cc8796625f384d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100A05AFF6C3A27C945B81A5CD357C78DA9" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="a012765c5e2b49b3cbfd40cfd7c5aef9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2608e603-b7b7-4422-a7af-3d4eadafd8a5" xmlns:ns3="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10b01e5f5b0934406b031f316faa65f8" ns2:_="" ns3:_="">
     <xsd:import namespace="2608e603-b7b7-4422-a7af-3d4eadafd8a5"/>
     <xsd:import namespace="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -40499,51 +43859,51 @@
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77957EC2-9FCD-45C2-93E4-72781BD131EE}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DAC93B2-6E9A-49E1-BA6F-F6DDD484310F}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5549B370-E47A-4732-ACC3-105D3AA73AAE}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DC87050-B1B7-42D5-8C4B-0E59BDCA33BF}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Poirier, Rhonda A.</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>