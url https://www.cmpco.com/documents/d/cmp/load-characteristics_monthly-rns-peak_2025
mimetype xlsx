--- v2 (2026-02-06)
+++ v3 (2026-03-20)
@@ -1,95 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29721"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29825"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Settlement\Supplier_Settlement\Documentation\Load Characteristics_Monthly RNS Peak\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9996C4E3-F93F-446E-83B7-5CCFD1DB1FDD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EF7DAFC8-40DC-4762-8D86-F4BF175CB8C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{3B50B077-E882-4F11-A36D-B426AA0807D8}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{3B50B077-E882-4F11-A36D-B426AA0807D8}"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly RNS Peak_2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6807" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7479" uniqueCount="39">
   <si>
     <t>Posting Based on Final ReSettlement Quantities</t>
   </si>
   <si>
     <t>RNS Peak Load Data By Rate Class</t>
   </si>
   <si>
-    <t>January - October 2025</t>
+    <t>January - November 2025</t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>June</t>
   </si>
   <si>
     <t>July</t>
   </si>
   <si>
     <t>August</t>
   </si>
@@ -1042,51 +1043,51 @@
         <v>17</v>
       </c>
       <c r="AA9" s="5"/>
       <c r="AC9" s="6"/>
       <c r="AE9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="AF9" s="5"/>
       <c r="AH9" s="6"/>
       <c r="AJ9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="AK9" s="5"/>
       <c r="AM9" s="6"/>
       <c r="AO9" s="4" t="s">
         <v>16</v>
       </c>
       <c r="AP9" s="5"/>
       <c r="AR9" s="6"/>
       <c r="AT9" s="4" t="s">
         <v>18</v>
       </c>
       <c r="AU9" s="5"/>
       <c r="AW9" s="6"/>
       <c r="AY9" s="4" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="AZ9" s="5"/>
       <c r="BB9" s="6"/>
       <c r="BD9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="BE9" s="5"/>
       <c r="BG9" s="6"/>
     </row>
     <row r="10" spans="1:59" ht="13.5" thickBot="1">
       <c r="A10" s="10" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="11" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>22</v>
       </c>
       <c r="D10" s="12" t="s">
         <v>23</v>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="10" t="s">
         <v>20</v>
@@ -1330,52 +1331,62 @@
       </c>
       <c r="AO11" s="1">
         <v>45925</v>
       </c>
       <c r="AP11" t="s">
         <v>24</v>
       </c>
       <c r="AQ11" t="s">
         <v>25</v>
       </c>
       <c r="AR11" s="9">
         <v>278415.45</v>
       </c>
       <c r="AT11" s="1">
         <v>45952</v>
       </c>
       <c r="AU11" t="s">
         <v>24</v>
       </c>
       <c r="AV11" t="s">
         <v>25</v>
       </c>
       <c r="AW11" s="9">
         <v>291991.75900000002</v>
       </c>
-      <c r="AY11" s="1"/>
-      <c r="BB11" s="9"/>
+      <c r="AY11" s="1">
+        <v>45991</v>
+      </c>
+      <c r="AZ11" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA11" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB11" s="9">
+        <v>453329.16399999999</v>
+      </c>
       <c r="BD11" s="1"/>
       <c r="BG11" s="9"/>
     </row>
     <row r="12" spans="1:59">
       <c r="A12" s="1">
         <v>45665</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="9">
         <v>2080.373</v>
       </c>
       <c r="F12" s="1">
         <v>45694</v>
       </c>
       <c r="G12" t="s">
         <v>24</v>
       </c>
       <c r="H12" t="s">
         <v>26</v>
       </c>
@@ -1456,52 +1467,62 @@
       </c>
       <c r="AO12" s="1">
         <v>45925</v>
       </c>
       <c r="AP12" t="s">
         <v>24</v>
       </c>
       <c r="AQ12" t="s">
         <v>26</v>
       </c>
       <c r="AR12" s="9">
         <v>2214.1379999999999</v>
       </c>
       <c r="AT12" s="1">
         <v>45952</v>
       </c>
       <c r="AU12" t="s">
         <v>24</v>
       </c>
       <c r="AV12" t="s">
         <v>26</v>
       </c>
       <c r="AW12" s="9">
         <v>2089.2220000000002</v>
       </c>
-      <c r="AY12" s="1"/>
-      <c r="BB12" s="9"/>
+      <c r="AY12" s="1">
+        <v>45991</v>
+      </c>
+      <c r="AZ12" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA12" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB12" s="9">
+        <v>2005.1559999999999</v>
+      </c>
       <c r="BD12" s="1"/>
       <c r="BG12" s="9"/>
     </row>
     <row r="13" spans="1:59">
       <c r="A13" s="1">
         <v>45665</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="9">
         <v>340.29399999999998</v>
       </c>
       <c r="F13" s="1">
         <v>45694</v>
       </c>
       <c r="G13" t="s">
         <v>24</v>
       </c>
       <c r="H13" t="s">
         <v>27</v>
       </c>
@@ -1582,52 +1603,62 @@
       </c>
       <c r="AO13" s="1">
         <v>45925</v>
       </c>
       <c r="AP13" t="s">
         <v>24</v>
       </c>
       <c r="AQ13" t="s">
         <v>27</v>
       </c>
       <c r="AR13" s="9">
         <v>109.593</v>
       </c>
       <c r="AT13" s="1">
         <v>45952</v>
       </c>
       <c r="AU13" t="s">
         <v>24</v>
       </c>
       <c r="AV13" t="s">
         <v>27</v>
       </c>
       <c r="AW13" s="9">
         <v>66.986999999999995</v>
       </c>
-      <c r="AY13" s="1"/>
-      <c r="BB13" s="9"/>
+      <c r="AY13" s="1">
+        <v>45991</v>
+      </c>
+      <c r="AZ13" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA13" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB13" s="9">
+        <v>253.602</v>
+      </c>
       <c r="BD13" s="1"/>
       <c r="BG13" s="9"/>
     </row>
     <row r="14" spans="1:59">
       <c r="A14" s="1">
         <v>45665</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>28</v>
       </c>
       <c r="D14" s="9">
         <v>8815.7950000000001</v>
       </c>
       <c r="F14" s="1">
         <v>45694</v>
       </c>
       <c r="G14" t="s">
         <v>24</v>
       </c>
       <c r="H14" t="s">
         <v>28</v>
       </c>
@@ -1708,52 +1739,62 @@
       </c>
       <c r="AO14" s="1">
         <v>45925</v>
       </c>
       <c r="AP14" t="s">
         <v>24</v>
       </c>
       <c r="AQ14" t="s">
         <v>28</v>
       </c>
       <c r="AR14" s="9">
         <v>575.86599999999999</v>
       </c>
       <c r="AT14" s="1">
         <v>45952</v>
       </c>
       <c r="AU14" t="s">
         <v>24</v>
       </c>
       <c r="AV14" t="s">
         <v>28</v>
       </c>
       <c r="AW14" s="9">
         <v>720.64599999999996</v>
       </c>
-      <c r="AY14" s="1"/>
-      <c r="BB14" s="9"/>
+      <c r="AY14" s="1">
+        <v>45991</v>
+      </c>
+      <c r="AZ14" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA14" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB14" s="9">
+        <v>1343.5060000000001</v>
+      </c>
       <c r="BD14" s="1"/>
       <c r="BG14" s="9"/>
     </row>
     <row r="15" spans="1:59">
       <c r="A15" s="1">
         <v>45665</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>29</v>
       </c>
       <c r="D15" s="9">
         <v>15881.088</v>
       </c>
       <c r="F15" s="1">
         <v>45694</v>
       </c>
       <c r="G15" t="s">
         <v>24</v>
       </c>
       <c r="H15" t="s">
         <v>29</v>
       </c>
@@ -1834,52 +1875,62 @@
       </c>
       <c r="AO15" s="1">
         <v>45925</v>
       </c>
       <c r="AP15" t="s">
         <v>24</v>
       </c>
       <c r="AQ15" t="s">
         <v>29</v>
       </c>
       <c r="AR15" s="9">
         <v>15590.339</v>
       </c>
       <c r="AT15" s="1">
         <v>45952</v>
       </c>
       <c r="AU15" t="s">
         <v>24</v>
       </c>
       <c r="AV15" t="s">
         <v>29</v>
       </c>
       <c r="AW15" s="9">
         <v>16149.208000000001</v>
       </c>
-      <c r="AY15" s="1"/>
-      <c r="BB15" s="9"/>
+      <c r="AY15" s="1">
+        <v>45991</v>
+      </c>
+      <c r="AZ15" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA15" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB15" s="9">
+        <v>13336.17</v>
+      </c>
       <c r="BD15" s="1"/>
       <c r="BG15" s="9"/>
     </row>
     <row r="16" spans="1:59">
       <c r="A16" s="1">
         <v>45665</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>30</v>
       </c>
       <c r="D16" s="9">
         <v>39167.033000000003</v>
       </c>
       <c r="F16" s="1">
         <v>45694</v>
       </c>
       <c r="G16" t="s">
         <v>24</v>
       </c>
       <c r="H16" t="s">
         <v>30</v>
       </c>
@@ -1960,52 +2011,62 @@
       </c>
       <c r="AO16" s="1">
         <v>45925</v>
       </c>
       <c r="AP16" t="s">
         <v>24</v>
       </c>
       <c r="AQ16" t="s">
         <v>30</v>
       </c>
       <c r="AR16" s="9">
         <v>43872.813999999998</v>
       </c>
       <c r="AT16" s="1">
         <v>45952</v>
       </c>
       <c r="AU16" t="s">
         <v>24</v>
       </c>
       <c r="AV16" t="s">
         <v>30</v>
       </c>
       <c r="AW16" s="9">
         <v>39797.03</v>
       </c>
-      <c r="AY16" s="1"/>
-      <c r="BB16" s="9"/>
+      <c r="AY16" s="1">
+        <v>45991</v>
+      </c>
+      <c r="AZ16" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA16" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB16" s="9">
+        <v>33357.616000000002</v>
+      </c>
       <c r="BD16" s="1"/>
       <c r="BG16" s="9"/>
     </row>
     <row r="17" spans="1:59">
       <c r="A17" s="1">
         <v>45665</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>31</v>
       </c>
       <c r="D17" s="9">
         <v>67161.415999999997</v>
       </c>
       <c r="F17" s="1">
         <v>45694</v>
       </c>
       <c r="G17" t="s">
         <v>24</v>
       </c>
       <c r="H17" t="s">
         <v>31</v>
       </c>
@@ -2086,52 +2147,62 @@
       </c>
       <c r="AO17" s="1">
         <v>45925</v>
       </c>
       <c r="AP17" t="s">
         <v>24</v>
       </c>
       <c r="AQ17" t="s">
         <v>31</v>
       </c>
       <c r="AR17" s="9">
         <v>69353.97</v>
       </c>
       <c r="AT17" s="1">
         <v>45952</v>
       </c>
       <c r="AU17" t="s">
         <v>24</v>
       </c>
       <c r="AV17" t="s">
         <v>31</v>
       </c>
       <c r="AW17" s="9">
         <v>66088.581999999995</v>
       </c>
-      <c r="AY17" s="1"/>
-      <c r="BB17" s="9"/>
+      <c r="AY17" s="1">
+        <v>45991</v>
+      </c>
+      <c r="AZ17" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA17" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB17" s="9">
+        <v>57926.883000000002</v>
+      </c>
       <c r="BD17" s="1"/>
       <c r="BG17" s="9"/>
     </row>
     <row r="18" spans="1:59">
       <c r="A18" s="1">
         <v>45665</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>32</v>
       </c>
       <c r="D18" s="9">
         <v>11347.257</v>
       </c>
       <c r="F18" s="1">
         <v>45694</v>
       </c>
       <c r="G18" t="s">
         <v>24</v>
       </c>
       <c r="H18" t="s">
         <v>32</v>
       </c>
@@ -2212,52 +2283,62 @@
       </c>
       <c r="AO18" s="1">
         <v>45925</v>
       </c>
       <c r="AP18" t="s">
         <v>24</v>
       </c>
       <c r="AQ18" t="s">
         <v>32</v>
       </c>
       <c r="AR18" s="9">
         <v>10390.43</v>
       </c>
       <c r="AT18" s="1">
         <v>45952</v>
       </c>
       <c r="AU18" t="s">
         <v>24</v>
       </c>
       <c r="AV18" t="s">
         <v>32</v>
       </c>
       <c r="AW18" s="9">
         <v>11179.66</v>
       </c>
-      <c r="AY18" s="1"/>
-      <c r="BB18" s="9"/>
+      <c r="AY18" s="1">
+        <v>45991</v>
+      </c>
+      <c r="AZ18" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA18" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB18" s="9">
+        <v>9092.39</v>
+      </c>
       <c r="BD18" s="1"/>
       <c r="BG18" s="9"/>
     </row>
     <row r="19" spans="1:59">
       <c r="A19" s="1">
         <v>45665</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>33</v>
       </c>
       <c r="D19" s="9">
         <v>89187.525999999998</v>
       </c>
       <c r="F19" s="1">
         <v>45694</v>
       </c>
       <c r="G19" t="s">
         <v>24</v>
       </c>
       <c r="H19" t="s">
         <v>33</v>
       </c>
@@ -2338,52 +2419,62 @@
       </c>
       <c r="AO19" s="1">
         <v>45925</v>
       </c>
       <c r="AP19" t="s">
         <v>24</v>
       </c>
       <c r="AQ19" t="s">
         <v>33</v>
       </c>
       <c r="AR19" s="9">
         <v>78921.173999999999</v>
       </c>
       <c r="AT19" s="1">
         <v>45952</v>
       </c>
       <c r="AU19" t="s">
         <v>24</v>
       </c>
       <c r="AV19" t="s">
         <v>33</v>
       </c>
       <c r="AW19" s="9">
         <v>72969.467999999993</v>
       </c>
-      <c r="AY19" s="1"/>
-      <c r="BB19" s="9"/>
+      <c r="AY19" s="1">
+        <v>45991</v>
+      </c>
+      <c r="AZ19" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA19" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB19" s="9">
+        <v>85282.759000000005</v>
+      </c>
       <c r="BD19" s="1"/>
       <c r="BG19" s="9"/>
     </row>
     <row r="20" spans="1:59">
       <c r="A20" s="1">
         <v>45665</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>34</v>
       </c>
       <c r="D20" s="9">
         <v>41499.4</v>
       </c>
       <c r="F20" s="1">
         <v>45694</v>
       </c>
       <c r="G20" t="s">
         <v>24</v>
       </c>
       <c r="H20" t="s">
         <v>34</v>
       </c>
@@ -2464,52 +2555,62 @@
       </c>
       <c r="AO20" s="1">
         <v>45925</v>
       </c>
       <c r="AP20" t="s">
         <v>24</v>
       </c>
       <c r="AQ20" t="s">
         <v>34</v>
       </c>
       <c r="AR20" s="9">
         <v>133734.9</v>
       </c>
       <c r="AT20" s="1">
         <v>45952</v>
       </c>
       <c r="AU20" t="s">
         <v>24</v>
       </c>
       <c r="AV20" t="s">
         <v>34</v>
       </c>
       <c r="AW20" s="9">
         <v>49149.5</v>
       </c>
-      <c r="AY20" s="1"/>
-      <c r="BB20" s="9"/>
+      <c r="AY20" s="1">
+        <v>45991</v>
+      </c>
+      <c r="AZ20" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA20" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB20" s="9">
+        <v>16029.8</v>
+      </c>
       <c r="BD20" s="1"/>
       <c r="BG20" s="9"/>
     </row>
     <row r="21" spans="1:59">
       <c r="A21" s="1">
         <v>45665</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>35</v>
       </c>
       <c r="D21" s="9">
         <v>8974.6419999999998</v>
       </c>
       <c r="F21" s="1">
         <v>45694</v>
       </c>
       <c r="G21" t="s">
         <v>24</v>
       </c>
       <c r="H21" t="s">
         <v>35</v>
       </c>
@@ -2590,52 +2691,62 @@
       </c>
       <c r="AO21" s="1">
         <v>45925</v>
       </c>
       <c r="AP21" t="s">
         <v>24</v>
       </c>
       <c r="AQ21" t="s">
         <v>35</v>
       </c>
       <c r="AR21" s="9">
         <v>6406.3419999999996</v>
       </c>
       <c r="AT21" s="1">
         <v>45952</v>
       </c>
       <c r="AU21" t="s">
         <v>24</v>
       </c>
       <c r="AV21" t="s">
         <v>35</v>
       </c>
       <c r="AW21" s="9">
         <v>5704.39</v>
       </c>
-      <c r="AY21" s="1"/>
-      <c r="BB21" s="9"/>
+      <c r="AY21" s="1">
+        <v>45991</v>
+      </c>
+      <c r="AZ21" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA21" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB21" s="9">
+        <v>6910.2370000000001</v>
+      </c>
       <c r="BD21" s="1"/>
       <c r="BG21" s="9"/>
     </row>
     <row r="22" spans="1:59">
       <c r="A22" s="1">
         <v>45665</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>36</v>
       </c>
       <c r="D22" s="9">
         <v>186764.946</v>
       </c>
       <c r="F22" s="1">
         <v>45694</v>
       </c>
       <c r="G22" t="s">
         <v>24</v>
       </c>
       <c r="H22" t="s">
         <v>36</v>
       </c>
@@ -2716,52 +2827,62 @@
       </c>
       <c r="AO22" s="1">
         <v>45925</v>
       </c>
       <c r="AP22" t="s">
         <v>24</v>
       </c>
       <c r="AQ22" t="s">
         <v>36</v>
       </c>
       <c r="AR22" s="9">
         <v>156549.304</v>
       </c>
       <c r="AT22" s="1">
         <v>45952</v>
       </c>
       <c r="AU22" t="s">
         <v>24</v>
       </c>
       <c r="AV22" t="s">
         <v>36</v>
       </c>
       <c r="AW22" s="9">
         <v>150094.63800000001</v>
       </c>
-      <c r="AY22" s="1"/>
-      <c r="BB22" s="9"/>
+      <c r="AY22" s="1">
+        <v>45991</v>
+      </c>
+      <c r="AZ22" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA22" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB22" s="9">
+        <v>165755.12</v>
+      </c>
       <c r="BD22" s="1"/>
       <c r="BG22" s="9"/>
     </row>
     <row r="23" spans="1:59">
       <c r="A23" s="1">
         <v>45665</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>37</v>
       </c>
       <c r="D23" s="9">
         <v>90042.933000000005</v>
       </c>
       <c r="F23" s="1">
         <v>45694</v>
       </c>
       <c r="G23" t="s">
         <v>24</v>
       </c>
       <c r="H23" t="s">
         <v>37</v>
       </c>
@@ -2842,52 +2963,62 @@
       </c>
       <c r="AO23" s="1">
         <v>45925</v>
       </c>
       <c r="AP23" t="s">
         <v>24</v>
       </c>
       <c r="AQ23" t="s">
         <v>37</v>
       </c>
       <c r="AR23" s="9">
         <v>58345.642</v>
       </c>
       <c r="AT23" s="1">
         <v>45952</v>
       </c>
       <c r="AU23" t="s">
         <v>24</v>
       </c>
       <c r="AV23" t="s">
         <v>37</v>
       </c>
       <c r="AW23" s="9">
         <v>57986.894999999997</v>
       </c>
-      <c r="AY23" s="1"/>
-      <c r="BB23" s="9"/>
+      <c r="AY23" s="1">
+        <v>45991</v>
+      </c>
+      <c r="AZ23" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA23" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB23" s="9">
+        <v>76960.660999999993</v>
+      </c>
       <c r="BD23" s="1"/>
       <c r="BG23" s="9"/>
     </row>
     <row r="24" spans="1:59">
       <c r="A24" s="1">
         <v>45665</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>38</v>
       </c>
       <c r="D24" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F24" s="1">
         <v>45694</v>
       </c>
       <c r="G24" t="s">
         <v>24</v>
       </c>
       <c r="H24" t="s">
         <v>38</v>
       </c>
@@ -2968,52 +3099,62 @@
       </c>
       <c r="AO24" s="1">
         <v>45925</v>
       </c>
       <c r="AP24" t="s">
         <v>24</v>
       </c>
       <c r="AQ24" t="s">
         <v>38</v>
       </c>
       <c r="AR24" s="9">
         <v>2311.8490000000002</v>
       </c>
       <c r="AT24" s="1">
         <v>45952</v>
       </c>
       <c r="AU24" t="s">
         <v>24</v>
       </c>
       <c r="AV24" t="s">
         <v>38</v>
       </c>
       <c r="AW24" s="9">
         <v>2108.2910000000002</v>
       </c>
-      <c r="AY24" s="1"/>
-      <c r="BB24" s="9"/>
+      <c r="AY24" s="1">
+        <v>45991</v>
+      </c>
+      <c r="AZ24" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA24" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB24" s="9">
+        <v>2097.067</v>
+      </c>
       <c r="BD24" s="1"/>
       <c r="BG24" s="9"/>
     </row>
     <row r="25" spans="1:59">
       <c r="A25" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="9">
         <v>503456.402</v>
       </c>
       <c r="F25" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G25" t="s">
         <v>24</v>
       </c>
       <c r="H25" t="s">
         <v>25</v>
       </c>
@@ -3094,52 +3235,62 @@
       </c>
       <c r="AO25" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP25" t="s">
         <v>24</v>
       </c>
       <c r="AQ25" t="s">
         <v>25</v>
       </c>
       <c r="AR25" s="9">
         <v>262212.864</v>
       </c>
       <c r="AT25" s="1">
         <v>45952.041666666664</v>
       </c>
       <c r="AU25" t="s">
         <v>24</v>
       </c>
       <c r="AV25" t="s">
         <v>25</v>
       </c>
       <c r="AW25" s="9">
         <v>276487.359</v>
       </c>
-      <c r="AY25" s="1"/>
-      <c r="BB25" s="9"/>
+      <c r="AY25" s="1">
+        <v>45991.041666666664</v>
+      </c>
+      <c r="AZ25" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA25" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB25" s="9">
+        <v>436755.49800000002</v>
+      </c>
       <c r="BD25" s="1"/>
       <c r="BG25" s="9"/>
     </row>
     <row r="26" spans="1:59">
       <c r="A26" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="9">
         <v>2080.373</v>
       </c>
       <c r="F26" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G26" t="s">
         <v>24</v>
       </c>
       <c r="H26" t="s">
         <v>26</v>
       </c>
@@ -3220,52 +3371,62 @@
       </c>
       <c r="AO26" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP26" t="s">
         <v>24</v>
       </c>
       <c r="AQ26" t="s">
         <v>26</v>
       </c>
       <c r="AR26" s="9">
         <v>2214.1379999999999</v>
       </c>
       <c r="AT26" s="1">
         <v>45952.041666666664</v>
       </c>
       <c r="AU26" t="s">
         <v>24</v>
       </c>
       <c r="AV26" t="s">
         <v>26</v>
       </c>
       <c r="AW26" s="9">
         <v>2089.2220000000002</v>
       </c>
-      <c r="AY26" s="1"/>
-      <c r="BB26" s="9"/>
+      <c r="AY26" s="1">
+        <v>45991.041666666664</v>
+      </c>
+      <c r="AZ26" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA26" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB26" s="9">
+        <v>2005.1559999999999</v>
+      </c>
       <c r="BD26" s="1"/>
       <c r="BG26" s="9"/>
     </row>
     <row r="27" spans="1:59">
       <c r="A27" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>27</v>
       </c>
       <c r="D27" s="9">
         <v>332.48700000000002</v>
       </c>
       <c r="F27" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G27" t="s">
         <v>24</v>
       </c>
       <c r="H27" t="s">
         <v>27</v>
       </c>
@@ -3346,52 +3507,62 @@
       </c>
       <c r="AO27" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP27" t="s">
         <v>24</v>
       </c>
       <c r="AQ27" t="s">
         <v>27</v>
       </c>
       <c r="AR27" s="9">
         <v>107</v>
       </c>
       <c r="AT27" s="1">
         <v>45952.041666666664</v>
       </c>
       <c r="AU27" t="s">
         <v>24</v>
       </c>
       <c r="AV27" t="s">
         <v>27</v>
       </c>
       <c r="AW27" s="9">
         <v>63.789000000000001</v>
       </c>
-      <c r="AY27" s="1"/>
-      <c r="BB27" s="9"/>
+      <c r="AY27" s="1">
+        <v>45991.041666666664</v>
+      </c>
+      <c r="AZ27" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA27" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB27" s="9">
+        <v>238.67500000000001</v>
+      </c>
       <c r="BD27" s="1"/>
       <c r="BG27" s="9"/>
     </row>
     <row r="28" spans="1:59">
       <c r="A28" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>28</v>
       </c>
       <c r="D28" s="9">
         <v>8689.2720000000008</v>
       </c>
       <c r="F28" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G28" t="s">
         <v>24</v>
       </c>
       <c r="H28" t="s">
         <v>28</v>
       </c>
@@ -3472,52 +3643,62 @@
       </c>
       <c r="AO28" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP28" t="s">
         <v>24</v>
       </c>
       <c r="AQ28" t="s">
         <v>28</v>
       </c>
       <c r="AR28" s="9">
         <v>520.63400000000001</v>
       </c>
       <c r="AT28" s="1">
         <v>45952.041666666664</v>
       </c>
       <c r="AU28" t="s">
         <v>24</v>
       </c>
       <c r="AV28" t="s">
         <v>28</v>
       </c>
       <c r="AW28" s="9">
         <v>650.12800000000004</v>
       </c>
-      <c r="AY28" s="1"/>
-      <c r="BB28" s="9"/>
+      <c r="AY28" s="1">
+        <v>45991.041666666664</v>
+      </c>
+      <c r="AZ28" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA28" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB28" s="9">
+        <v>1326.8969999999999</v>
+      </c>
       <c r="BD28" s="1"/>
       <c r="BG28" s="9"/>
     </row>
     <row r="29" spans="1:59">
       <c r="A29" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>29</v>
       </c>
       <c r="D29" s="9">
         <v>15774.278</v>
       </c>
       <c r="F29" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G29" t="s">
         <v>24</v>
       </c>
       <c r="H29" t="s">
         <v>29</v>
       </c>
@@ -3598,52 +3779,62 @@
       </c>
       <c r="AO29" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP29" t="s">
         <v>24</v>
       </c>
       <c r="AQ29" t="s">
         <v>29</v>
       </c>
       <c r="AR29" s="9">
         <v>15322.201999999999</v>
       </c>
       <c r="AT29" s="1">
         <v>45952.041666666664</v>
       </c>
       <c r="AU29" t="s">
         <v>24</v>
       </c>
       <c r="AV29" t="s">
         <v>29</v>
       </c>
       <c r="AW29" s="9">
         <v>15810.01</v>
       </c>
-      <c r="AY29" s="1"/>
-      <c r="BB29" s="9"/>
+      <c r="AY29" s="1">
+        <v>45991.041666666664</v>
+      </c>
+      <c r="AZ29" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA29" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB29" s="9">
+        <v>13170.24</v>
+      </c>
       <c r="BD29" s="1"/>
       <c r="BG29" s="9"/>
     </row>
     <row r="30" spans="1:59">
       <c r="A30" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>30</v>
       </c>
       <c r="D30" s="9">
         <v>38701.188000000002</v>
       </c>
       <c r="F30" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G30" t="s">
         <v>24</v>
       </c>
       <c r="H30" t="s">
         <v>30</v>
       </c>
@@ -3724,52 +3915,62 @@
       </c>
       <c r="AO30" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP30" t="s">
         <v>24</v>
       </c>
       <c r="AQ30" t="s">
         <v>30</v>
       </c>
       <c r="AR30" s="9">
         <v>42993.207999999999</v>
       </c>
       <c r="AT30" s="1">
         <v>45952.041666666664</v>
       </c>
       <c r="AU30" t="s">
         <v>24</v>
       </c>
       <c r="AV30" t="s">
         <v>30</v>
       </c>
       <c r="AW30" s="9">
         <v>38832.413</v>
       </c>
-      <c r="AY30" s="1"/>
-      <c r="BB30" s="9"/>
+      <c r="AY30" s="1">
+        <v>45991.041666666664</v>
+      </c>
+      <c r="AZ30" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA30" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB30" s="9">
+        <v>33584.442000000003</v>
+      </c>
       <c r="BD30" s="1"/>
       <c r="BG30" s="9"/>
     </row>
     <row r="31" spans="1:59">
       <c r="A31" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>31</v>
       </c>
       <c r="D31" s="9">
         <v>65795.304000000004</v>
       </c>
       <c r="F31" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G31" t="s">
         <v>24</v>
       </c>
       <c r="H31" t="s">
         <v>31</v>
       </c>
@@ -3850,52 +4051,62 @@
       </c>
       <c r="AO31" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP31" t="s">
         <v>24</v>
       </c>
       <c r="AQ31" t="s">
         <v>31</v>
       </c>
       <c r="AR31" s="9">
         <v>67587.34</v>
       </c>
       <c r="AT31" s="1">
         <v>45952.041666666664</v>
       </c>
       <c r="AU31" t="s">
         <v>24</v>
       </c>
       <c r="AV31" t="s">
         <v>31</v>
       </c>
       <c r="AW31" s="9">
         <v>64043.464999999997</v>
       </c>
-      <c r="AY31" s="1"/>
-      <c r="BB31" s="9"/>
+      <c r="AY31" s="1">
+        <v>45991.041666666664</v>
+      </c>
+      <c r="AZ31" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA31" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB31" s="9">
+        <v>56303.241999999998</v>
+      </c>
       <c r="BD31" s="1"/>
       <c r="BG31" s="9"/>
     </row>
     <row r="32" spans="1:59">
       <c r="A32" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>32</v>
       </c>
       <c r="D32" s="9">
         <v>11411.766</v>
       </c>
       <c r="F32" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G32" t="s">
         <v>24</v>
       </c>
       <c r="H32" t="s">
         <v>32</v>
       </c>
@@ -3976,52 +4187,62 @@
       </c>
       <c r="AO32" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP32" t="s">
         <v>24</v>
       </c>
       <c r="AQ32" t="s">
         <v>32</v>
       </c>
       <c r="AR32" s="9">
         <v>10424.895</v>
       </c>
       <c r="AT32" s="1">
         <v>45952.041666666664</v>
       </c>
       <c r="AU32" t="s">
         <v>24</v>
       </c>
       <c r="AV32" t="s">
         <v>32</v>
       </c>
       <c r="AW32" s="9">
         <v>11047.23</v>
       </c>
-      <c r="AY32" s="1"/>
-      <c r="BB32" s="9"/>
+      <c r="AY32" s="1">
+        <v>45991.041666666664</v>
+      </c>
+      <c r="AZ32" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA32" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB32" s="9">
+        <v>9127.66</v>
+      </c>
       <c r="BD32" s="1"/>
       <c r="BG32" s="9"/>
     </row>
     <row r="33" spans="1:59">
       <c r="A33" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>33</v>
       </c>
       <c r="D33" s="9">
         <v>91517.108999999997</v>
       </c>
       <c r="F33" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G33" t="s">
         <v>24</v>
       </c>
       <c r="H33" t="s">
         <v>33</v>
       </c>
@@ -4102,52 +4323,62 @@
       </c>
       <c r="AO33" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP33" t="s">
         <v>24</v>
       </c>
       <c r="AQ33" t="s">
         <v>33</v>
       </c>
       <c r="AR33" s="9">
         <v>79655.513000000006</v>
       </c>
       <c r="AT33" s="1">
         <v>45952.041666666664</v>
       </c>
       <c r="AU33" t="s">
         <v>24</v>
       </c>
       <c r="AV33" t="s">
         <v>33</v>
       </c>
       <c r="AW33" s="9">
         <v>75174.869000000006</v>
       </c>
-      <c r="AY33" s="1"/>
-      <c r="BB33" s="9"/>
+      <c r="AY33" s="1">
+        <v>45991.041666666664</v>
+      </c>
+      <c r="AZ33" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA33" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB33" s="9">
+        <v>86167.561000000002</v>
+      </c>
       <c r="BD33" s="1"/>
       <c r="BG33" s="9"/>
     </row>
     <row r="34" spans="1:59">
       <c r="A34" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>34</v>
       </c>
       <c r="D34" s="9">
         <v>46661</v>
       </c>
       <c r="F34" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G34" t="s">
         <v>24</v>
       </c>
       <c r="H34" t="s">
         <v>34</v>
       </c>
@@ -4228,52 +4459,62 @@
       </c>
       <c r="AO34" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP34" t="s">
         <v>24</v>
       </c>
       <c r="AQ34" t="s">
         <v>34</v>
       </c>
       <c r="AR34" s="9">
         <v>130172.7</v>
       </c>
       <c r="AT34" s="1">
         <v>45952.041666666664</v>
       </c>
       <c r="AU34" t="s">
         <v>24</v>
       </c>
       <c r="AV34" t="s">
         <v>34</v>
       </c>
       <c r="AW34" s="9">
         <v>49624.4</v>
       </c>
-      <c r="AY34" s="1"/>
-      <c r="BB34" s="9"/>
+      <c r="AY34" s="1">
+        <v>45991.041666666664</v>
+      </c>
+      <c r="AZ34" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA34" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB34" s="9">
+        <v>18103.900000000001</v>
+      </c>
       <c r="BD34" s="1"/>
       <c r="BG34" s="9"/>
     </row>
     <row r="35" spans="1:59">
       <c r="A35" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>35</v>
       </c>
       <c r="D35" s="9">
         <v>8876.848</v>
       </c>
       <c r="F35" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G35" t="s">
         <v>24</v>
       </c>
       <c r="H35" t="s">
         <v>35</v>
       </c>
@@ -4354,52 +4595,62 @@
       </c>
       <c r="AO35" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP35" t="s">
         <v>24</v>
       </c>
       <c r="AQ35" t="s">
         <v>35</v>
       </c>
       <c r="AR35" s="9">
         <v>6263.3220000000001</v>
       </c>
       <c r="AT35" s="1">
         <v>45952.041666666664</v>
       </c>
       <c r="AU35" t="s">
         <v>24</v>
       </c>
       <c r="AV35" t="s">
         <v>35</v>
       </c>
       <c r="AW35" s="9">
         <v>5566.9359999999997</v>
       </c>
-      <c r="AY35" s="1"/>
-      <c r="BB35" s="9"/>
+      <c r="AY35" s="1">
+        <v>45991.041666666664</v>
+      </c>
+      <c r="AZ35" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA35" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB35" s="9">
+        <v>6860.6</v>
+      </c>
       <c r="BD35" s="1"/>
       <c r="BG35" s="9"/>
     </row>
     <row r="36" spans="1:59">
       <c r="A36" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36" t="s">
         <v>36</v>
       </c>
       <c r="D36" s="9">
         <v>185573.4</v>
       </c>
       <c r="F36" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G36" t="s">
         <v>24</v>
       </c>
       <c r="H36" t="s">
         <v>36</v>
       </c>
@@ -4480,52 +4731,62 @@
       </c>
       <c r="AO36" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP36" t="s">
         <v>24</v>
       </c>
       <c r="AQ36" t="s">
         <v>36</v>
       </c>
       <c r="AR36" s="9">
         <v>152997.67199999999</v>
       </c>
       <c r="AT36" s="1">
         <v>45952.041666666664</v>
       </c>
       <c r="AU36" t="s">
         <v>24</v>
       </c>
       <c r="AV36" t="s">
         <v>36</v>
       </c>
       <c r="AW36" s="9">
         <v>146887.77600000001</v>
       </c>
-      <c r="AY36" s="1"/>
-      <c r="BB36" s="9"/>
+      <c r="AY36" s="1">
+        <v>45991.041666666664</v>
+      </c>
+      <c r="AZ36" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA36" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB36" s="9">
+        <v>165091.223</v>
+      </c>
       <c r="BD36" s="1"/>
       <c r="BG36" s="9"/>
     </row>
     <row r="37" spans="1:59">
       <c r="A37" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37" t="s">
         <v>37</v>
       </c>
       <c r="D37" s="9">
         <v>89697.466</v>
       </c>
       <c r="F37" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G37" t="s">
         <v>24</v>
       </c>
       <c r="H37" t="s">
         <v>37</v>
       </c>
@@ -4606,52 +4867,62 @@
       </c>
       <c r="AO37" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP37" t="s">
         <v>24</v>
       </c>
       <c r="AQ37" t="s">
         <v>37</v>
       </c>
       <c r="AR37" s="9">
         <v>57006.813000000002</v>
       </c>
       <c r="AT37" s="1">
         <v>45952.041666666664</v>
       </c>
       <c r="AU37" t="s">
         <v>24</v>
       </c>
       <c r="AV37" t="s">
         <v>37</v>
       </c>
       <c r="AW37" s="9">
         <v>57107.203000000001</v>
       </c>
-      <c r="AY37" s="1"/>
-      <c r="BB37" s="9"/>
+      <c r="AY37" s="1">
+        <v>45991.041666666664</v>
+      </c>
+      <c r="AZ37" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA37" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB37" s="9">
+        <v>76807.501999999993</v>
+      </c>
       <c r="BD37" s="1"/>
       <c r="BG37" s="9"/>
     </row>
     <row r="38" spans="1:59">
       <c r="A38" s="1">
         <v>45665.041666666664</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38" t="s">
         <v>38</v>
       </c>
       <c r="D38" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F38" s="1">
         <v>45694.041666666664</v>
       </c>
       <c r="G38" t="s">
         <v>24</v>
       </c>
       <c r="H38" t="s">
         <v>38</v>
       </c>
@@ -4732,52 +5003,62 @@
       </c>
       <c r="AO38" s="1">
         <v>45925.041666666664</v>
       </c>
       <c r="AP38" t="s">
         <v>24</v>
       </c>
       <c r="AQ38" t="s">
         <v>38</v>
       </c>
       <c r="AR38" s="9">
         <v>2311.8490000000002</v>
       </c>
       <c r="AT38" s="1">
         <v>45952.041666666664</v>
       </c>
       <c r="AU38" t="s">
         <v>24</v>
       </c>
       <c r="AV38" t="s">
         <v>38</v>
       </c>
       <c r="AW38" s="9">
         <v>2108.2910000000002</v>
       </c>
-      <c r="AY38" s="1"/>
-      <c r="BB38" s="9"/>
+      <c r="AY38" s="1">
+        <v>45991.041666666664</v>
+      </c>
+      <c r="AZ38" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA38" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB38" s="9">
+        <v>2097.067</v>
+      </c>
       <c r="BD38" s="1"/>
       <c r="BG38" s="9"/>
     </row>
     <row r="39" spans="1:59">
       <c r="A39" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="C39" t="s">
         <v>25</v>
       </c>
       <c r="D39" s="9">
         <v>497800.83199999999</v>
       </c>
       <c r="F39" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G39" t="s">
         <v>24</v>
       </c>
       <c r="H39" t="s">
         <v>25</v>
       </c>
@@ -4858,52 +5139,62 @@
       </c>
       <c r="AO39" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP39" t="s">
         <v>24</v>
       </c>
       <c r="AQ39" t="s">
         <v>25</v>
       </c>
       <c r="AR39" s="9">
         <v>254114.31899999999</v>
       </c>
       <c r="AT39" s="1">
         <v>45952.083333333336</v>
       </c>
       <c r="AU39" t="s">
         <v>24</v>
       </c>
       <c r="AV39" t="s">
         <v>25</v>
       </c>
       <c r="AW39" s="9">
         <v>270822.87900000002</v>
       </c>
-      <c r="AY39" s="1"/>
-      <c r="BB39" s="9"/>
+      <c r="AY39" s="1">
+        <v>45991.083333333336</v>
+      </c>
+      <c r="AZ39" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA39" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB39" s="9">
+        <v>428910.04300000001</v>
+      </c>
       <c r="BD39" s="1"/>
       <c r="BG39" s="9"/>
     </row>
     <row r="40" spans="1:59">
       <c r="A40" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40" t="s">
         <v>26</v>
       </c>
       <c r="D40" s="9">
         <v>2080.373</v>
       </c>
       <c r="F40" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G40" t="s">
         <v>24</v>
       </c>
       <c r="H40" t="s">
         <v>26</v>
       </c>
@@ -4984,52 +5275,62 @@
       </c>
       <c r="AO40" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP40" t="s">
         <v>24</v>
       </c>
       <c r="AQ40" t="s">
         <v>26</v>
       </c>
       <c r="AR40" s="9">
         <v>2214.1379999999999</v>
       </c>
       <c r="AT40" s="1">
         <v>45952.083333333336</v>
       </c>
       <c r="AU40" t="s">
         <v>24</v>
       </c>
       <c r="AV40" t="s">
         <v>26</v>
       </c>
       <c r="AW40" s="9">
         <v>2089.2220000000002</v>
       </c>
-      <c r="AY40" s="1"/>
-      <c r="BB40" s="9"/>
+      <c r="AY40" s="1">
+        <v>45991.083333333336</v>
+      </c>
+      <c r="AZ40" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA40" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB40" s="9">
+        <v>2005.1559999999999</v>
+      </c>
       <c r="BD40" s="1"/>
       <c r="BG40" s="9"/>
     </row>
     <row r="41" spans="1:59">
       <c r="A41" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>27</v>
       </c>
       <c r="D41" s="9">
         <v>307.745</v>
       </c>
       <c r="F41" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G41" t="s">
         <v>24</v>
       </c>
       <c r="H41" t="s">
         <v>27</v>
       </c>
@@ -5110,52 +5411,62 @@
       </c>
       <c r="AO41" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP41" t="s">
         <v>24</v>
       </c>
       <c r="AQ41" t="s">
         <v>27</v>
       </c>
       <c r="AR41" s="9">
         <v>107.339</v>
       </c>
       <c r="AT41" s="1">
         <v>45952.083333333336</v>
       </c>
       <c r="AU41" t="s">
         <v>24</v>
       </c>
       <c r="AV41" t="s">
         <v>27</v>
       </c>
       <c r="AW41" s="9">
         <v>58.597999999999999</v>
       </c>
-      <c r="AY41" s="1"/>
-      <c r="BB41" s="9"/>
+      <c r="AY41" s="1">
+        <v>45991.083333333336</v>
+      </c>
+      <c r="AZ41" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA41" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB41" s="9">
+        <v>256.20999999999998</v>
+      </c>
       <c r="BD41" s="1"/>
       <c r="BG41" s="9"/>
     </row>
     <row r="42" spans="1:59">
       <c r="A42" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42" t="s">
         <v>28</v>
       </c>
       <c r="D42" s="9">
         <v>8678.0949999999993</v>
       </c>
       <c r="F42" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G42" t="s">
         <v>24</v>
       </c>
       <c r="H42" t="s">
         <v>28</v>
       </c>
@@ -5236,52 +5547,62 @@
       </c>
       <c r="AO42" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP42" t="s">
         <v>24</v>
       </c>
       <c r="AQ42" t="s">
         <v>28</v>
       </c>
       <c r="AR42" s="9">
         <v>511.03699999999998</v>
       </c>
       <c r="AT42" s="1">
         <v>45952.083333333336</v>
       </c>
       <c r="AU42" t="s">
         <v>24</v>
       </c>
       <c r="AV42" t="s">
         <v>28</v>
       </c>
       <c r="AW42" s="9">
         <v>605.47299999999996</v>
       </c>
-      <c r="AY42" s="1"/>
-      <c r="BB42" s="9"/>
+      <c r="AY42" s="1">
+        <v>45991.083333333336</v>
+      </c>
+      <c r="AZ42" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA42" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB42" s="9">
+        <v>1305.405</v>
+      </c>
       <c r="BD42" s="1"/>
       <c r="BG42" s="9"/>
     </row>
     <row r="43" spans="1:59">
       <c r="A43" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="9">
         <v>15588.99</v>
       </c>
       <c r="F43" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G43" t="s">
         <v>24</v>
       </c>
       <c r="H43" t="s">
         <v>29</v>
       </c>
@@ -5362,52 +5683,62 @@
       </c>
       <c r="AO43" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP43" t="s">
         <v>24</v>
       </c>
       <c r="AQ43" t="s">
         <v>29</v>
       </c>
       <c r="AR43" s="9">
         <v>15015.790999999999</v>
       </c>
       <c r="AT43" s="1">
         <v>45952.083333333336</v>
       </c>
       <c r="AU43" t="s">
         <v>24</v>
       </c>
       <c r="AV43" t="s">
         <v>29</v>
       </c>
       <c r="AW43" s="9">
         <v>15239.364</v>
       </c>
-      <c r="AY43" s="1"/>
-      <c r="BB43" s="9"/>
+      <c r="AY43" s="1">
+        <v>45991.083333333336</v>
+      </c>
+      <c r="AZ43" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA43" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB43" s="9">
+        <v>12990.736000000001</v>
+      </c>
       <c r="BD43" s="1"/>
       <c r="BG43" s="9"/>
     </row>
     <row r="44" spans="1:59">
       <c r="A44" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B44" t="s">
         <v>24</v>
       </c>
       <c r="C44" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="9">
         <v>37758.752999999997</v>
       </c>
       <c r="F44" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G44" t="s">
         <v>24</v>
       </c>
       <c r="H44" t="s">
         <v>30</v>
       </c>
@@ -5488,52 +5819,62 @@
       </c>
       <c r="AO44" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP44" t="s">
         <v>24</v>
       </c>
       <c r="AQ44" t="s">
         <v>30</v>
       </c>
       <c r="AR44" s="9">
         <v>41418.843999999997</v>
       </c>
       <c r="AT44" s="1">
         <v>45952.083333333336</v>
       </c>
       <c r="AU44" t="s">
         <v>24</v>
       </c>
       <c r="AV44" t="s">
         <v>30</v>
       </c>
       <c r="AW44" s="9">
         <v>37017.485000000001</v>
       </c>
-      <c r="AY44" s="1"/>
-      <c r="BB44" s="9"/>
+      <c r="AY44" s="1">
+        <v>45991.083333333336</v>
+      </c>
+      <c r="AZ44" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA44" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB44" s="9">
+        <v>33359.498</v>
+      </c>
       <c r="BD44" s="1"/>
       <c r="BG44" s="9"/>
     </row>
     <row r="45" spans="1:59">
       <c r="A45" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B45" t="s">
         <v>24</v>
       </c>
       <c r="C45" t="s">
         <v>31</v>
       </c>
       <c r="D45" s="9">
         <v>63647.684999999998</v>
       </c>
       <c r="F45" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G45" t="s">
         <v>24</v>
       </c>
       <c r="H45" t="s">
         <v>31</v>
       </c>
@@ -5614,52 +5955,62 @@
       </c>
       <c r="AO45" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP45" t="s">
         <v>24</v>
       </c>
       <c r="AQ45" t="s">
         <v>31</v>
       </c>
       <c r="AR45" s="9">
         <v>65908.698999999993</v>
       </c>
       <c r="AT45" s="1">
         <v>45952.083333333336</v>
       </c>
       <c r="AU45" t="s">
         <v>24</v>
       </c>
       <c r="AV45" t="s">
         <v>31</v>
       </c>
       <c r="AW45" s="9">
         <v>63191.864999999998</v>
       </c>
-      <c r="AY45" s="1"/>
-      <c r="BB45" s="9"/>
+      <c r="AY45" s="1">
+        <v>45991.083333333336</v>
+      </c>
+      <c r="AZ45" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA45" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB45" s="9">
+        <v>56930.989000000001</v>
+      </c>
       <c r="BD45" s="1"/>
       <c r="BG45" s="9"/>
     </row>
     <row r="46" spans="1:59">
       <c r="A46" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B46" t="s">
         <v>24</v>
       </c>
       <c r="C46" t="s">
         <v>32</v>
       </c>
       <c r="D46" s="9">
         <v>11146.784</v>
       </c>
       <c r="F46" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G46" t="s">
         <v>24</v>
       </c>
       <c r="H46" t="s">
         <v>32</v>
       </c>
@@ -5740,52 +6091,62 @@
       </c>
       <c r="AO46" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP46" t="s">
         <v>24</v>
       </c>
       <c r="AQ46" t="s">
         <v>32</v>
       </c>
       <c r="AR46" s="9">
         <v>10308.969999999999</v>
       </c>
       <c r="AT46" s="1">
         <v>45952.083333333336</v>
       </c>
       <c r="AU46" t="s">
         <v>24</v>
       </c>
       <c r="AV46" t="s">
         <v>32</v>
       </c>
       <c r="AW46" s="9">
         <v>10923.844999999999</v>
       </c>
-      <c r="AY46" s="1"/>
-      <c r="BB46" s="9"/>
+      <c r="AY46" s="1">
+        <v>45991.083333333336</v>
+      </c>
+      <c r="AZ46" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA46" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB46" s="9">
+        <v>9112.4449999999997</v>
+      </c>
       <c r="BD46" s="1"/>
       <c r="BG46" s="9"/>
     </row>
     <row r="47" spans="1:59">
       <c r="A47" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="9">
         <v>92672.118000000002</v>
       </c>
       <c r="F47" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G47" t="s">
         <v>24</v>
       </c>
       <c r="H47" t="s">
         <v>33</v>
       </c>
@@ -5866,52 +6227,62 @@
       </c>
       <c r="AO47" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP47" t="s">
         <v>24</v>
       </c>
       <c r="AQ47" t="s">
         <v>33</v>
       </c>
       <c r="AR47" s="9">
         <v>79738.819000000003</v>
       </c>
       <c r="AT47" s="1">
         <v>45952.083333333336</v>
       </c>
       <c r="AU47" t="s">
         <v>24</v>
       </c>
       <c r="AV47" t="s">
         <v>33</v>
       </c>
       <c r="AW47" s="9">
         <v>75706.523000000001</v>
       </c>
-      <c r="AY47" s="1"/>
-      <c r="BB47" s="9"/>
+      <c r="AY47" s="1">
+        <v>45991.083333333336</v>
+      </c>
+      <c r="AZ47" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA47" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB47" s="9">
+        <v>87250.410999999993</v>
+      </c>
       <c r="BD47" s="1"/>
       <c r="BG47" s="9"/>
     </row>
     <row r="48" spans="1:59">
       <c r="A48" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" t="s">
         <v>34</v>
       </c>
       <c r="D48" s="9">
         <v>46573.5</v>
       </c>
       <c r="F48" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G48" t="s">
         <v>24</v>
       </c>
       <c r="H48" t="s">
         <v>34</v>
       </c>
@@ -5992,52 +6363,62 @@
       </c>
       <c r="AO48" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP48" t="s">
         <v>24</v>
       </c>
       <c r="AQ48" t="s">
         <v>34</v>
       </c>
       <c r="AR48" s="9">
         <v>132200.29999999999</v>
       </c>
       <c r="AT48" s="1">
         <v>45952.083333333336</v>
       </c>
       <c r="AU48" t="s">
         <v>24</v>
       </c>
       <c r="AV48" t="s">
         <v>34</v>
       </c>
       <c r="AW48" s="9">
         <v>52079.199999999997</v>
       </c>
-      <c r="AY48" s="1"/>
-      <c r="BB48" s="9"/>
+      <c r="AY48" s="1">
+        <v>45991.083333333336</v>
+      </c>
+      <c r="AZ48" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA48" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB48" s="9">
+        <v>22591.7</v>
+      </c>
       <c r="BD48" s="1"/>
       <c r="BG48" s="9"/>
     </row>
     <row r="49" spans="1:59">
       <c r="A49" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B49" t="s">
         <v>24</v>
       </c>
       <c r="C49" t="s">
         <v>35</v>
       </c>
       <c r="D49" s="9">
         <v>8893.7759999999998</v>
       </c>
       <c r="F49" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G49" t="s">
         <v>24</v>
       </c>
       <c r="H49" t="s">
         <v>35</v>
       </c>
@@ -6118,52 +6499,62 @@
       </c>
       <c r="AO49" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP49" t="s">
         <v>24</v>
       </c>
       <c r="AQ49" t="s">
         <v>35</v>
       </c>
       <c r="AR49" s="9">
         <v>6223.0879999999997</v>
       </c>
       <c r="AT49" s="1">
         <v>45952.083333333336</v>
       </c>
       <c r="AU49" t="s">
         <v>24</v>
       </c>
       <c r="AV49" t="s">
         <v>35</v>
       </c>
       <c r="AW49" s="9">
         <v>5630.7740000000003</v>
       </c>
-      <c r="AY49" s="1"/>
-      <c r="BB49" s="9"/>
+      <c r="AY49" s="1">
+        <v>45991.083333333336</v>
+      </c>
+      <c r="AZ49" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA49" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB49" s="9">
+        <v>7057.8770000000004</v>
+      </c>
       <c r="BD49" s="1"/>
       <c r="BG49" s="9"/>
     </row>
     <row r="50" spans="1:59">
       <c r="A50" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B50" t="s">
         <v>24</v>
       </c>
       <c r="C50" t="s">
         <v>36</v>
       </c>
       <c r="D50" s="9">
         <v>185849.736</v>
       </c>
       <c r="F50" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G50" t="s">
         <v>24</v>
       </c>
       <c r="H50" t="s">
         <v>36</v>
       </c>
@@ -6244,52 +6635,62 @@
       </c>
       <c r="AO50" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP50" t="s">
         <v>24</v>
       </c>
       <c r="AQ50" t="s">
         <v>36</v>
       </c>
       <c r="AR50" s="9">
         <v>152213.13699999999</v>
       </c>
       <c r="AT50" s="1">
         <v>45952.083333333336</v>
       </c>
       <c r="AU50" t="s">
         <v>24</v>
       </c>
       <c r="AV50" t="s">
         <v>36</v>
       </c>
       <c r="AW50" s="9">
         <v>145753.64499999999</v>
       </c>
-      <c r="AY50" s="1"/>
-      <c r="BB50" s="9"/>
+      <c r="AY50" s="1">
+        <v>45991.083333333336</v>
+      </c>
+      <c r="AZ50" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA50" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB50" s="9">
+        <v>164728.698</v>
+      </c>
       <c r="BD50" s="1"/>
       <c r="BG50" s="9"/>
     </row>
     <row r="51" spans="1:59">
       <c r="A51" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B51" t="s">
         <v>24</v>
       </c>
       <c r="C51" t="s">
         <v>37</v>
       </c>
       <c r="D51" s="9">
         <v>89719.191000000006</v>
       </c>
       <c r="F51" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G51" t="s">
         <v>24</v>
       </c>
       <c r="H51" t="s">
         <v>37</v>
       </c>
@@ -6370,52 +6771,62 @@
       </c>
       <c r="AO51" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP51" t="s">
         <v>24</v>
       </c>
       <c r="AQ51" t="s">
         <v>37</v>
       </c>
       <c r="AR51" s="9">
         <v>56482.607000000004</v>
       </c>
       <c r="AT51" s="1">
         <v>45952.083333333336</v>
       </c>
       <c r="AU51" t="s">
         <v>24</v>
       </c>
       <c r="AV51" t="s">
         <v>37</v>
       </c>
       <c r="AW51" s="9">
         <v>56902.961000000003</v>
       </c>
-      <c r="AY51" s="1"/>
-      <c r="BB51" s="9"/>
+      <c r="AY51" s="1">
+        <v>45991.083333333336</v>
+      </c>
+      <c r="AZ51" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA51" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB51" s="9">
+        <v>76868.86</v>
+      </c>
       <c r="BD51" s="1"/>
       <c r="BG51" s="9"/>
     </row>
     <row r="52" spans="1:59">
       <c r="A52" s="1">
         <v>45665.083333333336</v>
       </c>
       <c r="B52" t="s">
         <v>24</v>
       </c>
       <c r="C52" t="s">
         <v>38</v>
       </c>
       <c r="D52" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F52" s="1">
         <v>45694.083333333336</v>
       </c>
       <c r="G52" t="s">
         <v>24</v>
       </c>
       <c r="H52" t="s">
         <v>38</v>
       </c>
@@ -6496,52 +6907,62 @@
       </c>
       <c r="AO52" s="1">
         <v>45925.083333333336</v>
       </c>
       <c r="AP52" t="s">
         <v>24</v>
       </c>
       <c r="AQ52" t="s">
         <v>38</v>
       </c>
       <c r="AR52" s="9">
         <v>2311.8490000000002</v>
       </c>
       <c r="AT52" s="1">
         <v>45952.083333333336</v>
       </c>
       <c r="AU52" t="s">
         <v>24</v>
       </c>
       <c r="AV52" t="s">
         <v>38</v>
       </c>
       <c r="AW52" s="9">
         <v>2108.2910000000002</v>
       </c>
-      <c r="AY52" s="1"/>
-      <c r="BB52" s="9"/>
+      <c r="AY52" s="1">
+        <v>45991.083333333336</v>
+      </c>
+      <c r="AZ52" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA52" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB52" s="9">
+        <v>2097.067</v>
+      </c>
       <c r="BD52" s="1"/>
       <c r="BG52" s="9"/>
     </row>
     <row r="53" spans="1:59">
       <c r="A53" s="1">
         <v>45665.125</v>
       </c>
       <c r="B53" t="s">
         <v>24</v>
       </c>
       <c r="C53" t="s">
         <v>25</v>
       </c>
       <c r="D53" s="9">
         <v>501204.70500000002</v>
       </c>
       <c r="F53" s="1">
         <v>45694.125</v>
       </c>
       <c r="G53" t="s">
         <v>24</v>
       </c>
       <c r="H53" t="s">
         <v>25</v>
       </c>
@@ -6622,52 +7043,62 @@
       </c>
       <c r="AO53" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP53" t="s">
         <v>24</v>
       </c>
       <c r="AQ53" t="s">
         <v>25</v>
       </c>
       <c r="AR53" s="9">
         <v>253066.133</v>
       </c>
       <c r="AT53" s="1">
         <v>45952.125</v>
       </c>
       <c r="AU53" t="s">
         <v>24</v>
       </c>
       <c r="AV53" t="s">
         <v>25</v>
       </c>
       <c r="AW53" s="9">
         <v>271954.342</v>
       </c>
-      <c r="AY53" s="1"/>
-      <c r="BB53" s="9"/>
+      <c r="AY53" s="1">
+        <v>45991.125</v>
+      </c>
+      <c r="AZ53" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA53" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB53" s="9">
+        <v>424946.06</v>
+      </c>
       <c r="BD53" s="1"/>
       <c r="BG53" s="9"/>
     </row>
     <row r="54" spans="1:59">
       <c r="A54" s="1">
         <v>45665.125</v>
       </c>
       <c r="B54" t="s">
         <v>24</v>
       </c>
       <c r="C54" t="s">
         <v>26</v>
       </c>
       <c r="D54" s="9">
         <v>2080.373</v>
       </c>
       <c r="F54" s="1">
         <v>45694.125</v>
       </c>
       <c r="G54" t="s">
         <v>24</v>
       </c>
       <c r="H54" t="s">
         <v>26</v>
       </c>
@@ -6748,52 +7179,62 @@
       </c>
       <c r="AO54" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP54" t="s">
         <v>24</v>
       </c>
       <c r="AQ54" t="s">
         <v>26</v>
       </c>
       <c r="AR54" s="9">
         <v>2214.1379999999999</v>
       </c>
       <c r="AT54" s="1">
         <v>45952.125</v>
       </c>
       <c r="AU54" t="s">
         <v>24</v>
       </c>
       <c r="AV54" t="s">
         <v>26</v>
       </c>
       <c r="AW54" s="9">
         <v>2089.2220000000002</v>
       </c>
-      <c r="AY54" s="1"/>
-      <c r="BB54" s="9"/>
+      <c r="AY54" s="1">
+        <v>45991.125</v>
+      </c>
+      <c r="AZ54" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA54" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB54" s="9">
+        <v>2005.1559999999999</v>
+      </c>
       <c r="BD54" s="1"/>
       <c r="BG54" s="9"/>
     </row>
     <row r="55" spans="1:59">
       <c r="A55" s="1">
         <v>45665.125</v>
       </c>
       <c r="B55" t="s">
         <v>24</v>
       </c>
       <c r="C55" t="s">
         <v>27</v>
       </c>
       <c r="D55" s="9">
         <v>285.02100000000002</v>
       </c>
       <c r="F55" s="1">
         <v>45694.125</v>
       </c>
       <c r="G55" t="s">
         <v>24</v>
       </c>
       <c r="H55" t="s">
         <v>27</v>
       </c>
@@ -6874,52 +7315,62 @@
       </c>
       <c r="AO55" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP55" t="s">
         <v>24</v>
       </c>
       <c r="AQ55" t="s">
         <v>27</v>
       </c>
       <c r="AR55" s="9">
         <v>109.04300000000001</v>
       </c>
       <c r="AT55" s="1">
         <v>45952.125</v>
       </c>
       <c r="AU55" t="s">
         <v>24</v>
       </c>
       <c r="AV55" t="s">
         <v>27</v>
       </c>
       <c r="AW55" s="9">
         <v>59.649000000000001</v>
       </c>
-      <c r="AY55" s="1"/>
-      <c r="BB55" s="9"/>
+      <c r="AY55" s="1">
+        <v>45991.125</v>
+      </c>
+      <c r="AZ55" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA55" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB55" s="9">
+        <v>259.96300000000002</v>
+      </c>
       <c r="BD55" s="1"/>
       <c r="BG55" s="9"/>
     </row>
     <row r="56" spans="1:59">
       <c r="A56" s="1">
         <v>45665.125</v>
       </c>
       <c r="B56" t="s">
         <v>24</v>
       </c>
       <c r="C56" t="s">
         <v>28</v>
       </c>
       <c r="D56" s="9">
         <v>8752.7909999999993</v>
       </c>
       <c r="F56" s="1">
         <v>45694.125</v>
       </c>
       <c r="G56" t="s">
         <v>24</v>
       </c>
       <c r="H56" t="s">
         <v>28</v>
       </c>
@@ -7000,52 +7451,62 @@
       </c>
       <c r="AO56" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP56" t="s">
         <v>24</v>
       </c>
       <c r="AQ56" t="s">
         <v>28</v>
       </c>
       <c r="AR56" s="9">
         <v>511.77499999999998</v>
       </c>
       <c r="AT56" s="1">
         <v>45952.125</v>
       </c>
       <c r="AU56" t="s">
         <v>24</v>
       </c>
       <c r="AV56" t="s">
         <v>28</v>
       </c>
       <c r="AW56" s="9">
         <v>588.995</v>
       </c>
-      <c r="AY56" s="1"/>
-      <c r="BB56" s="9"/>
+      <c r="AY56" s="1">
+        <v>45991.125</v>
+      </c>
+      <c r="AZ56" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA56" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB56" s="9">
+        <v>1283.674</v>
+      </c>
       <c r="BD56" s="1"/>
       <c r="BG56" s="9"/>
     </row>
     <row r="57" spans="1:59">
       <c r="A57" s="1">
         <v>45665.125</v>
       </c>
       <c r="B57" t="s">
         <v>24</v>
       </c>
       <c r="C57" t="s">
         <v>29</v>
       </c>
       <c r="D57" s="9">
         <v>15349.508</v>
       </c>
       <c r="F57" s="1">
         <v>45694.125</v>
       </c>
       <c r="G57" t="s">
         <v>24</v>
       </c>
       <c r="H57" t="s">
         <v>29</v>
       </c>
@@ -7126,52 +7587,62 @@
       </c>
       <c r="AO57" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP57" t="s">
         <v>24</v>
       </c>
       <c r="AQ57" t="s">
         <v>29</v>
       </c>
       <c r="AR57" s="9">
         <v>14990.215</v>
       </c>
       <c r="AT57" s="1">
         <v>45952.125</v>
       </c>
       <c r="AU57" t="s">
         <v>24</v>
       </c>
       <c r="AV57" t="s">
         <v>29</v>
       </c>
       <c r="AW57" s="9">
         <v>15199.181</v>
       </c>
-      <c r="AY57" s="1"/>
-      <c r="BB57" s="9"/>
+      <c r="AY57" s="1">
+        <v>45991.125</v>
+      </c>
+      <c r="AZ57" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA57" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB57" s="9">
+        <v>13186.575999999999</v>
+      </c>
       <c r="BD57" s="1"/>
       <c r="BG57" s="9"/>
     </row>
     <row r="58" spans="1:59">
       <c r="A58" s="1">
         <v>45665.125</v>
       </c>
       <c r="B58" t="s">
         <v>24</v>
       </c>
       <c r="C58" t="s">
         <v>30</v>
       </c>
       <c r="D58" s="9">
         <v>38276.737000000001</v>
       </c>
       <c r="F58" s="1">
         <v>45694.125</v>
       </c>
       <c r="G58" t="s">
         <v>24</v>
       </c>
       <c r="H58" t="s">
         <v>30</v>
       </c>
@@ -7252,52 +7723,62 @@
       </c>
       <c r="AO58" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP58" t="s">
         <v>24</v>
       </c>
       <c r="AQ58" t="s">
         <v>30</v>
       </c>
       <c r="AR58" s="9">
         <v>40858.396999999997</v>
       </c>
       <c r="AT58" s="1">
         <v>45952.125</v>
       </c>
       <c r="AU58" t="s">
         <v>24</v>
       </c>
       <c r="AV58" t="s">
         <v>30</v>
       </c>
       <c r="AW58" s="9">
         <v>36836.080000000002</v>
       </c>
-      <c r="AY58" s="1"/>
-      <c r="BB58" s="9"/>
+      <c r="AY58" s="1">
+        <v>45991.125</v>
+      </c>
+      <c r="AZ58" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA58" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB58" s="9">
+        <v>33685.764999999999</v>
+      </c>
       <c r="BD58" s="1"/>
       <c r="BG58" s="9"/>
     </row>
     <row r="59" spans="1:59">
       <c r="A59" s="1">
         <v>45665.125</v>
       </c>
       <c r="B59" t="s">
         <v>24</v>
       </c>
       <c r="C59" t="s">
         <v>31</v>
       </c>
       <c r="D59" s="9">
         <v>64235.809000000001</v>
       </c>
       <c r="F59" s="1">
         <v>45694.125</v>
       </c>
       <c r="G59" t="s">
         <v>24</v>
       </c>
       <c r="H59" t="s">
         <v>31</v>
       </c>
@@ -7378,52 +7859,62 @@
       </c>
       <c r="AO59" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP59" t="s">
         <v>24</v>
       </c>
       <c r="AQ59" t="s">
         <v>31</v>
       </c>
       <c r="AR59" s="9">
         <v>65320.921999999999</v>
       </c>
       <c r="AT59" s="1">
         <v>45952.125</v>
       </c>
       <c r="AU59" t="s">
         <v>24</v>
       </c>
       <c r="AV59" t="s">
         <v>31</v>
       </c>
       <c r="AW59" s="9">
         <v>63780.963000000003</v>
       </c>
-      <c r="AY59" s="1"/>
-      <c r="BB59" s="9"/>
+      <c r="AY59" s="1">
+        <v>45991.125</v>
+      </c>
+      <c r="AZ59" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA59" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB59" s="9">
+        <v>57172.94</v>
+      </c>
       <c r="BD59" s="1"/>
       <c r="BG59" s="9"/>
     </row>
     <row r="60" spans="1:59">
       <c r="A60" s="1">
         <v>45665.125</v>
       </c>
       <c r="B60" t="s">
         <v>24</v>
       </c>
       <c r="C60" t="s">
         <v>32</v>
       </c>
       <c r="D60" s="9">
         <v>11036.867</v>
       </c>
       <c r="F60" s="1">
         <v>45694.125</v>
       </c>
       <c r="G60" t="s">
         <v>24</v>
       </c>
       <c r="H60" t="s">
         <v>32</v>
       </c>
@@ -7504,52 +7995,62 @@
       </c>
       <c r="AO60" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP60" t="s">
         <v>24</v>
       </c>
       <c r="AQ60" t="s">
         <v>32</v>
       </c>
       <c r="AR60" s="9">
         <v>10500.6</v>
       </c>
       <c r="AT60" s="1">
         <v>45952.125</v>
       </c>
       <c r="AU60" t="s">
         <v>24</v>
       </c>
       <c r="AV60" t="s">
         <v>32</v>
       </c>
       <c r="AW60" s="9">
         <v>10910.665000000001</v>
       </c>
-      <c r="AY60" s="1"/>
-      <c r="BB60" s="9"/>
+      <c r="AY60" s="1">
+        <v>45991.125</v>
+      </c>
+      <c r="AZ60" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA60" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB60" s="9">
+        <v>9032.61</v>
+      </c>
       <c r="BD60" s="1"/>
       <c r="BG60" s="9"/>
     </row>
     <row r="61" spans="1:59">
       <c r="A61" s="1">
         <v>45665.125</v>
       </c>
       <c r="B61" t="s">
         <v>24</v>
       </c>
       <c r="C61" t="s">
         <v>33</v>
       </c>
       <c r="D61" s="9">
         <v>90516.551000000007</v>
       </c>
       <c r="F61" s="1">
         <v>45694.125</v>
       </c>
       <c r="G61" t="s">
         <v>24</v>
       </c>
       <c r="H61" t="s">
         <v>33</v>
       </c>
@@ -7630,52 +8131,62 @@
       </c>
       <c r="AO61" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP61" t="s">
         <v>24</v>
       </c>
       <c r="AQ61" t="s">
         <v>33</v>
       </c>
       <c r="AR61" s="9">
         <v>78633.436000000002</v>
       </c>
       <c r="AT61" s="1">
         <v>45952.125</v>
       </c>
       <c r="AU61" t="s">
         <v>24</v>
       </c>
       <c r="AV61" t="s">
         <v>33</v>
       </c>
       <c r="AW61" s="9">
         <v>76952.509000000005</v>
       </c>
-      <c r="AY61" s="1"/>
-      <c r="BB61" s="9"/>
+      <c r="AY61" s="1">
+        <v>45991.125</v>
+      </c>
+      <c r="AZ61" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA61" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB61" s="9">
+        <v>86031.665999999997</v>
+      </c>
       <c r="BD61" s="1"/>
       <c r="BG61" s="9"/>
     </row>
     <row r="62" spans="1:59">
       <c r="A62" s="1">
         <v>45665.125</v>
       </c>
       <c r="B62" t="s">
         <v>24</v>
       </c>
       <c r="C62" t="s">
         <v>34</v>
       </c>
       <c r="D62" s="9">
         <v>48665.4</v>
       </c>
       <c r="F62" s="1">
         <v>45694.125</v>
       </c>
       <c r="G62" t="s">
         <v>24</v>
       </c>
       <c r="H62" t="s">
         <v>34</v>
       </c>
@@ -7756,52 +8267,62 @@
       </c>
       <c r="AO62" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP62" t="s">
         <v>24</v>
       </c>
       <c r="AQ62" t="s">
         <v>34</v>
       </c>
       <c r="AR62" s="9">
         <v>131035.6</v>
       </c>
       <c r="AT62" s="1">
         <v>45952.125</v>
       </c>
       <c r="AU62" t="s">
         <v>24</v>
       </c>
       <c r="AV62" t="s">
         <v>34</v>
       </c>
       <c r="AW62" s="9">
         <v>53358.9</v>
       </c>
-      <c r="AY62" s="1"/>
-      <c r="BB62" s="9"/>
+      <c r="AY62" s="1">
+        <v>45991.125</v>
+      </c>
+      <c r="AZ62" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA62" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB62" s="9">
+        <v>52599.5</v>
+      </c>
       <c r="BD62" s="1"/>
       <c r="BG62" s="9"/>
     </row>
     <row r="63" spans="1:59">
       <c r="A63" s="1">
         <v>45665.125</v>
       </c>
       <c r="B63" t="s">
         <v>24</v>
       </c>
       <c r="C63" t="s">
         <v>35</v>
       </c>
       <c r="D63" s="9">
         <v>8916.6419999999998</v>
       </c>
       <c r="F63" s="1">
         <v>45694.125</v>
       </c>
       <c r="G63" t="s">
         <v>24</v>
       </c>
       <c r="H63" t="s">
         <v>35</v>
       </c>
@@ -7882,52 +8403,62 @@
       </c>
       <c r="AO63" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP63" t="s">
         <v>24</v>
       </c>
       <c r="AQ63" t="s">
         <v>35</v>
       </c>
       <c r="AR63" s="9">
         <v>6285.6570000000002</v>
       </c>
       <c r="AT63" s="1">
         <v>45952.125</v>
       </c>
       <c r="AU63" t="s">
         <v>24</v>
       </c>
       <c r="AV63" t="s">
         <v>35</v>
       </c>
       <c r="AW63" s="9">
         <v>5689.6080000000002</v>
       </c>
-      <c r="AY63" s="1"/>
-      <c r="BB63" s="9"/>
+      <c r="AY63" s="1">
+        <v>45991.125</v>
+      </c>
+      <c r="AZ63" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA63" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB63" s="9">
+        <v>6901.4449999999997</v>
+      </c>
       <c r="BD63" s="1"/>
       <c r="BG63" s="9"/>
     </row>
     <row r="64" spans="1:59">
       <c r="A64" s="1">
         <v>45665.125</v>
       </c>
       <c r="B64" t="s">
         <v>24</v>
       </c>
       <c r="C64" t="s">
         <v>36</v>
       </c>
       <c r="D64" s="9">
         <v>189362.927</v>
       </c>
       <c r="F64" s="1">
         <v>45694.125</v>
       </c>
       <c r="G64" t="s">
         <v>24</v>
       </c>
       <c r="H64" t="s">
         <v>36</v>
       </c>
@@ -8008,52 +8539,62 @@
       </c>
       <c r="AO64" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP64" t="s">
         <v>24</v>
       </c>
       <c r="AQ64" t="s">
         <v>36</v>
       </c>
       <c r="AR64" s="9">
         <v>155024.97200000001</v>
       </c>
       <c r="AT64" s="1">
         <v>45952.125</v>
       </c>
       <c r="AU64" t="s">
         <v>24</v>
       </c>
       <c r="AV64" t="s">
         <v>36</v>
       </c>
       <c r="AW64" s="9">
         <v>148672.65400000001</v>
       </c>
-      <c r="AY64" s="1"/>
-      <c r="BB64" s="9"/>
+      <c r="AY64" s="1">
+        <v>45991.125</v>
+      </c>
+      <c r="AZ64" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA64" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB64" s="9">
+        <v>166469.27299999999</v>
+      </c>
       <c r="BD64" s="1"/>
       <c r="BG64" s="9"/>
     </row>
     <row r="65" spans="1:59">
       <c r="A65" s="1">
         <v>45665.125</v>
       </c>
       <c r="B65" t="s">
         <v>24</v>
       </c>
       <c r="C65" t="s">
         <v>37</v>
       </c>
       <c r="D65" s="9">
         <v>90314.001999999993</v>
       </c>
       <c r="F65" s="1">
         <v>45694.125</v>
       </c>
       <c r="G65" t="s">
         <v>24</v>
       </c>
       <c r="H65" t="s">
         <v>37</v>
       </c>
@@ -8134,52 +8675,62 @@
       </c>
       <c r="AO65" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP65" t="s">
         <v>24</v>
       </c>
       <c r="AQ65" t="s">
         <v>37</v>
       </c>
       <c r="AR65" s="9">
         <v>56443.747000000003</v>
       </c>
       <c r="AT65" s="1">
         <v>45952.125</v>
       </c>
       <c r="AU65" t="s">
         <v>24</v>
       </c>
       <c r="AV65" t="s">
         <v>37</v>
       </c>
       <c r="AW65" s="9">
         <v>57072.993999999999</v>
       </c>
-      <c r="AY65" s="1"/>
-      <c r="BB65" s="9"/>
+      <c r="AY65" s="1">
+        <v>45991.125</v>
+      </c>
+      <c r="AZ65" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA65" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB65" s="9">
+        <v>76830.237999999998</v>
+      </c>
       <c r="BD65" s="1"/>
       <c r="BG65" s="9"/>
     </row>
     <row r="66" spans="1:59">
       <c r="A66" s="1">
         <v>45665.125</v>
       </c>
       <c r="B66" t="s">
         <v>24</v>
       </c>
       <c r="C66" t="s">
         <v>38</v>
       </c>
       <c r="D66" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F66" s="1">
         <v>45694.125</v>
       </c>
       <c r="G66" t="s">
         <v>24</v>
       </c>
       <c r="H66" t="s">
         <v>38</v>
       </c>
@@ -8260,52 +8811,62 @@
       </c>
       <c r="AO66" s="1">
         <v>45925.125</v>
       </c>
       <c r="AP66" t="s">
         <v>24</v>
       </c>
       <c r="AQ66" t="s">
         <v>38</v>
       </c>
       <c r="AR66" s="9">
         <v>2311.8490000000002</v>
       </c>
       <c r="AT66" s="1">
         <v>45952.125</v>
       </c>
       <c r="AU66" t="s">
         <v>24</v>
       </c>
       <c r="AV66" t="s">
         <v>38</v>
       </c>
       <c r="AW66" s="9">
         <v>2108.2910000000002</v>
       </c>
-      <c r="AY66" s="1"/>
-      <c r="BB66" s="9"/>
+      <c r="AY66" s="1">
+        <v>45991.125</v>
+      </c>
+      <c r="AZ66" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA66" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB66" s="9">
+        <v>2097.067</v>
+      </c>
       <c r="BD66" s="1"/>
       <c r="BG66" s="9"/>
     </row>
     <row r="67" spans="1:59">
       <c r="A67" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B67" t="s">
         <v>24</v>
       </c>
       <c r="C67" t="s">
         <v>25</v>
       </c>
       <c r="D67" s="9">
         <v>518017.94099999999</v>
       </c>
       <c r="F67" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G67" t="s">
         <v>24</v>
       </c>
       <c r="H67" t="s">
         <v>25</v>
       </c>
@@ -8386,52 +8947,62 @@
       </c>
       <c r="AO67" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP67" t="s">
         <v>24</v>
       </c>
       <c r="AQ67" t="s">
         <v>25</v>
       </c>
       <c r="AR67" s="9">
         <v>263908.12599999999</v>
       </c>
       <c r="AT67" s="1">
         <v>45952.166666666664</v>
       </c>
       <c r="AU67" t="s">
         <v>24</v>
       </c>
       <c r="AV67" t="s">
         <v>25</v>
       </c>
       <c r="AW67" s="9">
         <v>287579.83199999999</v>
       </c>
-      <c r="AY67" s="1"/>
-      <c r="BB67" s="9"/>
+      <c r="AY67" s="1">
+        <v>45991.166666666664</v>
+      </c>
+      <c r="AZ67" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA67" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB67" s="9">
+        <v>427591.41399999999</v>
+      </c>
       <c r="BD67" s="1"/>
       <c r="BG67" s="9"/>
     </row>
     <row r="68" spans="1:59">
       <c r="A68" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B68" t="s">
         <v>24</v>
       </c>
       <c r="C68" t="s">
         <v>26</v>
       </c>
       <c r="D68" s="9">
         <v>2080.373</v>
       </c>
       <c r="F68" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G68" t="s">
         <v>24</v>
       </c>
       <c r="H68" t="s">
         <v>26</v>
       </c>
@@ -8512,52 +9083,62 @@
       </c>
       <c r="AO68" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP68" t="s">
         <v>24</v>
       </c>
       <c r="AQ68" t="s">
         <v>26</v>
       </c>
       <c r="AR68" s="9">
         <v>2214.1379999999999</v>
       </c>
       <c r="AT68" s="1">
         <v>45952.166666666664</v>
       </c>
       <c r="AU68" t="s">
         <v>24</v>
       </c>
       <c r="AV68" t="s">
         <v>26</v>
       </c>
       <c r="AW68" s="9">
         <v>2089.2220000000002</v>
       </c>
-      <c r="AY68" s="1"/>
-      <c r="BB68" s="9"/>
+      <c r="AY68" s="1">
+        <v>45991.166666666664</v>
+      </c>
+      <c r="AZ68" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA68" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB68" s="9">
+        <v>2005.1559999999999</v>
+      </c>
       <c r="BD68" s="1"/>
       <c r="BG68" s="9"/>
     </row>
     <row r="69" spans="1:59">
       <c r="A69" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B69" t="s">
         <v>24</v>
       </c>
       <c r="C69" t="s">
         <v>27</v>
       </c>
       <c r="D69" s="9">
         <v>297.00299999999999</v>
       </c>
       <c r="F69" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G69" t="s">
         <v>24</v>
       </c>
       <c r="H69" t="s">
         <v>27</v>
       </c>
@@ -8638,52 +9219,62 @@
       </c>
       <c r="AO69" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP69" t="s">
         <v>24</v>
       </c>
       <c r="AQ69" t="s">
         <v>27</v>
       </c>
       <c r="AR69" s="9">
         <v>107.19799999999999</v>
       </c>
       <c r="AT69" s="1">
         <v>45952.166666666664</v>
       </c>
       <c r="AU69" t="s">
         <v>24</v>
       </c>
       <c r="AV69" t="s">
         <v>27</v>
       </c>
       <c r="AW69" s="9">
         <v>65.632999999999996</v>
       </c>
-      <c r="AY69" s="1"/>
-      <c r="BB69" s="9"/>
+      <c r="AY69" s="1">
+        <v>45991.166666666664</v>
+      </c>
+      <c r="AZ69" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA69" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB69" s="9">
+        <v>228.71799999999999</v>
+      </c>
       <c r="BD69" s="1"/>
       <c r="BG69" s="9"/>
     </row>
     <row r="70" spans="1:59">
       <c r="A70" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B70" t="s">
         <v>24</v>
       </c>
       <c r="C70" t="s">
         <v>28</v>
       </c>
       <c r="D70" s="9">
         <v>8930.143</v>
       </c>
       <c r="F70" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G70" t="s">
         <v>24</v>
       </c>
       <c r="H70" t="s">
         <v>28</v>
       </c>
@@ -8764,52 +9355,62 @@
       </c>
       <c r="AO70" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP70" t="s">
         <v>24</v>
       </c>
       <c r="AQ70" t="s">
         <v>28</v>
       </c>
       <c r="AR70" s="9">
         <v>523.71100000000001</v>
       </c>
       <c r="AT70" s="1">
         <v>45952.166666666664</v>
       </c>
       <c r="AU70" t="s">
         <v>24</v>
       </c>
       <c r="AV70" t="s">
         <v>28</v>
       </c>
       <c r="AW70" s="9">
         <v>649.20799999999997</v>
       </c>
-      <c r="AY70" s="1"/>
-      <c r="BB70" s="9"/>
+      <c r="AY70" s="1">
+        <v>45991.166666666664</v>
+      </c>
+      <c r="AZ70" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA70" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB70" s="9">
+        <v>1295.819</v>
+      </c>
       <c r="BD70" s="1"/>
       <c r="BG70" s="9"/>
     </row>
     <row r="71" spans="1:59">
       <c r="A71" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B71" t="s">
         <v>24</v>
       </c>
       <c r="C71" t="s">
         <v>29</v>
       </c>
       <c r="D71" s="9">
         <v>15497.008</v>
       </c>
       <c r="F71" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G71" t="s">
         <v>24</v>
       </c>
       <c r="H71" t="s">
         <v>29</v>
       </c>
@@ -8890,52 +9491,62 @@
       </c>
       <c r="AO71" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP71" t="s">
         <v>24</v>
       </c>
       <c r="AQ71" t="s">
         <v>29</v>
       </c>
       <c r="AR71" s="9">
         <v>16018.050999999999</v>
       </c>
       <c r="AT71" s="1">
         <v>45952.166666666664</v>
       </c>
       <c r="AU71" t="s">
         <v>24</v>
       </c>
       <c r="AV71" t="s">
         <v>29</v>
       </c>
       <c r="AW71" s="9">
         <v>16168.018</v>
       </c>
-      <c r="AY71" s="1"/>
-      <c r="BB71" s="9"/>
+      <c r="AY71" s="1">
+        <v>45991.166666666664</v>
+      </c>
+      <c r="AZ71" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA71" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB71" s="9">
+        <v>13197.806</v>
+      </c>
       <c r="BD71" s="1"/>
       <c r="BG71" s="9"/>
     </row>
     <row r="72" spans="1:59">
       <c r="A72" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B72" t="s">
         <v>24</v>
       </c>
       <c r="C72" t="s">
         <v>30</v>
       </c>
       <c r="D72" s="9">
         <v>40295.377</v>
       </c>
       <c r="F72" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G72" t="s">
         <v>24</v>
       </c>
       <c r="H72" t="s">
         <v>30</v>
       </c>
@@ -9016,52 +9627,62 @@
       </c>
       <c r="AO72" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP72" t="s">
         <v>24</v>
       </c>
       <c r="AQ72" t="s">
         <v>30</v>
       </c>
       <c r="AR72" s="9">
         <v>42813.296999999999</v>
       </c>
       <c r="AT72" s="1">
         <v>45952.166666666664</v>
       </c>
       <c r="AU72" t="s">
         <v>24</v>
       </c>
       <c r="AV72" t="s">
         <v>30</v>
       </c>
       <c r="AW72" s="9">
         <v>38565.103000000003</v>
       </c>
-      <c r="AY72" s="1"/>
-      <c r="BB72" s="9"/>
+      <c r="AY72" s="1">
+        <v>45991.166666666664</v>
+      </c>
+      <c r="AZ72" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA72" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB72" s="9">
+        <v>33842.498</v>
+      </c>
       <c r="BD72" s="1"/>
       <c r="BG72" s="9"/>
     </row>
     <row r="73" spans="1:59">
       <c r="A73" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B73" t="s">
         <v>24</v>
       </c>
       <c r="C73" t="s">
         <v>31</v>
       </c>
       <c r="D73" s="9">
         <v>67386.785999999993</v>
       </c>
       <c r="F73" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G73" t="s">
         <v>24</v>
       </c>
       <c r="H73" t="s">
         <v>31</v>
       </c>
@@ -9142,52 +9763,62 @@
       </c>
       <c r="AO73" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP73" t="s">
         <v>24</v>
       </c>
       <c r="AQ73" t="s">
         <v>31</v>
       </c>
       <c r="AR73" s="9">
         <v>69233.317999999999</v>
       </c>
       <c r="AT73" s="1">
         <v>45952.166666666664</v>
       </c>
       <c r="AU73" t="s">
         <v>24</v>
       </c>
       <c r="AV73" t="s">
         <v>31</v>
       </c>
       <c r="AW73" s="9">
         <v>65885.444000000003</v>
       </c>
-      <c r="AY73" s="1"/>
-      <c r="BB73" s="9"/>
+      <c r="AY73" s="1">
+        <v>45991.166666666664</v>
+      </c>
+      <c r="AZ73" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA73" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB73" s="9">
+        <v>57677.472999999998</v>
+      </c>
       <c r="BD73" s="1"/>
       <c r="BG73" s="9"/>
     </row>
     <row r="74" spans="1:59">
       <c r="A74" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B74" t="s">
         <v>24</v>
       </c>
       <c r="C74" t="s">
         <v>32</v>
       </c>
       <c r="D74" s="9">
         <v>11416.52</v>
       </c>
       <c r="F74" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G74" t="s">
         <v>24</v>
       </c>
       <c r="H74" t="s">
         <v>32</v>
       </c>
@@ -9268,52 +9899,62 @@
       </c>
       <c r="AO74" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP74" t="s">
         <v>24</v>
       </c>
       <c r="AQ74" t="s">
         <v>32</v>
       </c>
       <c r="AR74" s="9">
         <v>10623.12</v>
       </c>
       <c r="AT74" s="1">
         <v>45952.166666666664</v>
       </c>
       <c r="AU74" t="s">
         <v>24</v>
       </c>
       <c r="AV74" t="s">
         <v>32</v>
       </c>
       <c r="AW74" s="9">
         <v>11115.594999999999</v>
       </c>
-      <c r="AY74" s="1"/>
-      <c r="BB74" s="9"/>
+      <c r="AY74" s="1">
+        <v>45991.166666666664</v>
+      </c>
+      <c r="AZ74" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA74" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB74" s="9">
+        <v>9273.09</v>
+      </c>
       <c r="BD74" s="1"/>
       <c r="BG74" s="9"/>
     </row>
     <row r="75" spans="1:59">
       <c r="A75" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B75" t="s">
         <v>24</v>
       </c>
       <c r="C75" t="s">
         <v>33</v>
       </c>
       <c r="D75" s="9">
         <v>92621.119000000006</v>
       </c>
       <c r="F75" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G75" t="s">
         <v>24</v>
       </c>
       <c r="H75" t="s">
         <v>33</v>
       </c>
@@ -9394,52 +10035,62 @@
       </c>
       <c r="AO75" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP75" t="s">
         <v>24</v>
       </c>
       <c r="AQ75" t="s">
         <v>33</v>
       </c>
       <c r="AR75" s="9">
         <v>79567.850000000006</v>
       </c>
       <c r="AT75" s="1">
         <v>45952.166666666664</v>
       </c>
       <c r="AU75" t="s">
         <v>24</v>
       </c>
       <c r="AV75" t="s">
         <v>33</v>
       </c>
       <c r="AW75" s="9">
         <v>79228.070000000007</v>
       </c>
-      <c r="AY75" s="1"/>
-      <c r="BB75" s="9"/>
+      <c r="AY75" s="1">
+        <v>45991.166666666664</v>
+      </c>
+      <c r="AZ75" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA75" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB75" s="9">
+        <v>85239.106</v>
+      </c>
       <c r="BD75" s="1"/>
       <c r="BG75" s="9"/>
     </row>
     <row r="76" spans="1:59">
       <c r="A76" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B76" t="s">
         <v>24</v>
       </c>
       <c r="C76" t="s">
         <v>34</v>
       </c>
       <c r="D76" s="9">
         <v>47849.599999999999</v>
       </c>
       <c r="F76" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G76" t="s">
         <v>24</v>
       </c>
       <c r="H76" t="s">
         <v>34</v>
       </c>
@@ -9520,52 +10171,62 @@
       </c>
       <c r="AO76" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP76" t="s">
         <v>24</v>
       </c>
       <c r="AQ76" t="s">
         <v>34</v>
       </c>
       <c r="AR76" s="9">
         <v>131593.1</v>
       </c>
       <c r="AT76" s="1">
         <v>45952.166666666664</v>
       </c>
       <c r="AU76" t="s">
         <v>24</v>
       </c>
       <c r="AV76" t="s">
         <v>34</v>
       </c>
       <c r="AW76" s="9">
         <v>52688.5</v>
       </c>
-      <c r="AY76" s="1"/>
-      <c r="BB76" s="9"/>
+      <c r="AY76" s="1">
+        <v>45991.166666666664</v>
+      </c>
+      <c r="AZ76" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA76" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB76" s="9">
+        <v>23078.400000000001</v>
+      </c>
       <c r="BD76" s="1"/>
       <c r="BG76" s="9"/>
     </row>
     <row r="77" spans="1:59">
       <c r="A77" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B77" t="s">
         <v>24</v>
       </c>
       <c r="C77" t="s">
         <v>35</v>
       </c>
       <c r="D77" s="9">
         <v>9211.3819999999996</v>
       </c>
       <c r="F77" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G77" t="s">
         <v>24</v>
       </c>
       <c r="H77" t="s">
         <v>35</v>
       </c>
@@ -9646,52 +10307,62 @@
       </c>
       <c r="AO77" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP77" t="s">
         <v>24</v>
       </c>
       <c r="AQ77" t="s">
         <v>35</v>
       </c>
       <c r="AR77" s="9">
         <v>6412.6319999999996</v>
       </c>
       <c r="AT77" s="1">
         <v>45952.166666666664</v>
       </c>
       <c r="AU77" t="s">
         <v>24</v>
       </c>
       <c r="AV77" t="s">
         <v>35</v>
       </c>
       <c r="AW77" s="9">
         <v>6015.6859999999997</v>
       </c>
-      <c r="AY77" s="1"/>
-      <c r="BB77" s="9"/>
+      <c r="AY77" s="1">
+        <v>45991.166666666664</v>
+      </c>
+      <c r="AZ77" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA77" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB77" s="9">
+        <v>6877.0889999999999</v>
+      </c>
       <c r="BD77" s="1"/>
       <c r="BG77" s="9"/>
     </row>
     <row r="78" spans="1:59">
       <c r="A78" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B78" t="s">
         <v>24</v>
       </c>
       <c r="C78" t="s">
         <v>36</v>
       </c>
       <c r="D78" s="9">
         <v>199741.23199999999</v>
       </c>
       <c r="F78" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G78" t="s">
         <v>24</v>
       </c>
       <c r="H78" t="s">
         <v>36</v>
       </c>
@@ -9772,52 +10443,62 @@
       </c>
       <c r="AO78" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP78" t="s">
         <v>24</v>
       </c>
       <c r="AQ78" t="s">
         <v>36</v>
       </c>
       <c r="AR78" s="9">
         <v>165204.67499999999</v>
       </c>
       <c r="AT78" s="1">
         <v>45952.166666666664</v>
       </c>
       <c r="AU78" t="s">
         <v>24</v>
       </c>
       <c r="AV78" t="s">
         <v>36</v>
       </c>
       <c r="AW78" s="9">
         <v>159422.17800000001</v>
       </c>
-      <c r="AY78" s="1"/>
-      <c r="BB78" s="9"/>
+      <c r="AY78" s="1">
+        <v>45991.166666666664</v>
+      </c>
+      <c r="AZ78" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA78" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB78" s="9">
+        <v>170839.348</v>
+      </c>
       <c r="BD78" s="1"/>
       <c r="BG78" s="9"/>
     </row>
     <row r="79" spans="1:59">
       <c r="A79" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B79" t="s">
         <v>24</v>
       </c>
       <c r="C79" t="s">
         <v>37</v>
       </c>
       <c r="D79" s="9">
         <v>91848.839000000007</v>
       </c>
       <c r="F79" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G79" t="s">
         <v>24</v>
       </c>
       <c r="H79" t="s">
         <v>37</v>
       </c>
@@ -9898,52 +10579,62 @@
       </c>
       <c r="AO79" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP79" t="s">
         <v>24</v>
       </c>
       <c r="AQ79" t="s">
         <v>37</v>
       </c>
       <c r="AR79" s="9">
         <v>57501.786</v>
       </c>
       <c r="AT79" s="1">
         <v>45952.166666666664</v>
       </c>
       <c r="AU79" t="s">
         <v>24</v>
       </c>
       <c r="AV79" t="s">
         <v>37</v>
       </c>
       <c r="AW79" s="9">
         <v>58356.54</v>
       </c>
-      <c r="AY79" s="1"/>
-      <c r="BB79" s="9"/>
+      <c r="AY79" s="1">
+        <v>45991.166666666664</v>
+      </c>
+      <c r="AZ79" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA79" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB79" s="9">
+        <v>76926.858999999997</v>
+      </c>
       <c r="BD79" s="1"/>
       <c r="BG79" s="9"/>
     </row>
     <row r="80" spans="1:59">
       <c r="A80" s="1">
         <v>45665.166666666664</v>
       </c>
       <c r="B80" t="s">
         <v>24</v>
       </c>
       <c r="C80" t="s">
         <v>38</v>
       </c>
       <c r="D80" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F80" s="1">
         <v>45694.166666666664</v>
       </c>
       <c r="G80" t="s">
         <v>24</v>
       </c>
       <c r="H80" t="s">
         <v>38</v>
       </c>
@@ -10024,52 +10715,62 @@
       </c>
       <c r="AO80" s="1">
         <v>45925.166666666664</v>
       </c>
       <c r="AP80" t="s">
         <v>24</v>
       </c>
       <c r="AQ80" t="s">
         <v>38</v>
       </c>
       <c r="AR80" s="9">
         <v>2311.8490000000002</v>
       </c>
       <c r="AT80" s="1">
         <v>45952.166666666664</v>
       </c>
       <c r="AU80" t="s">
         <v>24</v>
       </c>
       <c r="AV80" t="s">
         <v>38</v>
       </c>
       <c r="AW80" s="9">
         <v>2108.2910000000002</v>
       </c>
-      <c r="AY80" s="1"/>
-      <c r="BB80" s="9"/>
+      <c r="AY80" s="1">
+        <v>45991.166666666664</v>
+      </c>
+      <c r="AZ80" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA80" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB80" s="9">
+        <v>2097.067</v>
+      </c>
       <c r="BD80" s="1"/>
       <c r="BG80" s="9"/>
     </row>
     <row r="81" spans="1:59">
       <c r="A81" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B81" t="s">
         <v>24</v>
       </c>
       <c r="C81" t="s">
         <v>25</v>
       </c>
       <c r="D81" s="9">
         <v>560663.06799999997</v>
       </c>
       <c r="F81" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G81" t="s">
         <v>24</v>
       </c>
       <c r="H81" t="s">
         <v>25</v>
       </c>
@@ -10150,52 +10851,62 @@
       </c>
       <c r="AO81" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP81" t="s">
         <v>24</v>
       </c>
       <c r="AQ81" t="s">
         <v>25</v>
       </c>
       <c r="AR81" s="9">
         <v>298198.81199999998</v>
       </c>
       <c r="AT81" s="1">
         <v>45952.208333333336</v>
       </c>
       <c r="AU81" t="s">
         <v>24</v>
       </c>
       <c r="AV81" t="s">
         <v>25</v>
       </c>
       <c r="AW81" s="9">
         <v>328007.92</v>
       </c>
-      <c r="AY81" s="1"/>
-      <c r="BB81" s="9"/>
+      <c r="AY81" s="1">
+        <v>45991.208333333336</v>
+      </c>
+      <c r="AZ81" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA81" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB81" s="9">
+        <v>442736.50199999998</v>
+      </c>
       <c r="BD81" s="1"/>
       <c r="BG81" s="9"/>
     </row>
     <row r="82" spans="1:59">
       <c r="A82" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B82" t="s">
         <v>24</v>
       </c>
       <c r="C82" t="s">
         <v>26</v>
       </c>
       <c r="D82" s="9">
         <v>2080.373</v>
       </c>
       <c r="F82" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G82" t="s">
         <v>24</v>
       </c>
       <c r="H82" t="s">
         <v>26</v>
       </c>
@@ -10276,52 +10987,62 @@
       </c>
       <c r="AO82" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP82" t="s">
         <v>24</v>
       </c>
       <c r="AQ82" t="s">
         <v>26</v>
       </c>
       <c r="AR82" s="9">
         <v>0</v>
       </c>
       <c r="AT82" s="1">
         <v>45952.208333333336</v>
       </c>
       <c r="AU82" t="s">
         <v>24</v>
       </c>
       <c r="AV82" t="s">
         <v>26</v>
       </c>
       <c r="AW82" s="9">
         <v>2089.2220000000002</v>
       </c>
-      <c r="AY82" s="1"/>
-      <c r="BB82" s="9"/>
+      <c r="AY82" s="1">
+        <v>45991.208333333336</v>
+      </c>
+      <c r="AZ82" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA82" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB82" s="9">
+        <v>2005.1559999999999</v>
+      </c>
       <c r="BD82" s="1"/>
       <c r="BG82" s="9"/>
     </row>
     <row r="83" spans="1:59">
       <c r="A83" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B83" t="s">
         <v>24</v>
       </c>
       <c r="C83" t="s">
         <v>27</v>
       </c>
       <c r="D83" s="9">
         <v>319.69799999999998</v>
       </c>
       <c r="F83" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G83" t="s">
         <v>24</v>
       </c>
       <c r="H83" t="s">
         <v>27</v>
       </c>
@@ -10402,52 +11123,62 @@
       </c>
       <c r="AO83" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP83" t="s">
         <v>24</v>
       </c>
       <c r="AQ83" t="s">
         <v>27</v>
       </c>
       <c r="AR83" s="9">
         <v>107.587</v>
       </c>
       <c r="AT83" s="1">
         <v>45952.208333333336</v>
       </c>
       <c r="AU83" t="s">
         <v>24</v>
       </c>
       <c r="AV83" t="s">
         <v>27</v>
       </c>
       <c r="AW83" s="9">
         <v>59.634</v>
       </c>
-      <c r="AY83" s="1"/>
-      <c r="BB83" s="9"/>
+      <c r="AY83" s="1">
+        <v>45991.208333333336</v>
+      </c>
+      <c r="AZ83" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA83" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB83" s="9">
+        <v>225.66200000000001</v>
+      </c>
       <c r="BD83" s="1"/>
       <c r="BG83" s="9"/>
     </row>
     <row r="84" spans="1:59">
       <c r="A84" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B84" t="s">
         <v>24</v>
       </c>
       <c r="C84" t="s">
         <v>28</v>
       </c>
       <c r="D84" s="9">
         <v>9433.2530000000006</v>
       </c>
       <c r="F84" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G84" t="s">
         <v>24</v>
       </c>
       <c r="H84" t="s">
         <v>28</v>
       </c>
@@ -10528,52 +11259,62 @@
       </c>
       <c r="AO84" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP84" t="s">
         <v>24</v>
       </c>
       <c r="AQ84" t="s">
         <v>28</v>
       </c>
       <c r="AR84" s="9">
         <v>615.83100000000002</v>
       </c>
       <c r="AT84" s="1">
         <v>45952.208333333336</v>
       </c>
       <c r="AU84" t="s">
         <v>24</v>
       </c>
       <c r="AV84" t="s">
         <v>28</v>
       </c>
       <c r="AW84" s="9">
         <v>748.97299999999996</v>
       </c>
-      <c r="AY84" s="1"/>
-      <c r="BB84" s="9"/>
+      <c r="AY84" s="1">
+        <v>45991.208333333336</v>
+      </c>
+      <c r="AZ84" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA84" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB84" s="9">
+        <v>1319.885</v>
+      </c>
       <c r="BD84" s="1"/>
       <c r="BG84" s="9"/>
     </row>
     <row r="85" spans="1:59">
       <c r="A85" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B85" t="s">
         <v>24</v>
       </c>
       <c r="C85" t="s">
         <v>29</v>
       </c>
       <c r="D85" s="9">
         <v>16968.994999999999</v>
       </c>
       <c r="F85" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G85" t="s">
         <v>24</v>
       </c>
       <c r="H85" t="s">
         <v>29</v>
       </c>
@@ -10654,52 +11395,62 @@
       </c>
       <c r="AO85" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP85" t="s">
         <v>24</v>
       </c>
       <c r="AQ85" t="s">
         <v>29</v>
       </c>
       <c r="AR85" s="9">
         <v>18468.652999999998</v>
       </c>
       <c r="AT85" s="1">
         <v>45952.208333333336</v>
       </c>
       <c r="AU85" t="s">
         <v>24</v>
       </c>
       <c r="AV85" t="s">
         <v>29</v>
       </c>
       <c r="AW85" s="9">
         <v>18737.087</v>
       </c>
-      <c r="AY85" s="1"/>
-      <c r="BB85" s="9"/>
+      <c r="AY85" s="1">
+        <v>45991.208333333336</v>
+      </c>
+      <c r="AZ85" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA85" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB85" s="9">
+        <v>14020.237999999999</v>
+      </c>
       <c r="BD85" s="1"/>
       <c r="BG85" s="9"/>
     </row>
     <row r="86" spans="1:59">
       <c r="A86" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B86" t="s">
         <v>24</v>
       </c>
       <c r="C86" t="s">
         <v>30</v>
       </c>
       <c r="D86" s="9">
         <v>44015.09</v>
       </c>
       <c r="F86" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G86" t="s">
         <v>24</v>
       </c>
       <c r="H86" t="s">
         <v>30</v>
       </c>
@@ -10780,52 +11531,62 @@
       </c>
       <c r="AO86" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP86" t="s">
         <v>24</v>
       </c>
       <c r="AQ86" t="s">
         <v>30</v>
       </c>
       <c r="AR86" s="9">
         <v>46865.296999999999</v>
       </c>
       <c r="AT86" s="1">
         <v>45952.208333333336</v>
       </c>
       <c r="AU86" t="s">
         <v>24</v>
       </c>
       <c r="AV86" t="s">
         <v>30</v>
       </c>
       <c r="AW86" s="9">
         <v>42434.347000000002</v>
       </c>
-      <c r="AY86" s="1"/>
-      <c r="BB86" s="9"/>
+      <c r="AY86" s="1">
+        <v>45991.208333333336</v>
+      </c>
+      <c r="AZ86" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA86" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB86" s="9">
+        <v>35178.082000000002</v>
+      </c>
       <c r="BD86" s="1"/>
       <c r="BG86" s="9"/>
     </row>
     <row r="87" spans="1:59">
       <c r="A87" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B87" t="s">
         <v>24</v>
       </c>
       <c r="C87" t="s">
         <v>31</v>
       </c>
       <c r="D87" s="9">
         <v>71009.81</v>
       </c>
       <c r="F87" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G87" t="s">
         <v>24</v>
       </c>
       <c r="H87" t="s">
         <v>31</v>
       </c>
@@ -10906,52 +11667,62 @@
       </c>
       <c r="AO87" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP87" t="s">
         <v>24</v>
       </c>
       <c r="AQ87" t="s">
         <v>31</v>
       </c>
       <c r="AR87" s="9">
         <v>73488.024000000005</v>
       </c>
       <c r="AT87" s="1">
         <v>45952.208333333336</v>
       </c>
       <c r="AU87" t="s">
         <v>24</v>
       </c>
       <c r="AV87" t="s">
         <v>31</v>
       </c>
       <c r="AW87" s="9">
         <v>68660.192999999999</v>
       </c>
-      <c r="AY87" s="1"/>
-      <c r="BB87" s="9"/>
+      <c r="AY87" s="1">
+        <v>45991.208333333336</v>
+      </c>
+      <c r="AZ87" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA87" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB87" s="9">
+        <v>57903.406000000003</v>
+      </c>
       <c r="BD87" s="1"/>
       <c r="BG87" s="9"/>
     </row>
     <row r="88" spans="1:59">
       <c r="A88" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B88" t="s">
         <v>24</v>
       </c>
       <c r="C88" t="s">
         <v>32</v>
       </c>
       <c r="D88" s="9">
         <v>11963.043</v>
       </c>
       <c r="F88" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G88" t="s">
         <v>24</v>
       </c>
       <c r="H88" t="s">
         <v>32</v>
       </c>
@@ -11032,52 +11803,62 @@
       </c>
       <c r="AO88" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP88" t="s">
         <v>24</v>
       </c>
       <c r="AQ88" t="s">
         <v>32</v>
       </c>
       <c r="AR88" s="9">
         <v>11277.19</v>
       </c>
       <c r="AT88" s="1">
         <v>45952.208333333336</v>
       </c>
       <c r="AU88" t="s">
         <v>24</v>
       </c>
       <c r="AV88" t="s">
         <v>32</v>
       </c>
       <c r="AW88" s="9">
         <v>10858.31</v>
       </c>
-      <c r="AY88" s="1"/>
-      <c r="BB88" s="9"/>
+      <c r="AY88" s="1">
+        <v>45991.208333333336</v>
+      </c>
+      <c r="AZ88" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA88" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB88" s="9">
+        <v>9424.92</v>
+      </c>
       <c r="BD88" s="1"/>
       <c r="BG88" s="9"/>
     </row>
     <row r="89" spans="1:59">
       <c r="A89" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B89" t="s">
         <v>24</v>
       </c>
       <c r="C89" t="s">
         <v>33</v>
       </c>
       <c r="D89" s="9">
         <v>94855.760999999999</v>
       </c>
       <c r="F89" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G89" t="s">
         <v>24</v>
       </c>
       <c r="H89" t="s">
         <v>33</v>
       </c>
@@ -11158,52 +11939,62 @@
       </c>
       <c r="AO89" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP89" t="s">
         <v>24</v>
       </c>
       <c r="AQ89" t="s">
         <v>33</v>
       </c>
       <c r="AR89" s="9">
         <v>81713.865999999995</v>
       </c>
       <c r="AT89" s="1">
         <v>45952.208333333336</v>
       </c>
       <c r="AU89" t="s">
         <v>24</v>
       </c>
       <c r="AV89" t="s">
         <v>33</v>
       </c>
       <c r="AW89" s="9">
         <v>76381.076000000001</v>
       </c>
-      <c r="AY89" s="1"/>
-      <c r="BB89" s="9"/>
+      <c r="AY89" s="1">
+        <v>45991.208333333336</v>
+      </c>
+      <c r="AZ89" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA89" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB89" s="9">
+        <v>82394.350999999995</v>
+      </c>
       <c r="BD89" s="1"/>
       <c r="BG89" s="9"/>
     </row>
     <row r="90" spans="1:59">
       <c r="A90" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B90" t="s">
         <v>24</v>
       </c>
       <c r="C90" t="s">
         <v>34</v>
       </c>
       <c r="D90" s="9">
         <v>42244.7</v>
       </c>
       <c r="F90" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G90" t="s">
         <v>24</v>
       </c>
       <c r="H90" t="s">
         <v>34</v>
       </c>
@@ -11284,52 +12075,62 @@
       </c>
       <c r="AO90" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP90" t="s">
         <v>24</v>
       </c>
       <c r="AQ90" t="s">
         <v>34</v>
       </c>
       <c r="AR90" s="9">
         <v>127306.6</v>
       </c>
       <c r="AT90" s="1">
         <v>45952.208333333336</v>
       </c>
       <c r="AU90" t="s">
         <v>24</v>
       </c>
       <c r="AV90" t="s">
         <v>34</v>
       </c>
       <c r="AW90" s="9">
         <v>52999.4</v>
       </c>
-      <c r="AY90" s="1"/>
-      <c r="BB90" s="9"/>
+      <c r="AY90" s="1">
+        <v>45991.208333333336</v>
+      </c>
+      <c r="AZ90" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA90" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB90" s="9">
+        <v>48618.1</v>
+      </c>
       <c r="BD90" s="1"/>
       <c r="BG90" s="9"/>
     </row>
     <row r="91" spans="1:59">
       <c r="A91" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B91" t="s">
         <v>24</v>
       </c>
       <c r="C91" t="s">
         <v>35</v>
       </c>
       <c r="D91" s="9">
         <v>9817.8909999999996</v>
       </c>
       <c r="F91" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G91" t="s">
         <v>24</v>
       </c>
       <c r="H91" t="s">
         <v>35</v>
       </c>
@@ -11410,52 +12211,62 @@
       </c>
       <c r="AO91" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP91" t="s">
         <v>24</v>
       </c>
       <c r="AQ91" t="s">
         <v>35</v>
       </c>
       <c r="AR91" s="9">
         <v>6858.14</v>
       </c>
       <c r="AT91" s="1">
         <v>45952.208333333336</v>
       </c>
       <c r="AU91" t="s">
         <v>24</v>
       </c>
       <c r="AV91" t="s">
         <v>35</v>
       </c>
       <c r="AW91" s="9">
         <v>6743.08</v>
       </c>
-      <c r="AY91" s="1"/>
-      <c r="BB91" s="9"/>
+      <c r="AY91" s="1">
+        <v>45991.208333333336</v>
+      </c>
+      <c r="AZ91" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA91" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB91" s="9">
+        <v>6856.6989999999996</v>
+      </c>
       <c r="BD91" s="1"/>
       <c r="BG91" s="9"/>
     </row>
     <row r="92" spans="1:59">
       <c r="A92" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B92" t="s">
         <v>24</v>
       </c>
       <c r="C92" t="s">
         <v>36</v>
       </c>
       <c r="D92" s="9">
         <v>218521.79199999999</v>
       </c>
       <c r="F92" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G92" t="s">
         <v>24</v>
       </c>
       <c r="H92" t="s">
         <v>36</v>
       </c>
@@ -11536,52 +12347,62 @@
       </c>
       <c r="AO92" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP92" t="s">
         <v>24</v>
       </c>
       <c r="AQ92" t="s">
         <v>36</v>
       </c>
       <c r="AR92" s="9">
         <v>187002.96299999999</v>
       </c>
       <c r="AT92" s="1">
         <v>45952.208333333336</v>
       </c>
       <c r="AU92" t="s">
         <v>24</v>
       </c>
       <c r="AV92" t="s">
         <v>36</v>
       </c>
       <c r="AW92" s="9">
         <v>179936.02799999999</v>
       </c>
-      <c r="AY92" s="1"/>
-      <c r="BB92" s="9"/>
+      <c r="AY92" s="1">
+        <v>45991.208333333336</v>
+      </c>
+      <c r="AZ92" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA92" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB92" s="9">
+        <v>178223.01</v>
+      </c>
       <c r="BD92" s="1"/>
       <c r="BG92" s="9"/>
     </row>
     <row r="93" spans="1:59">
       <c r="A93" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B93" t="s">
         <v>24</v>
       </c>
       <c r="C93" t="s">
         <v>37</v>
       </c>
       <c r="D93" s="9">
         <v>95119.870999999999</v>
       </c>
       <c r="F93" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G93" t="s">
         <v>24</v>
       </c>
       <c r="H93" t="s">
         <v>37</v>
       </c>
@@ -11662,52 +12483,62 @@
       </c>
       <c r="AO93" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP93" t="s">
         <v>24</v>
       </c>
       <c r="AQ93" t="s">
         <v>37</v>
       </c>
       <c r="AR93" s="9">
         <v>61118.379000000001</v>
       </c>
       <c r="AT93" s="1">
         <v>45952.208333333336</v>
       </c>
       <c r="AU93" t="s">
         <v>24</v>
       </c>
       <c r="AV93" t="s">
         <v>37</v>
       </c>
       <c r="AW93" s="9">
         <v>61960.576000000001</v>
       </c>
-      <c r="AY93" s="1"/>
-      <c r="BB93" s="9"/>
+      <c r="AY93" s="1">
+        <v>45991.208333333336</v>
+      </c>
+      <c r="AZ93" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA93" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB93" s="9">
+        <v>77846.448999999993</v>
+      </c>
       <c r="BD93" s="1"/>
       <c r="BG93" s="9"/>
     </row>
     <row r="94" spans="1:59">
       <c r="A94" s="1">
         <v>45665.208333333336</v>
       </c>
       <c r="B94" t="s">
         <v>24</v>
       </c>
       <c r="C94" t="s">
         <v>38</v>
       </c>
       <c r="D94" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F94" s="1">
         <v>45694.208333333336</v>
       </c>
       <c r="G94" t="s">
         <v>24</v>
       </c>
       <c r="H94" t="s">
         <v>38</v>
       </c>
@@ -11788,52 +12619,62 @@
       </c>
       <c r="AO94" s="1">
         <v>45925.208333333336</v>
       </c>
       <c r="AP94" t="s">
         <v>24</v>
       </c>
       <c r="AQ94" t="s">
         <v>38</v>
       </c>
       <c r="AR94" s="9">
         <v>0</v>
       </c>
       <c r="AT94" s="1">
         <v>45952.208333333336</v>
       </c>
       <c r="AU94" t="s">
         <v>24</v>
       </c>
       <c r="AV94" t="s">
         <v>38</v>
       </c>
       <c r="AW94" s="9">
         <v>2108.2910000000002</v>
       </c>
-      <c r="AY94" s="1"/>
-      <c r="BB94" s="9"/>
+      <c r="AY94" s="1">
+        <v>45991.208333333336</v>
+      </c>
+      <c r="AZ94" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA94" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB94" s="9">
+        <v>2097.067</v>
+      </c>
       <c r="BD94" s="1"/>
       <c r="BG94" s="9"/>
     </row>
     <row r="95" spans="1:59">
       <c r="A95" s="1">
         <v>45665.25</v>
       </c>
       <c r="B95" t="s">
         <v>24</v>
       </c>
       <c r="C95" t="s">
         <v>25</v>
       </c>
       <c r="D95" s="9">
         <v>624677.33799999999</v>
       </c>
       <c r="F95" s="1">
         <v>45694.25</v>
       </c>
       <c r="G95" t="s">
         <v>24</v>
       </c>
       <c r="H95" t="s">
         <v>25</v>
       </c>
@@ -11914,52 +12755,62 @@
       </c>
       <c r="AO95" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP95" t="s">
         <v>24</v>
       </c>
       <c r="AQ95" t="s">
         <v>25</v>
       </c>
       <c r="AR95" s="9">
         <v>349488.33299999998</v>
       </c>
       <c r="AT95" s="1">
         <v>45952.25</v>
       </c>
       <c r="AU95" t="s">
         <v>24</v>
       </c>
       <c r="AV95" t="s">
         <v>25</v>
       </c>
       <c r="AW95" s="9">
         <v>382424.50699999998</v>
       </c>
-      <c r="AY95" s="1"/>
-      <c r="BB95" s="9"/>
+      <c r="AY95" s="1">
+        <v>45991.25</v>
+      </c>
+      <c r="AZ95" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA95" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB95" s="9">
+        <v>477036.11499999999</v>
+      </c>
       <c r="BD95" s="1"/>
       <c r="BG95" s="9"/>
     </row>
     <row r="96" spans="1:59">
       <c r="A96" s="1">
         <v>45665.25</v>
       </c>
       <c r="B96" t="s">
         <v>24</v>
       </c>
       <c r="C96" t="s">
         <v>26</v>
       </c>
       <c r="D96" s="9">
         <v>2080.373</v>
       </c>
       <c r="F96" s="1">
         <v>45694.25</v>
       </c>
       <c r="G96" t="s">
         <v>24</v>
       </c>
       <c r="H96" t="s">
         <v>26</v>
       </c>
@@ -12040,52 +12891,62 @@
       </c>
       <c r="AO96" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP96" t="s">
         <v>24</v>
       </c>
       <c r="AQ96" t="s">
         <v>26</v>
       </c>
       <c r="AR96" s="9">
         <v>0</v>
       </c>
       <c r="AT96" s="1">
         <v>45952.25</v>
       </c>
       <c r="AU96" t="s">
         <v>24</v>
       </c>
       <c r="AV96" t="s">
         <v>26</v>
       </c>
       <c r="AW96" s="9">
         <v>0</v>
       </c>
-      <c r="AY96" s="1"/>
-      <c r="BB96" s="9"/>
+      <c r="AY96" s="1">
+        <v>45991.25</v>
+      </c>
+      <c r="AZ96" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA96" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB96" s="9">
+        <v>1822.8720000000001</v>
+      </c>
       <c r="BD96" s="1"/>
       <c r="BG96" s="9"/>
     </row>
     <row r="97" spans="1:59">
       <c r="A97" s="1">
         <v>45665.25</v>
       </c>
       <c r="B97" t="s">
         <v>24</v>
       </c>
       <c r="C97" t="s">
         <v>27</v>
       </c>
       <c r="D97" s="9">
         <v>239.94200000000001</v>
       </c>
       <c r="F97" s="1">
         <v>45694.25</v>
       </c>
       <c r="G97" t="s">
         <v>24</v>
       </c>
       <c r="H97" t="s">
         <v>27</v>
       </c>
@@ -12166,52 +13027,62 @@
       </c>
       <c r="AO97" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP97" t="s">
         <v>24</v>
       </c>
       <c r="AQ97" t="s">
         <v>27</v>
       </c>
       <c r="AR97" s="9">
         <v>2.33</v>
       </c>
       <c r="AT97" s="1">
         <v>45952.25</v>
       </c>
       <c r="AU97" t="s">
         <v>24</v>
       </c>
       <c r="AV97" t="s">
         <v>27</v>
       </c>
       <c r="AW97" s="9">
         <v>7.6909999999999998</v>
       </c>
-      <c r="AY97" s="1"/>
-      <c r="BB97" s="9"/>
+      <c r="AY97" s="1">
+        <v>45991.25</v>
+      </c>
+      <c r="AZ97" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA97" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB97" s="9">
+        <v>209.34899999999999</v>
+      </c>
       <c r="BD97" s="1"/>
       <c r="BG97" s="9"/>
     </row>
     <row r="98" spans="1:59">
       <c r="A98" s="1">
         <v>45665.25</v>
       </c>
       <c r="B98" t="s">
         <v>24</v>
       </c>
       <c r="C98" t="s">
         <v>28</v>
       </c>
       <c r="D98" s="9">
         <v>9999.08</v>
       </c>
       <c r="F98" s="1">
         <v>45694.25</v>
       </c>
       <c r="G98" t="s">
         <v>24</v>
       </c>
       <c r="H98" t="s">
         <v>28</v>
       </c>
@@ -12292,52 +13163,62 @@
       </c>
       <c r="AO98" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP98" t="s">
         <v>24</v>
       </c>
       <c r="AQ98" t="s">
         <v>28</v>
       </c>
       <c r="AR98" s="9">
         <v>659.21</v>
       </c>
       <c r="AT98" s="1">
         <v>45952.25</v>
       </c>
       <c r="AU98" t="s">
         <v>24</v>
       </c>
       <c r="AV98" t="s">
         <v>28</v>
       </c>
       <c r="AW98" s="9">
         <v>831.90099999999995</v>
       </c>
-      <c r="AY98" s="1"/>
-      <c r="BB98" s="9"/>
+      <c r="AY98" s="1">
+        <v>45991.25</v>
+      </c>
+      <c r="AZ98" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA98" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB98" s="9">
+        <v>1394.7829999999999</v>
+      </c>
       <c r="BD98" s="1"/>
       <c r="BG98" s="9"/>
     </row>
     <row r="99" spans="1:59">
       <c r="A99" s="1">
         <v>45665.25</v>
       </c>
       <c r="B99" t="s">
         <v>24</v>
       </c>
       <c r="C99" t="s">
         <v>29</v>
       </c>
       <c r="D99" s="9">
         <v>19404.338</v>
       </c>
       <c r="F99" s="1">
         <v>45694.25</v>
       </c>
       <c r="G99" t="s">
         <v>24</v>
       </c>
       <c r="H99" t="s">
         <v>29</v>
       </c>
@@ -12418,52 +13299,62 @@
       </c>
       <c r="AO99" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP99" t="s">
         <v>24</v>
       </c>
       <c r="AQ99" t="s">
         <v>29</v>
       </c>
       <c r="AR99" s="9">
         <v>23358.280999999999</v>
       </c>
       <c r="AT99" s="1">
         <v>45952.25</v>
       </c>
       <c r="AU99" t="s">
         <v>24</v>
       </c>
       <c r="AV99" t="s">
         <v>29</v>
       </c>
       <c r="AW99" s="9">
         <v>22394.339</v>
       </c>
-      <c r="AY99" s="1"/>
-      <c r="BB99" s="9"/>
+      <c r="AY99" s="1">
+        <v>45991.25</v>
+      </c>
+      <c r="AZ99" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA99" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB99" s="9">
+        <v>14427.661</v>
+      </c>
       <c r="BD99" s="1"/>
       <c r="BG99" s="9"/>
     </row>
     <row r="100" spans="1:59">
       <c r="A100" s="1">
         <v>45665.25</v>
       </c>
       <c r="B100" t="s">
         <v>24</v>
       </c>
       <c r="C100" t="s">
         <v>30</v>
       </c>
       <c r="D100" s="9">
         <v>51144.455000000002</v>
       </c>
       <c r="F100" s="1">
         <v>45694.25</v>
       </c>
       <c r="G100" t="s">
         <v>24</v>
       </c>
       <c r="H100" t="s">
         <v>30</v>
       </c>
@@ -12544,52 +13435,62 @@
       </c>
       <c r="AO100" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP100" t="s">
         <v>24</v>
       </c>
       <c r="AQ100" t="s">
         <v>30</v>
       </c>
       <c r="AR100" s="9">
         <v>54555.116999999998</v>
       </c>
       <c r="AT100" s="1">
         <v>45952.25</v>
       </c>
       <c r="AU100" t="s">
         <v>24</v>
       </c>
       <c r="AV100" t="s">
         <v>30</v>
       </c>
       <c r="AW100" s="9">
         <v>49432.985999999997</v>
       </c>
-      <c r="AY100" s="1"/>
-      <c r="BB100" s="9"/>
+      <c r="AY100" s="1">
+        <v>45991.25</v>
+      </c>
+      <c r="AZ100" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA100" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB100" s="9">
+        <v>37361.034</v>
+      </c>
       <c r="BD100" s="1"/>
       <c r="BG100" s="9"/>
     </row>
     <row r="101" spans="1:59">
       <c r="A101" s="1">
         <v>45665.25</v>
       </c>
       <c r="B101" t="s">
         <v>24</v>
       </c>
       <c r="C101" t="s">
         <v>31</v>
       </c>
       <c r="D101" s="9">
         <v>75834.285999999993</v>
       </c>
       <c r="F101" s="1">
         <v>45694.25</v>
       </c>
       <c r="G101" t="s">
         <v>24</v>
       </c>
       <c r="H101" t="s">
         <v>31</v>
       </c>
@@ -12670,52 +13571,62 @@
       </c>
       <c r="AO101" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP101" t="s">
         <v>24</v>
       </c>
       <c r="AQ101" t="s">
         <v>31</v>
       </c>
       <c r="AR101" s="9">
         <v>77495.684999999998</v>
       </c>
       <c r="AT101" s="1">
         <v>45952.25</v>
       </c>
       <c r="AU101" t="s">
         <v>24</v>
       </c>
       <c r="AV101" t="s">
         <v>31</v>
       </c>
       <c r="AW101" s="9">
         <v>73086.290999999997</v>
       </c>
-      <c r="AY101" s="1"/>
-      <c r="BB101" s="9"/>
+      <c r="AY101" s="1">
+        <v>45991.25</v>
+      </c>
+      <c r="AZ101" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA101" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB101" s="9">
+        <v>58716.368999999999</v>
+      </c>
       <c r="BD101" s="1"/>
       <c r="BG101" s="9"/>
     </row>
     <row r="102" spans="1:59">
       <c r="A102" s="1">
         <v>45665.25</v>
       </c>
       <c r="B102" t="s">
         <v>24</v>
       </c>
       <c r="C102" t="s">
         <v>32</v>
       </c>
       <c r="D102" s="9">
         <v>13585.489</v>
       </c>
       <c r="F102" s="1">
         <v>45694.25</v>
       </c>
       <c r="G102" t="s">
         <v>24</v>
       </c>
       <c r="H102" t="s">
         <v>32</v>
       </c>
@@ -12796,52 +13707,62 @@
       </c>
       <c r="AO102" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP102" t="s">
         <v>24</v>
       </c>
       <c r="AQ102" t="s">
         <v>32</v>
       </c>
       <c r="AR102" s="9">
         <v>12861.38</v>
       </c>
       <c r="AT102" s="1">
         <v>45952.25</v>
       </c>
       <c r="AU102" t="s">
         <v>24</v>
       </c>
       <c r="AV102" t="s">
         <v>32</v>
       </c>
       <c r="AW102" s="9">
         <v>12046.64</v>
       </c>
-      <c r="AY102" s="1"/>
-      <c r="BB102" s="9"/>
+      <c r="AY102" s="1">
+        <v>45991.25</v>
+      </c>
+      <c r="AZ102" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA102" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB102" s="9">
+        <v>10601.83</v>
+      </c>
       <c r="BD102" s="1"/>
       <c r="BG102" s="9"/>
     </row>
     <row r="103" spans="1:59">
       <c r="A103" s="1">
         <v>45665.25</v>
       </c>
       <c r="B103" t="s">
         <v>24</v>
       </c>
       <c r="C103" t="s">
         <v>33</v>
       </c>
       <c r="D103" s="9">
         <v>96466.17</v>
       </c>
       <c r="F103" s="1">
         <v>45694.25</v>
       </c>
       <c r="G103" t="s">
         <v>24</v>
       </c>
       <c r="H103" t="s">
         <v>33</v>
       </c>
@@ -12922,52 +13843,62 @@
       </c>
       <c r="AO103" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP103" t="s">
         <v>24</v>
       </c>
       <c r="AQ103" t="s">
         <v>33</v>
       </c>
       <c r="AR103" s="9">
         <v>86097.953999999998</v>
       </c>
       <c r="AT103" s="1">
         <v>45952.25</v>
       </c>
       <c r="AU103" t="s">
         <v>24</v>
       </c>
       <c r="AV103" t="s">
         <v>33</v>
       </c>
       <c r="AW103" s="9">
         <v>81356.683999999994</v>
       </c>
-      <c r="AY103" s="1"/>
-      <c r="BB103" s="9"/>
+      <c r="AY103" s="1">
+        <v>45991.25</v>
+      </c>
+      <c r="AZ103" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA103" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB103" s="9">
+        <v>79925.180999999997</v>
+      </c>
       <c r="BD103" s="1"/>
       <c r="BG103" s="9"/>
     </row>
     <row r="104" spans="1:59">
       <c r="A104" s="1">
         <v>45665.25</v>
       </c>
       <c r="B104" t="s">
         <v>24</v>
       </c>
       <c r="C104" t="s">
         <v>34</v>
       </c>
       <c r="D104" s="9">
         <v>38808.9</v>
       </c>
       <c r="F104" s="1">
         <v>45694.25</v>
       </c>
       <c r="G104" t="s">
         <v>24</v>
       </c>
       <c r="H104" t="s">
         <v>34</v>
       </c>
@@ -13048,52 +13979,62 @@
       </c>
       <c r="AO104" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP104" t="s">
         <v>24</v>
       </c>
       <c r="AQ104" t="s">
         <v>34</v>
       </c>
       <c r="AR104" s="9">
         <v>127465.7</v>
       </c>
       <c r="AT104" s="1">
         <v>45952.25</v>
       </c>
       <c r="AU104" t="s">
         <v>24</v>
       </c>
       <c r="AV104" t="s">
         <v>34</v>
       </c>
       <c r="AW104" s="9">
         <v>57504.4</v>
       </c>
-      <c r="AY104" s="1"/>
-      <c r="BB104" s="9"/>
+      <c r="AY104" s="1">
+        <v>45991.25</v>
+      </c>
+      <c r="AZ104" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA104" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB104" s="9">
+        <v>49162</v>
+      </c>
       <c r="BD104" s="1"/>
       <c r="BG104" s="9"/>
     </row>
     <row r="105" spans="1:59">
       <c r="A105" s="1">
         <v>45665.25</v>
       </c>
       <c r="B105" t="s">
         <v>24</v>
       </c>
       <c r="C105" t="s">
         <v>35</v>
       </c>
       <c r="D105" s="9">
         <v>11180.346</v>
       </c>
       <c r="F105" s="1">
         <v>45694.25</v>
       </c>
       <c r="G105" t="s">
         <v>24</v>
       </c>
       <c r="H105" t="s">
         <v>35</v>
       </c>
@@ -13174,52 +14115,62 @@
       </c>
       <c r="AO105" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP105" t="s">
         <v>24</v>
       </c>
       <c r="AQ105" t="s">
         <v>35</v>
       </c>
       <c r="AR105" s="9">
         <v>8418.1389999999992</v>
       </c>
       <c r="AT105" s="1">
         <v>45952.25</v>
       </c>
       <c r="AU105" t="s">
         <v>24</v>
       </c>
       <c r="AV105" t="s">
         <v>35</v>
       </c>
       <c r="AW105" s="9">
         <v>8069.9179999999997</v>
       </c>
-      <c r="AY105" s="1"/>
-      <c r="BB105" s="9"/>
+      <c r="AY105" s="1">
+        <v>45991.25</v>
+      </c>
+      <c r="AZ105" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA105" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB105" s="9">
+        <v>7213.875</v>
+      </c>
       <c r="BD105" s="1"/>
       <c r="BG105" s="9"/>
     </row>
     <row r="106" spans="1:59">
       <c r="A106" s="1">
         <v>45665.25</v>
       </c>
       <c r="B106" t="s">
         <v>24</v>
       </c>
       <c r="C106" t="s">
         <v>36</v>
       </c>
       <c r="D106" s="9">
         <v>249719.1</v>
       </c>
       <c r="F106" s="1">
         <v>45694.25</v>
       </c>
       <c r="G106" t="s">
         <v>24</v>
       </c>
       <c r="H106" t="s">
         <v>36</v>
       </c>
@@ -13300,52 +14251,62 @@
       </c>
       <c r="AO106" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP106" t="s">
         <v>24</v>
       </c>
       <c r="AQ106" t="s">
         <v>36</v>
       </c>
       <c r="AR106" s="9">
         <v>219563.041</v>
       </c>
       <c r="AT106" s="1">
         <v>45952.25</v>
       </c>
       <c r="AU106" t="s">
         <v>24</v>
       </c>
       <c r="AV106" t="s">
         <v>36</v>
       </c>
       <c r="AW106" s="9">
         <v>211211.658</v>
       </c>
-      <c r="AY106" s="1"/>
-      <c r="BB106" s="9"/>
+      <c r="AY106" s="1">
+        <v>45991.25</v>
+      </c>
+      <c r="AZ106" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA106" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB106" s="9">
+        <v>188219.08100000001</v>
+      </c>
       <c r="BD106" s="1"/>
       <c r="BG106" s="9"/>
     </row>
     <row r="107" spans="1:59">
       <c r="A107" s="1">
         <v>45665.25</v>
       </c>
       <c r="B107" t="s">
         <v>24</v>
       </c>
       <c r="C107" t="s">
         <v>37</v>
       </c>
       <c r="D107" s="9">
         <v>103026.033</v>
       </c>
       <c r="F107" s="1">
         <v>45694.25</v>
       </c>
       <c r="G107" t="s">
         <v>24</v>
       </c>
       <c r="H107" t="s">
         <v>37</v>
       </c>
@@ -13426,52 +14387,62 @@
       </c>
       <c r="AO107" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP107" t="s">
         <v>24</v>
       </c>
       <c r="AQ107" t="s">
         <v>37</v>
       </c>
       <c r="AR107" s="9">
         <v>68740.591</v>
       </c>
       <c r="AT107" s="1">
         <v>45952.25</v>
       </c>
       <c r="AU107" t="s">
         <v>24</v>
       </c>
       <c r="AV107" t="s">
         <v>37</v>
       </c>
       <c r="AW107" s="9">
         <v>70067.854999999996</v>
       </c>
-      <c r="AY107" s="1"/>
-      <c r="BB107" s="9"/>
+      <c r="AY107" s="1">
+        <v>45991.25</v>
+      </c>
+      <c r="AZ107" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA107" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB107" s="9">
+        <v>79696.842999999993</v>
+      </c>
       <c r="BD107" s="1"/>
       <c r="BG107" s="9"/>
     </row>
     <row r="108" spans="1:59">
       <c r="A108" s="1">
         <v>45665.25</v>
       </c>
       <c r="B108" t="s">
         <v>24</v>
       </c>
       <c r="C108" t="s">
         <v>38</v>
       </c>
       <c r="D108" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F108" s="1">
         <v>45694.25</v>
       </c>
       <c r="G108" t="s">
         <v>24</v>
       </c>
       <c r="H108" t="s">
         <v>38</v>
       </c>
@@ -13552,52 +14523,62 @@
       </c>
       <c r="AO108" s="1">
         <v>45925.25</v>
       </c>
       <c r="AP108" t="s">
         <v>24</v>
       </c>
       <c r="AQ108" t="s">
         <v>38</v>
       </c>
       <c r="AR108" s="9">
         <v>0</v>
       </c>
       <c r="AT108" s="1">
         <v>45952.25</v>
       </c>
       <c r="AU108" t="s">
         <v>24</v>
       </c>
       <c r="AV108" t="s">
         <v>38</v>
       </c>
       <c r="AW108" s="9">
         <v>0</v>
       </c>
-      <c r="AY108" s="1"/>
-      <c r="BB108" s="9"/>
+      <c r="AY108" s="1">
+        <v>45991.25</v>
+      </c>
+      <c r="AZ108" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA108" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB108" s="9">
+        <v>1906.424</v>
+      </c>
       <c r="BD108" s="1"/>
       <c r="BG108" s="9"/>
     </row>
     <row r="109" spans="1:59">
       <c r="A109" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B109" t="s">
         <v>24</v>
       </c>
       <c r="C109" t="s">
         <v>25</v>
       </c>
       <c r="D109" s="9">
         <v>650679.15399999998</v>
       </c>
       <c r="F109" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G109" t="s">
         <v>24</v>
       </c>
       <c r="H109" t="s">
         <v>25</v>
       </c>
@@ -13678,52 +14659,62 @@
       </c>
       <c r="AO109" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP109" t="s">
         <v>24</v>
       </c>
       <c r="AQ109" t="s">
         <v>25</v>
       </c>
       <c r="AR109" s="9">
         <v>371828.99599999998</v>
       </c>
       <c r="AT109" s="1">
         <v>45952.291666666664</v>
       </c>
       <c r="AU109" t="s">
         <v>24</v>
       </c>
       <c r="AV109" t="s">
         <v>25</v>
       </c>
       <c r="AW109" s="9">
         <v>405955.37400000001</v>
       </c>
-      <c r="AY109" s="1"/>
-      <c r="BB109" s="9"/>
+      <c r="AY109" s="1">
+        <v>45991.291666666664</v>
+      </c>
+      <c r="AZ109" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA109" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB109" s="9">
+        <v>535366</v>
+      </c>
       <c r="BD109" s="1"/>
       <c r="BG109" s="9"/>
     </row>
     <row r="110" spans="1:59">
       <c r="A110" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B110" t="s">
         <v>24</v>
       </c>
       <c r="C110" t="s">
         <v>26</v>
       </c>
       <c r="D110" s="9">
         <v>0</v>
       </c>
       <c r="F110" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G110" t="s">
         <v>24</v>
       </c>
       <c r="H110" t="s">
         <v>26</v>
       </c>
@@ -13804,52 +14795,62 @@
       </c>
       <c r="AO110" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP110" t="s">
         <v>24</v>
       </c>
       <c r="AQ110" t="s">
         <v>26</v>
       </c>
       <c r="AR110" s="9">
         <v>0</v>
       </c>
       <c r="AT110" s="1">
         <v>45952.291666666664</v>
       </c>
       <c r="AU110" t="s">
         <v>24</v>
       </c>
       <c r="AV110" t="s">
         <v>26</v>
       </c>
       <c r="AW110" s="9">
         <v>0</v>
       </c>
-      <c r="AY110" s="1"/>
-      <c r="BB110" s="9"/>
+      <c r="AY110" s="1">
+        <v>45991.291666666664</v>
+      </c>
+      <c r="AZ110" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA110" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB110" s="9">
+        <v>0</v>
+      </c>
       <c r="BD110" s="1"/>
       <c r="BG110" s="9"/>
     </row>
     <row r="111" spans="1:59">
       <c r="A111" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B111" t="s">
         <v>24</v>
       </c>
       <c r="C111" t="s">
         <v>27</v>
       </c>
       <c r="D111" s="9">
         <v>71.656999999999996</v>
       </c>
       <c r="F111" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G111" t="s">
         <v>24</v>
       </c>
       <c r="H111" t="s">
         <v>27</v>
       </c>
@@ -13930,52 +14931,62 @@
       </c>
       <c r="AO111" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP111" t="s">
         <v>24</v>
       </c>
       <c r="AQ111" t="s">
         <v>27</v>
       </c>
       <c r="AR111" s="9">
         <v>0.61099999999999999</v>
       </c>
       <c r="AT111" s="1">
         <v>45952.291666666664</v>
       </c>
       <c r="AU111" t="s">
         <v>24</v>
       </c>
       <c r="AV111" t="s">
         <v>27</v>
       </c>
       <c r="AW111" s="9">
         <v>6.3650000000000002</v>
       </c>
-      <c r="AY111" s="1"/>
-      <c r="BB111" s="9"/>
+      <c r="AY111" s="1">
+        <v>45991.291666666664</v>
+      </c>
+      <c r="AZ111" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA111" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB111" s="9">
+        <v>41.661000000000001</v>
+      </c>
       <c r="BD111" s="1"/>
       <c r="BG111" s="9"/>
     </row>
     <row r="112" spans="1:59">
       <c r="A112" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B112" t="s">
         <v>24</v>
       </c>
       <c r="C112" t="s">
         <v>28</v>
       </c>
       <c r="D112" s="9">
         <v>10172.195</v>
       </c>
       <c r="F112" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G112" t="s">
         <v>24</v>
       </c>
       <c r="H112" t="s">
         <v>28</v>
       </c>
@@ -14056,52 +15067,62 @@
       </c>
       <c r="AO112" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP112" t="s">
         <v>24</v>
       </c>
       <c r="AQ112" t="s">
         <v>28</v>
       </c>
       <c r="AR112" s="9">
         <v>673.154</v>
       </c>
       <c r="AT112" s="1">
         <v>45952.291666666664</v>
       </c>
       <c r="AU112" t="s">
         <v>24</v>
       </c>
       <c r="AV112" t="s">
         <v>28</v>
       </c>
       <c r="AW112" s="9">
         <v>859.83500000000004</v>
       </c>
-      <c r="AY112" s="1"/>
-      <c r="BB112" s="9"/>
+      <c r="AY112" s="1">
+        <v>45991.291666666664</v>
+      </c>
+      <c r="AZ112" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA112" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB112" s="9">
+        <v>1547.8789999999999</v>
+      </c>
       <c r="BD112" s="1"/>
       <c r="BG112" s="9"/>
     </row>
     <row r="113" spans="1:59">
       <c r="A113" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B113" t="s">
         <v>24</v>
       </c>
       <c r="C113" t="s">
         <v>29</v>
       </c>
       <c r="D113" s="9">
         <v>21260.258000000002</v>
       </c>
       <c r="F113" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G113" t="s">
         <v>24</v>
       </c>
       <c r="H113" t="s">
         <v>29</v>
       </c>
@@ -14182,52 +15203,62 @@
       </c>
       <c r="AO113" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP113" t="s">
         <v>24</v>
       </c>
       <c r="AQ113" t="s">
         <v>29</v>
       </c>
       <c r="AR113" s="9">
         <v>25881.817999999999</v>
       </c>
       <c r="AT113" s="1">
         <v>45952.291666666664</v>
       </c>
       <c r="AU113" t="s">
         <v>24</v>
       </c>
       <c r="AV113" t="s">
         <v>29</v>
       </c>
       <c r="AW113" s="9">
         <v>24884.166000000001</v>
       </c>
-      <c r="AY113" s="1"/>
-      <c r="BB113" s="9"/>
+      <c r="AY113" s="1">
+        <v>45991.291666666664</v>
+      </c>
+      <c r="AZ113" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA113" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB113" s="9">
+        <v>14721.662</v>
+      </c>
       <c r="BD113" s="1"/>
       <c r="BG113" s="9"/>
     </row>
     <row r="114" spans="1:59">
       <c r="A114" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B114" t="s">
         <v>24</v>
       </c>
       <c r="C114" t="s">
         <v>30</v>
       </c>
       <c r="D114" s="9">
         <v>54972.239000000001</v>
       </c>
       <c r="F114" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G114" t="s">
         <v>24</v>
       </c>
       <c r="H114" t="s">
         <v>30</v>
       </c>
@@ -14308,52 +15339,62 @@
       </c>
       <c r="AO114" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP114" t="s">
         <v>24</v>
       </c>
       <c r="AQ114" t="s">
         <v>30</v>
       </c>
       <c r="AR114" s="9">
         <v>58102.76</v>
       </c>
       <c r="AT114" s="1">
         <v>45952.291666666664</v>
       </c>
       <c r="AU114" t="s">
         <v>24</v>
       </c>
       <c r="AV114" t="s">
         <v>30</v>
       </c>
       <c r="AW114" s="9">
         <v>53344.180999999997</v>
       </c>
-      <c r="AY114" s="1"/>
-      <c r="BB114" s="9"/>
+      <c r="AY114" s="1">
+        <v>45991.291666666664</v>
+      </c>
+      <c r="AZ114" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA114" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB114" s="9">
+        <v>37959.616000000002</v>
+      </c>
       <c r="BD114" s="1"/>
       <c r="BG114" s="9"/>
     </row>
     <row r="115" spans="1:59">
       <c r="A115" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B115" t="s">
         <v>24</v>
       </c>
       <c r="C115" t="s">
         <v>31</v>
       </c>
       <c r="D115" s="9">
         <v>78058.638999999996</v>
       </c>
       <c r="F115" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G115" t="s">
         <v>24</v>
       </c>
       <c r="H115" t="s">
         <v>31</v>
       </c>
@@ -14434,52 +15475,62 @@
       </c>
       <c r="AO115" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP115" t="s">
         <v>24</v>
       </c>
       <c r="AQ115" t="s">
         <v>31</v>
       </c>
       <c r="AR115" s="9">
         <v>78451.827000000005</v>
       </c>
       <c r="AT115" s="1">
         <v>45952.291666666664</v>
       </c>
       <c r="AU115" t="s">
         <v>24</v>
       </c>
       <c r="AV115" t="s">
         <v>31</v>
       </c>
       <c r="AW115" s="9">
         <v>76342.525999999998</v>
       </c>
-      <c r="AY115" s="1"/>
-      <c r="BB115" s="9"/>
+      <c r="AY115" s="1">
+        <v>45991.291666666664</v>
+      </c>
+      <c r="AZ115" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA115" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB115" s="9">
+        <v>60734.349000000002</v>
+      </c>
       <c r="BD115" s="1"/>
       <c r="BG115" s="9"/>
     </row>
     <row r="116" spans="1:59">
       <c r="A116" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B116" t="s">
         <v>24</v>
       </c>
       <c r="C116" t="s">
         <v>32</v>
       </c>
       <c r="D116" s="9">
         <v>14114.886</v>
       </c>
       <c r="F116" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G116" t="s">
         <v>24</v>
       </c>
       <c r="H116" t="s">
         <v>32</v>
       </c>
@@ -14560,52 +15611,62 @@
       </c>
       <c r="AO116" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP116" t="s">
         <v>24</v>
       </c>
       <c r="AQ116" t="s">
         <v>32</v>
       </c>
       <c r="AR116" s="9">
         <v>13640.945</v>
       </c>
       <c r="AT116" s="1">
         <v>45952.291666666664</v>
       </c>
       <c r="AU116" t="s">
         <v>24</v>
       </c>
       <c r="AV116" t="s">
         <v>32</v>
       </c>
       <c r="AW116" s="9">
         <v>12952.62</v>
       </c>
-      <c r="AY116" s="1"/>
-      <c r="BB116" s="9"/>
+      <c r="AY116" s="1">
+        <v>45991.291666666664</v>
+      </c>
+      <c r="AZ116" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA116" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB116" s="9">
+        <v>11073.59</v>
+      </c>
       <c r="BD116" s="1"/>
       <c r="BG116" s="9"/>
     </row>
     <row r="117" spans="1:59">
       <c r="A117" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B117" t="s">
         <v>24</v>
       </c>
       <c r="C117" t="s">
         <v>33</v>
       </c>
       <c r="D117" s="9">
         <v>96462.785999999993</v>
       </c>
       <c r="F117" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G117" t="s">
         <v>24</v>
       </c>
       <c r="H117" t="s">
         <v>33</v>
       </c>
@@ -14686,52 +15747,62 @@
       </c>
       <c r="AO117" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP117" t="s">
         <v>24</v>
       </c>
       <c r="AQ117" t="s">
         <v>33</v>
       </c>
       <c r="AR117" s="9">
         <v>85103.165999999997</v>
       </c>
       <c r="AT117" s="1">
         <v>45952.291666666664</v>
       </c>
       <c r="AU117" t="s">
         <v>24</v>
       </c>
       <c r="AV117" t="s">
         <v>33</v>
       </c>
       <c r="AW117" s="9">
         <v>83391.808000000005</v>
       </c>
-      <c r="AY117" s="1"/>
-      <c r="BB117" s="9"/>
+      <c r="AY117" s="1">
+        <v>45991.291666666664</v>
+      </c>
+      <c r="AZ117" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA117" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB117" s="9">
+        <v>80220.460999999996</v>
+      </c>
       <c r="BD117" s="1"/>
       <c r="BG117" s="9"/>
     </row>
     <row r="118" spans="1:59">
       <c r="A118" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B118" t="s">
         <v>24</v>
       </c>
       <c r="C118" t="s">
         <v>34</v>
       </c>
       <c r="D118" s="9">
         <v>36637.800000000003</v>
       </c>
       <c r="F118" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G118" t="s">
         <v>24</v>
       </c>
       <c r="H118" t="s">
         <v>34</v>
       </c>
@@ -14812,52 +15883,62 @@
       </c>
       <c r="AO118" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP118" t="s">
         <v>24</v>
       </c>
       <c r="AQ118" t="s">
         <v>34</v>
       </c>
       <c r="AR118" s="9">
         <v>121236.4</v>
       </c>
       <c r="AT118" s="1">
         <v>45952.291666666664</v>
       </c>
       <c r="AU118" t="s">
         <v>24</v>
       </c>
       <c r="AV118" t="s">
         <v>34</v>
       </c>
       <c r="AW118" s="9">
         <v>52285.5</v>
       </c>
-      <c r="AY118" s="1"/>
-      <c r="BB118" s="9"/>
+      <c r="AY118" s="1">
+        <v>45991.291666666664</v>
+      </c>
+      <c r="AZ118" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA118" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB118" s="9">
+        <v>51692.4</v>
+      </c>
       <c r="BD118" s="1"/>
       <c r="BG118" s="9"/>
     </row>
     <row r="119" spans="1:59">
       <c r="A119" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B119" t="s">
         <v>24</v>
       </c>
       <c r="C119" t="s">
         <v>35</v>
       </c>
       <c r="D119" s="9">
         <v>11994.353999999999</v>
       </c>
       <c r="F119" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G119" t="s">
         <v>24</v>
       </c>
       <c r="H119" t="s">
         <v>35</v>
       </c>
@@ -14938,52 +16019,62 @@
       </c>
       <c r="AO119" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP119" t="s">
         <v>24</v>
       </c>
       <c r="AQ119" t="s">
         <v>35</v>
       </c>
       <c r="AR119" s="9">
         <v>9949.3629999999994</v>
       </c>
       <c r="AT119" s="1">
         <v>45952.291666666664</v>
       </c>
       <c r="AU119" t="s">
         <v>24</v>
       </c>
       <c r="AV119" t="s">
         <v>35</v>
       </c>
       <c r="AW119" s="9">
         <v>9632.5660000000007</v>
       </c>
-      <c r="AY119" s="1"/>
-      <c r="BB119" s="9"/>
+      <c r="AY119" s="1">
+        <v>45991.291666666664</v>
+      </c>
+      <c r="AZ119" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA119" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB119" s="9">
+        <v>7314.2610000000004</v>
+      </c>
       <c r="BD119" s="1"/>
       <c r="BG119" s="9"/>
     </row>
     <row r="120" spans="1:59">
       <c r="A120" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B120" t="s">
         <v>24</v>
       </c>
       <c r="C120" t="s">
         <v>36</v>
       </c>
       <c r="D120" s="9">
         <v>277119.70199999999</v>
       </c>
       <c r="F120" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G120" t="s">
         <v>24</v>
       </c>
       <c r="H120" t="s">
         <v>36</v>
       </c>
@@ -15064,52 +16155,62 @@
       </c>
       <c r="AO120" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP120" t="s">
         <v>24</v>
       </c>
       <c r="AQ120" t="s">
         <v>36</v>
       </c>
       <c r="AR120" s="9">
         <v>249760.538</v>
       </c>
       <c r="AT120" s="1">
         <v>45952.291666666664</v>
       </c>
       <c r="AU120" t="s">
         <v>24</v>
       </c>
       <c r="AV120" t="s">
         <v>36</v>
       </c>
       <c r="AW120" s="9">
         <v>240168.02499999999</v>
       </c>
-      <c r="AY120" s="1"/>
-      <c r="BB120" s="9"/>
+      <c r="AY120" s="1">
+        <v>45991.291666666664</v>
+      </c>
+      <c r="AZ120" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA120" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB120" s="9">
+        <v>196196.929</v>
+      </c>
       <c r="BD120" s="1"/>
       <c r="BG120" s="9"/>
     </row>
     <row r="121" spans="1:59">
       <c r="A121" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B121" t="s">
         <v>24</v>
       </c>
       <c r="C121" t="s">
         <v>37</v>
       </c>
       <c r="D121" s="9">
         <v>112261.46400000001</v>
       </c>
       <c r="F121" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G121" t="s">
         <v>24</v>
       </c>
       <c r="H121" t="s">
         <v>37</v>
       </c>
@@ -15190,52 +16291,62 @@
       </c>
       <c r="AO121" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP121" t="s">
         <v>24</v>
       </c>
       <c r="AQ121" t="s">
         <v>37</v>
       </c>
       <c r="AR121" s="9">
         <v>78637.801999999996</v>
       </c>
       <c r="AT121" s="1">
         <v>45952.291666666664</v>
       </c>
       <c r="AU121" t="s">
         <v>24</v>
       </c>
       <c r="AV121" t="s">
         <v>37</v>
       </c>
       <c r="AW121" s="9">
         <v>79720.441000000006</v>
       </c>
-      <c r="AY121" s="1"/>
-      <c r="BB121" s="9"/>
+      <c r="AY121" s="1">
+        <v>45991.291666666664</v>
+      </c>
+      <c r="AZ121" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA121" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB121" s="9">
+        <v>79159.142999999996</v>
+      </c>
       <c r="BD121" s="1"/>
       <c r="BG121" s="9"/>
     </row>
     <row r="122" spans="1:59">
       <c r="A122" s="1">
         <v>45665.291666666664</v>
       </c>
       <c r="B122" t="s">
         <v>24</v>
       </c>
       <c r="C122" t="s">
         <v>38</v>
       </c>
       <c r="D122" s="9">
         <v>0</v>
       </c>
       <c r="F122" s="1">
         <v>45694.291666666664</v>
       </c>
       <c r="G122" t="s">
         <v>24</v>
       </c>
       <c r="H122" t="s">
         <v>38</v>
       </c>
@@ -15316,52 +16427,62 @@
       </c>
       <c r="AO122" s="1">
         <v>45925.291666666664</v>
       </c>
       <c r="AP122" t="s">
         <v>24</v>
       </c>
       <c r="AQ122" t="s">
         <v>38</v>
       </c>
       <c r="AR122" s="9">
         <v>0</v>
       </c>
       <c r="AT122" s="1">
         <v>45952.291666666664</v>
       </c>
       <c r="AU122" t="s">
         <v>24</v>
       </c>
       <c r="AV122" t="s">
         <v>38</v>
       </c>
       <c r="AW122" s="9">
         <v>0</v>
       </c>
-      <c r="AY122" s="1"/>
-      <c r="BB122" s="9"/>
+      <c r="AY122" s="1">
+        <v>45991.291666666664</v>
+      </c>
+      <c r="AZ122" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA122" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB122" s="9">
+        <v>0</v>
+      </c>
       <c r="BD122" s="1"/>
       <c r="BG122" s="9"/>
     </row>
     <row r="123" spans="1:59">
       <c r="A123" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B123" t="s">
         <v>24</v>
       </c>
       <c r="C123" t="s">
         <v>25</v>
       </c>
       <c r="D123" s="9">
         <v>632393.92200000002</v>
       </c>
       <c r="F123" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G123" t="s">
         <v>24</v>
       </c>
       <c r="H123" t="s">
         <v>25</v>
       </c>
@@ -15442,52 +16563,62 @@
       </c>
       <c r="AO123" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP123" t="s">
         <v>24</v>
       </c>
       <c r="AQ123" t="s">
         <v>25</v>
       </c>
       <c r="AR123" s="9">
         <v>371767.96299999999</v>
       </c>
       <c r="AT123" s="1">
         <v>45952.333333333336</v>
       </c>
       <c r="AU123" t="s">
         <v>24</v>
       </c>
       <c r="AV123" t="s">
         <v>25</v>
       </c>
       <c r="AW123" s="9">
         <v>402876.91899999999</v>
       </c>
-      <c r="AY123" s="1"/>
-      <c r="BB123" s="9"/>
+      <c r="AY123" s="1">
+        <v>45991.333333333336</v>
+      </c>
+      <c r="AZ123" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA123" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB123" s="9">
+        <v>591687.83499999996</v>
+      </c>
       <c r="BD123" s="1"/>
       <c r="BG123" s="9"/>
     </row>
     <row r="124" spans="1:59">
       <c r="A124" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B124" t="s">
         <v>24</v>
       </c>
       <c r="C124" t="s">
         <v>26</v>
       </c>
       <c r="D124" s="9">
         <v>0</v>
       </c>
       <c r="F124" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G124" t="s">
         <v>24</v>
       </c>
       <c r="H124" t="s">
         <v>26</v>
       </c>
@@ -15568,52 +16699,62 @@
       </c>
       <c r="AO124" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP124" t="s">
         <v>24</v>
       </c>
       <c r="AQ124" t="s">
         <v>26</v>
       </c>
       <c r="AR124" s="9">
         <v>0</v>
       </c>
       <c r="AT124" s="1">
         <v>45952.333333333336</v>
       </c>
       <c r="AU124" t="s">
         <v>24</v>
       </c>
       <c r="AV124" t="s">
         <v>26</v>
       </c>
       <c r="AW124" s="9">
         <v>0</v>
       </c>
-      <c r="AY124" s="1"/>
-      <c r="BB124" s="9"/>
+      <c r="AY124" s="1">
+        <v>45991.333333333336</v>
+      </c>
+      <c r="AZ124" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA124" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB124" s="9">
+        <v>0</v>
+      </c>
       <c r="BD124" s="1"/>
       <c r="BG124" s="9"/>
     </row>
     <row r="125" spans="1:59">
       <c r="A125" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B125" t="s">
         <v>24</v>
       </c>
       <c r="C125" t="s">
         <v>27</v>
       </c>
       <c r="D125" s="9">
         <v>54.082999999999998</v>
       </c>
       <c r="F125" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G125" t="s">
         <v>24</v>
       </c>
       <c r="H125" t="s">
         <v>27</v>
       </c>
@@ -15694,52 +16835,62 @@
       </c>
       <c r="AO125" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP125" t="s">
         <v>24</v>
       </c>
       <c r="AQ125" t="s">
         <v>27</v>
       </c>
       <c r="AR125" s="9">
         <v>2.3959999999999999</v>
       </c>
       <c r="AT125" s="1">
         <v>45952.333333333336</v>
       </c>
       <c r="AU125" t="s">
         <v>24</v>
       </c>
       <c r="AV125" t="s">
         <v>27</v>
       </c>
       <c r="AW125" s="9">
         <v>3.57</v>
       </c>
-      <c r="AY125" s="1"/>
-      <c r="BB125" s="9"/>
+      <c r="AY125" s="1">
+        <v>45991.333333333336</v>
+      </c>
+      <c r="AZ125" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA125" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB125" s="9">
+        <v>29.779</v>
+      </c>
       <c r="BD125" s="1"/>
       <c r="BG125" s="9"/>
     </row>
     <row r="126" spans="1:59">
       <c r="A126" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B126" t="s">
         <v>24</v>
       </c>
       <c r="C126" t="s">
         <v>28</v>
       </c>
       <c r="D126" s="9">
         <v>9774.3029999999999</v>
       </c>
       <c r="F126" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G126" t="s">
         <v>24</v>
       </c>
       <c r="H126" t="s">
         <v>28</v>
       </c>
@@ -15820,52 +16971,62 @@
       </c>
       <c r="AO126" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP126" t="s">
         <v>24</v>
       </c>
       <c r="AQ126" t="s">
         <v>28</v>
       </c>
       <c r="AR126" s="9">
         <v>696.82500000000005</v>
       </c>
       <c r="AT126" s="1">
         <v>45952.333333333336</v>
       </c>
       <c r="AU126" t="s">
         <v>24</v>
       </c>
       <c r="AV126" t="s">
         <v>28</v>
       </c>
       <c r="AW126" s="9">
         <v>869.36300000000006</v>
       </c>
-      <c r="AY126" s="1"/>
-      <c r="BB126" s="9"/>
+      <c r="AY126" s="1">
+        <v>45991.333333333336</v>
+      </c>
+      <c r="AZ126" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA126" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB126" s="9">
+        <v>1592.9090000000001</v>
+      </c>
       <c r="BD126" s="1"/>
       <c r="BG126" s="9"/>
     </row>
     <row r="127" spans="1:59">
       <c r="A127" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B127" t="s">
         <v>24</v>
       </c>
       <c r="C127" t="s">
         <v>29</v>
       </c>
       <c r="D127" s="9">
         <v>21791.206999999999</v>
       </c>
       <c r="F127" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G127" t="s">
         <v>24</v>
       </c>
       <c r="H127" t="s">
         <v>29</v>
       </c>
@@ -15946,52 +17107,62 @@
       </c>
       <c r="AO127" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP127" t="s">
         <v>24</v>
       </c>
       <c r="AQ127" t="s">
         <v>29</v>
       </c>
       <c r="AR127" s="9">
         <v>26121.511999999999</v>
       </c>
       <c r="AT127" s="1">
         <v>45952.333333333336</v>
       </c>
       <c r="AU127" t="s">
         <v>24</v>
       </c>
       <c r="AV127" t="s">
         <v>29</v>
       </c>
       <c r="AW127" s="9">
         <v>26093.025000000001</v>
       </c>
-      <c r="AY127" s="1"/>
-      <c r="BB127" s="9"/>
+      <c r="AY127" s="1">
+        <v>45991.333333333336</v>
+      </c>
+      <c r="AZ127" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA127" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB127" s="9">
+        <v>14577.825999999999</v>
+      </c>
       <c r="BD127" s="1"/>
       <c r="BG127" s="9"/>
     </row>
     <row r="128" spans="1:59">
       <c r="A128" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B128" t="s">
         <v>24</v>
       </c>
       <c r="C128" t="s">
         <v>30</v>
       </c>
       <c r="D128" s="9">
         <v>54909.726999999999</v>
       </c>
       <c r="F128" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G128" t="s">
         <v>24</v>
       </c>
       <c r="H128" t="s">
         <v>30</v>
       </c>
@@ -16072,52 +17243,62 @@
       </c>
       <c r="AO128" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP128" t="s">
         <v>24</v>
       </c>
       <c r="AQ128" t="s">
         <v>30</v>
       </c>
       <c r="AR128" s="9">
         <v>58865.243999999999</v>
       </c>
       <c r="AT128" s="1">
         <v>45952.333333333336</v>
       </c>
       <c r="AU128" t="s">
         <v>24</v>
       </c>
       <c r="AV128" t="s">
         <v>30</v>
       </c>
       <c r="AW128" s="9">
         <v>54635.688999999998</v>
       </c>
-      <c r="AY128" s="1"/>
-      <c r="BB128" s="9"/>
+      <c r="AY128" s="1">
+        <v>45991.333333333336</v>
+      </c>
+      <c r="AZ128" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA128" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB128" s="9">
+        <v>37888.089999999997</v>
+      </c>
       <c r="BD128" s="1"/>
       <c r="BG128" s="9"/>
     </row>
     <row r="129" spans="1:59">
       <c r="A129" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B129" t="s">
         <v>24</v>
       </c>
       <c r="C129" t="s">
         <v>31</v>
       </c>
       <c r="D129" s="9">
         <v>79912.423999999999</v>
       </c>
       <c r="F129" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G129" t="s">
         <v>24</v>
       </c>
       <c r="H129" t="s">
         <v>31</v>
       </c>
@@ -16198,52 +17379,62 @@
       </c>
       <c r="AO129" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP129" t="s">
         <v>24</v>
       </c>
       <c r="AQ129" t="s">
         <v>31</v>
       </c>
       <c r="AR129" s="9">
         <v>81093.468999999997</v>
       </c>
       <c r="AT129" s="1">
         <v>45952.333333333336</v>
       </c>
       <c r="AU129" t="s">
         <v>24</v>
       </c>
       <c r="AV129" t="s">
         <v>31</v>
       </c>
       <c r="AW129" s="9">
         <v>78009.379000000001</v>
       </c>
-      <c r="AY129" s="1"/>
-      <c r="BB129" s="9"/>
+      <c r="AY129" s="1">
+        <v>45991.333333333336</v>
+      </c>
+      <c r="AZ129" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA129" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB129" s="9">
+        <v>59582.629000000001</v>
+      </c>
       <c r="BD129" s="1"/>
       <c r="BG129" s="9"/>
     </row>
     <row r="130" spans="1:59">
       <c r="A130" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B130" t="s">
         <v>24</v>
       </c>
       <c r="C130" t="s">
         <v>32</v>
       </c>
       <c r="D130" s="9">
         <v>14393.837</v>
       </c>
       <c r="F130" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G130" t="s">
         <v>24</v>
       </c>
       <c r="H130" t="s">
         <v>32</v>
       </c>
@@ -16324,52 +17515,62 @@
       </c>
       <c r="AO130" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP130" t="s">
         <v>24</v>
       </c>
       <c r="AQ130" t="s">
         <v>32</v>
       </c>
       <c r="AR130" s="9">
         <v>13372.665000000001</v>
       </c>
       <c r="AT130" s="1">
         <v>45952.333333333336</v>
       </c>
       <c r="AU130" t="s">
         <v>24</v>
       </c>
       <c r="AV130" t="s">
         <v>32</v>
       </c>
       <c r="AW130" s="9">
         <v>13083.625</v>
       </c>
-      <c r="AY130" s="1"/>
-      <c r="BB130" s="9"/>
+      <c r="AY130" s="1">
+        <v>45991.333333333336</v>
+      </c>
+      <c r="AZ130" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA130" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB130" s="9">
+        <v>11118.47</v>
+      </c>
       <c r="BD130" s="1"/>
       <c r="BG130" s="9"/>
     </row>
     <row r="131" spans="1:59">
       <c r="A131" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B131" t="s">
         <v>24</v>
       </c>
       <c r="C131" t="s">
         <v>33</v>
       </c>
       <c r="D131" s="9">
         <v>97742.879000000001</v>
       </c>
       <c r="F131" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G131" t="s">
         <v>24</v>
       </c>
       <c r="H131" t="s">
         <v>33</v>
       </c>
@@ -16450,52 +17651,62 @@
       </c>
       <c r="AO131" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP131" t="s">
         <v>24</v>
       </c>
       <c r="AQ131" t="s">
         <v>33</v>
       </c>
       <c r="AR131" s="9">
         <v>84539.418000000005</v>
       </c>
       <c r="AT131" s="1">
         <v>45952.333333333336</v>
       </c>
       <c r="AU131" t="s">
         <v>24</v>
       </c>
       <c r="AV131" t="s">
         <v>33</v>
       </c>
       <c r="AW131" s="9">
         <v>84880.304999999993</v>
       </c>
-      <c r="AY131" s="1"/>
-      <c r="BB131" s="9"/>
+      <c r="AY131" s="1">
+        <v>45991.333333333336</v>
+      </c>
+      <c r="AZ131" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA131" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB131" s="9">
+        <v>79822.498999999996</v>
+      </c>
       <c r="BD131" s="1"/>
       <c r="BG131" s="9"/>
     </row>
     <row r="132" spans="1:59">
       <c r="A132" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B132" t="s">
         <v>24</v>
       </c>
       <c r="C132" t="s">
         <v>34</v>
       </c>
       <c r="D132" s="9">
         <v>35309</v>
       </c>
       <c r="F132" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G132" t="s">
         <v>24</v>
       </c>
       <c r="H132" t="s">
         <v>34</v>
       </c>
@@ -16576,52 +17787,62 @@
       </c>
       <c r="AO132" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP132" t="s">
         <v>24</v>
       </c>
       <c r="AQ132" t="s">
         <v>34</v>
       </c>
       <c r="AR132" s="9">
         <v>122832.6</v>
       </c>
       <c r="AT132" s="1">
         <v>45952.333333333336</v>
       </c>
       <c r="AU132" t="s">
         <v>24</v>
       </c>
       <c r="AV132" t="s">
         <v>34</v>
       </c>
       <c r="AW132" s="9">
         <v>50823</v>
       </c>
-      <c r="AY132" s="1"/>
-      <c r="BB132" s="9"/>
+      <c r="AY132" s="1">
+        <v>45991.333333333336</v>
+      </c>
+      <c r="AZ132" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA132" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB132" s="9">
+        <v>59866</v>
+      </c>
       <c r="BD132" s="1"/>
       <c r="BG132" s="9"/>
     </row>
     <row r="133" spans="1:59">
       <c r="A133" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B133" t="s">
         <v>24</v>
       </c>
       <c r="C133" t="s">
         <v>35</v>
       </c>
       <c r="D133" s="9">
         <v>12362.262000000001</v>
       </c>
       <c r="F133" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G133" t="s">
         <v>24</v>
       </c>
       <c r="H133" t="s">
         <v>35</v>
       </c>
@@ -16702,52 +17923,62 @@
       </c>
       <c r="AO133" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP133" t="s">
         <v>24</v>
       </c>
       <c r="AQ133" t="s">
         <v>35</v>
       </c>
       <c r="AR133" s="9">
         <v>10337.869000000001</v>
       </c>
       <c r="AT133" s="1">
         <v>45952.333333333336</v>
       </c>
       <c r="AU133" t="s">
         <v>24</v>
       </c>
       <c r="AV133" t="s">
         <v>35</v>
       </c>
       <c r="AW133" s="9">
         <v>9412.1509999999998</v>
       </c>
-      <c r="AY133" s="1"/>
-      <c r="BB133" s="9"/>
+      <c r="AY133" s="1">
+        <v>45991.333333333336</v>
+      </c>
+      <c r="AZ133" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA133" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB133" s="9">
+        <v>7222.5290000000005</v>
+      </c>
       <c r="BD133" s="1"/>
       <c r="BG133" s="9"/>
     </row>
     <row r="134" spans="1:59">
       <c r="A134" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B134" t="s">
         <v>24</v>
       </c>
       <c r="C134" t="s">
         <v>36</v>
       </c>
       <c r="D134" s="9">
         <v>294362.09600000002</v>
       </c>
       <c r="F134" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G134" t="s">
         <v>24</v>
       </c>
       <c r="H134" t="s">
         <v>36</v>
       </c>
@@ -16828,52 +18059,62 @@
       </c>
       <c r="AO134" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP134" t="s">
         <v>24</v>
       </c>
       <c r="AQ134" t="s">
         <v>36</v>
       </c>
       <c r="AR134" s="9">
         <v>270644.353</v>
       </c>
       <c r="AT134" s="1">
         <v>45952.333333333336</v>
       </c>
       <c r="AU134" t="s">
         <v>24</v>
       </c>
       <c r="AV134" t="s">
         <v>36</v>
       </c>
       <c r="AW134" s="9">
         <v>259232.02900000001</v>
       </c>
-      <c r="AY134" s="1"/>
-      <c r="BB134" s="9"/>
+      <c r="AY134" s="1">
+        <v>45991.333333333336</v>
+      </c>
+      <c r="AZ134" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA134" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB134" s="9">
+        <v>203987.40900000001</v>
+      </c>
       <c r="BD134" s="1"/>
       <c r="BG134" s="9"/>
     </row>
     <row r="135" spans="1:59">
       <c r="A135" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B135" t="s">
         <v>24</v>
       </c>
       <c r="C135" t="s">
         <v>37</v>
       </c>
       <c r="D135" s="9">
         <v>122514.819</v>
       </c>
       <c r="F135" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G135" t="s">
         <v>24</v>
       </c>
       <c r="H135" t="s">
         <v>37</v>
       </c>
@@ -16954,52 +18195,62 @@
       </c>
       <c r="AO135" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP135" t="s">
         <v>24</v>
       </c>
       <c r="AQ135" t="s">
         <v>37</v>
       </c>
       <c r="AR135" s="9">
         <v>90419.570999999996</v>
       </c>
       <c r="AT135" s="1">
         <v>45952.333333333336</v>
       </c>
       <c r="AU135" t="s">
         <v>24</v>
       </c>
       <c r="AV135" t="s">
         <v>37</v>
       </c>
       <c r="AW135" s="9">
         <v>90268.066999999995</v>
       </c>
-      <c r="AY135" s="1"/>
-      <c r="BB135" s="9"/>
+      <c r="AY135" s="1">
+        <v>45991.333333333336</v>
+      </c>
+      <c r="AZ135" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA135" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB135" s="9">
+        <v>82217.497000000003</v>
+      </c>
       <c r="BD135" s="1"/>
       <c r="BG135" s="9"/>
     </row>
     <row r="136" spans="1:59">
       <c r="A136" s="1">
         <v>45665.333333333336</v>
       </c>
       <c r="B136" t="s">
         <v>24</v>
       </c>
       <c r="C136" t="s">
         <v>38</v>
       </c>
       <c r="D136" s="9">
         <v>0</v>
       </c>
       <c r="F136" s="1">
         <v>45694.333333333336</v>
       </c>
       <c r="G136" t="s">
         <v>24</v>
       </c>
       <c r="H136" t="s">
         <v>38</v>
       </c>
@@ -17080,52 +18331,62 @@
       </c>
       <c r="AO136" s="1">
         <v>45925.333333333336</v>
       </c>
       <c r="AP136" t="s">
         <v>24</v>
       </c>
       <c r="AQ136" t="s">
         <v>38</v>
       </c>
       <c r="AR136" s="9">
         <v>0</v>
       </c>
       <c r="AT136" s="1">
         <v>45952.333333333336</v>
       </c>
       <c r="AU136" t="s">
         <v>24</v>
       </c>
       <c r="AV136" t="s">
         <v>38</v>
       </c>
       <c r="AW136" s="9">
         <v>0</v>
       </c>
-      <c r="AY136" s="1"/>
-      <c r="BB136" s="9"/>
+      <c r="AY136" s="1">
+        <v>45991.333333333336</v>
+      </c>
+      <c r="AZ136" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA136" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB136" s="9">
+        <v>0</v>
+      </c>
       <c r="BD136" s="1"/>
       <c r="BG136" s="9"/>
     </row>
     <row r="137" spans="1:59">
       <c r="A137" s="1">
         <v>45665.375</v>
       </c>
       <c r="B137" t="s">
         <v>24</v>
       </c>
       <c r="C137" t="s">
         <v>25</v>
       </c>
       <c r="D137" s="9">
         <v>612497.78099999996</v>
       </c>
       <c r="F137" s="1">
         <v>45694.375</v>
       </c>
       <c r="G137" t="s">
         <v>24</v>
       </c>
       <c r="H137" t="s">
         <v>25</v>
       </c>
@@ -17206,52 +18467,62 @@
       </c>
       <c r="AO137" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP137" t="s">
         <v>24</v>
       </c>
       <c r="AQ137" t="s">
         <v>25</v>
       </c>
       <c r="AR137" s="9">
         <v>376376.96899999998</v>
       </c>
       <c r="AT137" s="1">
         <v>45952.375</v>
       </c>
       <c r="AU137" t="s">
         <v>24</v>
       </c>
       <c r="AV137" t="s">
         <v>25</v>
       </c>
       <c r="AW137" s="9">
         <v>404462.01500000001</v>
       </c>
-      <c r="AY137" s="1"/>
-      <c r="BB137" s="9"/>
+      <c r="AY137" s="1">
+        <v>45991.375</v>
+      </c>
+      <c r="AZ137" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA137" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB137" s="9">
+        <v>626353.93299999996</v>
+      </c>
       <c r="BD137" s="1"/>
       <c r="BG137" s="9"/>
     </row>
     <row r="138" spans="1:59">
       <c r="A138" s="1">
         <v>45665.375</v>
       </c>
       <c r="B138" t="s">
         <v>24</v>
       </c>
       <c r="C138" t="s">
         <v>26</v>
       </c>
       <c r="D138" s="9">
         <v>0</v>
       </c>
       <c r="F138" s="1">
         <v>45694.375</v>
       </c>
       <c r="G138" t="s">
         <v>24</v>
       </c>
       <c r="H138" t="s">
         <v>26</v>
       </c>
@@ -17332,52 +18603,62 @@
       </c>
       <c r="AO138" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP138" t="s">
         <v>24</v>
       </c>
       <c r="AQ138" t="s">
         <v>26</v>
       </c>
       <c r="AR138" s="9">
         <v>0</v>
       </c>
       <c r="AT138" s="1">
         <v>45952.375</v>
       </c>
       <c r="AU138" t="s">
         <v>24</v>
       </c>
       <c r="AV138" t="s">
         <v>26</v>
       </c>
       <c r="AW138" s="9">
         <v>0</v>
       </c>
-      <c r="AY138" s="1"/>
-      <c r="BB138" s="9"/>
+      <c r="AY138" s="1">
+        <v>45991.375</v>
+      </c>
+      <c r="AZ138" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA138" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB138" s="9">
+        <v>0</v>
+      </c>
       <c r="BD138" s="1"/>
       <c r="BG138" s="9"/>
     </row>
     <row r="139" spans="1:59">
       <c r="A139" s="1">
         <v>45665.375</v>
       </c>
       <c r="B139" t="s">
         <v>24</v>
       </c>
       <c r="C139" t="s">
         <v>27</v>
       </c>
       <c r="D139" s="9">
         <v>51.435000000000002</v>
       </c>
       <c r="F139" s="1">
         <v>45694.375</v>
       </c>
       <c r="G139" t="s">
         <v>24</v>
       </c>
       <c r="H139" t="s">
         <v>27</v>
       </c>
@@ -17458,52 +18739,62 @@
       </c>
       <c r="AO139" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP139" t="s">
         <v>24</v>
       </c>
       <c r="AQ139" t="s">
         <v>27</v>
       </c>
       <c r="AR139" s="9">
         <v>0.629</v>
       </c>
       <c r="AT139" s="1">
         <v>45952.375</v>
       </c>
       <c r="AU139" t="s">
         <v>24</v>
       </c>
       <c r="AV139" t="s">
         <v>27</v>
       </c>
       <c r="AW139" s="9">
         <v>6.9619999999999997</v>
       </c>
-      <c r="AY139" s="1"/>
-      <c r="BB139" s="9"/>
+      <c r="AY139" s="1">
+        <v>45991.375</v>
+      </c>
+      <c r="AZ139" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA139" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB139" s="9">
+        <v>38.261000000000003</v>
+      </c>
       <c r="BD139" s="1"/>
       <c r="BG139" s="9"/>
     </row>
     <row r="140" spans="1:59">
       <c r="A140" s="1">
         <v>45665.375</v>
       </c>
       <c r="B140" t="s">
         <v>24</v>
       </c>
       <c r="C140" t="s">
         <v>28</v>
       </c>
       <c r="D140" s="9">
         <v>9450.8919999999998</v>
       </c>
       <c r="F140" s="1">
         <v>45694.375</v>
       </c>
       <c r="G140" t="s">
         <v>24</v>
       </c>
       <c r="H140" t="s">
         <v>28</v>
       </c>
@@ -17584,52 +18875,62 @@
       </c>
       <c r="AO140" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP140" t="s">
         <v>24</v>
       </c>
       <c r="AQ140" t="s">
         <v>28</v>
       </c>
       <c r="AR140" s="9">
         <v>715.47</v>
       </c>
       <c r="AT140" s="1">
         <v>45952.375</v>
       </c>
       <c r="AU140" t="s">
         <v>24</v>
       </c>
       <c r="AV140" t="s">
         <v>28</v>
       </c>
       <c r="AW140" s="9">
         <v>844.58</v>
       </c>
-      <c r="AY140" s="1"/>
-      <c r="BB140" s="9"/>
+      <c r="AY140" s="1">
+        <v>45991.375</v>
+      </c>
+      <c r="AZ140" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA140" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB140" s="9">
+        <v>1600.741</v>
+      </c>
       <c r="BD140" s="1"/>
       <c r="BG140" s="9"/>
     </row>
     <row r="141" spans="1:59">
       <c r="A141" s="1">
         <v>45665.375</v>
       </c>
       <c r="B141" t="s">
         <v>24</v>
       </c>
       <c r="C141" t="s">
         <v>29</v>
       </c>
       <c r="D141" s="9">
         <v>22228.753000000001</v>
       </c>
       <c r="F141" s="1">
         <v>45694.375</v>
       </c>
       <c r="G141" t="s">
         <v>24</v>
       </c>
       <c r="H141" t="s">
         <v>29</v>
       </c>
@@ -17710,52 +19011,62 @@
       </c>
       <c r="AO141" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP141" t="s">
         <v>24</v>
       </c>
       <c r="AQ141" t="s">
         <v>29</v>
       </c>
       <c r="AR141" s="9">
         <v>26725.267</v>
       </c>
       <c r="AT141" s="1">
         <v>45952.375</v>
       </c>
       <c r="AU141" t="s">
         <v>24</v>
       </c>
       <c r="AV141" t="s">
         <v>29</v>
       </c>
       <c r="AW141" s="9">
         <v>25806.227999999999</v>
       </c>
-      <c r="AY141" s="1"/>
-      <c r="BB141" s="9"/>
+      <c r="AY141" s="1">
+        <v>45991.375</v>
+      </c>
+      <c r="AZ141" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA141" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB141" s="9">
+        <v>14523.574000000001</v>
+      </c>
       <c r="BD141" s="1"/>
       <c r="BG141" s="9"/>
     </row>
     <row r="142" spans="1:59">
       <c r="A142" s="1">
         <v>45665.375</v>
       </c>
       <c r="B142" t="s">
         <v>24</v>
       </c>
       <c r="C142" t="s">
         <v>30</v>
       </c>
       <c r="D142" s="9">
         <v>55170.745000000003</v>
       </c>
       <c r="F142" s="1">
         <v>45694.375</v>
       </c>
       <c r="G142" t="s">
         <v>24</v>
       </c>
       <c r="H142" t="s">
         <v>30</v>
       </c>
@@ -17836,52 +19147,62 @@
       </c>
       <c r="AO142" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP142" t="s">
         <v>24</v>
       </c>
       <c r="AQ142" t="s">
         <v>30</v>
       </c>
       <c r="AR142" s="9">
         <v>61023.578999999998</v>
       </c>
       <c r="AT142" s="1">
         <v>45952.375</v>
       </c>
       <c r="AU142" t="s">
         <v>24</v>
       </c>
       <c r="AV142" t="s">
         <v>30</v>
       </c>
       <c r="AW142" s="9">
         <v>56341.822</v>
       </c>
-      <c r="AY142" s="1"/>
-      <c r="BB142" s="9"/>
+      <c r="AY142" s="1">
+        <v>45991.375</v>
+      </c>
+      <c r="AZ142" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA142" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB142" s="9">
+        <v>38447.023000000001</v>
+      </c>
       <c r="BD142" s="1"/>
       <c r="BG142" s="9"/>
     </row>
     <row r="143" spans="1:59">
       <c r="A143" s="1">
         <v>45665.375</v>
       </c>
       <c r="B143" t="s">
         <v>24</v>
       </c>
       <c r="C143" t="s">
         <v>31</v>
       </c>
       <c r="D143" s="9">
         <v>78270.703999999998</v>
       </c>
       <c r="F143" s="1">
         <v>45694.375</v>
       </c>
       <c r="G143" t="s">
         <v>24</v>
       </c>
       <c r="H143" t="s">
         <v>31</v>
       </c>
@@ -17962,52 +19283,62 @@
       </c>
       <c r="AO143" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP143" t="s">
         <v>24</v>
       </c>
       <c r="AQ143" t="s">
         <v>31</v>
       </c>
       <c r="AR143" s="9">
         <v>80409.391000000003</v>
       </c>
       <c r="AT143" s="1">
         <v>45952.375</v>
       </c>
       <c r="AU143" t="s">
         <v>24</v>
       </c>
       <c r="AV143" t="s">
         <v>31</v>
       </c>
       <c r="AW143" s="9">
         <v>79836.929000000004</v>
       </c>
-      <c r="AY143" s="1"/>
-      <c r="BB143" s="9"/>
+      <c r="AY143" s="1">
+        <v>45991.375</v>
+      </c>
+      <c r="AZ143" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA143" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB143" s="9">
+        <v>59898.873</v>
+      </c>
       <c r="BD143" s="1"/>
       <c r="BG143" s="9"/>
     </row>
     <row r="144" spans="1:59">
       <c r="A144" s="1">
         <v>45665.375</v>
       </c>
       <c r="B144" t="s">
         <v>24</v>
       </c>
       <c r="C144" t="s">
         <v>32</v>
       </c>
       <c r="D144" s="9">
         <v>14346.896000000001</v>
       </c>
       <c r="F144" s="1">
         <v>45694.375</v>
       </c>
       <c r="G144" t="s">
         <v>24</v>
       </c>
       <c r="H144" t="s">
         <v>32</v>
       </c>
@@ -18088,52 +19419,62 @@
       </c>
       <c r="AO144" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP144" t="s">
         <v>24</v>
       </c>
       <c r="AQ144" t="s">
         <v>32</v>
       </c>
       <c r="AR144" s="9">
         <v>13840.205</v>
       </c>
       <c r="AT144" s="1">
         <v>45952.375</v>
       </c>
       <c r="AU144" t="s">
         <v>24</v>
       </c>
       <c r="AV144" t="s">
         <v>32</v>
       </c>
       <c r="AW144" s="9">
         <v>12846.764999999999</v>
       </c>
-      <c r="AY144" s="1"/>
-      <c r="BB144" s="9"/>
+      <c r="AY144" s="1">
+        <v>45991.375</v>
+      </c>
+      <c r="AZ144" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA144" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB144" s="9">
+        <v>11225.575000000001</v>
+      </c>
       <c r="BD144" s="1"/>
       <c r="BG144" s="9"/>
     </row>
     <row r="145" spans="1:59">
       <c r="A145" s="1">
         <v>45665.375</v>
       </c>
       <c r="B145" t="s">
         <v>24</v>
       </c>
       <c r="C145" t="s">
         <v>33</v>
       </c>
       <c r="D145" s="9">
         <v>98697.426000000007</v>
       </c>
       <c r="F145" s="1">
         <v>45694.375</v>
       </c>
       <c r="G145" t="s">
         <v>24</v>
       </c>
       <c r="H145" t="s">
         <v>33</v>
       </c>
@@ -18214,52 +19555,62 @@
       </c>
       <c r="AO145" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP145" t="s">
         <v>24</v>
       </c>
       <c r="AQ145" t="s">
         <v>33</v>
       </c>
       <c r="AR145" s="9">
         <v>87138.600999999995</v>
       </c>
       <c r="AT145" s="1">
         <v>45952.375</v>
       </c>
       <c r="AU145" t="s">
         <v>24</v>
       </c>
       <c r="AV145" t="s">
         <v>33</v>
       </c>
       <c r="AW145" s="9">
         <v>84572.69</v>
       </c>
-      <c r="AY145" s="1"/>
-      <c r="BB145" s="9"/>
+      <c r="AY145" s="1">
+        <v>45991.375</v>
+      </c>
+      <c r="AZ145" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA145" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB145" s="9">
+        <v>79844.796000000002</v>
+      </c>
       <c r="BD145" s="1"/>
       <c r="BG145" s="9"/>
     </row>
     <row r="146" spans="1:59">
       <c r="A146" s="1">
         <v>45665.375</v>
       </c>
       <c r="B146" t="s">
         <v>24</v>
       </c>
       <c r="C146" t="s">
         <v>34</v>
       </c>
       <c r="D146" s="9">
         <v>41921</v>
       </c>
       <c r="F146" s="1">
         <v>45694.375</v>
       </c>
       <c r="G146" t="s">
         <v>24</v>
       </c>
       <c r="H146" t="s">
         <v>34</v>
       </c>
@@ -18340,52 +19691,62 @@
       </c>
       <c r="AO146" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP146" t="s">
         <v>24</v>
       </c>
       <c r="AQ146" t="s">
         <v>34</v>
       </c>
       <c r="AR146" s="9">
         <v>115082</v>
       </c>
       <c r="AT146" s="1">
         <v>45952.375</v>
       </c>
       <c r="AU146" t="s">
         <v>24</v>
       </c>
       <c r="AV146" t="s">
         <v>34</v>
       </c>
       <c r="AW146" s="9">
         <v>227796</v>
       </c>
-      <c r="AY146" s="1"/>
-      <c r="BB146" s="9"/>
+      <c r="AY146" s="1">
+        <v>45991.375</v>
+      </c>
+      <c r="AZ146" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA146" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB146" s="9">
+        <v>78279</v>
+      </c>
       <c r="BD146" s="1"/>
       <c r="BG146" s="9"/>
     </row>
     <row r="147" spans="1:59">
       <c r="A147" s="1">
         <v>45665.375</v>
       </c>
       <c r="B147" t="s">
         <v>24</v>
       </c>
       <c r="C147" t="s">
         <v>35</v>
       </c>
       <c r="D147" s="9">
         <v>12376.368</v>
       </c>
       <c r="F147" s="1">
         <v>45694.375</v>
       </c>
       <c r="G147" t="s">
         <v>24</v>
       </c>
       <c r="H147" t="s">
         <v>35</v>
       </c>
@@ -18466,52 +19827,62 @@
       </c>
       <c r="AO147" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP147" t="s">
         <v>24</v>
       </c>
       <c r="AQ147" t="s">
         <v>35</v>
       </c>
       <c r="AR147" s="9">
         <v>10898.019</v>
       </c>
       <c r="AT147" s="1">
         <v>45952.375</v>
       </c>
       <c r="AU147" t="s">
         <v>24</v>
       </c>
       <c r="AV147" t="s">
         <v>35</v>
       </c>
       <c r="AW147" s="9">
         <v>9526.3150000000005</v>
       </c>
-      <c r="AY147" s="1"/>
-      <c r="BB147" s="9"/>
+      <c r="AY147" s="1">
+        <v>45991.375</v>
+      </c>
+      <c r="AZ147" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA147" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB147" s="9">
+        <v>7372.366</v>
+      </c>
       <c r="BD147" s="1"/>
       <c r="BG147" s="9"/>
     </row>
     <row r="148" spans="1:59">
       <c r="A148" s="1">
         <v>45665.375</v>
       </c>
       <c r="B148" t="s">
         <v>24</v>
       </c>
       <c r="C148" t="s">
         <v>36</v>
       </c>
       <c r="D148" s="9">
         <v>299876.26199999999</v>
       </c>
       <c r="F148" s="1">
         <v>45694.375</v>
       </c>
       <c r="G148" t="s">
         <v>24</v>
       </c>
       <c r="H148" t="s">
         <v>36</v>
       </c>
@@ -18592,52 +19963,62 @@
       </c>
       <c r="AO148" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP148" t="s">
         <v>24</v>
       </c>
       <c r="AQ148" t="s">
         <v>36</v>
       </c>
       <c r="AR148" s="9">
         <v>282289.766</v>
       </c>
       <c r="AT148" s="1">
         <v>45952.375</v>
       </c>
       <c r="AU148" t="s">
         <v>24</v>
       </c>
       <c r="AV148" t="s">
         <v>36</v>
       </c>
       <c r="AW148" s="9">
         <v>269182.255</v>
       </c>
-      <c r="AY148" s="1"/>
-      <c r="BB148" s="9"/>
+      <c r="AY148" s="1">
+        <v>45991.375</v>
+      </c>
+      <c r="AZ148" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA148" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB148" s="9">
+        <v>210177.079</v>
+      </c>
       <c r="BD148" s="1"/>
       <c r="BG148" s="9"/>
     </row>
     <row r="149" spans="1:59">
       <c r="A149" s="1">
         <v>45665.375</v>
       </c>
       <c r="B149" t="s">
         <v>24</v>
       </c>
       <c r="C149" t="s">
         <v>37</v>
       </c>
       <c r="D149" s="9">
         <v>129362.327</v>
       </c>
       <c r="F149" s="1">
         <v>45694.375</v>
       </c>
       <c r="G149" t="s">
         <v>24</v>
       </c>
       <c r="H149" t="s">
         <v>37</v>
       </c>
@@ -18718,52 +20099,62 @@
       </c>
       <c r="AO149" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP149" t="s">
         <v>24</v>
       </c>
       <c r="AQ149" t="s">
         <v>37</v>
       </c>
       <c r="AR149" s="9">
         <v>98524.951000000001</v>
       </c>
       <c r="AT149" s="1">
         <v>45952.375</v>
       </c>
       <c r="AU149" t="s">
         <v>24</v>
       </c>
       <c r="AV149" t="s">
         <v>37</v>
       </c>
       <c r="AW149" s="9">
         <v>97765.055999999997</v>
       </c>
-      <c r="AY149" s="1"/>
-      <c r="BB149" s="9"/>
+      <c r="AY149" s="1">
+        <v>45991.375</v>
+      </c>
+      <c r="AZ149" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA149" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB149" s="9">
+        <v>86429.062000000005</v>
+      </c>
       <c r="BD149" s="1"/>
       <c r="BG149" s="9"/>
     </row>
     <row r="150" spans="1:59">
       <c r="A150" s="1">
         <v>45665.375</v>
       </c>
       <c r="B150" t="s">
         <v>24</v>
       </c>
       <c r="C150" t="s">
         <v>38</v>
       </c>
       <c r="D150" s="9">
         <v>0</v>
       </c>
       <c r="F150" s="1">
         <v>45694.375</v>
       </c>
       <c r="G150" t="s">
         <v>24</v>
       </c>
       <c r="H150" t="s">
         <v>38</v>
       </c>
@@ -18844,52 +20235,62 @@
       </c>
       <c r="AO150" s="1">
         <v>45925.375</v>
       </c>
       <c r="AP150" t="s">
         <v>24</v>
       </c>
       <c r="AQ150" t="s">
         <v>38</v>
       </c>
       <c r="AR150" s="9">
         <v>0</v>
       </c>
       <c r="AT150" s="1">
         <v>45952.375</v>
       </c>
       <c r="AU150" t="s">
         <v>24</v>
       </c>
       <c r="AV150" t="s">
         <v>38</v>
       </c>
       <c r="AW150" s="9">
         <v>0</v>
       </c>
-      <c r="AY150" s="1"/>
-      <c r="BB150" s="9"/>
+      <c r="AY150" s="1">
+        <v>45991.375</v>
+      </c>
+      <c r="AZ150" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA150" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB150" s="9">
+        <v>0</v>
+      </c>
       <c r="BD150" s="1"/>
       <c r="BG150" s="9"/>
     </row>
     <row r="151" spans="1:59">
       <c r="A151" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B151" t="s">
         <v>24</v>
       </c>
       <c r="C151" t="s">
         <v>25</v>
       </c>
       <c r="D151" s="9">
         <v>598209.59100000001</v>
       </c>
       <c r="F151" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G151" t="s">
         <v>24</v>
       </c>
       <c r="H151" t="s">
         <v>25</v>
       </c>
@@ -18970,52 +20371,62 @@
       </c>
       <c r="AO151" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP151" t="s">
         <v>24</v>
       </c>
       <c r="AQ151" t="s">
         <v>25</v>
       </c>
       <c r="AR151" s="9">
         <v>379827.00799999997</v>
       </c>
       <c r="AT151" s="1">
         <v>45952.416666666664</v>
       </c>
       <c r="AU151" t="s">
         <v>24</v>
       </c>
       <c r="AV151" t="s">
         <v>25</v>
       </c>
       <c r="AW151" s="9">
         <v>407622.685</v>
       </c>
-      <c r="AY151" s="1"/>
-      <c r="BB151" s="9"/>
+      <c r="AY151" s="1">
+        <v>45991.416666666664</v>
+      </c>
+      <c r="AZ151" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA151" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB151" s="9">
+        <v>641164.897</v>
+      </c>
       <c r="BD151" s="1"/>
       <c r="BG151" s="9"/>
     </row>
     <row r="152" spans="1:59">
       <c r="A152" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B152" t="s">
         <v>24</v>
       </c>
       <c r="C152" t="s">
         <v>26</v>
       </c>
       <c r="D152" s="9">
         <v>0</v>
       </c>
       <c r="F152" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G152" t="s">
         <v>24</v>
       </c>
       <c r="H152" t="s">
         <v>26</v>
       </c>
@@ -19096,52 +20507,62 @@
       </c>
       <c r="AO152" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP152" t="s">
         <v>24</v>
       </c>
       <c r="AQ152" t="s">
         <v>26</v>
       </c>
       <c r="AR152" s="9">
         <v>0</v>
       </c>
       <c r="AT152" s="1">
         <v>45952.416666666664</v>
       </c>
       <c r="AU152" t="s">
         <v>24</v>
       </c>
       <c r="AV152" t="s">
         <v>26</v>
       </c>
       <c r="AW152" s="9">
         <v>0</v>
       </c>
-      <c r="AY152" s="1"/>
-      <c r="BB152" s="9"/>
+      <c r="AY152" s="1">
+        <v>45991.416666666664</v>
+      </c>
+      <c r="AZ152" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA152" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB152" s="9">
+        <v>0</v>
+      </c>
       <c r="BD152" s="1"/>
       <c r="BG152" s="9"/>
     </row>
     <row r="153" spans="1:59">
       <c r="A153" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B153" t="s">
         <v>24</v>
       </c>
       <c r="C153" t="s">
         <v>27</v>
       </c>
       <c r="D153" s="9">
         <v>43.402000000000001</v>
       </c>
       <c r="F153" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G153" t="s">
         <v>24</v>
       </c>
       <c r="H153" t="s">
         <v>27</v>
       </c>
@@ -19222,52 +20643,62 @@
       </c>
       <c r="AO153" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP153" t="s">
         <v>24</v>
       </c>
       <c r="AQ153" t="s">
         <v>27</v>
       </c>
       <c r="AR153" s="9">
         <v>0.50600000000000001</v>
       </c>
       <c r="AT153" s="1">
         <v>45952.416666666664</v>
       </c>
       <c r="AU153" t="s">
         <v>24</v>
       </c>
       <c r="AV153" t="s">
         <v>27</v>
       </c>
       <c r="AW153" s="9">
         <v>6.9109999999999996</v>
       </c>
-      <c r="AY153" s="1"/>
-      <c r="BB153" s="9"/>
+      <c r="AY153" s="1">
+        <v>45991.416666666664</v>
+      </c>
+      <c r="AZ153" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA153" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB153" s="9">
+        <v>30.030999999999999</v>
+      </c>
       <c r="BD153" s="1"/>
       <c r="BG153" s="9"/>
     </row>
     <row r="154" spans="1:59">
       <c r="A154" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B154" t="s">
         <v>24</v>
       </c>
       <c r="C154" t="s">
         <v>28</v>
       </c>
       <c r="D154" s="9">
         <v>9107.875</v>
       </c>
       <c r="F154" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G154" t="s">
         <v>24</v>
       </c>
       <c r="H154" t="s">
         <v>28</v>
       </c>
@@ -19348,52 +20779,62 @@
       </c>
       <c r="AO154" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP154" t="s">
         <v>24</v>
       </c>
       <c r="AQ154" t="s">
         <v>28</v>
       </c>
       <c r="AR154" s="9">
         <v>716.87400000000002</v>
       </c>
       <c r="AT154" s="1">
         <v>45952.416666666664</v>
       </c>
       <c r="AU154" t="s">
         <v>24</v>
       </c>
       <c r="AV154" t="s">
         <v>28</v>
       </c>
       <c r="AW154" s="9">
         <v>824.47699999999998</v>
       </c>
-      <c r="AY154" s="1"/>
-      <c r="BB154" s="9"/>
+      <c r="AY154" s="1">
+        <v>45991.416666666664</v>
+      </c>
+      <c r="AZ154" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA154" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB154" s="9">
+        <v>1620.3989999999999</v>
+      </c>
       <c r="BD154" s="1"/>
       <c r="BG154" s="9"/>
     </row>
     <row r="155" spans="1:59">
       <c r="A155" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B155" t="s">
         <v>24</v>
       </c>
       <c r="C155" t="s">
         <v>29</v>
       </c>
       <c r="D155" s="9">
         <v>22265.255000000001</v>
       </c>
       <c r="F155" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G155" t="s">
         <v>24</v>
       </c>
       <c r="H155" t="s">
         <v>29</v>
       </c>
@@ -19474,52 +20915,62 @@
       </c>
       <c r="AO155" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP155" t="s">
         <v>24</v>
       </c>
       <c r="AQ155" t="s">
         <v>29</v>
       </c>
       <c r="AR155" s="9">
         <v>27467.559000000001</v>
       </c>
       <c r="AT155" s="1">
         <v>45952.416666666664</v>
       </c>
       <c r="AU155" t="s">
         <v>24</v>
       </c>
       <c r="AV155" t="s">
         <v>29</v>
       </c>
       <c r="AW155" s="9">
         <v>26482.516</v>
       </c>
-      <c r="AY155" s="1"/>
-      <c r="BB155" s="9"/>
+      <c r="AY155" s="1">
+        <v>45991.416666666664</v>
+      </c>
+      <c r="AZ155" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA155" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB155" s="9">
+        <v>14584.717000000001</v>
+      </c>
       <c r="BD155" s="1"/>
       <c r="BG155" s="9"/>
     </row>
     <row r="156" spans="1:59">
       <c r="A156" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B156" t="s">
         <v>24</v>
       </c>
       <c r="C156" t="s">
         <v>30</v>
       </c>
       <c r="D156" s="9">
         <v>56706.82</v>
       </c>
       <c r="F156" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G156" t="s">
         <v>24</v>
       </c>
       <c r="H156" t="s">
         <v>30</v>
       </c>
@@ -19600,52 +21051,62 @@
       </c>
       <c r="AO156" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP156" t="s">
         <v>24</v>
       </c>
       <c r="AQ156" t="s">
         <v>30</v>
       </c>
       <c r="AR156" s="9">
         <v>62953.396000000001</v>
       </c>
       <c r="AT156" s="1">
         <v>45952.416666666664</v>
       </c>
       <c r="AU156" t="s">
         <v>24</v>
       </c>
       <c r="AV156" t="s">
         <v>30</v>
       </c>
       <c r="AW156" s="9">
         <v>58407.781000000003</v>
       </c>
-      <c r="AY156" s="1"/>
-      <c r="BB156" s="9"/>
+      <c r="AY156" s="1">
+        <v>45991.416666666664</v>
+      </c>
+      <c r="AZ156" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA156" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB156" s="9">
+        <v>38589.644</v>
+      </c>
       <c r="BD156" s="1"/>
       <c r="BG156" s="9"/>
     </row>
     <row r="157" spans="1:59">
       <c r="A157" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B157" t="s">
         <v>24</v>
       </c>
       <c r="C157" t="s">
         <v>31</v>
       </c>
       <c r="D157" s="9">
         <v>78663.111000000004</v>
       </c>
       <c r="F157" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G157" t="s">
         <v>24</v>
       </c>
       <c r="H157" t="s">
         <v>31</v>
       </c>
@@ -19726,52 +21187,62 @@
       </c>
       <c r="AO157" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP157" t="s">
         <v>24</v>
       </c>
       <c r="AQ157" t="s">
         <v>31</v>
       </c>
       <c r="AR157" s="9">
         <v>80988.731</v>
       </c>
       <c r="AT157" s="1">
         <v>45952.416666666664</v>
       </c>
       <c r="AU157" t="s">
         <v>24</v>
       </c>
       <c r="AV157" t="s">
         <v>31</v>
       </c>
       <c r="AW157" s="9">
         <v>80327.395000000004</v>
       </c>
-      <c r="AY157" s="1"/>
-      <c r="BB157" s="9"/>
+      <c r="AY157" s="1">
+        <v>45991.416666666664</v>
+      </c>
+      <c r="AZ157" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA157" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB157" s="9">
+        <v>58863.707000000002</v>
+      </c>
       <c r="BD157" s="1"/>
       <c r="BG157" s="9"/>
     </row>
     <row r="158" spans="1:59">
       <c r="A158" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B158" t="s">
         <v>24</v>
       </c>
       <c r="C158" t="s">
         <v>32</v>
       </c>
       <c r="D158" s="9">
         <v>14056.517</v>
       </c>
       <c r="F158" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G158" t="s">
         <v>24</v>
       </c>
       <c r="H158" t="s">
         <v>32</v>
       </c>
@@ -19852,52 +21323,62 @@
       </c>
       <c r="AO158" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP158" t="s">
         <v>24</v>
       </c>
       <c r="AQ158" t="s">
         <v>32</v>
       </c>
       <c r="AR158" s="9">
         <v>12974.27</v>
       </c>
       <c r="AT158" s="1">
         <v>45952.416666666664</v>
       </c>
       <c r="AU158" t="s">
         <v>24</v>
       </c>
       <c r="AV158" t="s">
         <v>32</v>
       </c>
       <c r="AW158" s="9">
         <v>12230.81</v>
       </c>
-      <c r="AY158" s="1"/>
-      <c r="BB158" s="9"/>
+      <c r="AY158" s="1">
+        <v>45991.416666666664</v>
+      </c>
+      <c r="AZ158" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA158" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB158" s="9">
+        <v>11084.165000000001</v>
+      </c>
       <c r="BD158" s="1"/>
       <c r="BG158" s="9"/>
     </row>
     <row r="159" spans="1:59">
       <c r="A159" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B159" t="s">
         <v>24</v>
       </c>
       <c r="C159" t="s">
         <v>33</v>
       </c>
       <c r="D159" s="9">
         <v>97629.18</v>
       </c>
       <c r="F159" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G159" t="s">
         <v>24</v>
       </c>
       <c r="H159" t="s">
         <v>33</v>
       </c>
@@ -19978,52 +21459,62 @@
       </c>
       <c r="AO159" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP159" t="s">
         <v>24</v>
       </c>
       <c r="AQ159" t="s">
         <v>33</v>
       </c>
       <c r="AR159" s="9">
         <v>91498.024999999994</v>
       </c>
       <c r="AT159" s="1">
         <v>45952.416666666664</v>
       </c>
       <c r="AU159" t="s">
         <v>24</v>
       </c>
       <c r="AV159" t="s">
         <v>33</v>
       </c>
       <c r="AW159" s="9">
         <v>85836.093999999997</v>
       </c>
-      <c r="AY159" s="1"/>
-      <c r="BB159" s="9"/>
+      <c r="AY159" s="1">
+        <v>45991.416666666664</v>
+      </c>
+      <c r="AZ159" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA159" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB159" s="9">
+        <v>80819.347999999998</v>
+      </c>
       <c r="BD159" s="1"/>
       <c r="BG159" s="9"/>
     </row>
     <row r="160" spans="1:59">
       <c r="A160" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B160" t="s">
         <v>24</v>
       </c>
       <c r="C160" t="s">
         <v>34</v>
       </c>
       <c r="D160" s="9">
         <v>49224</v>
       </c>
       <c r="F160" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G160" t="s">
         <v>24</v>
       </c>
       <c r="H160" t="s">
         <v>34</v>
       </c>
@@ -20104,52 +21595,62 @@
       </c>
       <c r="AO160" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP160" t="s">
         <v>24</v>
       </c>
       <c r="AQ160" t="s">
         <v>34</v>
       </c>
       <c r="AR160" s="9">
         <v>115539</v>
       </c>
       <c r="AT160" s="1">
         <v>45952.416666666664</v>
       </c>
       <c r="AU160" t="s">
         <v>24</v>
       </c>
       <c r="AV160" t="s">
         <v>34</v>
       </c>
       <c r="AW160" s="9">
         <v>229827</v>
       </c>
-      <c r="AY160" s="1"/>
-      <c r="BB160" s="9"/>
+      <c r="AY160" s="1">
+        <v>45991.416666666664</v>
+      </c>
+      <c r="AZ160" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA160" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB160" s="9">
+        <v>17498</v>
+      </c>
       <c r="BD160" s="1"/>
       <c r="BG160" s="9"/>
     </row>
     <row r="161" spans="1:59">
       <c r="A161" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B161" t="s">
         <v>24</v>
       </c>
       <c r="C161" t="s">
         <v>35</v>
       </c>
       <c r="D161" s="9">
         <v>12137.18</v>
       </c>
       <c r="F161" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G161" t="s">
         <v>24</v>
       </c>
       <c r="H161" t="s">
         <v>35</v>
       </c>
@@ -20230,52 +21731,62 @@
       </c>
       <c r="AO161" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP161" t="s">
         <v>24</v>
       </c>
       <c r="AQ161" t="s">
         <v>35</v>
       </c>
       <c r="AR161" s="9">
         <v>10958.611000000001</v>
       </c>
       <c r="AT161" s="1">
         <v>45952.416666666664</v>
       </c>
       <c r="AU161" t="s">
         <v>24</v>
       </c>
       <c r="AV161" t="s">
         <v>35</v>
       </c>
       <c r="AW161" s="9">
         <v>9692.598</v>
       </c>
-      <c r="AY161" s="1"/>
-      <c r="BB161" s="9"/>
+      <c r="AY161" s="1">
+        <v>45991.416666666664</v>
+      </c>
+      <c r="AZ161" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA161" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB161" s="9">
+        <v>7366.0290000000005</v>
+      </c>
       <c r="BD161" s="1"/>
       <c r="BG161" s="9"/>
     </row>
     <row r="162" spans="1:59">
       <c r="A162" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B162" t="s">
         <v>24</v>
       </c>
       <c r="C162" t="s">
         <v>36</v>
       </c>
       <c r="D162" s="9">
         <v>303808.43099999998</v>
       </c>
       <c r="F162" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G162" t="s">
         <v>24</v>
       </c>
       <c r="H162" t="s">
         <v>36</v>
       </c>
@@ -20356,52 +21867,62 @@
       </c>
       <c r="AO162" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP162" t="s">
         <v>24</v>
       </c>
       <c r="AQ162" t="s">
         <v>36</v>
       </c>
       <c r="AR162" s="9">
         <v>289555.98200000002</v>
       </c>
       <c r="AT162" s="1">
         <v>45952.416666666664</v>
       </c>
       <c r="AU162" t="s">
         <v>24</v>
       </c>
       <c r="AV162" t="s">
         <v>36</v>
       </c>
       <c r="AW162" s="9">
         <v>274823.23100000003</v>
       </c>
-      <c r="AY162" s="1"/>
-      <c r="BB162" s="9"/>
+      <c r="AY162" s="1">
+        <v>45991.416666666664</v>
+      </c>
+      <c r="AZ162" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA162" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB162" s="9">
+        <v>213688.21599999999</v>
+      </c>
       <c r="BD162" s="1"/>
       <c r="BG162" s="9"/>
     </row>
     <row r="163" spans="1:59">
       <c r="A163" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B163" t="s">
         <v>24</v>
       </c>
       <c r="C163" t="s">
         <v>37</v>
       </c>
       <c r="D163" s="9">
         <v>132011.81099999999</v>
       </c>
       <c r="F163" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G163" t="s">
         <v>24</v>
       </c>
       <c r="H163" t="s">
         <v>37</v>
       </c>
@@ -20482,52 +22003,62 @@
       </c>
       <c r="AO163" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP163" t="s">
         <v>24</v>
       </c>
       <c r="AQ163" t="s">
         <v>37</v>
       </c>
       <c r="AR163" s="9">
         <v>103519.63499999999</v>
       </c>
       <c r="AT163" s="1">
         <v>45952.416666666664</v>
       </c>
       <c r="AU163" t="s">
         <v>24</v>
       </c>
       <c r="AV163" t="s">
         <v>37</v>
       </c>
       <c r="AW163" s="9">
         <v>101805.879</v>
       </c>
-      <c r="AY163" s="1"/>
-      <c r="BB163" s="9"/>
+      <c r="AY163" s="1">
+        <v>45991.416666666664</v>
+      </c>
+      <c r="AZ163" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA163" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB163" s="9">
+        <v>89409.857999999993</v>
+      </c>
       <c r="BD163" s="1"/>
       <c r="BG163" s="9"/>
     </row>
     <row r="164" spans="1:59">
       <c r="A164" s="1">
         <v>45665.416666666664</v>
       </c>
       <c r="B164" t="s">
         <v>24</v>
       </c>
       <c r="C164" t="s">
         <v>38</v>
       </c>
       <c r="D164" s="9">
         <v>0</v>
       </c>
       <c r="F164" s="1">
         <v>45694.416666666664</v>
       </c>
       <c r="G164" t="s">
         <v>24</v>
       </c>
       <c r="H164" t="s">
         <v>38</v>
       </c>
@@ -20608,52 +22139,62 @@
       </c>
       <c r="AO164" s="1">
         <v>45925.416666666664</v>
       </c>
       <c r="AP164" t="s">
         <v>24</v>
       </c>
       <c r="AQ164" t="s">
         <v>38</v>
       </c>
       <c r="AR164" s="9">
         <v>0</v>
       </c>
       <c r="AT164" s="1">
         <v>45952.416666666664</v>
       </c>
       <c r="AU164" t="s">
         <v>24</v>
       </c>
       <c r="AV164" t="s">
         <v>38</v>
       </c>
       <c r="AW164" s="9">
         <v>0</v>
       </c>
-      <c r="AY164" s="1"/>
-      <c r="BB164" s="9"/>
+      <c r="AY164" s="1">
+        <v>45991.416666666664</v>
+      </c>
+      <c r="AZ164" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA164" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB164" s="9">
+        <v>0</v>
+      </c>
       <c r="BD164" s="1"/>
       <c r="BG164" s="9"/>
     </row>
     <row r="165" spans="1:59">
       <c r="A165" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B165" t="s">
         <v>24</v>
       </c>
       <c r="C165" t="s">
         <v>25</v>
       </c>
       <c r="D165" s="9">
         <v>592341.74199999997</v>
       </c>
       <c r="F165" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G165" t="s">
         <v>24</v>
       </c>
       <c r="H165" t="s">
         <v>25</v>
       </c>
@@ -20734,52 +22275,62 @@
       </c>
       <c r="AO165" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP165" t="s">
         <v>24</v>
       </c>
       <c r="AQ165" t="s">
         <v>25</v>
       </c>
       <c r="AR165" s="9">
         <v>385703.658</v>
       </c>
       <c r="AT165" s="1">
         <v>45952.458333333336</v>
       </c>
       <c r="AU165" t="s">
         <v>24</v>
       </c>
       <c r="AV165" t="s">
         <v>25</v>
       </c>
       <c r="AW165" s="9">
         <v>404489.19199999998</v>
       </c>
-      <c r="AY165" s="1"/>
-      <c r="BB165" s="9"/>
+      <c r="AY165" s="1">
+        <v>45991.458333333336</v>
+      </c>
+      <c r="AZ165" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA165" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB165" s="9">
+        <v>649513.33400000003</v>
+      </c>
       <c r="BD165" s="1"/>
       <c r="BG165" s="9"/>
     </row>
     <row r="166" spans="1:59">
       <c r="A166" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B166" t="s">
         <v>24</v>
       </c>
       <c r="C166" t="s">
         <v>26</v>
       </c>
       <c r="D166" s="9">
         <v>0</v>
       </c>
       <c r="F166" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G166" t="s">
         <v>24</v>
       </c>
       <c r="H166" t="s">
         <v>26</v>
       </c>
@@ -20860,52 +22411,62 @@
       </c>
       <c r="AO166" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP166" t="s">
         <v>24</v>
       </c>
       <c r="AQ166" t="s">
         <v>26</v>
       </c>
       <c r="AR166" s="9">
         <v>0</v>
       </c>
       <c r="AT166" s="1">
         <v>45952.458333333336</v>
       </c>
       <c r="AU166" t="s">
         <v>24</v>
       </c>
       <c r="AV166" t="s">
         <v>26</v>
       </c>
       <c r="AW166" s="9">
         <v>0</v>
       </c>
-      <c r="AY166" s="1"/>
-      <c r="BB166" s="9"/>
+      <c r="AY166" s="1">
+        <v>45991.458333333336</v>
+      </c>
+      <c r="AZ166" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA166" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB166" s="9">
+        <v>0</v>
+      </c>
       <c r="BD166" s="1"/>
       <c r="BG166" s="9"/>
     </row>
     <row r="167" spans="1:59">
       <c r="A167" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B167" t="s">
         <v>24</v>
       </c>
       <c r="C167" t="s">
         <v>27</v>
       </c>
       <c r="D167" s="9">
         <v>39.223999999999997</v>
       </c>
       <c r="F167" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G167" t="s">
         <v>24</v>
       </c>
       <c r="H167" t="s">
         <v>27</v>
       </c>
@@ -20986,52 +22547,62 @@
       </c>
       <c r="AO167" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP167" t="s">
         <v>24</v>
       </c>
       <c r="AQ167" t="s">
         <v>27</v>
       </c>
       <c r="AR167" s="9">
         <v>2.637</v>
       </c>
       <c r="AT167" s="1">
         <v>45952.458333333336</v>
       </c>
       <c r="AU167" t="s">
         <v>24</v>
       </c>
       <c r="AV167" t="s">
         <v>27</v>
       </c>
       <c r="AW167" s="9">
         <v>6.7759999999999998</v>
       </c>
-      <c r="AY167" s="1"/>
-      <c r="BB167" s="9"/>
+      <c r="AY167" s="1">
+        <v>45991.458333333336</v>
+      </c>
+      <c r="AZ167" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA167" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB167" s="9">
+        <v>20.321999999999999</v>
+      </c>
       <c r="BD167" s="1"/>
       <c r="BG167" s="9"/>
     </row>
     <row r="168" spans="1:59">
       <c r="A168" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B168" t="s">
         <v>24</v>
       </c>
       <c r="C168" t="s">
         <v>28</v>
       </c>
       <c r="D168" s="9">
         <v>8980.5329999999994</v>
       </c>
       <c r="F168" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G168" t="s">
         <v>24</v>
       </c>
       <c r="H168" t="s">
         <v>28</v>
       </c>
@@ -21112,52 +22683,62 @@
       </c>
       <c r="AO168" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP168" t="s">
         <v>24</v>
       </c>
       <c r="AQ168" t="s">
         <v>28</v>
       </c>
       <c r="AR168" s="9">
         <v>706.51199999999994</v>
       </c>
       <c r="AT168" s="1">
         <v>45952.458333333336</v>
       </c>
       <c r="AU168" t="s">
         <v>24</v>
       </c>
       <c r="AV168" t="s">
         <v>28</v>
       </c>
       <c r="AW168" s="9">
         <v>816.14700000000005</v>
       </c>
-      <c r="AY168" s="1"/>
-      <c r="BB168" s="9"/>
+      <c r="AY168" s="1">
+        <v>45991.458333333336</v>
+      </c>
+      <c r="AZ168" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA168" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB168" s="9">
+        <v>1577.942</v>
+      </c>
       <c r="BD168" s="1"/>
       <c r="BG168" s="9"/>
     </row>
     <row r="169" spans="1:59">
       <c r="A169" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B169" t="s">
         <v>24</v>
       </c>
       <c r="C169" t="s">
         <v>29</v>
       </c>
       <c r="D169" s="9">
         <v>21093.843000000001</v>
       </c>
       <c r="F169" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G169" t="s">
         <v>24</v>
       </c>
       <c r="H169" t="s">
         <v>29</v>
       </c>
@@ -21238,52 +22819,62 @@
       </c>
       <c r="AO169" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP169" t="s">
         <v>24</v>
       </c>
       <c r="AQ169" t="s">
         <v>29</v>
       </c>
       <c r="AR169" s="9">
         <v>27401.920999999998</v>
       </c>
       <c r="AT169" s="1">
         <v>45952.458333333336</v>
       </c>
       <c r="AU169" t="s">
         <v>24</v>
       </c>
       <c r="AV169" t="s">
         <v>29</v>
       </c>
       <c r="AW169" s="9">
         <v>25394.206999999999</v>
       </c>
-      <c r="AY169" s="1"/>
-      <c r="BB169" s="9"/>
+      <c r="AY169" s="1">
+        <v>45991.458333333336</v>
+      </c>
+      <c r="AZ169" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA169" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB169" s="9">
+        <v>14344.723</v>
+      </c>
       <c r="BD169" s="1"/>
       <c r="BG169" s="9"/>
     </row>
     <row r="170" spans="1:59">
       <c r="A170" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B170" t="s">
         <v>24</v>
       </c>
       <c r="C170" t="s">
         <v>30</v>
       </c>
       <c r="D170" s="9">
         <v>55901.512000000002</v>
       </c>
       <c r="F170" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G170" t="s">
         <v>24</v>
       </c>
       <c r="H170" t="s">
         <v>30</v>
       </c>
@@ -21364,52 +22955,62 @@
       </c>
       <c r="AO170" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP170" t="s">
         <v>24</v>
       </c>
       <c r="AQ170" t="s">
         <v>30</v>
       </c>
       <c r="AR170" s="9">
         <v>61416.612999999998</v>
       </c>
       <c r="AT170" s="1">
         <v>45952.458333333336</v>
       </c>
       <c r="AU170" t="s">
         <v>24</v>
       </c>
       <c r="AV170" t="s">
         <v>30</v>
       </c>
       <c r="AW170" s="9">
         <v>58242.826999999997</v>
       </c>
-      <c r="AY170" s="1"/>
-      <c r="BB170" s="9"/>
+      <c r="AY170" s="1">
+        <v>45991.458333333336</v>
+      </c>
+      <c r="AZ170" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA170" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB170" s="9">
+        <v>38898.968999999997</v>
+      </c>
       <c r="BD170" s="1"/>
       <c r="BG170" s="9"/>
     </row>
     <row r="171" spans="1:59">
       <c r="A171" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B171" t="s">
         <v>24</v>
       </c>
       <c r="C171" t="s">
         <v>31</v>
       </c>
       <c r="D171" s="9">
         <v>77737.210000000006</v>
       </c>
       <c r="F171" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G171" t="s">
         <v>24</v>
       </c>
       <c r="H171" t="s">
         <v>31</v>
       </c>
@@ -21490,52 +23091,62 @@
       </c>
       <c r="AO171" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP171" t="s">
         <v>24</v>
       </c>
       <c r="AQ171" t="s">
         <v>31</v>
       </c>
       <c r="AR171" s="9">
         <v>81427.411999999997</v>
       </c>
       <c r="AT171" s="1">
         <v>45952.458333333336</v>
       </c>
       <c r="AU171" t="s">
         <v>24</v>
       </c>
       <c r="AV171" t="s">
         <v>31</v>
       </c>
       <c r="AW171" s="9">
         <v>80030.482000000004</v>
       </c>
-      <c r="AY171" s="1"/>
-      <c r="BB171" s="9"/>
+      <c r="AY171" s="1">
+        <v>45991.458333333336</v>
+      </c>
+      <c r="AZ171" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA171" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB171" s="9">
+        <v>59285.493999999999</v>
+      </c>
       <c r="BD171" s="1"/>
       <c r="BG171" s="9"/>
     </row>
     <row r="172" spans="1:59">
       <c r="A172" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B172" t="s">
         <v>24</v>
       </c>
       <c r="C172" t="s">
         <v>32</v>
       </c>
       <c r="D172" s="9">
         <v>13797.625</v>
       </c>
       <c r="F172" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G172" t="s">
         <v>24</v>
       </c>
       <c r="H172" t="s">
         <v>32</v>
       </c>
@@ -21616,52 +23227,62 @@
       </c>
       <c r="AO172" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP172" t="s">
         <v>24</v>
       </c>
       <c r="AQ172" t="s">
         <v>32</v>
       </c>
       <c r="AR172" s="9">
         <v>13118.22</v>
       </c>
       <c r="AT172" s="1">
         <v>45952.458333333336</v>
       </c>
       <c r="AU172" t="s">
         <v>24</v>
       </c>
       <c r="AV172" t="s">
         <v>32</v>
       </c>
       <c r="AW172" s="9">
         <v>12450.12</v>
       </c>
-      <c r="AY172" s="1"/>
-      <c r="BB172" s="9"/>
+      <c r="AY172" s="1">
+        <v>45991.458333333336</v>
+      </c>
+      <c r="AZ172" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA172" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB172" s="9">
+        <v>11304.28</v>
+      </c>
       <c r="BD172" s="1"/>
       <c r="BG172" s="9"/>
     </row>
     <row r="173" spans="1:59">
       <c r="A173" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B173" t="s">
         <v>24</v>
       </c>
       <c r="C173" t="s">
         <v>33</v>
       </c>
       <c r="D173" s="9">
         <v>94360.028999999995</v>
       </c>
       <c r="F173" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G173" t="s">
         <v>24</v>
       </c>
       <c r="H173" t="s">
         <v>33</v>
       </c>
@@ -21742,52 +23363,62 @@
       </c>
       <c r="AO173" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP173" t="s">
         <v>24</v>
       </c>
       <c r="AQ173" t="s">
         <v>33</v>
       </c>
       <c r="AR173" s="9">
         <v>91836.093999999997</v>
       </c>
       <c r="AT173" s="1">
         <v>45952.458333333336</v>
       </c>
       <c r="AU173" t="s">
         <v>24</v>
       </c>
       <c r="AV173" t="s">
         <v>33</v>
       </c>
       <c r="AW173" s="9">
         <v>84318.07</v>
       </c>
-      <c r="AY173" s="1"/>
-      <c r="BB173" s="9"/>
+      <c r="AY173" s="1">
+        <v>45991.458333333336</v>
+      </c>
+      <c r="AZ173" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA173" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB173" s="9">
+        <v>79265.998000000007</v>
+      </c>
       <c r="BD173" s="1"/>
       <c r="BG173" s="9"/>
     </row>
     <row r="174" spans="1:59">
       <c r="A174" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B174" t="s">
         <v>24</v>
       </c>
       <c r="C174" t="s">
         <v>34</v>
       </c>
       <c r="D174" s="9">
         <v>38715</v>
       </c>
       <c r="F174" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G174" t="s">
         <v>24</v>
       </c>
       <c r="H174" t="s">
         <v>34</v>
       </c>
@@ -21868,52 +23499,62 @@
       </c>
       <c r="AO174" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP174" t="s">
         <v>24</v>
       </c>
       <c r="AQ174" t="s">
         <v>34</v>
       </c>
       <c r="AR174" s="9">
         <v>112052.8</v>
       </c>
       <c r="AT174" s="1">
         <v>45952.458333333336</v>
       </c>
       <c r="AU174" t="s">
         <v>24</v>
       </c>
       <c r="AV174" t="s">
         <v>34</v>
       </c>
       <c r="AW174" s="9">
         <v>130007</v>
       </c>
-      <c r="AY174" s="1"/>
-      <c r="BB174" s="9"/>
+      <c r="AY174" s="1">
+        <v>45991.458333333336</v>
+      </c>
+      <c r="AZ174" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA174" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB174" s="9">
+        <v>15463</v>
+      </c>
       <c r="BD174" s="1"/>
       <c r="BG174" s="9"/>
     </row>
     <row r="175" spans="1:59">
       <c r="A175" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B175" t="s">
         <v>24</v>
       </c>
       <c r="C175" t="s">
         <v>35</v>
       </c>
       <c r="D175" s="9">
         <v>12007.795</v>
       </c>
       <c r="F175" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G175" t="s">
         <v>24</v>
       </c>
       <c r="H175" t="s">
         <v>35</v>
       </c>
@@ -21994,52 +23635,62 @@
       </c>
       <c r="AO175" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP175" t="s">
         <v>24</v>
       </c>
       <c r="AQ175" t="s">
         <v>35</v>
       </c>
       <c r="AR175" s="9">
         <v>10927.081</v>
       </c>
       <c r="AT175" s="1">
         <v>45952.458333333336</v>
       </c>
       <c r="AU175" t="s">
         <v>24</v>
       </c>
       <c r="AV175" t="s">
         <v>35</v>
       </c>
       <c r="AW175" s="9">
         <v>9854.3259999999991</v>
       </c>
-      <c r="AY175" s="1"/>
-      <c r="BB175" s="9"/>
+      <c r="AY175" s="1">
+        <v>45991.458333333336</v>
+      </c>
+      <c r="AZ175" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA175" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB175" s="9">
+        <v>7243.9539999999997</v>
+      </c>
       <c r="BD175" s="1"/>
       <c r="BG175" s="9"/>
     </row>
     <row r="176" spans="1:59">
       <c r="A176" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B176" t="s">
         <v>24</v>
       </c>
       <c r="C176" t="s">
         <v>36</v>
       </c>
       <c r="D176" s="9">
         <v>301288.08899999998</v>
       </c>
       <c r="F176" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G176" t="s">
         <v>24</v>
       </c>
       <c r="H176" t="s">
         <v>36</v>
       </c>
@@ -22120,52 +23771,62 @@
       </c>
       <c r="AO176" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP176" t="s">
         <v>24</v>
       </c>
       <c r="AQ176" t="s">
         <v>36</v>
       </c>
       <c r="AR176" s="9">
         <v>290874.69300000003</v>
       </c>
       <c r="AT176" s="1">
         <v>45952.458333333336</v>
       </c>
       <c r="AU176" t="s">
         <v>24</v>
       </c>
       <c r="AV176" t="s">
         <v>36</v>
       </c>
       <c r="AW176" s="9">
         <v>274850.72600000002</v>
       </c>
-      <c r="AY176" s="1"/>
-      <c r="BB176" s="9"/>
+      <c r="AY176" s="1">
+        <v>45991.458333333336</v>
+      </c>
+      <c r="AZ176" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA176" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB176" s="9">
+        <v>213294.802</v>
+      </c>
       <c r="BD176" s="1"/>
       <c r="BG176" s="9"/>
     </row>
     <row r="177" spans="1:59">
       <c r="A177" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B177" t="s">
         <v>24</v>
       </c>
       <c r="C177" t="s">
         <v>37</v>
       </c>
       <c r="D177" s="9">
         <v>131656.44399999999</v>
       </c>
       <c r="F177" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G177" t="s">
         <v>24</v>
       </c>
       <c r="H177" t="s">
         <v>37</v>
       </c>
@@ -22246,52 +23907,62 @@
       </c>
       <c r="AO177" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP177" t="s">
         <v>24</v>
       </c>
       <c r="AQ177" t="s">
         <v>37</v>
       </c>
       <c r="AR177" s="9">
         <v>105328.098</v>
       </c>
       <c r="AT177" s="1">
         <v>45952.458333333336</v>
       </c>
       <c r="AU177" t="s">
         <v>24</v>
       </c>
       <c r="AV177" t="s">
         <v>37</v>
       </c>
       <c r="AW177" s="9">
         <v>101900.24</v>
       </c>
-      <c r="AY177" s="1"/>
-      <c r="BB177" s="9"/>
+      <c r="AY177" s="1">
+        <v>45991.458333333336</v>
+      </c>
+      <c r="AZ177" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA177" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB177" s="9">
+        <v>89263.021999999997</v>
+      </c>
       <c r="BD177" s="1"/>
       <c r="BG177" s="9"/>
     </row>
     <row r="178" spans="1:59">
       <c r="A178" s="1">
         <v>45665.458333333336</v>
       </c>
       <c r="B178" t="s">
         <v>24</v>
       </c>
       <c r="C178" t="s">
         <v>38</v>
       </c>
       <c r="D178" s="9">
         <v>0</v>
       </c>
       <c r="F178" s="1">
         <v>45694.458333333336</v>
       </c>
       <c r="G178" t="s">
         <v>24</v>
       </c>
       <c r="H178" t="s">
         <v>38</v>
       </c>
@@ -22372,52 +24043,62 @@
       </c>
       <c r="AO178" s="1">
         <v>45925.458333333336</v>
       </c>
       <c r="AP178" t="s">
         <v>24</v>
       </c>
       <c r="AQ178" t="s">
         <v>38</v>
       </c>
       <c r="AR178" s="9">
         <v>0</v>
       </c>
       <c r="AT178" s="1">
         <v>45952.458333333336</v>
       </c>
       <c r="AU178" t="s">
         <v>24</v>
       </c>
       <c r="AV178" t="s">
         <v>38</v>
       </c>
       <c r="AW178" s="9">
         <v>0</v>
       </c>
-      <c r="AY178" s="1"/>
-      <c r="BB178" s="9"/>
+      <c r="AY178" s="1">
+        <v>45991.458333333336</v>
+      </c>
+      <c r="AZ178" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA178" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB178" s="9">
+        <v>0</v>
+      </c>
       <c r="BD178" s="1"/>
       <c r="BG178" s="9"/>
     </row>
     <row r="179" spans="1:59">
       <c r="A179" s="1">
         <v>45665.5</v>
       </c>
       <c r="B179" t="s">
         <v>24</v>
       </c>
       <c r="C179" t="s">
         <v>25</v>
       </c>
       <c r="D179" s="9">
         <v>594511.06900000002</v>
       </c>
       <c r="F179" s="1">
         <v>45694.5</v>
       </c>
       <c r="G179" t="s">
         <v>24</v>
       </c>
       <c r="H179" t="s">
         <v>25</v>
       </c>
@@ -22498,52 +24179,62 @@
       </c>
       <c r="AO179" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP179" t="s">
         <v>24</v>
       </c>
       <c r="AQ179" t="s">
         <v>25</v>
       </c>
       <c r="AR179" s="9">
         <v>391272.63799999998</v>
       </c>
       <c r="AT179" s="1">
         <v>45952.5</v>
       </c>
       <c r="AU179" t="s">
         <v>24</v>
       </c>
       <c r="AV179" t="s">
         <v>25</v>
       </c>
       <c r="AW179" s="9">
         <v>398946.34499999997</v>
       </c>
-      <c r="AY179" s="1"/>
-      <c r="BB179" s="9"/>
+      <c r="AY179" s="1">
+        <v>45991.5</v>
+      </c>
+      <c r="AZ179" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA179" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB179" s="9">
+        <v>659026.44900000002</v>
+      </c>
       <c r="BD179" s="1"/>
       <c r="BG179" s="9"/>
     </row>
     <row r="180" spans="1:59">
       <c r="A180" s="1">
         <v>45665.5</v>
       </c>
       <c r="B180" t="s">
         <v>24</v>
       </c>
       <c r="C180" t="s">
         <v>26</v>
       </c>
       <c r="D180" s="9">
         <v>0</v>
       </c>
       <c r="F180" s="1">
         <v>45694.5</v>
       </c>
       <c r="G180" t="s">
         <v>24</v>
       </c>
       <c r="H180" t="s">
         <v>26</v>
       </c>
@@ -22624,52 +24315,62 @@
       </c>
       <c r="AO180" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP180" t="s">
         <v>24</v>
       </c>
       <c r="AQ180" t="s">
         <v>26</v>
       </c>
       <c r="AR180" s="9">
         <v>0</v>
       </c>
       <c r="AT180" s="1">
         <v>45952.5</v>
       </c>
       <c r="AU180" t="s">
         <v>24</v>
       </c>
       <c r="AV180" t="s">
         <v>26</v>
       </c>
       <c r="AW180" s="9">
         <v>0</v>
       </c>
-      <c r="AY180" s="1"/>
-      <c r="BB180" s="9"/>
+      <c r="AY180" s="1">
+        <v>45991.5</v>
+      </c>
+      <c r="AZ180" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA180" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB180" s="9">
+        <v>0</v>
+      </c>
       <c r="BD180" s="1"/>
       <c r="BG180" s="9"/>
     </row>
     <row r="181" spans="1:59">
       <c r="A181" s="1">
         <v>45665.5</v>
       </c>
       <c r="B181" t="s">
         <v>24</v>
       </c>
       <c r="C181" t="s">
         <v>27</v>
       </c>
       <c r="D181" s="9">
         <v>52.146999999999998</v>
       </c>
       <c r="F181" s="1">
         <v>45694.5</v>
       </c>
       <c r="G181" t="s">
         <v>24</v>
       </c>
       <c r="H181" t="s">
         <v>27</v>
       </c>
@@ -22750,52 +24451,62 @@
       </c>
       <c r="AO181" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP181" t="s">
         <v>24</v>
       </c>
       <c r="AQ181" t="s">
         <v>27</v>
       </c>
       <c r="AR181" s="9">
         <v>1.101</v>
       </c>
       <c r="AT181" s="1">
         <v>45952.5</v>
       </c>
       <c r="AU181" t="s">
         <v>24</v>
       </c>
       <c r="AV181" t="s">
         <v>27</v>
       </c>
       <c r="AW181" s="9">
         <v>6.7619999999999996</v>
       </c>
-      <c r="AY181" s="1"/>
-      <c r="BB181" s="9"/>
+      <c r="AY181" s="1">
+        <v>45991.5</v>
+      </c>
+      <c r="AZ181" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA181" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB181" s="9">
+        <v>34.695999999999998</v>
+      </c>
       <c r="BD181" s="1"/>
       <c r="BG181" s="9"/>
     </row>
     <row r="182" spans="1:59">
       <c r="A182" s="1">
         <v>45665.5</v>
       </c>
       <c r="B182" t="s">
         <v>24</v>
       </c>
       <c r="C182" t="s">
         <v>28</v>
       </c>
       <c r="D182" s="9">
         <v>8995.2420000000002</v>
       </c>
       <c r="F182" s="1">
         <v>45694.5</v>
       </c>
       <c r="G182" t="s">
         <v>24</v>
       </c>
       <c r="H182" t="s">
         <v>28</v>
       </c>
@@ -22876,52 +24587,62 @@
       </c>
       <c r="AO182" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP182" t="s">
         <v>24</v>
       </c>
       <c r="AQ182" t="s">
         <v>28</v>
       </c>
       <c r="AR182" s="9">
         <v>700.42499999999995</v>
       </c>
       <c r="AT182" s="1">
         <v>45952.5</v>
       </c>
       <c r="AU182" t="s">
         <v>24</v>
       </c>
       <c r="AV182" t="s">
         <v>28</v>
       </c>
       <c r="AW182" s="9">
         <v>797.91399999999999</v>
       </c>
-      <c r="AY182" s="1"/>
-      <c r="BB182" s="9"/>
+      <c r="AY182" s="1">
+        <v>45991.5</v>
+      </c>
+      <c r="AZ182" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA182" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB182" s="9">
+        <v>1598.6769999999999</v>
+      </c>
       <c r="BD182" s="1"/>
       <c r="BG182" s="9"/>
     </row>
     <row r="183" spans="1:59">
       <c r="A183" s="1">
         <v>45665.5</v>
       </c>
       <c r="B183" t="s">
         <v>24</v>
       </c>
       <c r="C183" t="s">
         <v>29</v>
       </c>
       <c r="D183" s="9">
         <v>21167.1</v>
       </c>
       <c r="F183" s="1">
         <v>45694.5</v>
       </c>
       <c r="G183" t="s">
         <v>24</v>
       </c>
       <c r="H183" t="s">
         <v>29</v>
       </c>
@@ -23002,52 +24723,62 @@
       </c>
       <c r="AO183" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP183" t="s">
         <v>24</v>
       </c>
       <c r="AQ183" t="s">
         <v>29</v>
       </c>
       <c r="AR183" s="9">
         <v>27153.377</v>
       </c>
       <c r="AT183" s="1">
         <v>45952.5</v>
       </c>
       <c r="AU183" t="s">
         <v>24</v>
       </c>
       <c r="AV183" t="s">
         <v>29</v>
       </c>
       <c r="AW183" s="9">
         <v>25810.102999999999</v>
       </c>
-      <c r="AY183" s="1"/>
-      <c r="BB183" s="9"/>
+      <c r="AY183" s="1">
+        <v>45991.5</v>
+      </c>
+      <c r="AZ183" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA183" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB183" s="9">
+        <v>14808.630999999999</v>
+      </c>
       <c r="BD183" s="1"/>
       <c r="BG183" s="9"/>
     </row>
     <row r="184" spans="1:59">
       <c r="A184" s="1">
         <v>45665.5</v>
       </c>
       <c r="B184" t="s">
         <v>24</v>
       </c>
       <c r="C184" t="s">
         <v>30</v>
       </c>
       <c r="D184" s="9">
         <v>55203.364999999998</v>
       </c>
       <c r="F184" s="1">
         <v>45694.5</v>
       </c>
       <c r="G184" t="s">
         <v>24</v>
       </c>
       <c r="H184" t="s">
         <v>30</v>
       </c>
@@ -23128,52 +24859,62 @@
       </c>
       <c r="AO184" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP184" t="s">
         <v>24</v>
       </c>
       <c r="AQ184" t="s">
         <v>30</v>
       </c>
       <c r="AR184" s="9">
         <v>62013.800999999999</v>
       </c>
       <c r="AT184" s="1">
         <v>45952.5</v>
       </c>
       <c r="AU184" t="s">
         <v>24</v>
       </c>
       <c r="AV184" t="s">
         <v>30</v>
       </c>
       <c r="AW184" s="9">
         <v>58333.622000000003</v>
       </c>
-      <c r="AY184" s="1"/>
-      <c r="BB184" s="9"/>
+      <c r="AY184" s="1">
+        <v>45991.5</v>
+      </c>
+      <c r="AZ184" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA184" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB184" s="9">
+        <v>39837.303</v>
+      </c>
       <c r="BD184" s="1"/>
       <c r="BG184" s="9"/>
     </row>
     <row r="185" spans="1:59">
       <c r="A185" s="1">
         <v>45665.5</v>
       </c>
       <c r="B185" t="s">
         <v>24</v>
       </c>
       <c r="C185" t="s">
         <v>31</v>
       </c>
       <c r="D185" s="9">
         <v>78260.534</v>
       </c>
       <c r="F185" s="1">
         <v>45694.5</v>
       </c>
       <c r="G185" t="s">
         <v>24</v>
       </c>
       <c r="H185" t="s">
         <v>31</v>
       </c>
@@ -23254,52 +24995,62 @@
       </c>
       <c r="AO185" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP185" t="s">
         <v>24</v>
       </c>
       <c r="AQ185" t="s">
         <v>31</v>
       </c>
       <c r="AR185" s="9">
         <v>82981.038</v>
       </c>
       <c r="AT185" s="1">
         <v>45952.5</v>
       </c>
       <c r="AU185" t="s">
         <v>24</v>
       </c>
       <c r="AV185" t="s">
         <v>31</v>
       </c>
       <c r="AW185" s="9">
         <v>81963.868000000002</v>
       </c>
-      <c r="AY185" s="1"/>
-      <c r="BB185" s="9"/>
+      <c r="AY185" s="1">
+        <v>45991.5</v>
+      </c>
+      <c r="AZ185" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA185" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB185" s="9">
+        <v>59663.527999999998</v>
+      </c>
       <c r="BD185" s="1"/>
       <c r="BG185" s="9"/>
     </row>
     <row r="186" spans="1:59">
       <c r="A186" s="1">
         <v>45665.5</v>
       </c>
       <c r="B186" t="s">
         <v>24</v>
       </c>
       <c r="C186" t="s">
         <v>32</v>
       </c>
       <c r="D186" s="9">
         <v>14704.853999999999</v>
       </c>
       <c r="F186" s="1">
         <v>45694.5</v>
       </c>
       <c r="G186" t="s">
         <v>24</v>
       </c>
       <c r="H186" t="s">
         <v>32</v>
       </c>
@@ -23380,52 +25131,62 @@
       </c>
       <c r="AO186" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP186" t="s">
         <v>24</v>
       </c>
       <c r="AQ186" t="s">
         <v>32</v>
       </c>
       <c r="AR186" s="9">
         <v>13247.235000000001</v>
       </c>
       <c r="AT186" s="1">
         <v>45952.5</v>
       </c>
       <c r="AU186" t="s">
         <v>24</v>
       </c>
       <c r="AV186" t="s">
         <v>32</v>
       </c>
       <c r="AW186" s="9">
         <v>12428.545</v>
       </c>
-      <c r="AY186" s="1"/>
-      <c r="BB186" s="9"/>
+      <c r="AY186" s="1">
+        <v>45991.5</v>
+      </c>
+      <c r="AZ186" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA186" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB186" s="9">
+        <v>11365.23</v>
+      </c>
       <c r="BD186" s="1"/>
       <c r="BG186" s="9"/>
     </row>
     <row r="187" spans="1:59">
       <c r="A187" s="1">
         <v>45665.5</v>
       </c>
       <c r="B187" t="s">
         <v>24</v>
       </c>
       <c r="C187" t="s">
         <v>33</v>
       </c>
       <c r="D187" s="9">
         <v>93538.615999999995</v>
       </c>
       <c r="F187" s="1">
         <v>45694.5</v>
       </c>
       <c r="G187" t="s">
         <v>24</v>
       </c>
       <c r="H187" t="s">
         <v>33</v>
       </c>
@@ -23506,52 +25267,62 @@
       </c>
       <c r="AO187" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP187" t="s">
         <v>24</v>
       </c>
       <c r="AQ187" t="s">
         <v>33</v>
       </c>
       <c r="AR187" s="9">
         <v>88279.45</v>
       </c>
       <c r="AT187" s="1">
         <v>45952.5</v>
       </c>
       <c r="AU187" t="s">
         <v>24</v>
       </c>
       <c r="AV187" t="s">
         <v>33</v>
       </c>
       <c r="AW187" s="9">
         <v>82292.850999999995</v>
       </c>
-      <c r="AY187" s="1"/>
-      <c r="BB187" s="9"/>
+      <c r="AY187" s="1">
+        <v>45991.5</v>
+      </c>
+      <c r="AZ187" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA187" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB187" s="9">
+        <v>78806.548999999999</v>
+      </c>
       <c r="BD187" s="1"/>
       <c r="BG187" s="9"/>
     </row>
     <row r="188" spans="1:59">
       <c r="A188" s="1">
         <v>45665.5</v>
       </c>
       <c r="B188" t="s">
         <v>24</v>
       </c>
       <c r="C188" t="s">
         <v>34</v>
       </c>
       <c r="D188" s="9">
         <v>35218</v>
       </c>
       <c r="F188" s="1">
         <v>45694.5</v>
       </c>
       <c r="G188" t="s">
         <v>24</v>
       </c>
       <c r="H188" t="s">
         <v>34</v>
       </c>
@@ -23632,52 +25403,62 @@
       </c>
       <c r="AO188" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP188" t="s">
         <v>24</v>
       </c>
       <c r="AQ188" t="s">
         <v>34</v>
       </c>
       <c r="AR188" s="9">
         <v>113065.8</v>
       </c>
       <c r="AT188" s="1">
         <v>45952.5</v>
       </c>
       <c r="AU188" t="s">
         <v>24</v>
       </c>
       <c r="AV188" t="s">
         <v>34</v>
       </c>
       <c r="AW188" s="9">
         <v>55491</v>
       </c>
-      <c r="AY188" s="1"/>
-      <c r="BB188" s="9"/>
+      <c r="AY188" s="1">
+        <v>45991.5</v>
+      </c>
+      <c r="AZ188" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA188" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB188" s="9">
+        <v>15618</v>
+      </c>
       <c r="BD188" s="1"/>
       <c r="BG188" s="9"/>
     </row>
     <row r="189" spans="1:59">
       <c r="A189" s="1">
         <v>45665.5</v>
       </c>
       <c r="B189" t="s">
         <v>24</v>
       </c>
       <c r="C189" t="s">
         <v>35</v>
       </c>
       <c r="D189" s="9">
         <v>11938.878000000001</v>
       </c>
       <c r="F189" s="1">
         <v>45694.5</v>
       </c>
       <c r="G189" t="s">
         <v>24</v>
       </c>
       <c r="H189" t="s">
         <v>35</v>
       </c>
@@ -23758,52 +25539,62 @@
       </c>
       <c r="AO189" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP189" t="s">
         <v>24</v>
       </c>
       <c r="AQ189" t="s">
         <v>35</v>
       </c>
       <c r="AR189" s="9">
         <v>10784.233</v>
       </c>
       <c r="AT189" s="1">
         <v>45952.5</v>
       </c>
       <c r="AU189" t="s">
         <v>24</v>
       </c>
       <c r="AV189" t="s">
         <v>35</v>
       </c>
       <c r="AW189" s="9">
         <v>9731.4</v>
       </c>
-      <c r="AY189" s="1"/>
-      <c r="BB189" s="9"/>
+      <c r="AY189" s="1">
+        <v>45991.5</v>
+      </c>
+      <c r="AZ189" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA189" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB189" s="9">
+        <v>7017.7839999999997</v>
+      </c>
       <c r="BD189" s="1"/>
       <c r="BG189" s="9"/>
     </row>
     <row r="190" spans="1:59">
       <c r="A190" s="1">
         <v>45665.5</v>
       </c>
       <c r="B190" t="s">
         <v>24</v>
       </c>
       <c r="C190" t="s">
         <v>36</v>
       </c>
       <c r="D190" s="9">
         <v>297222.84299999999</v>
       </c>
       <c r="F190" s="1">
         <v>45694.5</v>
       </c>
       <c r="G190" t="s">
         <v>24</v>
       </c>
       <c r="H190" t="s">
         <v>36</v>
       </c>
@@ -23884,52 +25675,62 @@
       </c>
       <c r="AO190" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP190" t="s">
         <v>24</v>
       </c>
       <c r="AQ190" t="s">
         <v>36</v>
       </c>
       <c r="AR190" s="9">
         <v>288405.05</v>
       </c>
       <c r="AT190" s="1">
         <v>45952.5</v>
       </c>
       <c r="AU190" t="s">
         <v>24</v>
       </c>
       <c r="AV190" t="s">
         <v>36</v>
       </c>
       <c r="AW190" s="9">
         <v>273254.69400000002</v>
       </c>
-      <c r="AY190" s="1"/>
-      <c r="BB190" s="9"/>
+      <c r="AY190" s="1">
+        <v>45991.5</v>
+      </c>
+      <c r="AZ190" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA190" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB190" s="9">
+        <v>213910.484</v>
+      </c>
       <c r="BD190" s="1"/>
       <c r="BG190" s="9"/>
     </row>
     <row r="191" spans="1:59">
       <c r="A191" s="1">
         <v>45665.5</v>
       </c>
       <c r="B191" t="s">
         <v>24</v>
       </c>
       <c r="C191" t="s">
         <v>37</v>
       </c>
       <c r="D191" s="9">
         <v>129240.766</v>
       </c>
       <c r="F191" s="1">
         <v>45694.5</v>
       </c>
       <c r="G191" t="s">
         <v>24</v>
       </c>
       <c r="H191" t="s">
         <v>37</v>
       </c>
@@ -24010,52 +25811,62 @@
       </c>
       <c r="AO191" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP191" t="s">
         <v>24</v>
       </c>
       <c r="AQ191" t="s">
         <v>37</v>
       </c>
       <c r="AR191" s="9">
         <v>104148.151</v>
       </c>
       <c r="AT191" s="1">
         <v>45952.5</v>
       </c>
       <c r="AU191" t="s">
         <v>24</v>
       </c>
       <c r="AV191" t="s">
         <v>37</v>
       </c>
       <c r="AW191" s="9">
         <v>100399.837</v>
       </c>
-      <c r="AY191" s="1"/>
-      <c r="BB191" s="9"/>
+      <c r="AY191" s="1">
+        <v>45991.5</v>
+      </c>
+      <c r="AZ191" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA191" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB191" s="9">
+        <v>87480.597999999998</v>
+      </c>
       <c r="BD191" s="1"/>
       <c r="BG191" s="9"/>
     </row>
     <row r="192" spans="1:59">
       <c r="A192" s="1">
         <v>45665.5</v>
       </c>
       <c r="B192" t="s">
         <v>24</v>
       </c>
       <c r="C192" t="s">
         <v>38</v>
       </c>
       <c r="D192" s="9">
         <v>0</v>
       </c>
       <c r="F192" s="1">
         <v>45694.5</v>
       </c>
       <c r="G192" t="s">
         <v>24</v>
       </c>
       <c r="H192" t="s">
         <v>38</v>
       </c>
@@ -24136,52 +25947,62 @@
       </c>
       <c r="AO192" s="1">
         <v>45925.5</v>
       </c>
       <c r="AP192" t="s">
         <v>24</v>
       </c>
       <c r="AQ192" t="s">
         <v>38</v>
       </c>
       <c r="AR192" s="9">
         <v>0</v>
       </c>
       <c r="AT192" s="1">
         <v>45952.5</v>
       </c>
       <c r="AU192" t="s">
         <v>24</v>
       </c>
       <c r="AV192" t="s">
         <v>38</v>
       </c>
       <c r="AW192" s="9">
         <v>0</v>
       </c>
-      <c r="AY192" s="1"/>
-      <c r="BB192" s="9"/>
+      <c r="AY192" s="1">
+        <v>45991.5</v>
+      </c>
+      <c r="AZ192" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA192" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB192" s="9">
+        <v>0</v>
+      </c>
       <c r="BD192" s="1"/>
       <c r="BG192" s="9"/>
     </row>
     <row r="193" spans="1:59">
       <c r="A193" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B193" t="s">
         <v>24</v>
       </c>
       <c r="C193" t="s">
         <v>25</v>
       </c>
       <c r="D193" s="9">
         <v>595069.44999999995</v>
       </c>
       <c r="F193" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G193" t="s">
         <v>24</v>
       </c>
       <c r="H193" t="s">
         <v>25</v>
       </c>
@@ -24262,52 +26083,62 @@
       </c>
       <c r="AO193" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP193" t="s">
         <v>24</v>
       </c>
       <c r="AQ193" t="s">
         <v>25</v>
       </c>
       <c r="AR193" s="9">
         <v>387228.46500000003</v>
       </c>
       <c r="AT193" s="1">
         <v>45952.541666666664</v>
       </c>
       <c r="AU193" t="s">
         <v>24</v>
       </c>
       <c r="AV193" t="s">
         <v>25</v>
       </c>
       <c r="AW193" s="9">
         <v>382017.83799999999</v>
       </c>
-      <c r="AY193" s="1"/>
-      <c r="BB193" s="9"/>
+      <c r="AY193" s="1">
+        <v>45991.541666666664</v>
+      </c>
+      <c r="AZ193" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA193" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB193" s="9">
+        <v>658342.86</v>
+      </c>
       <c r="BD193" s="1"/>
       <c r="BG193" s="9"/>
     </row>
     <row r="194" spans="1:59">
       <c r="A194" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B194" t="s">
         <v>24</v>
       </c>
       <c r="C194" t="s">
         <v>26</v>
       </c>
       <c r="D194" s="9">
         <v>0</v>
       </c>
       <c r="F194" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G194" t="s">
         <v>24</v>
       </c>
       <c r="H194" t="s">
         <v>26</v>
       </c>
@@ -24388,52 +26219,62 @@
       </c>
       <c r="AO194" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP194" t="s">
         <v>24</v>
       </c>
       <c r="AQ194" t="s">
         <v>26</v>
       </c>
       <c r="AR194" s="9">
         <v>0</v>
       </c>
       <c r="AT194" s="1">
         <v>45952.541666666664</v>
       </c>
       <c r="AU194" t="s">
         <v>24</v>
       </c>
       <c r="AV194" t="s">
         <v>26</v>
       </c>
       <c r="AW194" s="9">
         <v>0</v>
       </c>
-      <c r="AY194" s="1"/>
-      <c r="BB194" s="9"/>
+      <c r="AY194" s="1">
+        <v>45991.541666666664</v>
+      </c>
+      <c r="AZ194" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA194" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB194" s="9">
+        <v>0</v>
+      </c>
       <c r="BD194" s="1"/>
       <c r="BG194" s="9"/>
     </row>
     <row r="195" spans="1:59">
       <c r="A195" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B195" t="s">
         <v>24</v>
       </c>
       <c r="C195" t="s">
         <v>27</v>
       </c>
       <c r="D195" s="9">
         <v>49.456000000000003</v>
       </c>
       <c r="F195" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G195" t="s">
         <v>24</v>
       </c>
       <c r="H195" t="s">
         <v>27</v>
       </c>
@@ -24514,52 +26355,62 @@
       </c>
       <c r="AO195" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP195" t="s">
         <v>24</v>
       </c>
       <c r="AQ195" t="s">
         <v>27</v>
       </c>
       <c r="AR195" s="9">
         <v>2.1789999999999998</v>
       </c>
       <c r="AT195" s="1">
         <v>45952.541666666664</v>
       </c>
       <c r="AU195" t="s">
         <v>24</v>
       </c>
       <c r="AV195" t="s">
         <v>27</v>
       </c>
       <c r="AW195" s="9">
         <v>3.9470000000000001</v>
       </c>
-      <c r="AY195" s="1"/>
-      <c r="BB195" s="9"/>
+      <c r="AY195" s="1">
+        <v>45991.541666666664</v>
+      </c>
+      <c r="AZ195" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA195" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB195" s="9">
+        <v>27.972999999999999</v>
+      </c>
       <c r="BD195" s="1"/>
       <c r="BG195" s="9"/>
     </row>
     <row r="196" spans="1:59">
       <c r="A196" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B196" t="s">
         <v>24</v>
       </c>
       <c r="C196" t="s">
         <v>28</v>
       </c>
       <c r="D196" s="9">
         <v>8937.9599999999991</v>
       </c>
       <c r="F196" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G196" t="s">
         <v>24</v>
       </c>
       <c r="H196" t="s">
         <v>28</v>
       </c>
@@ -24640,52 +26491,62 @@
       </c>
       <c r="AO196" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP196" t="s">
         <v>24</v>
       </c>
       <c r="AQ196" t="s">
         <v>28</v>
       </c>
       <c r="AR196" s="9">
         <v>693.14300000000003</v>
       </c>
       <c r="AT196" s="1">
         <v>45952.541666666664</v>
       </c>
       <c r="AU196" t="s">
         <v>24</v>
       </c>
       <c r="AV196" t="s">
         <v>28</v>
       </c>
       <c r="AW196" s="9">
         <v>726.6</v>
       </c>
-      <c r="AY196" s="1"/>
-      <c r="BB196" s="9"/>
+      <c r="AY196" s="1">
+        <v>45991.541666666664</v>
+      </c>
+      <c r="AZ196" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA196" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB196" s="9">
+        <v>1616.663</v>
+      </c>
       <c r="BD196" s="1"/>
       <c r="BG196" s="9"/>
     </row>
     <row r="197" spans="1:59">
       <c r="A197" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B197" t="s">
         <v>24</v>
       </c>
       <c r="C197" t="s">
         <v>29</v>
       </c>
       <c r="D197" s="9">
         <v>21576.685000000001</v>
       </c>
       <c r="F197" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G197" t="s">
         <v>24</v>
       </c>
       <c r="H197" t="s">
         <v>29</v>
       </c>
@@ -24766,52 +26627,62 @@
       </c>
       <c r="AO197" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP197" t="s">
         <v>24</v>
       </c>
       <c r="AQ197" t="s">
         <v>29</v>
       </c>
       <c r="AR197" s="9">
         <v>27235.449000000001</v>
       </c>
       <c r="AT197" s="1">
         <v>45952.541666666664</v>
       </c>
       <c r="AU197" t="s">
         <v>24</v>
       </c>
       <c r="AV197" t="s">
         <v>29</v>
       </c>
       <c r="AW197" s="9">
         <v>26290.667000000001</v>
       </c>
-      <c r="AY197" s="1"/>
-      <c r="BB197" s="9"/>
+      <c r="AY197" s="1">
+        <v>45991.541666666664</v>
+      </c>
+      <c r="AZ197" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA197" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB197" s="9">
+        <v>14821.736000000001</v>
+      </c>
       <c r="BD197" s="1"/>
       <c r="BG197" s="9"/>
     </row>
     <row r="198" spans="1:59">
       <c r="A198" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B198" t="s">
         <v>24</v>
       </c>
       <c r="C198" t="s">
         <v>30</v>
       </c>
       <c r="D198" s="9">
         <v>55876.749000000003</v>
       </c>
       <c r="F198" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G198" t="s">
         <v>24</v>
       </c>
       <c r="H198" t="s">
         <v>30</v>
       </c>
@@ -24892,52 +26763,62 @@
       </c>
       <c r="AO198" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP198" t="s">
         <v>24</v>
       </c>
       <c r="AQ198" t="s">
         <v>30</v>
       </c>
       <c r="AR198" s="9">
         <v>62017.892</v>
       </c>
       <c r="AT198" s="1">
         <v>45952.541666666664</v>
       </c>
       <c r="AU198" t="s">
         <v>24</v>
       </c>
       <c r="AV198" t="s">
         <v>30</v>
       </c>
       <c r="AW198" s="9">
         <v>59495.129000000001</v>
       </c>
-      <c r="AY198" s="1"/>
-      <c r="BB198" s="9"/>
+      <c r="AY198" s="1">
+        <v>45991.541666666664</v>
+      </c>
+      <c r="AZ198" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA198" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB198" s="9">
+        <v>39162.786</v>
+      </c>
       <c r="BD198" s="1"/>
       <c r="BG198" s="9"/>
     </row>
     <row r="199" spans="1:59">
       <c r="A199" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B199" t="s">
         <v>24</v>
       </c>
       <c r="C199" t="s">
         <v>31</v>
       </c>
       <c r="D199" s="9">
         <v>80054.520999999993</v>
       </c>
       <c r="F199" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G199" t="s">
         <v>24</v>
       </c>
       <c r="H199" t="s">
         <v>31</v>
       </c>
@@ -25018,52 +26899,62 @@
       </c>
       <c r="AO199" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP199" t="s">
         <v>24</v>
       </c>
       <c r="AQ199" t="s">
         <v>31</v>
       </c>
       <c r="AR199" s="9">
         <v>84597.573999999993</v>
       </c>
       <c r="AT199" s="1">
         <v>45952.541666666664</v>
       </c>
       <c r="AU199" t="s">
         <v>24</v>
       </c>
       <c r="AV199" t="s">
         <v>31</v>
       </c>
       <c r="AW199" s="9">
         <v>82900.210000000006</v>
       </c>
-      <c r="AY199" s="1"/>
-      <c r="BB199" s="9"/>
+      <c r="AY199" s="1">
+        <v>45991.541666666664</v>
+      </c>
+      <c r="AZ199" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA199" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB199" s="9">
+        <v>59522.881000000001</v>
+      </c>
       <c r="BD199" s="1"/>
       <c r="BG199" s="9"/>
     </row>
     <row r="200" spans="1:59">
       <c r="A200" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B200" t="s">
         <v>24</v>
       </c>
       <c r="C200" t="s">
         <v>32</v>
       </c>
       <c r="D200" s="9">
         <v>14614.173000000001</v>
       </c>
       <c r="F200" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G200" t="s">
         <v>24</v>
       </c>
       <c r="H200" t="s">
         <v>32</v>
       </c>
@@ -25144,52 +27035,62 @@
       </c>
       <c r="AO200" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP200" t="s">
         <v>24</v>
       </c>
       <c r="AQ200" t="s">
         <v>32</v>
       </c>
       <c r="AR200" s="9">
         <v>14008.135</v>
       </c>
       <c r="AT200" s="1">
         <v>45952.541666666664</v>
       </c>
       <c r="AU200" t="s">
         <v>24</v>
       </c>
       <c r="AV200" t="s">
         <v>32</v>
       </c>
       <c r="AW200" s="9">
         <v>12873.12</v>
       </c>
-      <c r="AY200" s="1"/>
-      <c r="BB200" s="9"/>
+      <c r="AY200" s="1">
+        <v>45991.541666666664</v>
+      </c>
+      <c r="AZ200" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA200" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB200" s="9">
+        <v>11384.455</v>
+      </c>
       <c r="BD200" s="1"/>
       <c r="BG200" s="9"/>
     </row>
     <row r="201" spans="1:59">
       <c r="A201" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B201" t="s">
         <v>24</v>
       </c>
       <c r="C201" t="s">
         <v>33</v>
       </c>
       <c r="D201" s="9">
         <v>96132.274999999994</v>
       </c>
       <c r="F201" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G201" t="s">
         <v>24</v>
       </c>
       <c r="H201" t="s">
         <v>33</v>
       </c>
@@ -25270,52 +27171,62 @@
       </c>
       <c r="AO201" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP201" t="s">
         <v>24</v>
       </c>
       <c r="AQ201" t="s">
         <v>33</v>
       </c>
       <c r="AR201" s="9">
         <v>91260.785000000003</v>
       </c>
       <c r="AT201" s="1">
         <v>45952.541666666664</v>
       </c>
       <c r="AU201" t="s">
         <v>24</v>
       </c>
       <c r="AV201" t="s">
         <v>33</v>
       </c>
       <c r="AW201" s="9">
         <v>84115.653000000006</v>
       </c>
-      <c r="AY201" s="1"/>
-      <c r="BB201" s="9"/>
+      <c r="AY201" s="1">
+        <v>45991.541666666664</v>
+      </c>
+      <c r="AZ201" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA201" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB201" s="9">
+        <v>81260.714000000007</v>
+      </c>
       <c r="BD201" s="1"/>
       <c r="BG201" s="9"/>
     </row>
     <row r="202" spans="1:59">
       <c r="A202" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B202" t="s">
         <v>24</v>
       </c>
       <c r="C202" t="s">
         <v>34</v>
       </c>
       <c r="D202" s="9">
         <v>44726</v>
       </c>
       <c r="F202" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G202" t="s">
         <v>24</v>
       </c>
       <c r="H202" t="s">
         <v>34</v>
       </c>
@@ -25396,52 +27307,62 @@
       </c>
       <c r="AO202" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP202" t="s">
         <v>24</v>
       </c>
       <c r="AQ202" t="s">
         <v>34</v>
       </c>
       <c r="AR202" s="9">
         <v>109820.6</v>
       </c>
       <c r="AT202" s="1">
         <v>45952.541666666664</v>
       </c>
       <c r="AU202" t="s">
         <v>24</v>
       </c>
       <c r="AV202" t="s">
         <v>34</v>
       </c>
       <c r="AW202" s="9">
         <v>55044</v>
       </c>
-      <c r="AY202" s="1"/>
-      <c r="BB202" s="9"/>
+      <c r="AY202" s="1">
+        <v>45991.541666666664</v>
+      </c>
+      <c r="AZ202" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA202" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB202" s="9">
+        <v>16946</v>
+      </c>
       <c r="BD202" s="1"/>
       <c r="BG202" s="9"/>
     </row>
     <row r="203" spans="1:59">
       <c r="A203" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B203" t="s">
         <v>24</v>
       </c>
       <c r="C203" t="s">
         <v>35</v>
       </c>
       <c r="D203" s="9">
         <v>11860.243</v>
       </c>
       <c r="F203" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G203" t="s">
         <v>24</v>
       </c>
       <c r="H203" t="s">
         <v>35</v>
       </c>
@@ -25522,52 +27443,62 @@
       </c>
       <c r="AO203" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP203" t="s">
         <v>24</v>
       </c>
       <c r="AQ203" t="s">
         <v>35</v>
       </c>
       <c r="AR203" s="9">
         <v>10961.200999999999</v>
       </c>
       <c r="AT203" s="1">
         <v>45952.541666666664</v>
       </c>
       <c r="AU203" t="s">
         <v>24</v>
       </c>
       <c r="AV203" t="s">
         <v>35</v>
       </c>
       <c r="AW203" s="9">
         <v>10005.924000000001</v>
       </c>
-      <c r="AY203" s="1"/>
-      <c r="BB203" s="9"/>
+      <c r="AY203" s="1">
+        <v>45991.541666666664</v>
+      </c>
+      <c r="AZ203" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA203" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB203" s="9">
+        <v>6851.982</v>
+      </c>
       <c r="BD203" s="1"/>
       <c r="BG203" s="9"/>
     </row>
     <row r="204" spans="1:59">
       <c r="A204" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B204" t="s">
         <v>24</v>
       </c>
       <c r="C204" t="s">
         <v>36</v>
       </c>
       <c r="D204" s="9">
         <v>297806.44099999999</v>
       </c>
       <c r="F204" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G204" t="s">
         <v>24</v>
       </c>
       <c r="H204" t="s">
         <v>36</v>
       </c>
@@ -25648,52 +27579,62 @@
       </c>
       <c r="AO204" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP204" t="s">
         <v>24</v>
       </c>
       <c r="AQ204" t="s">
         <v>36</v>
       </c>
       <c r="AR204" s="9">
         <v>288399.83899999998</v>
       </c>
       <c r="AT204" s="1">
         <v>45952.541666666664</v>
       </c>
       <c r="AU204" t="s">
         <v>24</v>
       </c>
       <c r="AV204" t="s">
         <v>36</v>
       </c>
       <c r="AW204" s="9">
         <v>271949.228</v>
       </c>
-      <c r="AY204" s="1"/>
-      <c r="BB204" s="9"/>
+      <c r="AY204" s="1">
+        <v>45991.541666666664</v>
+      </c>
+      <c r="AZ204" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA204" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB204" s="9">
+        <v>212464.427</v>
+      </c>
       <c r="BD204" s="1"/>
       <c r="BG204" s="9"/>
     </row>
     <row r="205" spans="1:59">
       <c r="A205" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B205" t="s">
         <v>24</v>
       </c>
       <c r="C205" t="s">
         <v>37</v>
       </c>
       <c r="D205" s="9">
         <v>129177.751</v>
       </c>
       <c r="F205" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G205" t="s">
         <v>24</v>
       </c>
       <c r="H205" t="s">
         <v>37</v>
       </c>
@@ -25774,52 +27715,62 @@
       </c>
       <c r="AO205" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP205" t="s">
         <v>24</v>
       </c>
       <c r="AQ205" t="s">
         <v>37</v>
       </c>
       <c r="AR205" s="9">
         <v>103559.43700000001</v>
       </c>
       <c r="AT205" s="1">
         <v>45952.541666666664</v>
       </c>
       <c r="AU205" t="s">
         <v>24</v>
       </c>
       <c r="AV205" t="s">
         <v>37</v>
       </c>
       <c r="AW205" s="9">
         <v>98524.978000000003</v>
       </c>
-      <c r="AY205" s="1"/>
-      <c r="BB205" s="9"/>
+      <c r="AY205" s="1">
+        <v>45991.541666666664</v>
+      </c>
+      <c r="AZ205" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA205" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB205" s="9">
+        <v>86284.801000000007</v>
+      </c>
       <c r="BD205" s="1"/>
       <c r="BG205" s="9"/>
     </row>
     <row r="206" spans="1:59">
       <c r="A206" s="1">
         <v>45665.541666666664</v>
       </c>
       <c r="B206" t="s">
         <v>24</v>
       </c>
       <c r="C206" t="s">
         <v>38</v>
       </c>
       <c r="D206" s="9">
         <v>0</v>
       </c>
       <c r="F206" s="1">
         <v>45694.541666666664</v>
       </c>
       <c r="G206" t="s">
         <v>24</v>
       </c>
       <c r="H206" t="s">
         <v>38</v>
       </c>
@@ -25900,52 +27851,62 @@
       </c>
       <c r="AO206" s="1">
         <v>45925.541666666664</v>
       </c>
       <c r="AP206" t="s">
         <v>24</v>
       </c>
       <c r="AQ206" t="s">
         <v>38</v>
       </c>
       <c r="AR206" s="9">
         <v>0</v>
       </c>
       <c r="AT206" s="1">
         <v>45952.541666666664</v>
       </c>
       <c r="AU206" t="s">
         <v>24</v>
       </c>
       <c r="AV206" t="s">
         <v>38</v>
       </c>
       <c r="AW206" s="9">
         <v>0</v>
       </c>
-      <c r="AY206" s="1"/>
-      <c r="BB206" s="9"/>
+      <c r="AY206" s="1">
+        <v>45991.541666666664</v>
+      </c>
+      <c r="AZ206" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA206" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB206" s="9">
+        <v>0</v>
+      </c>
       <c r="BD206" s="1"/>
       <c r="BG206" s="9"/>
     </row>
     <row r="207" spans="1:59">
       <c r="A207" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B207" t="s">
         <v>24</v>
       </c>
       <c r="C207" t="s">
         <v>25</v>
       </c>
       <c r="D207" s="9">
         <v>609919.33900000004</v>
       </c>
       <c r="F207" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G207" t="s">
         <v>24</v>
       </c>
       <c r="H207" t="s">
         <v>25</v>
       </c>
@@ -26026,52 +27987,62 @@
       </c>
       <c r="AO207" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP207" t="s">
         <v>24</v>
       </c>
       <c r="AQ207" t="s">
         <v>25</v>
       </c>
       <c r="AR207" s="9">
         <v>388022.03499999997</v>
       </c>
       <c r="AT207" s="1">
         <v>45952.583333333336</v>
       </c>
       <c r="AU207" t="s">
         <v>24</v>
       </c>
       <c r="AV207" t="s">
         <v>25</v>
       </c>
       <c r="AW207" s="9">
         <v>373786.62800000003</v>
       </c>
-      <c r="AY207" s="1"/>
-      <c r="BB207" s="9"/>
+      <c r="AY207" s="1">
+        <v>45991.583333333336</v>
+      </c>
+      <c r="AZ207" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA207" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB207" s="9">
+        <v>657195.15700000001</v>
+      </c>
       <c r="BD207" s="1"/>
       <c r="BG207" s="9"/>
     </row>
     <row r="208" spans="1:59">
       <c r="A208" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B208" t="s">
         <v>24</v>
       </c>
       <c r="C208" t="s">
         <v>26</v>
       </c>
       <c r="D208" s="9">
         <v>0</v>
       </c>
       <c r="F208" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G208" t="s">
         <v>24</v>
       </c>
       <c r="H208" t="s">
         <v>26</v>
       </c>
@@ -26152,52 +28123,62 @@
       </c>
       <c r="AO208" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP208" t="s">
         <v>24</v>
       </c>
       <c r="AQ208" t="s">
         <v>26</v>
       </c>
       <c r="AR208" s="9">
         <v>0</v>
       </c>
       <c r="AT208" s="1">
         <v>45952.583333333336</v>
       </c>
       <c r="AU208" t="s">
         <v>24</v>
       </c>
       <c r="AV208" t="s">
         <v>26</v>
       </c>
       <c r="AW208" s="9">
         <v>0</v>
       </c>
-      <c r="AY208" s="1"/>
-      <c r="BB208" s="9"/>
+      <c r="AY208" s="1">
+        <v>45991.583333333336</v>
+      </c>
+      <c r="AZ208" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA208" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB208" s="9">
+        <v>0</v>
+      </c>
       <c r="BD208" s="1"/>
       <c r="BG208" s="9"/>
     </row>
     <row r="209" spans="1:59">
       <c r="A209" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B209" t="s">
         <v>24</v>
       </c>
       <c r="C209" t="s">
         <v>27</v>
       </c>
       <c r="D209" s="9">
         <v>40.725999999999999</v>
       </c>
       <c r="F209" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G209" t="s">
         <v>24</v>
       </c>
       <c r="H209" t="s">
         <v>27</v>
       </c>
@@ -26278,52 +28259,62 @@
       </c>
       <c r="AO209" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP209" t="s">
         <v>24</v>
       </c>
       <c r="AQ209" t="s">
         <v>27</v>
       </c>
       <c r="AR209" s="9">
         <v>1.1990000000000001</v>
       </c>
       <c r="AT209" s="1">
         <v>45952.583333333336</v>
       </c>
       <c r="AU209" t="s">
         <v>24</v>
       </c>
       <c r="AV209" t="s">
         <v>27</v>
       </c>
       <c r="AW209" s="9">
         <v>4.3600000000000003</v>
       </c>
-      <c r="AY209" s="1"/>
-      <c r="BB209" s="9"/>
+      <c r="AY209" s="1">
+        <v>45991.583333333336</v>
+      </c>
+      <c r="AZ209" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA209" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB209" s="9">
+        <v>29.312999999999999</v>
+      </c>
       <c r="BD209" s="1"/>
       <c r="BG209" s="9"/>
     </row>
     <row r="210" spans="1:59">
       <c r="A210" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B210" t="s">
         <v>24</v>
       </c>
       <c r="C210" t="s">
         <v>28</v>
       </c>
       <c r="D210" s="9">
         <v>9105.4709999999995</v>
       </c>
       <c r="F210" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G210" t="s">
         <v>24</v>
       </c>
       <c r="H210" t="s">
         <v>28</v>
       </c>
@@ -26404,52 +28395,62 @@
       </c>
       <c r="AO210" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP210" t="s">
         <v>24</v>
       </c>
       <c r="AQ210" t="s">
         <v>28</v>
       </c>
       <c r="AR210" s="9">
         <v>691.23299999999995</v>
       </c>
       <c r="AT210" s="1">
         <v>45952.583333333336</v>
       </c>
       <c r="AU210" t="s">
         <v>24</v>
       </c>
       <c r="AV210" t="s">
         <v>28</v>
       </c>
       <c r="AW210" s="9">
         <v>739.72</v>
       </c>
-      <c r="AY210" s="1"/>
-      <c r="BB210" s="9"/>
+      <c r="AY210" s="1">
+        <v>45991.583333333336</v>
+      </c>
+      <c r="AZ210" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA210" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB210" s="9">
+        <v>1566.6389999999999</v>
+      </c>
       <c r="BD210" s="1"/>
       <c r="BG210" s="9"/>
     </row>
     <row r="211" spans="1:59">
       <c r="A211" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B211" t="s">
         <v>24</v>
       </c>
       <c r="C211" t="s">
         <v>29</v>
       </c>
       <c r="D211" s="9">
         <v>20443.571</v>
       </c>
       <c r="F211" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G211" t="s">
         <v>24</v>
       </c>
       <c r="H211" t="s">
         <v>29</v>
       </c>
@@ -26530,52 +28531,62 @@
       </c>
       <c r="AO211" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP211" t="s">
         <v>24</v>
       </c>
       <c r="AQ211" t="s">
         <v>29</v>
       </c>
       <c r="AR211" s="9">
         <v>26763.113000000001</v>
       </c>
       <c r="AT211" s="1">
         <v>45952.583333333336</v>
       </c>
       <c r="AU211" t="s">
         <v>24</v>
       </c>
       <c r="AV211" t="s">
         <v>29</v>
       </c>
       <c r="AW211" s="9">
         <v>26167.62</v>
       </c>
-      <c r="AY211" s="1"/>
-      <c r="BB211" s="9"/>
+      <c r="AY211" s="1">
+        <v>45991.583333333336</v>
+      </c>
+      <c r="AZ211" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA211" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB211" s="9">
+        <v>14916.21</v>
+      </c>
       <c r="BD211" s="1"/>
       <c r="BG211" s="9"/>
     </row>
     <row r="212" spans="1:59">
       <c r="A212" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B212" t="s">
         <v>24</v>
       </c>
       <c r="C212" t="s">
         <v>30</v>
       </c>
       <c r="D212" s="9">
         <v>55169.264000000003</v>
       </c>
       <c r="F212" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G212" t="s">
         <v>24</v>
       </c>
       <c r="H212" t="s">
         <v>30</v>
       </c>
@@ -26656,52 +28667,62 @@
       </c>
       <c r="AO212" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP212" t="s">
         <v>24</v>
       </c>
       <c r="AQ212" t="s">
         <v>30</v>
       </c>
       <c r="AR212" s="9">
         <v>61813.641000000003</v>
       </c>
       <c r="AT212" s="1">
         <v>45952.583333333336</v>
       </c>
       <c r="AU212" t="s">
         <v>24</v>
       </c>
       <c r="AV212" t="s">
         <v>30</v>
       </c>
       <c r="AW212" s="9">
         <v>57426.5</v>
       </c>
-      <c r="AY212" s="1"/>
-      <c r="BB212" s="9"/>
+      <c r="AY212" s="1">
+        <v>45991.583333333336</v>
+      </c>
+      <c r="AZ212" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA212" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB212" s="9">
+        <v>39223.447</v>
+      </c>
       <c r="BD212" s="1"/>
       <c r="BG212" s="9"/>
     </row>
     <row r="213" spans="1:59">
       <c r="A213" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B213" t="s">
         <v>24</v>
       </c>
       <c r="C213" t="s">
         <v>31</v>
       </c>
       <c r="D213" s="9">
         <v>79887.543000000005</v>
       </c>
       <c r="F213" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G213" t="s">
         <v>24</v>
       </c>
       <c r="H213" t="s">
         <v>31</v>
       </c>
@@ -26782,52 +28803,62 @@
       </c>
       <c r="AO213" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP213" t="s">
         <v>24</v>
       </c>
       <c r="AQ213" t="s">
         <v>31</v>
       </c>
       <c r="AR213" s="9">
         <v>82436.577000000005</v>
       </c>
       <c r="AT213" s="1">
         <v>45952.583333333336</v>
       </c>
       <c r="AU213" t="s">
         <v>24</v>
       </c>
       <c r="AV213" t="s">
         <v>31</v>
       </c>
       <c r="AW213" s="9">
         <v>82208.428</v>
       </c>
-      <c r="AY213" s="1"/>
-      <c r="BB213" s="9"/>
+      <c r="AY213" s="1">
+        <v>45991.583333333336</v>
+      </c>
+      <c r="AZ213" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA213" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB213" s="9">
+        <v>59230.321000000004</v>
+      </c>
       <c r="BD213" s="1"/>
       <c r="BG213" s="9"/>
     </row>
     <row r="214" spans="1:59">
       <c r="A214" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B214" t="s">
         <v>24</v>
       </c>
       <c r="C214" t="s">
         <v>32</v>
       </c>
       <c r="D214" s="9">
         <v>13934.196</v>
       </c>
       <c r="F214" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G214" t="s">
         <v>24</v>
       </c>
       <c r="H214" t="s">
         <v>32</v>
       </c>
@@ -26908,52 +28939,62 @@
       </c>
       <c r="AO214" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP214" t="s">
         <v>24</v>
       </c>
       <c r="AQ214" t="s">
         <v>32</v>
       </c>
       <c r="AR214" s="9">
         <v>13775.17</v>
       </c>
       <c r="AT214" s="1">
         <v>45952.583333333336</v>
       </c>
       <c r="AU214" t="s">
         <v>24</v>
       </c>
       <c r="AV214" t="s">
         <v>32</v>
       </c>
       <c r="AW214" s="9">
         <v>13225.514999999999</v>
       </c>
-      <c r="AY214" s="1"/>
-      <c r="BB214" s="9"/>
+      <c r="AY214" s="1">
+        <v>45991.583333333336</v>
+      </c>
+      <c r="AZ214" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA214" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB214" s="9">
+        <v>11314.615</v>
+      </c>
       <c r="BD214" s="1"/>
       <c r="BG214" s="9"/>
     </row>
     <row r="215" spans="1:59">
       <c r="A215" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B215" t="s">
         <v>24</v>
       </c>
       <c r="C215" t="s">
         <v>33</v>
       </c>
       <c r="D215" s="9">
         <v>93193.880999999994</v>
       </c>
       <c r="F215" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G215" t="s">
         <v>24</v>
       </c>
       <c r="H215" t="s">
         <v>33</v>
       </c>
@@ -27034,52 +29075,62 @@
       </c>
       <c r="AO215" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP215" t="s">
         <v>24</v>
       </c>
       <c r="AQ215" t="s">
         <v>33</v>
       </c>
       <c r="AR215" s="9">
         <v>87732.195999999996</v>
       </c>
       <c r="AT215" s="1">
         <v>45952.583333333336</v>
       </c>
       <c r="AU215" t="s">
         <v>24</v>
       </c>
       <c r="AV215" t="s">
         <v>33</v>
       </c>
       <c r="AW215" s="9">
         <v>84218.221000000005</v>
       </c>
-      <c r="AY215" s="1"/>
-      <c r="BB215" s="9"/>
+      <c r="AY215" s="1">
+        <v>45991.583333333336</v>
+      </c>
+      <c r="AZ215" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA215" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB215" s="9">
+        <v>80272.668999999994</v>
+      </c>
       <c r="BD215" s="1"/>
       <c r="BG215" s="9"/>
     </row>
     <row r="216" spans="1:59">
       <c r="A216" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B216" t="s">
         <v>24</v>
       </c>
       <c r="C216" t="s">
         <v>34</v>
       </c>
       <c r="D216" s="9">
         <v>54848</v>
       </c>
       <c r="F216" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G216" t="s">
         <v>24</v>
       </c>
       <c r="H216" t="s">
         <v>34</v>
       </c>
@@ -27160,52 +29211,62 @@
       </c>
       <c r="AO216" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP216" t="s">
         <v>24</v>
       </c>
       <c r="AQ216" t="s">
         <v>34</v>
       </c>
       <c r="AR216" s="9">
         <v>112659</v>
       </c>
       <c r="AT216" s="1">
         <v>45952.583333333336</v>
       </c>
       <c r="AU216" t="s">
         <v>24</v>
       </c>
       <c r="AV216" t="s">
         <v>34</v>
       </c>
       <c r="AW216" s="9">
         <v>54821</v>
       </c>
-      <c r="AY216" s="1"/>
-      <c r="BB216" s="9"/>
+      <c r="AY216" s="1">
+        <v>45991.583333333336</v>
+      </c>
+      <c r="AZ216" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA216" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB216" s="9">
+        <v>14400.8</v>
+      </c>
       <c r="BD216" s="1"/>
       <c r="BG216" s="9"/>
     </row>
     <row r="217" spans="1:59">
       <c r="A217" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B217" t="s">
         <v>24</v>
       </c>
       <c r="C217" t="s">
         <v>35</v>
       </c>
       <c r="D217" s="9">
         <v>11722.154</v>
       </c>
       <c r="F217" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G217" t="s">
         <v>24</v>
       </c>
       <c r="H217" t="s">
         <v>35</v>
       </c>
@@ -27286,52 +29347,62 @@
       </c>
       <c r="AO217" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP217" t="s">
         <v>24</v>
       </c>
       <c r="AQ217" t="s">
         <v>35</v>
       </c>
       <c r="AR217" s="9">
         <v>10418.339</v>
       </c>
       <c r="AT217" s="1">
         <v>45952.583333333336</v>
       </c>
       <c r="AU217" t="s">
         <v>24</v>
       </c>
       <c r="AV217" t="s">
         <v>35</v>
       </c>
       <c r="AW217" s="9">
         <v>9639.1329999999998</v>
       </c>
-      <c r="AY217" s="1"/>
-      <c r="BB217" s="9"/>
+      <c r="AY217" s="1">
+        <v>45991.583333333336</v>
+      </c>
+      <c r="AZ217" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA217" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB217" s="9">
+        <v>7043.7120000000004</v>
+      </c>
       <c r="BD217" s="1"/>
       <c r="BG217" s="9"/>
     </row>
     <row r="218" spans="1:59">
       <c r="A218" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B218" t="s">
         <v>24</v>
       </c>
       <c r="C218" t="s">
         <v>36</v>
       </c>
       <c r="D218" s="9">
         <v>294360.96399999998</v>
       </c>
       <c r="F218" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G218" t="s">
         <v>24</v>
       </c>
       <c r="H218" t="s">
         <v>36</v>
       </c>
@@ -27412,52 +29483,62 @@
       </c>
       <c r="AO218" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP218" t="s">
         <v>24</v>
       </c>
       <c r="AQ218" t="s">
         <v>36</v>
       </c>
       <c r="AR218" s="9">
         <v>281106.435</v>
       </c>
       <c r="AT218" s="1">
         <v>45952.583333333336</v>
       </c>
       <c r="AU218" t="s">
         <v>24</v>
       </c>
       <c r="AV218" t="s">
         <v>36</v>
       </c>
       <c r="AW218" s="9">
         <v>266251.54200000002</v>
       </c>
-      <c r="AY218" s="1"/>
-      <c r="BB218" s="9"/>
+      <c r="AY218" s="1">
+        <v>45991.583333333336</v>
+      </c>
+      <c r="AZ218" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA218" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB218" s="9">
+        <v>211186.614</v>
+      </c>
       <c r="BD218" s="1"/>
       <c r="BG218" s="9"/>
     </row>
     <row r="219" spans="1:59">
       <c r="A219" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B219" t="s">
         <v>24</v>
       </c>
       <c r="C219" t="s">
         <v>37</v>
       </c>
       <c r="D219" s="9">
         <v>129133.099</v>
       </c>
       <c r="F219" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G219" t="s">
         <v>24</v>
       </c>
       <c r="H219" t="s">
         <v>37</v>
       </c>
@@ -27538,52 +29619,62 @@
       </c>
       <c r="AO219" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP219" t="s">
         <v>24</v>
       </c>
       <c r="AQ219" t="s">
         <v>37</v>
       </c>
       <c r="AR219" s="9">
         <v>102074.685</v>
       </c>
       <c r="AT219" s="1">
         <v>45952.583333333336</v>
       </c>
       <c r="AU219" t="s">
         <v>24</v>
       </c>
       <c r="AV219" t="s">
         <v>37</v>
       </c>
       <c r="AW219" s="9">
         <v>96997.156000000003</v>
       </c>
-      <c r="AY219" s="1"/>
-      <c r="BB219" s="9"/>
+      <c r="AY219" s="1">
+        <v>45991.583333333336</v>
+      </c>
+      <c r="AZ219" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA219" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB219" s="9">
+        <v>85054.03</v>
+      </c>
       <c r="BD219" s="1"/>
       <c r="BG219" s="9"/>
     </row>
     <row r="220" spans="1:59">
       <c r="A220" s="1">
         <v>45665.583333333336</v>
       </c>
       <c r="B220" t="s">
         <v>24</v>
       </c>
       <c r="C220" t="s">
         <v>38</v>
       </c>
       <c r="D220" s="9">
         <v>0</v>
       </c>
       <c r="F220" s="1">
         <v>45694.583333333336</v>
       </c>
       <c r="G220" t="s">
         <v>24</v>
       </c>
       <c r="H220" t="s">
         <v>38</v>
       </c>
@@ -27664,52 +29755,62 @@
       </c>
       <c r="AO220" s="1">
         <v>45925.583333333336</v>
       </c>
       <c r="AP220" t="s">
         <v>24</v>
       </c>
       <c r="AQ220" t="s">
         <v>38</v>
       </c>
       <c r="AR220" s="9">
         <v>0</v>
       </c>
       <c r="AT220" s="1">
         <v>45952.583333333336</v>
       </c>
       <c r="AU220" t="s">
         <v>24</v>
       </c>
       <c r="AV220" t="s">
         <v>38</v>
       </c>
       <c r="AW220" s="9">
         <v>0</v>
       </c>
-      <c r="AY220" s="1"/>
-      <c r="BB220" s="9"/>
+      <c r="AY220" s="1">
+        <v>45991.583333333336</v>
+      </c>
+      <c r="AZ220" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA220" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB220" s="9">
+        <v>0</v>
+      </c>
       <c r="BD220" s="1"/>
       <c r="BG220" s="9"/>
     </row>
     <row r="221" spans="1:59">
       <c r="A221" s="1">
         <v>45665.625</v>
       </c>
       <c r="B221" t="s">
         <v>24</v>
       </c>
       <c r="C221" t="s">
         <v>25</v>
       </c>
       <c r="D221" s="9">
         <v>648726.95400000003</v>
       </c>
       <c r="F221" s="1">
         <v>45694.625</v>
       </c>
       <c r="G221" t="s">
         <v>24</v>
       </c>
       <c r="H221" t="s">
         <v>25</v>
       </c>
@@ -27790,52 +29891,62 @@
       </c>
       <c r="AO221" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP221" t="s">
         <v>24</v>
       </c>
       <c r="AQ221" t="s">
         <v>25</v>
       </c>
       <c r="AR221" s="9">
         <v>410503.67200000002</v>
       </c>
       <c r="AT221" s="1">
         <v>45952.625</v>
       </c>
       <c r="AU221" t="s">
         <v>24</v>
       </c>
       <c r="AV221" t="s">
         <v>25</v>
       </c>
       <c r="AW221" s="9">
         <v>385052.092</v>
       </c>
-      <c r="AY221" s="1"/>
-      <c r="BB221" s="9"/>
+      <c r="AY221" s="1">
+        <v>45991.625</v>
+      </c>
+      <c r="AZ221" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA221" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB221" s="9">
+        <v>668341.53599999996</v>
+      </c>
       <c r="BD221" s="1"/>
       <c r="BG221" s="9"/>
     </row>
     <row r="222" spans="1:59">
       <c r="A222" s="1">
         <v>45665.625</v>
       </c>
       <c r="B222" t="s">
         <v>24</v>
       </c>
       <c r="C222" t="s">
         <v>26</v>
       </c>
       <c r="D222" s="9">
         <v>0</v>
       </c>
       <c r="F222" s="1">
         <v>45694.625</v>
       </c>
       <c r="G222" t="s">
         <v>24</v>
       </c>
       <c r="H222" t="s">
         <v>26</v>
       </c>
@@ -27916,52 +30027,62 @@
       </c>
       <c r="AO222" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP222" t="s">
         <v>24</v>
       </c>
       <c r="AQ222" t="s">
         <v>26</v>
       </c>
       <c r="AR222" s="9">
         <v>0</v>
       </c>
       <c r="AT222" s="1">
         <v>45952.625</v>
       </c>
       <c r="AU222" t="s">
         <v>24</v>
       </c>
       <c r="AV222" t="s">
         <v>26</v>
       </c>
       <c r="AW222" s="9">
         <v>0</v>
       </c>
-      <c r="AY222" s="1"/>
-      <c r="BB222" s="9"/>
+      <c r="AY222" s="1">
+        <v>45991.625</v>
+      </c>
+      <c r="AZ222" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA222" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB222" s="9">
+        <v>182.28800000000001</v>
+      </c>
       <c r="BD222" s="1"/>
       <c r="BG222" s="9"/>
     </row>
     <row r="223" spans="1:59">
       <c r="A223" s="1">
         <v>45665.625</v>
       </c>
       <c r="B223" t="s">
         <v>24</v>
       </c>
       <c r="C223" t="s">
         <v>27</v>
       </c>
       <c r="D223" s="9">
         <v>53.192999999999998</v>
       </c>
       <c r="F223" s="1">
         <v>45694.625</v>
       </c>
       <c r="G223" t="s">
         <v>24</v>
       </c>
       <c r="H223" t="s">
         <v>27</v>
       </c>
@@ -28042,52 +30163,62 @@
       </c>
       <c r="AO223" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP223" t="s">
         <v>24</v>
       </c>
       <c r="AQ223" t="s">
         <v>27</v>
       </c>
       <c r="AR223" s="9">
         <v>0.77800000000000002</v>
       </c>
       <c r="AT223" s="1">
         <v>45952.625</v>
       </c>
       <c r="AU223" t="s">
         <v>24</v>
       </c>
       <c r="AV223" t="s">
         <v>27</v>
       </c>
       <c r="AW223" s="9">
         <v>4.6230000000000002</v>
       </c>
-      <c r="AY223" s="1"/>
-      <c r="BB223" s="9"/>
+      <c r="AY223" s="1">
+        <v>45991.625</v>
+      </c>
+      <c r="AZ223" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA223" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB223" s="9">
+        <v>27.172000000000001</v>
+      </c>
       <c r="BD223" s="1"/>
       <c r="BG223" s="9"/>
     </row>
     <row r="224" spans="1:59">
       <c r="A224" s="1">
         <v>45665.625</v>
       </c>
       <c r="B224" t="s">
         <v>24</v>
       </c>
       <c r="C224" t="s">
         <v>28</v>
       </c>
       <c r="D224" s="9">
         <v>9580.8819999999996</v>
       </c>
       <c r="F224" s="1">
         <v>45694.625</v>
       </c>
       <c r="G224" t="s">
         <v>24</v>
       </c>
       <c r="H224" t="s">
         <v>28</v>
       </c>
@@ -28168,52 +30299,62 @@
       </c>
       <c r="AO224" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP224" t="s">
         <v>24</v>
       </c>
       <c r="AQ224" t="s">
         <v>28</v>
       </c>
       <c r="AR224" s="9">
         <v>704.77300000000002</v>
       </c>
       <c r="AT224" s="1">
         <v>45952.625</v>
       </c>
       <c r="AU224" t="s">
         <v>24</v>
       </c>
       <c r="AV224" t="s">
         <v>28</v>
       </c>
       <c r="AW224" s="9">
         <v>747.47</v>
       </c>
-      <c r="AY224" s="1"/>
-      <c r="BB224" s="9"/>
+      <c r="AY224" s="1">
+        <v>45991.625</v>
+      </c>
+      <c r="AZ224" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA224" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB224" s="9">
+        <v>1533.2149999999999</v>
+      </c>
       <c r="BD224" s="1"/>
       <c r="BG224" s="9"/>
     </row>
     <row r="225" spans="1:59">
       <c r="A225" s="1">
         <v>45665.625</v>
       </c>
       <c r="B225" t="s">
         <v>24</v>
       </c>
       <c r="C225" t="s">
         <v>29</v>
       </c>
       <c r="D225" s="9">
         <v>19230.481</v>
       </c>
       <c r="F225" s="1">
         <v>45694.625</v>
       </c>
       <c r="G225" t="s">
         <v>24</v>
       </c>
       <c r="H225" t="s">
         <v>29</v>
       </c>
@@ -28294,52 +30435,62 @@
       </c>
       <c r="AO225" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP225" t="s">
         <v>24</v>
       </c>
       <c r="AQ225" t="s">
         <v>29</v>
       </c>
       <c r="AR225" s="9">
         <v>25212.37</v>
       </c>
       <c r="AT225" s="1">
         <v>45952.625</v>
       </c>
       <c r="AU225" t="s">
         <v>24</v>
       </c>
       <c r="AV225" t="s">
         <v>29</v>
       </c>
       <c r="AW225" s="9">
         <v>25212.595000000001</v>
       </c>
-      <c r="AY225" s="1"/>
-      <c r="BB225" s="9"/>
+      <c r="AY225" s="1">
+        <v>45991.625</v>
+      </c>
+      <c r="AZ225" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA225" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB225" s="9">
+        <v>15061.684999999999</v>
+      </c>
       <c r="BD225" s="1"/>
       <c r="BG225" s="9"/>
     </row>
     <row r="226" spans="1:59">
       <c r="A226" s="1">
         <v>45665.625</v>
       </c>
       <c r="B226" t="s">
         <v>24</v>
       </c>
       <c r="C226" t="s">
         <v>30</v>
       </c>
       <c r="D226" s="9">
         <v>52634.737000000001</v>
       </c>
       <c r="F226" s="1">
         <v>45694.625</v>
       </c>
       <c r="G226" t="s">
         <v>24</v>
       </c>
       <c r="H226" t="s">
         <v>30</v>
       </c>
@@ -28420,52 +30571,62 @@
       </c>
       <c r="AO226" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP226" t="s">
         <v>24</v>
       </c>
       <c r="AQ226" t="s">
         <v>30</v>
       </c>
       <c r="AR226" s="9">
         <v>59964.434999999998</v>
       </c>
       <c r="AT226" s="1">
         <v>45952.625</v>
       </c>
       <c r="AU226" t="s">
         <v>24</v>
       </c>
       <c r="AV226" t="s">
         <v>30</v>
       </c>
       <c r="AW226" s="9">
         <v>55762.209000000003</v>
       </c>
-      <c r="AY226" s="1"/>
-      <c r="BB226" s="9"/>
+      <c r="AY226" s="1">
+        <v>45991.625</v>
+      </c>
+      <c r="AZ226" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA226" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB226" s="9">
+        <v>39093.783000000003</v>
+      </c>
       <c r="BD226" s="1"/>
       <c r="BG226" s="9"/>
     </row>
     <row r="227" spans="1:59">
       <c r="A227" s="1">
         <v>45665.625</v>
       </c>
       <c r="B227" t="s">
         <v>24</v>
       </c>
       <c r="C227" t="s">
         <v>31</v>
       </c>
       <c r="D227" s="9">
         <v>77664.19</v>
       </c>
       <c r="F227" s="1">
         <v>45694.625</v>
       </c>
       <c r="G227" t="s">
         <v>24</v>
       </c>
       <c r="H227" t="s">
         <v>31</v>
       </c>
@@ -28546,52 +30707,62 @@
       </c>
       <c r="AO227" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP227" t="s">
         <v>24</v>
       </c>
       <c r="AQ227" t="s">
         <v>31</v>
       </c>
       <c r="AR227" s="9">
         <v>80438.046000000002</v>
       </c>
       <c r="AT227" s="1">
         <v>45952.625</v>
       </c>
       <c r="AU227" t="s">
         <v>24</v>
       </c>
       <c r="AV227" t="s">
         <v>31</v>
       </c>
       <c r="AW227" s="9">
         <v>79111.676000000007</v>
       </c>
-      <c r="AY227" s="1"/>
-      <c r="BB227" s="9"/>
+      <c r="AY227" s="1">
+        <v>45991.625</v>
+      </c>
+      <c r="AZ227" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA227" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB227" s="9">
+        <v>59038.894999999997</v>
+      </c>
       <c r="BD227" s="1"/>
       <c r="BG227" s="9"/>
     </row>
     <row r="228" spans="1:59">
       <c r="A228" s="1">
         <v>45665.625</v>
       </c>
       <c r="B228" t="s">
         <v>24</v>
       </c>
       <c r="C228" t="s">
         <v>32</v>
       </c>
       <c r="D228" s="9">
         <v>13648.013000000001</v>
       </c>
       <c r="F228" s="1">
         <v>45694.625</v>
       </c>
       <c r="G228" t="s">
         <v>24</v>
       </c>
       <c r="H228" t="s">
         <v>32</v>
       </c>
@@ -28672,52 +30843,62 @@
       </c>
       <c r="AO228" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP228" t="s">
         <v>24</v>
       </c>
       <c r="AQ228" t="s">
         <v>32</v>
       </c>
       <c r="AR228" s="9">
         <v>13702.96</v>
       </c>
       <c r="AT228" s="1">
         <v>45952.625</v>
       </c>
       <c r="AU228" t="s">
         <v>24</v>
       </c>
       <c r="AV228" t="s">
         <v>32</v>
       </c>
       <c r="AW228" s="9">
         <v>12864.535</v>
       </c>
-      <c r="AY228" s="1"/>
-      <c r="BB228" s="9"/>
+      <c r="AY228" s="1">
+        <v>45991.625</v>
+      </c>
+      <c r="AZ228" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA228" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB228" s="9">
+        <v>11331.81</v>
+      </c>
       <c r="BD228" s="1"/>
       <c r="BG228" s="9"/>
     </row>
     <row r="229" spans="1:59">
       <c r="A229" s="1">
         <v>45665.625</v>
       </c>
       <c r="B229" t="s">
         <v>24</v>
       </c>
       <c r="C229" t="s">
         <v>33</v>
       </c>
       <c r="D229" s="9">
         <v>89197.5</v>
       </c>
       <c r="F229" s="1">
         <v>45694.625</v>
       </c>
       <c r="G229" t="s">
         <v>24</v>
       </c>
       <c r="H229" t="s">
         <v>33</v>
       </c>
@@ -28798,52 +30979,62 @@
       </c>
       <c r="AO229" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP229" t="s">
         <v>24</v>
       </c>
       <c r="AQ229" t="s">
         <v>33</v>
       </c>
       <c r="AR229" s="9">
         <v>85641.803</v>
       </c>
       <c r="AT229" s="1">
         <v>45952.625</v>
       </c>
       <c r="AU229" t="s">
         <v>24</v>
       </c>
       <c r="AV229" t="s">
         <v>33</v>
       </c>
       <c r="AW229" s="9">
         <v>84344.695000000007</v>
       </c>
-      <c r="AY229" s="1"/>
-      <c r="BB229" s="9"/>
+      <c r="AY229" s="1">
+        <v>45991.625</v>
+      </c>
+      <c r="AZ229" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA229" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB229" s="9">
+        <v>79728.713000000003</v>
+      </c>
       <c r="BD229" s="1"/>
       <c r="BG229" s="9"/>
     </row>
     <row r="230" spans="1:59">
       <c r="A230" s="1">
         <v>45665.625</v>
       </c>
       <c r="B230" t="s">
         <v>24</v>
       </c>
       <c r="C230" t="s">
         <v>34</v>
       </c>
       <c r="D230" s="9">
         <v>50054</v>
       </c>
       <c r="F230" s="1">
         <v>45694.625</v>
       </c>
       <c r="G230" t="s">
         <v>24</v>
       </c>
       <c r="H230" t="s">
         <v>34</v>
       </c>
@@ -28924,52 +31115,62 @@
       </c>
       <c r="AO230" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP230" t="s">
         <v>24</v>
       </c>
       <c r="AQ230" t="s">
         <v>34</v>
       </c>
       <c r="AR230" s="9">
         <v>107660</v>
       </c>
       <c r="AT230" s="1">
         <v>45952.625</v>
       </c>
       <c r="AU230" t="s">
         <v>24</v>
       </c>
       <c r="AV230" t="s">
         <v>34</v>
       </c>
       <c r="AW230" s="9">
         <v>54345</v>
       </c>
-      <c r="AY230" s="1"/>
-      <c r="BB230" s="9"/>
+      <c r="AY230" s="1">
+        <v>45991.625</v>
+      </c>
+      <c r="AZ230" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA230" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB230" s="9">
+        <v>45041.4</v>
+      </c>
       <c r="BD230" s="1"/>
       <c r="BG230" s="9"/>
     </row>
     <row r="231" spans="1:59">
       <c r="A231" s="1">
         <v>45665.625</v>
       </c>
       <c r="B231" t="s">
         <v>24</v>
       </c>
       <c r="C231" t="s">
         <v>35</v>
       </c>
       <c r="D231" s="9">
         <v>11438.196</v>
       </c>
       <c r="F231" s="1">
         <v>45694.625</v>
       </c>
       <c r="G231" t="s">
         <v>24</v>
       </c>
       <c r="H231" t="s">
         <v>35</v>
       </c>
@@ -29050,52 +31251,62 @@
       </c>
       <c r="AO231" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP231" t="s">
         <v>24</v>
       </c>
       <c r="AQ231" t="s">
         <v>35</v>
       </c>
       <c r="AR231" s="9">
         <v>9973.0859999999993</v>
       </c>
       <c r="AT231" s="1">
         <v>45952.625</v>
       </c>
       <c r="AU231" t="s">
         <v>24</v>
       </c>
       <c r="AV231" t="s">
         <v>35</v>
       </c>
       <c r="AW231" s="9">
         <v>9247.607</v>
       </c>
-      <c r="AY231" s="1"/>
-      <c r="BB231" s="9"/>
+      <c r="AY231" s="1">
+        <v>45991.625</v>
+      </c>
+      <c r="AZ231" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA231" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB231" s="9">
+        <v>6973.5929999999998</v>
+      </c>
       <c r="BD231" s="1"/>
       <c r="BG231" s="9"/>
     </row>
     <row r="232" spans="1:59">
       <c r="A232" s="1">
         <v>45665.625</v>
       </c>
       <c r="B232" t="s">
         <v>24</v>
       </c>
       <c r="C232" t="s">
         <v>36</v>
       </c>
       <c r="D232" s="9">
         <v>286303.69199999998</v>
       </c>
       <c r="F232" s="1">
         <v>45694.625</v>
       </c>
       <c r="G232" t="s">
         <v>24</v>
       </c>
       <c r="H232" t="s">
         <v>36</v>
       </c>
@@ -29176,52 +31387,62 @@
       </c>
       <c r="AO232" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP232" t="s">
         <v>24</v>
       </c>
       <c r="AQ232" t="s">
         <v>36</v>
       </c>
       <c r="AR232" s="9">
         <v>269564.228</v>
       </c>
       <c r="AT232" s="1">
         <v>45952.625</v>
       </c>
       <c r="AU232" t="s">
         <v>24</v>
       </c>
       <c r="AV232" t="s">
         <v>36</v>
       </c>
       <c r="AW232" s="9">
         <v>256922.19500000001</v>
       </c>
-      <c r="AY232" s="1"/>
-      <c r="BB232" s="9"/>
+      <c r="AY232" s="1">
+        <v>45991.625</v>
+      </c>
+      <c r="AZ232" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA232" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB232" s="9">
+        <v>211054.43900000001</v>
+      </c>
       <c r="BD232" s="1"/>
       <c r="BG232" s="9"/>
     </row>
     <row r="233" spans="1:59">
       <c r="A233" s="1">
         <v>45665.625</v>
       </c>
       <c r="B233" t="s">
         <v>24</v>
       </c>
       <c r="C233" t="s">
         <v>37</v>
       </c>
       <c r="D233" s="9">
         <v>127901.037</v>
       </c>
       <c r="F233" s="1">
         <v>45694.625</v>
       </c>
       <c r="G233" t="s">
         <v>24</v>
       </c>
       <c r="H233" t="s">
         <v>37</v>
       </c>
@@ -29302,52 +31523,62 @@
       </c>
       <c r="AO233" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP233" t="s">
         <v>24</v>
       </c>
       <c r="AQ233" t="s">
         <v>37</v>
       </c>
       <c r="AR233" s="9">
         <v>99460.087</v>
       </c>
       <c r="AT233" s="1">
         <v>45952.625</v>
       </c>
       <c r="AU233" t="s">
         <v>24</v>
       </c>
       <c r="AV233" t="s">
         <v>37</v>
       </c>
       <c r="AW233" s="9">
         <v>94377.153999999995</v>
       </c>
-      <c r="AY233" s="1"/>
-      <c r="BB233" s="9"/>
+      <c r="AY233" s="1">
+        <v>45991.625</v>
+      </c>
+      <c r="AZ233" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA233" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB233" s="9">
+        <v>85566.540999999997</v>
+      </c>
       <c r="BD233" s="1"/>
       <c r="BG233" s="9"/>
     </row>
     <row r="234" spans="1:59">
       <c r="A234" s="1">
         <v>45665.625</v>
       </c>
       <c r="B234" t="s">
         <v>24</v>
       </c>
       <c r="C234" t="s">
         <v>38</v>
       </c>
       <c r="D234" s="9">
         <v>0</v>
       </c>
       <c r="F234" s="1">
         <v>45694.625</v>
       </c>
       <c r="G234" t="s">
         <v>24</v>
       </c>
       <c r="H234" t="s">
         <v>38</v>
       </c>
@@ -29428,52 +31659,62 @@
       </c>
       <c r="AO234" s="1">
         <v>45925.625</v>
       </c>
       <c r="AP234" t="s">
         <v>24</v>
       </c>
       <c r="AQ234" t="s">
         <v>38</v>
       </c>
       <c r="AR234" s="9">
         <v>0</v>
       </c>
       <c r="AT234" s="1">
         <v>45952.625</v>
       </c>
       <c r="AU234" t="s">
         <v>24</v>
       </c>
       <c r="AV234" t="s">
         <v>38</v>
       </c>
       <c r="AW234" s="9">
         <v>0</v>
       </c>
-      <c r="AY234" s="1"/>
-      <c r="BB234" s="9"/>
+      <c r="AY234" s="1">
+        <v>45991.625</v>
+      </c>
+      <c r="AZ234" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA234" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB234" s="9">
+        <v>190.642</v>
+      </c>
       <c r="BD234" s="1"/>
       <c r="BG234" s="9"/>
     </row>
     <row r="235" spans="1:59">
       <c r="A235" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B235" t="s">
         <v>24</v>
       </c>
       <c r="C235" t="s">
         <v>25</v>
       </c>
       <c r="D235" s="9">
         <v>736898.49699999997</v>
       </c>
       <c r="F235" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G235" t="s">
         <v>24</v>
       </c>
       <c r="H235" t="s">
         <v>25</v>
       </c>
@@ -29554,52 +31795,62 @@
       </c>
       <c r="AO235" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP235" t="s">
         <v>24</v>
       </c>
       <c r="AQ235" t="s">
         <v>25</v>
       </c>
       <c r="AR235" s="9">
         <v>457969.28499999997</v>
       </c>
       <c r="AT235" s="1">
         <v>45952.666666666664</v>
       </c>
       <c r="AU235" t="s">
         <v>24</v>
       </c>
       <c r="AV235" t="s">
         <v>25</v>
       </c>
       <c r="AW235" s="9">
         <v>437934.45600000001</v>
       </c>
-      <c r="AY235" s="1"/>
-      <c r="BB235" s="9"/>
+      <c r="AY235" s="1">
+        <v>45991.666666666664</v>
+      </c>
+      <c r="AZ235" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA235" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB235" s="9">
+        <v>714183.15899999999</v>
+      </c>
       <c r="BD235" s="1"/>
       <c r="BG235" s="9"/>
     </row>
     <row r="236" spans="1:59">
       <c r="A236" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B236" t="s">
         <v>24</v>
       </c>
       <c r="C236" t="s">
         <v>26</v>
       </c>
       <c r="D236" s="9">
         <v>2080.373</v>
       </c>
       <c r="F236" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G236" t="s">
         <v>24</v>
       </c>
       <c r="H236" t="s">
         <v>26</v>
       </c>
@@ -29680,52 +31931,62 @@
       </c>
       <c r="AO236" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP236" t="s">
         <v>24</v>
       </c>
       <c r="AQ236" t="s">
         <v>26</v>
       </c>
       <c r="AR236" s="9">
         <v>0</v>
       </c>
       <c r="AT236" s="1">
         <v>45952.666666666664</v>
       </c>
       <c r="AU236" t="s">
         <v>24</v>
       </c>
       <c r="AV236" t="s">
         <v>26</v>
       </c>
       <c r="AW236" s="9">
         <v>0</v>
       </c>
-      <c r="AY236" s="1"/>
-      <c r="BB236" s="9"/>
+      <c r="AY236" s="1">
+        <v>45991.666666666664</v>
+      </c>
+      <c r="AZ236" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA236" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB236" s="9">
+        <v>2005.1559999999999</v>
+      </c>
       <c r="BD236" s="1"/>
       <c r="BG236" s="9"/>
     </row>
     <row r="237" spans="1:59">
       <c r="A237" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B237" t="s">
         <v>24</v>
       </c>
       <c r="C237" t="s">
         <v>27</v>
       </c>
       <c r="D237" s="9">
         <v>61.625999999999998</v>
       </c>
       <c r="F237" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G237" t="s">
         <v>24</v>
       </c>
       <c r="H237" t="s">
         <v>27</v>
       </c>
@@ -29806,52 +32067,62 @@
       </c>
       <c r="AO237" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP237" t="s">
         <v>24</v>
       </c>
       <c r="AQ237" t="s">
         <v>27</v>
       </c>
       <c r="AR237" s="9">
         <v>3.15</v>
       </c>
       <c r="AT237" s="1">
         <v>45952.666666666664</v>
       </c>
       <c r="AU237" t="s">
         <v>24</v>
       </c>
       <c r="AV237" t="s">
         <v>27</v>
       </c>
       <c r="AW237" s="9">
         <v>7.181</v>
       </c>
-      <c r="AY237" s="1"/>
-      <c r="BB237" s="9"/>
+      <c r="AY237" s="1">
+        <v>45991.666666666664</v>
+      </c>
+      <c r="AZ237" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA237" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB237" s="9">
+        <v>34.56</v>
+      </c>
       <c r="BD237" s="1"/>
       <c r="BG237" s="9"/>
     </row>
     <row r="238" spans="1:59">
       <c r="A238" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B238" t="s">
         <v>24</v>
       </c>
       <c r="C238" t="s">
         <v>28</v>
       </c>
       <c r="D238" s="9">
         <v>10584.254999999999</v>
       </c>
       <c r="F238" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G238" t="s">
         <v>24</v>
       </c>
       <c r="H238" t="s">
         <v>28</v>
       </c>
@@ -29932,52 +32203,62 @@
       </c>
       <c r="AO238" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP238" t="s">
         <v>24</v>
       </c>
       <c r="AQ238" t="s">
         <v>28</v>
       </c>
       <c r="AR238" s="9">
         <v>805.16800000000001</v>
       </c>
       <c r="AT238" s="1">
         <v>45952.666666666664</v>
       </c>
       <c r="AU238" t="s">
         <v>24</v>
       </c>
       <c r="AV238" t="s">
         <v>28</v>
       </c>
       <c r="AW238" s="9">
         <v>872.50199999999995</v>
       </c>
-      <c r="AY238" s="1"/>
-      <c r="BB238" s="9"/>
+      <c r="AY238" s="1">
+        <v>45991.666666666664</v>
+      </c>
+      <c r="AZ238" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA238" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB238" s="9">
+        <v>1693.751</v>
+      </c>
       <c r="BD238" s="1"/>
       <c r="BG238" s="9"/>
     </row>
     <row r="239" spans="1:59">
       <c r="A239" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B239" t="s">
         <v>24</v>
       </c>
       <c r="C239" t="s">
         <v>29</v>
       </c>
       <c r="D239" s="9">
         <v>18423.316999999999</v>
       </c>
       <c r="F239" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G239" t="s">
         <v>24</v>
       </c>
       <c r="H239" t="s">
         <v>29</v>
       </c>
@@ -30058,52 +32339,62 @@
       </c>
       <c r="AO239" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP239" t="s">
         <v>24</v>
       </c>
       <c r="AQ239" t="s">
         <v>29</v>
       </c>
       <c r="AR239" s="9">
         <v>22075.059000000001</v>
       </c>
       <c r="AT239" s="1">
         <v>45952.666666666664</v>
       </c>
       <c r="AU239" t="s">
         <v>24</v>
       </c>
       <c r="AV239" t="s">
         <v>29</v>
       </c>
       <c r="AW239" s="9">
         <v>21512.116999999998</v>
       </c>
-      <c r="AY239" s="1"/>
-      <c r="BB239" s="9"/>
+      <c r="AY239" s="1">
+        <v>45991.666666666664</v>
+      </c>
+      <c r="AZ239" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA239" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB239" s="9">
+        <v>15094.584000000001</v>
+      </c>
       <c r="BD239" s="1"/>
       <c r="BG239" s="9"/>
     </row>
     <row r="240" spans="1:59">
       <c r="A240" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B240" t="s">
         <v>24</v>
       </c>
       <c r="C240" t="s">
         <v>30</v>
       </c>
       <c r="D240" s="9">
         <v>49060.675999999999</v>
       </c>
       <c r="F240" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G240" t="s">
         <v>24</v>
       </c>
       <c r="H240" t="s">
         <v>30</v>
       </c>
@@ -30184,52 +32475,62 @@
       </c>
       <c r="AO240" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP240" t="s">
         <v>24</v>
       </c>
       <c r="AQ240" t="s">
         <v>30</v>
       </c>
       <c r="AR240" s="9">
         <v>57008.675000000003</v>
       </c>
       <c r="AT240" s="1">
         <v>45952.666666666664</v>
       </c>
       <c r="AU240" t="s">
         <v>24</v>
       </c>
       <c r="AV240" t="s">
         <v>30</v>
       </c>
       <c r="AW240" s="9">
         <v>51213.599000000002</v>
       </c>
-      <c r="AY240" s="1"/>
-      <c r="BB240" s="9"/>
+      <c r="AY240" s="1">
+        <v>45991.666666666664</v>
+      </c>
+      <c r="AZ240" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA240" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB240" s="9">
+        <v>39512.385000000002</v>
+      </c>
       <c r="BD240" s="1"/>
       <c r="BG240" s="9"/>
     </row>
     <row r="241" spans="1:59">
       <c r="A241" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B241" t="s">
         <v>24</v>
       </c>
       <c r="C241" t="s">
         <v>31</v>
       </c>
       <c r="D241" s="9">
         <v>76308.964999999997</v>
       </c>
       <c r="F241" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G241" t="s">
         <v>24</v>
       </c>
       <c r="H241" t="s">
         <v>31</v>
       </c>
@@ -30310,52 +32611,62 @@
       </c>
       <c r="AO241" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP241" t="s">
         <v>24</v>
       </c>
       <c r="AQ241" t="s">
         <v>31</v>
       </c>
       <c r="AR241" s="9">
         <v>81550.61</v>
       </c>
       <c r="AT241" s="1">
         <v>45952.666666666664</v>
       </c>
       <c r="AU241" t="s">
         <v>24</v>
       </c>
       <c r="AV241" t="s">
         <v>31</v>
       </c>
       <c r="AW241" s="9">
         <v>79754.240999999995</v>
       </c>
-      <c r="AY241" s="1"/>
-      <c r="BB241" s="9"/>
+      <c r="AY241" s="1">
+        <v>45991.666666666664</v>
+      </c>
+      <c r="AZ241" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA241" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB241" s="9">
+        <v>60020.252</v>
+      </c>
       <c r="BD241" s="1"/>
       <c r="BG241" s="9"/>
     </row>
     <row r="242" spans="1:59">
       <c r="A242" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B242" t="s">
         <v>24</v>
       </c>
       <c r="C242" t="s">
         <v>32</v>
       </c>
       <c r="D242" s="9">
         <v>13726.870999999999</v>
       </c>
       <c r="F242" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G242" t="s">
         <v>24</v>
       </c>
       <c r="H242" t="s">
         <v>32</v>
       </c>
@@ -30436,52 +32747,62 @@
       </c>
       <c r="AO242" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP242" t="s">
         <v>24</v>
       </c>
       <c r="AQ242" t="s">
         <v>32</v>
       </c>
       <c r="AR242" s="9">
         <v>13916.424999999999</v>
       </c>
       <c r="AT242" s="1">
         <v>45952.666666666664</v>
       </c>
       <c r="AU242" t="s">
         <v>24</v>
       </c>
       <c r="AV242" t="s">
         <v>32</v>
       </c>
       <c r="AW242" s="9">
         <v>12674.545</v>
       </c>
-      <c r="AY242" s="1"/>
-      <c r="BB242" s="9"/>
+      <c r="AY242" s="1">
+        <v>45991.666666666664</v>
+      </c>
+      <c r="AZ242" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA242" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB242" s="9">
+        <v>10477.905000000001</v>
+      </c>
       <c r="BD242" s="1"/>
       <c r="BG242" s="9"/>
     </row>
     <row r="243" spans="1:59">
       <c r="A243" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B243" t="s">
         <v>24</v>
       </c>
       <c r="C243" t="s">
         <v>33</v>
       </c>
       <c r="D243" s="9">
         <v>72438.845000000001</v>
       </c>
       <c r="F243" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G243" t="s">
         <v>24</v>
       </c>
       <c r="H243" t="s">
         <v>33</v>
       </c>
@@ -30562,52 +32883,62 @@
       </c>
       <c r="AO243" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP243" t="s">
         <v>24</v>
       </c>
       <c r="AQ243" t="s">
         <v>33</v>
       </c>
       <c r="AR243" s="9">
         <v>75050.331000000006</v>
       </c>
       <c r="AT243" s="1">
         <v>45952.666666666664</v>
       </c>
       <c r="AU243" t="s">
         <v>24</v>
       </c>
       <c r="AV243" t="s">
         <v>33</v>
       </c>
       <c r="AW243" s="9">
         <v>82921.024999999994</v>
       </c>
-      <c r="AY243" s="1"/>
-      <c r="BB243" s="9"/>
+      <c r="AY243" s="1">
+        <v>45991.666666666664</v>
+      </c>
+      <c r="AZ243" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA243" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB243" s="9">
+        <v>69846.149999999994</v>
+      </c>
       <c r="BD243" s="1"/>
       <c r="BG243" s="9"/>
     </row>
     <row r="244" spans="1:59">
       <c r="A244" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B244" t="s">
         <v>24</v>
       </c>
       <c r="C244" t="s">
         <v>34</v>
       </c>
       <c r="D244" s="9">
         <v>40832.1</v>
       </c>
       <c r="F244" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G244" t="s">
         <v>24</v>
       </c>
       <c r="H244" t="s">
         <v>34</v>
       </c>
@@ -30688,52 +33019,62 @@
       </c>
       <c r="AO244" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP244" t="s">
         <v>24</v>
       </c>
       <c r="AQ244" t="s">
         <v>34</v>
       </c>
       <c r="AR244" s="9">
         <v>106341.2</v>
       </c>
       <c r="AT244" s="1">
         <v>45952.666666666664</v>
       </c>
       <c r="AU244" t="s">
         <v>24</v>
       </c>
       <c r="AV244" t="s">
         <v>34</v>
       </c>
       <c r="AW244" s="9">
         <v>98346</v>
       </c>
-      <c r="AY244" s="1"/>
-      <c r="BB244" s="9"/>
+      <c r="AY244" s="1">
+        <v>45991.666666666664</v>
+      </c>
+      <c r="AZ244" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA244" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB244" s="9">
+        <v>51644.2</v>
+      </c>
       <c r="BD244" s="1"/>
       <c r="BG244" s="9"/>
     </row>
     <row r="245" spans="1:59">
       <c r="A245" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B245" t="s">
         <v>24</v>
       </c>
       <c r="C245" t="s">
         <v>35</v>
       </c>
       <c r="D245" s="9">
         <v>11303.297</v>
       </c>
       <c r="F245" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G245" t="s">
         <v>24</v>
       </c>
       <c r="H245" t="s">
         <v>35</v>
       </c>
@@ -30814,52 +33155,62 @@
       </c>
       <c r="AO245" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP245" t="s">
         <v>24</v>
       </c>
       <c r="AQ245" t="s">
         <v>35</v>
       </c>
       <c r="AR245" s="9">
         <v>9487.8639999999996</v>
       </c>
       <c r="AT245" s="1">
         <v>45952.666666666664</v>
       </c>
       <c r="AU245" t="s">
         <v>24</v>
       </c>
       <c r="AV245" t="s">
         <v>35</v>
       </c>
       <c r="AW245" s="9">
         <v>8024.14</v>
       </c>
-      <c r="AY245" s="1"/>
-      <c r="BB245" s="9"/>
+      <c r="AY245" s="1">
+        <v>45991.666666666664</v>
+      </c>
+      <c r="AZ245" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA245" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB245" s="9">
+        <v>7110.6959999999999</v>
+      </c>
       <c r="BD245" s="1"/>
       <c r="BG245" s="9"/>
     </row>
     <row r="246" spans="1:59">
       <c r="A246" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B246" t="s">
         <v>24</v>
       </c>
       <c r="C246" t="s">
         <v>36</v>
       </c>
       <c r="D246" s="9">
         <v>278825.23200000002</v>
       </c>
       <c r="F246" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G246" t="s">
         <v>24</v>
       </c>
       <c r="H246" t="s">
         <v>36</v>
       </c>
@@ -30940,52 +33291,62 @@
       </c>
       <c r="AO246" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP246" t="s">
         <v>24</v>
       </c>
       <c r="AQ246" t="s">
         <v>36</v>
       </c>
       <c r="AR246" s="9">
         <v>256754.78400000001</v>
       </c>
       <c r="AT246" s="1">
         <v>45952.666666666664</v>
       </c>
       <c r="AU246" t="s">
         <v>24</v>
       </c>
       <c r="AV246" t="s">
         <v>36</v>
       </c>
       <c r="AW246" s="9">
         <v>241084.614</v>
       </c>
-      <c r="AY246" s="1"/>
-      <c r="BB246" s="9"/>
+      <c r="AY246" s="1">
+        <v>45991.666666666664</v>
+      </c>
+      <c r="AZ246" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA246" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB246" s="9">
+        <v>212146.06599999999</v>
+      </c>
       <c r="BD246" s="1"/>
       <c r="BG246" s="9"/>
     </row>
     <row r="247" spans="1:59">
       <c r="A247" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B247" t="s">
         <v>24</v>
       </c>
       <c r="C247" t="s">
         <v>37</v>
       </c>
       <c r="D247" s="9">
         <v>126637.04</v>
       </c>
       <c r="F247" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G247" t="s">
         <v>24</v>
       </c>
       <c r="H247" t="s">
         <v>37</v>
       </c>
@@ -31066,52 +33427,62 @@
       </c>
       <c r="AO247" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP247" t="s">
         <v>24</v>
       </c>
       <c r="AQ247" t="s">
         <v>37</v>
       </c>
       <c r="AR247" s="9">
         <v>92959.538</v>
       </c>
       <c r="AT247" s="1">
         <v>45952.666666666664</v>
       </c>
       <c r="AU247" t="s">
         <v>24</v>
       </c>
       <c r="AV247" t="s">
         <v>37</v>
       </c>
       <c r="AW247" s="9">
         <v>86746.653999999995</v>
       </c>
-      <c r="AY247" s="1"/>
-      <c r="BB247" s="9"/>
+      <c r="AY247" s="1">
+        <v>45991.666666666664</v>
+      </c>
+      <c r="AZ247" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA247" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB247" s="9">
+        <v>87720.244000000006</v>
+      </c>
       <c r="BD247" s="1"/>
       <c r="BG247" s="9"/>
     </row>
     <row r="248" spans="1:59">
       <c r="A248" s="1">
         <v>45665.666666666664</v>
       </c>
       <c r="B248" t="s">
         <v>24</v>
       </c>
       <c r="C248" t="s">
         <v>38</v>
       </c>
       <c r="D248" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F248" s="1">
         <v>45694.666666666664</v>
       </c>
       <c r="G248" t="s">
         <v>24</v>
       </c>
       <c r="H248" t="s">
         <v>38</v>
       </c>
@@ -31192,52 +33563,62 @@
       </c>
       <c r="AO248" s="1">
         <v>45925.666666666664</v>
       </c>
       <c r="AP248" t="s">
         <v>24</v>
       </c>
       <c r="AQ248" t="s">
         <v>38</v>
       </c>
       <c r="AR248" s="9">
         <v>0</v>
       </c>
       <c r="AT248" s="1">
         <v>45952.666666666664</v>
       </c>
       <c r="AU248" t="s">
         <v>24</v>
       </c>
       <c r="AV248" t="s">
         <v>38</v>
       </c>
       <c r="AW248" s="9">
         <v>0</v>
       </c>
-      <c r="AY248" s="1"/>
-      <c r="BB248" s="9"/>
+      <c r="AY248" s="1">
+        <v>45991.666666666664</v>
+      </c>
+      <c r="AZ248" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA248" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB248" s="9">
+        <v>2097.067</v>
+      </c>
       <c r="BD248" s="1"/>
       <c r="BG248" s="9"/>
     </row>
     <row r="249" spans="1:59">
       <c r="A249" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B249" t="s">
         <v>24</v>
       </c>
       <c r="C249" t="s">
         <v>25</v>
       </c>
       <c r="D249" s="9">
         <v>819035.57</v>
       </c>
       <c r="F249" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G249" t="s">
         <v>24</v>
       </c>
       <c r="H249" t="s">
         <v>25</v>
       </c>
@@ -31318,52 +33699,62 @@
       </c>
       <c r="AO249" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP249" t="s">
         <v>24</v>
       </c>
       <c r="AQ249" t="s">
         <v>25</v>
       </c>
       <c r="AR249" s="9">
         <v>513309.47200000001</v>
       </c>
       <c r="AT249" s="1">
         <v>45952.708333333336</v>
       </c>
       <c r="AU249" t="s">
         <v>24</v>
       </c>
       <c r="AV249" t="s">
         <v>25</v>
       </c>
       <c r="AW249" s="9">
         <v>511486.527</v>
       </c>
-      <c r="AY249" s="1"/>
-      <c r="BB249" s="9"/>
+      <c r="AY249" s="1">
+        <v>45991.708333333336</v>
+      </c>
+      <c r="AZ249" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA249" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB249" s="9">
+        <v>729912.44</v>
+      </c>
       <c r="BD249" s="1"/>
       <c r="BG249" s="9"/>
     </row>
     <row r="250" spans="1:59">
       <c r="A250" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B250" t="s">
         <v>24</v>
       </c>
       <c r="C250" t="s">
         <v>26</v>
       </c>
       <c r="D250" s="9">
         <v>2080.373</v>
       </c>
       <c r="F250" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G250" t="s">
         <v>24</v>
       </c>
       <c r="H250" t="s">
         <v>26</v>
       </c>
@@ -31444,52 +33835,62 @@
       </c>
       <c r="AO250" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP250" t="s">
         <v>24</v>
       </c>
       <c r="AQ250" t="s">
         <v>26</v>
       </c>
       <c r="AR250" s="9">
         <v>0</v>
       </c>
       <c r="AT250" s="1">
         <v>45952.708333333336</v>
       </c>
       <c r="AU250" t="s">
         <v>24</v>
       </c>
       <c r="AV250" t="s">
         <v>26</v>
       </c>
       <c r="AW250" s="9">
         <v>2089.2220000000002</v>
       </c>
-      <c r="AY250" s="1"/>
-      <c r="BB250" s="9"/>
+      <c r="AY250" s="1">
+        <v>45991.708333333336</v>
+      </c>
+      <c r="AZ250" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA250" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB250" s="9">
+        <v>2005.1559999999999</v>
+      </c>
       <c r="BD250" s="1"/>
       <c r="BG250" s="9"/>
     </row>
     <row r="251" spans="1:59">
       <c r="A251" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B251" t="s">
         <v>24</v>
       </c>
       <c r="C251" t="s">
         <v>27</v>
       </c>
       <c r="D251" s="9">
         <v>73.858999999999995</v>
       </c>
       <c r="F251" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G251" t="s">
         <v>24</v>
       </c>
       <c r="H251" t="s">
         <v>27</v>
       </c>
@@ -31570,52 +33971,62 @@
       </c>
       <c r="AO251" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP251" t="s">
         <v>24</v>
       </c>
       <c r="AQ251" t="s">
         <v>27</v>
       </c>
       <c r="AR251" s="9">
         <v>6.4569999999999999</v>
       </c>
       <c r="AT251" s="1">
         <v>45952.708333333336</v>
       </c>
       <c r="AU251" t="s">
         <v>24</v>
       </c>
       <c r="AV251" t="s">
         <v>27</v>
       </c>
       <c r="AW251" s="9">
         <v>16.983000000000001</v>
       </c>
-      <c r="AY251" s="1"/>
-      <c r="BB251" s="9"/>
+      <c r="AY251" s="1">
+        <v>45991.708333333336</v>
+      </c>
+      <c r="AZ251" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA251" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB251" s="9">
+        <v>35.268999999999998</v>
+      </c>
       <c r="BD251" s="1"/>
       <c r="BG251" s="9"/>
     </row>
     <row r="252" spans="1:59">
       <c r="A252" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B252" t="s">
         <v>24</v>
       </c>
       <c r="C252" t="s">
         <v>28</v>
       </c>
       <c r="D252" s="9">
         <v>11451.62</v>
       </c>
       <c r="F252" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G252" t="s">
         <v>24</v>
       </c>
       <c r="H252" t="s">
         <v>28</v>
       </c>
@@ -31696,52 +34107,62 @@
       </c>
       <c r="AO252" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP252" t="s">
         <v>24</v>
       </c>
       <c r="AQ252" t="s">
         <v>28</v>
       </c>
       <c r="AR252" s="9">
         <v>801.41</v>
       </c>
       <c r="AT252" s="1">
         <v>45952.708333333336</v>
       </c>
       <c r="AU252" t="s">
         <v>24</v>
       </c>
       <c r="AV252" t="s">
         <v>28</v>
       </c>
       <c r="AW252" s="9">
         <v>924.68100000000004</v>
       </c>
-      <c r="AY252" s="1"/>
-      <c r="BB252" s="9"/>
+      <c r="AY252" s="1">
+        <v>45991.708333333336</v>
+      </c>
+      <c r="AZ252" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA252" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB252" s="9">
+        <v>1736.162</v>
+      </c>
       <c r="BD252" s="1"/>
       <c r="BG252" s="9"/>
     </row>
     <row r="253" spans="1:59">
       <c r="A253" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B253" t="s">
         <v>24</v>
       </c>
       <c r="C253" t="s">
         <v>29</v>
       </c>
       <c r="D253" s="9">
         <v>18085.316999999999</v>
       </c>
       <c r="F253" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G253" t="s">
         <v>24</v>
       </c>
       <c r="H253" t="s">
         <v>29</v>
       </c>
@@ -31822,52 +34243,62 @@
       </c>
       <c r="AO253" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP253" t="s">
         <v>24</v>
       </c>
       <c r="AQ253" t="s">
         <v>29</v>
       </c>
       <c r="AR253" s="9">
         <v>20357.202000000001</v>
       </c>
       <c r="AT253" s="1">
         <v>45952.708333333336</v>
       </c>
       <c r="AU253" t="s">
         <v>24</v>
       </c>
       <c r="AV253" t="s">
         <v>29</v>
       </c>
       <c r="AW253" s="9">
         <v>19557.892</v>
       </c>
-      <c r="AY253" s="1"/>
-      <c r="BB253" s="9"/>
+      <c r="AY253" s="1">
+        <v>45991.708333333336</v>
+      </c>
+      <c r="AZ253" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA253" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB253" s="9">
+        <v>14351.65</v>
+      </c>
       <c r="BD253" s="1"/>
       <c r="BG253" s="9"/>
     </row>
     <row r="254" spans="1:59">
       <c r="A254" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B254" t="s">
         <v>24</v>
       </c>
       <c r="C254" t="s">
         <v>30</v>
       </c>
       <c r="D254" s="9">
         <v>47201.180999999997</v>
       </c>
       <c r="F254" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G254" t="s">
         <v>24</v>
       </c>
       <c r="H254" t="s">
         <v>30</v>
       </c>
@@ -31948,52 +34379,62 @@
       </c>
       <c r="AO254" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP254" t="s">
         <v>24</v>
       </c>
       <c r="AQ254" t="s">
         <v>30</v>
       </c>
       <c r="AR254" s="9">
         <v>54118.118000000002</v>
       </c>
       <c r="AT254" s="1">
         <v>45952.708333333336</v>
       </c>
       <c r="AU254" t="s">
         <v>24</v>
       </c>
       <c r="AV254" t="s">
         <v>30</v>
       </c>
       <c r="AW254" s="9">
         <v>47919.447</v>
       </c>
-      <c r="AY254" s="1"/>
-      <c r="BB254" s="9"/>
+      <c r="AY254" s="1">
+        <v>45991.708333333336</v>
+      </c>
+      <c r="AZ254" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA254" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB254" s="9">
+        <v>38950.277000000002</v>
+      </c>
       <c r="BD254" s="1"/>
       <c r="BG254" s="9"/>
     </row>
     <row r="255" spans="1:59">
       <c r="A255" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B255" t="s">
         <v>24</v>
       </c>
       <c r="C255" t="s">
         <v>31</v>
       </c>
       <c r="D255" s="9">
         <v>74409.173999999999</v>
       </c>
       <c r="F255" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G255" t="s">
         <v>24</v>
       </c>
       <c r="H255" t="s">
         <v>31</v>
       </c>
@@ -32074,52 +34515,62 @@
       </c>
       <c r="AO255" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP255" t="s">
         <v>24</v>
       </c>
       <c r="AQ255" t="s">
         <v>31</v>
       </c>
       <c r="AR255" s="9">
         <v>80079.754000000001</v>
       </c>
       <c r="AT255" s="1">
         <v>45952.708333333336</v>
       </c>
       <c r="AU255" t="s">
         <v>24</v>
       </c>
       <c r="AV255" t="s">
         <v>31</v>
       </c>
       <c r="AW255" s="9">
         <v>75561.506999999998</v>
       </c>
-      <c r="AY255" s="1"/>
-      <c r="BB255" s="9"/>
+      <c r="AY255" s="1">
+        <v>45991.708333333336</v>
+      </c>
+      <c r="AZ255" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA255" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB255" s="9">
+        <v>59833.606</v>
+      </c>
       <c r="BD255" s="1"/>
       <c r="BG255" s="9"/>
     </row>
     <row r="256" spans="1:59">
       <c r="A256" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B256" t="s">
         <v>24</v>
       </c>
       <c r="C256" t="s">
         <v>32</v>
       </c>
       <c r="D256" s="9">
         <v>13268.392</v>
       </c>
       <c r="F256" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G256" t="s">
         <v>24</v>
       </c>
       <c r="H256" t="s">
         <v>32</v>
       </c>
@@ -32200,52 +34651,62 @@
       </c>
       <c r="AO256" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP256" t="s">
         <v>24</v>
       </c>
       <c r="AQ256" t="s">
         <v>32</v>
       </c>
       <c r="AR256" s="9">
         <v>12997.69</v>
       </c>
       <c r="AT256" s="1">
         <v>45952.708333333336</v>
       </c>
       <c r="AU256" t="s">
         <v>24</v>
       </c>
       <c r="AV256" t="s">
         <v>32</v>
       </c>
       <c r="AW256" s="9">
         <v>12638.754999999999</v>
       </c>
-      <c r="AY256" s="1"/>
-      <c r="BB256" s="9"/>
+      <c r="AY256" s="1">
+        <v>45991.708333333336</v>
+      </c>
+      <c r="AZ256" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA256" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB256" s="9">
+        <v>10346.295</v>
+      </c>
       <c r="BD256" s="1"/>
       <c r="BG256" s="9"/>
     </row>
     <row r="257" spans="1:59">
       <c r="A257" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B257" t="s">
         <v>24</v>
       </c>
       <c r="C257" t="s">
         <v>33</v>
       </c>
       <c r="D257" s="9">
         <v>65556.239000000001</v>
       </c>
       <c r="F257" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G257" t="s">
         <v>24</v>
       </c>
       <c r="H257" t="s">
         <v>33</v>
       </c>
@@ -32326,52 +34787,62 @@
       </c>
       <c r="AO257" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP257" t="s">
         <v>24</v>
       </c>
       <c r="AQ257" t="s">
         <v>33</v>
       </c>
       <c r="AR257" s="9">
         <v>67156.354999999996</v>
       </c>
       <c r="AT257" s="1">
         <v>45952.708333333336</v>
       </c>
       <c r="AU257" t="s">
         <v>24</v>
       </c>
       <c r="AV257" t="s">
         <v>33</v>
       </c>
       <c r="AW257" s="9">
         <v>81153.774000000005</v>
       </c>
-      <c r="AY257" s="1"/>
-      <c r="BB257" s="9"/>
+      <c r="AY257" s="1">
+        <v>45991.708333333336</v>
+      </c>
+      <c r="AZ257" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA257" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB257" s="9">
+        <v>58643.552000000003</v>
+      </c>
       <c r="BD257" s="1"/>
       <c r="BG257" s="9"/>
     </row>
     <row r="258" spans="1:59">
       <c r="A258" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B258" t="s">
         <v>24</v>
       </c>
       <c r="C258" t="s">
         <v>34</v>
       </c>
       <c r="D258" s="9">
         <v>41642.300000000003</v>
       </c>
       <c r="F258" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G258" t="s">
         <v>24</v>
       </c>
       <c r="H258" t="s">
         <v>34</v>
       </c>
@@ -32452,52 +34923,62 @@
       </c>
       <c r="AO258" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP258" t="s">
         <v>24</v>
       </c>
       <c r="AQ258" t="s">
         <v>34</v>
       </c>
       <c r="AR258" s="9">
         <v>99582</v>
       </c>
       <c r="AT258" s="1">
         <v>45952.708333333336</v>
       </c>
       <c r="AU258" t="s">
         <v>24</v>
       </c>
       <c r="AV258" t="s">
         <v>34</v>
       </c>
       <c r="AW258" s="9">
         <v>50299.9</v>
       </c>
-      <c r="AY258" s="1"/>
-      <c r="BB258" s="9"/>
+      <c r="AY258" s="1">
+        <v>45991.708333333336</v>
+      </c>
+      <c r="AZ258" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA258" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB258" s="9">
+        <v>100752.4</v>
+      </c>
       <c r="BD258" s="1"/>
       <c r="BG258" s="9"/>
     </row>
     <row r="259" spans="1:59">
       <c r="A259" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B259" t="s">
         <v>24</v>
       </c>
       <c r="C259" t="s">
         <v>35</v>
       </c>
       <c r="D259" s="9">
         <v>11116.679</v>
       </c>
       <c r="F259" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G259" t="s">
         <v>24</v>
       </c>
       <c r="H259" t="s">
         <v>35</v>
       </c>
@@ -32578,52 +35059,62 @@
       </c>
       <c r="AO259" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP259" t="s">
         <v>24</v>
       </c>
       <c r="AQ259" t="s">
         <v>35</v>
       </c>
       <c r="AR259" s="9">
         <v>8896.9359999999997</v>
       </c>
       <c r="AT259" s="1">
         <v>45952.708333333336</v>
       </c>
       <c r="AU259" t="s">
         <v>24</v>
       </c>
       <c r="AV259" t="s">
         <v>35</v>
       </c>
       <c r="AW259" s="9">
         <v>7430.2539999999999</v>
       </c>
-      <c r="AY259" s="1"/>
-      <c r="BB259" s="9"/>
+      <c r="AY259" s="1">
+        <v>45991.708333333336</v>
+      </c>
+      <c r="AZ259" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA259" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB259" s="9">
+        <v>7111.38</v>
+      </c>
       <c r="BD259" s="1"/>
       <c r="BG259" s="9"/>
     </row>
     <row r="260" spans="1:59">
       <c r="A260" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B260" t="s">
         <v>24</v>
       </c>
       <c r="C260" t="s">
         <v>36</v>
       </c>
       <c r="D260" s="9">
         <v>265691.61900000001</v>
       </c>
       <c r="F260" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G260" t="s">
         <v>24</v>
       </c>
       <c r="H260" t="s">
         <v>36</v>
       </c>
@@ -32704,52 +35195,62 @@
       </c>
       <c r="AO260" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP260" t="s">
         <v>24</v>
       </c>
       <c r="AQ260" t="s">
         <v>36</v>
       </c>
       <c r="AR260" s="9">
         <v>241909.56700000001</v>
       </c>
       <c r="AT260" s="1">
         <v>45952.708333333336</v>
       </c>
       <c r="AU260" t="s">
         <v>24</v>
       </c>
       <c r="AV260" t="s">
         <v>36</v>
       </c>
       <c r="AW260" s="9">
         <v>225158.27600000001</v>
       </c>
-      <c r="AY260" s="1"/>
-      <c r="BB260" s="9"/>
+      <c r="AY260" s="1">
+        <v>45991.708333333336</v>
+      </c>
+      <c r="AZ260" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA260" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB260" s="9">
+        <v>206628.33</v>
+      </c>
       <c r="BD260" s="1"/>
       <c r="BG260" s="9"/>
     </row>
     <row r="261" spans="1:59">
       <c r="A261" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B261" t="s">
         <v>24</v>
       </c>
       <c r="C261" t="s">
         <v>37</v>
       </c>
       <c r="D261" s="9">
         <v>117847.751</v>
       </c>
       <c r="F261" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G261" t="s">
         <v>24</v>
       </c>
       <c r="H261" t="s">
         <v>37</v>
       </c>
@@ -32830,52 +35331,62 @@
       </c>
       <c r="AO261" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP261" t="s">
         <v>24</v>
       </c>
       <c r="AQ261" t="s">
         <v>37</v>
       </c>
       <c r="AR261" s="9">
         <v>83516.379000000001</v>
       </c>
       <c r="AT261" s="1">
         <v>45952.708333333336</v>
       </c>
       <c r="AU261" t="s">
         <v>24</v>
       </c>
       <c r="AV261" t="s">
         <v>37</v>
       </c>
       <c r="AW261" s="9">
         <v>78959.152000000002</v>
       </c>
-      <c r="AY261" s="1"/>
-      <c r="BB261" s="9"/>
+      <c r="AY261" s="1">
+        <v>45991.708333333336</v>
+      </c>
+      <c r="AZ261" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA261" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB261" s="9">
+        <v>85066.736999999994</v>
+      </c>
       <c r="BD261" s="1"/>
       <c r="BG261" s="9"/>
     </row>
     <row r="262" spans="1:59">
       <c r="A262" s="1">
         <v>45665.708333333336</v>
       </c>
       <c r="B262" t="s">
         <v>24</v>
       </c>
       <c r="C262" t="s">
         <v>38</v>
       </c>
       <c r="D262" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F262" s="1">
         <v>45694.708333333336</v>
       </c>
       <c r="G262" t="s">
         <v>24</v>
       </c>
       <c r="H262" t="s">
         <v>38</v>
       </c>
@@ -32956,52 +35467,62 @@
       </c>
       <c r="AO262" s="1">
         <v>45925.708333333336</v>
       </c>
       <c r="AP262" t="s">
         <v>24</v>
       </c>
       <c r="AQ262" t="s">
         <v>38</v>
       </c>
       <c r="AR262" s="9">
         <v>0</v>
       </c>
       <c r="AT262" s="1">
         <v>45952.708333333336</v>
       </c>
       <c r="AU262" t="s">
         <v>24</v>
       </c>
       <c r="AV262" t="s">
         <v>38</v>
       </c>
       <c r="AW262" s="9">
         <v>2108.2910000000002</v>
       </c>
-      <c r="AY262" s="1"/>
-      <c r="BB262" s="9"/>
+      <c r="AY262" s="1">
+        <v>45991.708333333336</v>
+      </c>
+      <c r="AZ262" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA262" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB262" s="9">
+        <v>2097.067</v>
+      </c>
       <c r="BD262" s="1"/>
       <c r="BG262" s="9"/>
     </row>
     <row r="263" spans="1:59">
       <c r="A263" s="1">
         <v>45665.75</v>
       </c>
       <c r="B263" t="s">
         <v>24</v>
       </c>
       <c r="C263" t="s">
         <v>25</v>
       </c>
       <c r="D263" s="9">
         <v>822778.66</v>
       </c>
       <c r="F263" s="1">
         <v>45694.75</v>
       </c>
       <c r="G263" t="s">
         <v>24</v>
       </c>
       <c r="H263" t="s">
         <v>25</v>
       </c>
@@ -33082,52 +35603,62 @@
       </c>
       <c r="AO263" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP263" t="s">
         <v>24</v>
       </c>
       <c r="AQ263" t="s">
         <v>25</v>
       </c>
       <c r="AR263" s="9">
         <v>523208.59899999999</v>
       </c>
       <c r="AT263" s="1">
         <v>45952.75</v>
       </c>
       <c r="AU263" t="s">
         <v>24</v>
       </c>
       <c r="AV263" t="s">
         <v>25</v>
       </c>
       <c r="AW263" s="9">
         <v>545876.22</v>
       </c>
-      <c r="AY263" s="1"/>
-      <c r="BB263" s="9"/>
+      <c r="AY263" s="1">
+        <v>45991.75</v>
+      </c>
+      <c r="AZ263" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA263" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB263" s="9">
+        <v>698054.29399999999</v>
+      </c>
       <c r="BD263" s="1"/>
       <c r="BG263" s="9"/>
     </row>
     <row r="264" spans="1:59">
       <c r="A264" s="1">
         <v>45665.75</v>
       </c>
       <c r="B264" t="s">
         <v>24</v>
       </c>
       <c r="C264" t="s">
         <v>26</v>
       </c>
       <c r="D264" s="9">
         <v>2080.373</v>
       </c>
       <c r="F264" s="1">
         <v>45694.75</v>
       </c>
       <c r="G264" t="s">
         <v>24</v>
       </c>
       <c r="H264" t="s">
         <v>26</v>
       </c>
@@ -33208,52 +35739,62 @@
       </c>
       <c r="AO264" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP264" t="s">
         <v>24</v>
       </c>
       <c r="AQ264" t="s">
         <v>26</v>
       </c>
       <c r="AR264" s="9">
         <v>2214.1379999999999</v>
       </c>
       <c r="AT264" s="1">
         <v>45952.75</v>
       </c>
       <c r="AU264" t="s">
         <v>24</v>
       </c>
       <c r="AV264" t="s">
         <v>26</v>
       </c>
       <c r="AW264" s="9">
         <v>2089.2220000000002</v>
       </c>
-      <c r="AY264" s="1"/>
-      <c r="BB264" s="9"/>
+      <c r="AY264" s="1">
+        <v>45991.75</v>
+      </c>
+      <c r="AZ264" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA264" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB264" s="9">
+        <v>2005.1559999999999</v>
+      </c>
       <c r="BD264" s="1"/>
       <c r="BG264" s="9"/>
     </row>
     <row r="265" spans="1:59">
       <c r="A265" s="1">
         <v>45665.75</v>
       </c>
       <c r="B265" t="s">
         <v>24</v>
       </c>
       <c r="C265" t="s">
         <v>27</v>
       </c>
       <c r="D265" s="9">
         <v>70.771000000000001</v>
       </c>
       <c r="F265" s="1">
         <v>45694.75</v>
       </c>
       <c r="G265" t="s">
         <v>24</v>
       </c>
       <c r="H265" t="s">
         <v>27</v>
       </c>
@@ -33334,52 +35875,62 @@
       </c>
       <c r="AO265" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP265" t="s">
         <v>24</v>
       </c>
       <c r="AQ265" t="s">
         <v>27</v>
       </c>
       <c r="AR265" s="9">
         <v>1.573</v>
       </c>
       <c r="AT265" s="1">
         <v>45952.75</v>
       </c>
       <c r="AU265" t="s">
         <v>24</v>
       </c>
       <c r="AV265" t="s">
         <v>27</v>
       </c>
       <c r="AW265" s="9">
         <v>16.440000000000001</v>
       </c>
-      <c r="AY265" s="1"/>
-      <c r="BB265" s="9"/>
+      <c r="AY265" s="1">
+        <v>45991.75</v>
+      </c>
+      <c r="AZ265" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA265" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB265" s="9">
+        <v>22.459</v>
+      </c>
       <c r="BD265" s="1"/>
       <c r="BG265" s="9"/>
     </row>
     <row r="266" spans="1:59">
       <c r="A266" s="1">
         <v>45665.75</v>
       </c>
       <c r="B266" t="s">
         <v>24</v>
       </c>
       <c r="C266" t="s">
         <v>28</v>
       </c>
       <c r="D266" s="9">
         <v>11603.412</v>
       </c>
       <c r="F266" s="1">
         <v>45694.75</v>
       </c>
       <c r="G266" t="s">
         <v>24</v>
       </c>
       <c r="H266" t="s">
         <v>28</v>
       </c>
@@ -33460,52 +36011,62 @@
       </c>
       <c r="AO266" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP266" t="s">
         <v>24</v>
       </c>
       <c r="AQ266" t="s">
         <v>28</v>
       </c>
       <c r="AR266" s="9">
         <v>852.29200000000003</v>
       </c>
       <c r="AT266" s="1">
         <v>45952.75</v>
       </c>
       <c r="AU266" t="s">
         <v>24</v>
       </c>
       <c r="AV266" t="s">
         <v>28</v>
       </c>
       <c r="AW266" s="9">
         <v>948.84299999999996</v>
       </c>
-      <c r="AY266" s="1"/>
-      <c r="BB266" s="9"/>
+      <c r="AY266" s="1">
+        <v>45991.75</v>
+      </c>
+      <c r="AZ266" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA266" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB266" s="9">
+        <v>1663.6510000000001</v>
+      </c>
       <c r="BD266" s="1"/>
       <c r="BG266" s="9"/>
     </row>
     <row r="267" spans="1:59">
       <c r="A267" s="1">
         <v>45665.75</v>
       </c>
       <c r="B267" t="s">
         <v>24</v>
       </c>
       <c r="C267" t="s">
         <v>29</v>
       </c>
       <c r="D267" s="9">
         <v>17690.885999999999</v>
       </c>
       <c r="F267" s="1">
         <v>45694.75</v>
       </c>
       <c r="G267" t="s">
         <v>24</v>
       </c>
       <c r="H267" t="s">
         <v>29</v>
       </c>
@@ -33586,52 +36147,62 @@
       </c>
       <c r="AO267" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP267" t="s">
         <v>24</v>
       </c>
       <c r="AQ267" t="s">
         <v>29</v>
       </c>
       <c r="AR267" s="9">
         <v>19971.812999999998</v>
       </c>
       <c r="AT267" s="1">
         <v>45952.75</v>
       </c>
       <c r="AU267" t="s">
         <v>24</v>
       </c>
       <c r="AV267" t="s">
         <v>29</v>
       </c>
       <c r="AW267" s="9">
         <v>18659.424999999999</v>
       </c>
-      <c r="AY267" s="1"/>
-      <c r="BB267" s="9"/>
+      <c r="AY267" s="1">
+        <v>45991.75</v>
+      </c>
+      <c r="AZ267" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA267" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB267" s="9">
+        <v>13915.744000000001</v>
+      </c>
       <c r="BD267" s="1"/>
       <c r="BG267" s="9"/>
     </row>
     <row r="268" spans="1:59">
       <c r="A268" s="1">
         <v>45665.75</v>
       </c>
       <c r="B268" t="s">
         <v>24</v>
       </c>
       <c r="C268" t="s">
         <v>30</v>
       </c>
       <c r="D268" s="9">
         <v>44483.069000000003</v>
       </c>
       <c r="F268" s="1">
         <v>45694.75</v>
       </c>
       <c r="G268" t="s">
         <v>24</v>
       </c>
       <c r="H268" t="s">
         <v>30</v>
       </c>
@@ -33712,52 +36283,62 @@
       </c>
       <c r="AO268" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP268" t="s">
         <v>24</v>
       </c>
       <c r="AQ268" t="s">
         <v>30</v>
       </c>
       <c r="AR268" s="9">
         <v>52481.535000000003</v>
       </c>
       <c r="AT268" s="1">
         <v>45952.75</v>
       </c>
       <c r="AU268" t="s">
         <v>24</v>
       </c>
       <c r="AV268" t="s">
         <v>30</v>
       </c>
       <c r="AW268" s="9">
         <v>45883.248</v>
       </c>
-      <c r="AY268" s="1"/>
-      <c r="BB268" s="9"/>
+      <c r="AY268" s="1">
+        <v>45991.75</v>
+      </c>
+      <c r="AZ268" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA268" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB268" s="9">
+        <v>36642.406999999999</v>
+      </c>
       <c r="BD268" s="1"/>
       <c r="BG268" s="9"/>
     </row>
     <row r="269" spans="1:59">
       <c r="A269" s="1">
         <v>45665.75</v>
       </c>
       <c r="B269" t="s">
         <v>24</v>
       </c>
       <c r="C269" t="s">
         <v>31</v>
       </c>
       <c r="D269" s="9">
         <v>72866.285999999993</v>
       </c>
       <c r="F269" s="1">
         <v>45694.75</v>
       </c>
       <c r="G269" t="s">
         <v>24</v>
       </c>
       <c r="H269" t="s">
         <v>31</v>
       </c>
@@ -33838,52 +36419,62 @@
       </c>
       <c r="AO269" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP269" t="s">
         <v>24</v>
       </c>
       <c r="AQ269" t="s">
         <v>31</v>
       </c>
       <c r="AR269" s="9">
         <v>80114.504000000001</v>
       </c>
       <c r="AT269" s="1">
         <v>45952.75</v>
       </c>
       <c r="AU269" t="s">
         <v>24</v>
       </c>
       <c r="AV269" t="s">
         <v>31</v>
       </c>
       <c r="AW269" s="9">
         <v>73149.899999999994</v>
       </c>
-      <c r="AY269" s="1"/>
-      <c r="BB269" s="9"/>
+      <c r="AY269" s="1">
+        <v>45991.75</v>
+      </c>
+      <c r="AZ269" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA269" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB269" s="9">
+        <v>60329.682000000001</v>
+      </c>
       <c r="BD269" s="1"/>
       <c r="BG269" s="9"/>
     </row>
     <row r="270" spans="1:59">
       <c r="A270" s="1">
         <v>45665.75</v>
       </c>
       <c r="B270" t="s">
         <v>24</v>
       </c>
       <c r="C270" t="s">
         <v>32</v>
       </c>
       <c r="D270" s="9">
         <v>12096.513000000001</v>
       </c>
       <c r="F270" s="1">
         <v>45694.75</v>
       </c>
       <c r="G270" t="s">
         <v>24</v>
       </c>
       <c r="H270" t="s">
         <v>32</v>
       </c>
@@ -33964,52 +36555,62 @@
       </c>
       <c r="AO270" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP270" t="s">
         <v>24</v>
       </c>
       <c r="AQ270" t="s">
         <v>32</v>
       </c>
       <c r="AR270" s="9">
         <v>11725.52</v>
       </c>
       <c r="AT270" s="1">
         <v>45952.75</v>
       </c>
       <c r="AU270" t="s">
         <v>24</v>
       </c>
       <c r="AV270" t="s">
         <v>32</v>
       </c>
       <c r="AW270" s="9">
         <v>11528.01</v>
       </c>
-      <c r="AY270" s="1"/>
-      <c r="BB270" s="9"/>
+      <c r="AY270" s="1">
+        <v>45991.75</v>
+      </c>
+      <c r="AZ270" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA270" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB270" s="9">
+        <v>9917.6350000000002</v>
+      </c>
       <c r="BD270" s="1"/>
       <c r="BG270" s="9"/>
     </row>
     <row r="271" spans="1:59">
       <c r="A271" s="1">
         <v>45665.75</v>
       </c>
       <c r="B271" t="s">
         <v>24</v>
       </c>
       <c r="C271" t="s">
         <v>33</v>
       </c>
       <c r="D271" s="9">
         <v>70862.570999999996</v>
       </c>
       <c r="F271" s="1">
         <v>45694.75</v>
       </c>
       <c r="G271" t="s">
         <v>24</v>
       </c>
       <c r="H271" t="s">
         <v>33</v>
       </c>
@@ -34090,52 +36691,62 @@
       </c>
       <c r="AO271" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP271" t="s">
         <v>24</v>
       </c>
       <c r="AQ271" t="s">
         <v>33</v>
       </c>
       <c r="AR271" s="9">
         <v>62738.800999999999</v>
       </c>
       <c r="AT271" s="1">
         <v>45952.75</v>
       </c>
       <c r="AU271" t="s">
         <v>24</v>
       </c>
       <c r="AV271" t="s">
         <v>33</v>
       </c>
       <c r="AW271" s="9">
         <v>83092.126000000004</v>
       </c>
-      <c r="AY271" s="1"/>
-      <c r="BB271" s="9"/>
+      <c r="AY271" s="1">
+        <v>45991.75</v>
+      </c>
+      <c r="AZ271" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA271" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB271" s="9">
+        <v>56994.834000000003</v>
+      </c>
       <c r="BD271" s="1"/>
       <c r="BG271" s="9"/>
     </row>
     <row r="272" spans="1:59">
       <c r="A272" s="1">
         <v>45665.75</v>
       </c>
       <c r="B272" t="s">
         <v>24</v>
       </c>
       <c r="C272" t="s">
         <v>34</v>
       </c>
       <c r="D272" s="9">
         <v>40350.9</v>
       </c>
       <c r="F272" s="1">
         <v>45694.75</v>
       </c>
       <c r="G272" t="s">
         <v>24</v>
       </c>
       <c r="H272" t="s">
         <v>34</v>
       </c>
@@ -34216,52 +36827,62 @@
       </c>
       <c r="AO272" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP272" t="s">
         <v>24</v>
       </c>
       <c r="AQ272" t="s">
         <v>34</v>
       </c>
       <c r="AR272" s="9">
         <v>101334.39999999999</v>
       </c>
       <c r="AT272" s="1">
         <v>45952.75</v>
       </c>
       <c r="AU272" t="s">
         <v>24</v>
       </c>
       <c r="AV272" t="s">
         <v>34</v>
       </c>
       <c r="AW272" s="9">
         <v>53884.2</v>
       </c>
-      <c r="AY272" s="1"/>
-      <c r="BB272" s="9"/>
+      <c r="AY272" s="1">
+        <v>45991.75</v>
+      </c>
+      <c r="AZ272" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA272" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB272" s="9">
+        <v>116243.9</v>
+      </c>
       <c r="BD272" s="1"/>
       <c r="BG272" s="9"/>
     </row>
     <row r="273" spans="1:59">
       <c r="A273" s="1">
         <v>45665.75</v>
       </c>
       <c r="B273" t="s">
         <v>24</v>
       </c>
       <c r="C273" t="s">
         <v>35</v>
       </c>
       <c r="D273" s="9">
         <v>10720.508</v>
       </c>
       <c r="F273" s="1">
         <v>45694.75</v>
       </c>
       <c r="G273" t="s">
         <v>24</v>
       </c>
       <c r="H273" t="s">
         <v>35</v>
       </c>
@@ -34342,52 +36963,62 @@
       </c>
       <c r="AO273" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP273" t="s">
         <v>24</v>
       </c>
       <c r="AQ273" t="s">
         <v>35</v>
       </c>
       <c r="AR273" s="9">
         <v>8784.473</v>
       </c>
       <c r="AT273" s="1">
         <v>45952.75</v>
       </c>
       <c r="AU273" t="s">
         <v>24</v>
       </c>
       <c r="AV273" t="s">
         <v>35</v>
       </c>
       <c r="AW273" s="9">
         <v>7397.1880000000001</v>
       </c>
-      <c r="AY273" s="1"/>
-      <c r="BB273" s="9"/>
+      <c r="AY273" s="1">
+        <v>45991.75</v>
+      </c>
+      <c r="AZ273" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA273" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB273" s="9">
+        <v>6965.0249999999996</v>
+      </c>
       <c r="BD273" s="1"/>
       <c r="BG273" s="9"/>
     </row>
     <row r="274" spans="1:59">
       <c r="A274" s="1">
         <v>45665.75</v>
       </c>
       <c r="B274" t="s">
         <v>24</v>
       </c>
       <c r="C274" t="s">
         <v>36</v>
       </c>
       <c r="D274" s="9">
         <v>251412.37</v>
       </c>
       <c r="F274" s="1">
         <v>45694.75</v>
       </c>
       <c r="G274" t="s">
         <v>24</v>
       </c>
       <c r="H274" t="s">
         <v>36</v>
       </c>
@@ -34468,52 +37099,62 @@
       </c>
       <c r="AO274" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP274" t="s">
         <v>24</v>
       </c>
       <c r="AQ274" t="s">
         <v>36</v>
       </c>
       <c r="AR274" s="9">
         <v>232643.24400000001</v>
       </c>
       <c r="AT274" s="1">
         <v>45952.75</v>
       </c>
       <c r="AU274" t="s">
         <v>24</v>
       </c>
       <c r="AV274" t="s">
         <v>36</v>
       </c>
       <c r="AW274" s="9">
         <v>215693.38200000001</v>
       </c>
-      <c r="AY274" s="1"/>
-      <c r="BB274" s="9"/>
+      <c r="AY274" s="1">
+        <v>45991.75</v>
+      </c>
+      <c r="AZ274" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA274" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB274" s="9">
+        <v>198241.37899999999</v>
+      </c>
       <c r="BD274" s="1"/>
       <c r="BG274" s="9"/>
     </row>
     <row r="275" spans="1:59">
       <c r="A275" s="1">
         <v>45665.75</v>
       </c>
       <c r="B275" t="s">
         <v>24</v>
       </c>
       <c r="C275" t="s">
         <v>37</v>
       </c>
       <c r="D275" s="9">
         <v>111060.823</v>
       </c>
       <c r="F275" s="1">
         <v>45694.75</v>
       </c>
       <c r="G275" t="s">
         <v>24</v>
       </c>
       <c r="H275" t="s">
         <v>37</v>
       </c>
@@ -34594,52 +37235,62 @@
       </c>
       <c r="AO275" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP275" t="s">
         <v>24</v>
       </c>
       <c r="AQ275" t="s">
         <v>37</v>
       </c>
       <c r="AR275" s="9">
         <v>80450.224000000002</v>
       </c>
       <c r="AT275" s="1">
         <v>45952.75</v>
       </c>
       <c r="AU275" t="s">
         <v>24</v>
       </c>
       <c r="AV275" t="s">
         <v>37</v>
       </c>
       <c r="AW275" s="9">
         <v>77630.744999999995</v>
       </c>
-      <c r="AY275" s="1"/>
-      <c r="BB275" s="9"/>
+      <c r="AY275" s="1">
+        <v>45991.75</v>
+      </c>
+      <c r="AZ275" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA275" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB275" s="9">
+        <v>82047.002999999997</v>
+      </c>
       <c r="BD275" s="1"/>
       <c r="BG275" s="9"/>
     </row>
     <row r="276" spans="1:59">
       <c r="A276" s="1">
         <v>45665.75</v>
       </c>
       <c r="B276" t="s">
         <v>24</v>
       </c>
       <c r="C276" t="s">
         <v>38</v>
       </c>
       <c r="D276" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F276" s="1">
         <v>45694.75</v>
       </c>
       <c r="G276" t="s">
         <v>24</v>
       </c>
       <c r="H276" t="s">
         <v>38</v>
       </c>
@@ -34720,52 +37371,62 @@
       </c>
       <c r="AO276" s="1">
         <v>45925.75</v>
       </c>
       <c r="AP276" t="s">
         <v>24</v>
       </c>
       <c r="AQ276" t="s">
         <v>38</v>
       </c>
       <c r="AR276" s="9">
         <v>2311.8490000000002</v>
       </c>
       <c r="AT276" s="1">
         <v>45952.75</v>
       </c>
       <c r="AU276" t="s">
         <v>24</v>
       </c>
       <c r="AV276" t="s">
         <v>38</v>
       </c>
       <c r="AW276" s="9">
         <v>2108.2910000000002</v>
       </c>
-      <c r="AY276" s="1"/>
-      <c r="BB276" s="9"/>
+      <c r="AY276" s="1">
+        <v>45991.75</v>
+      </c>
+      <c r="AZ276" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA276" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB276" s="9">
+        <v>2097.067</v>
+      </c>
       <c r="BD276" s="1"/>
       <c r="BG276" s="9"/>
     </row>
     <row r="277" spans="1:59">
       <c r="A277" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B277" t="s">
         <v>24</v>
       </c>
       <c r="C277" t="s">
         <v>25</v>
       </c>
       <c r="D277" s="9">
         <v>799102.42599999998</v>
       </c>
       <c r="F277" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G277" t="s">
         <v>24</v>
       </c>
       <c r="H277" t="s">
         <v>25</v>
       </c>
@@ -34846,52 +37507,62 @@
       </c>
       <c r="AO277" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP277" t="s">
         <v>24</v>
       </c>
       <c r="AQ277" t="s">
         <v>25</v>
       </c>
       <c r="AR277" s="9">
         <v>504824.55200000003</v>
       </c>
       <c r="AT277" s="1">
         <v>45952.791666666664</v>
       </c>
       <c r="AU277" t="s">
         <v>24</v>
       </c>
       <c r="AV277" t="s">
         <v>25</v>
       </c>
       <c r="AW277" s="9">
         <v>527082.32400000002</v>
       </c>
-      <c r="AY277" s="1"/>
-      <c r="BB277" s="9"/>
+      <c r="AY277" s="1">
+        <v>45991.791666666664</v>
+      </c>
+      <c r="AZ277" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA277" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB277" s="9">
+        <v>657149.92799999996</v>
+      </c>
       <c r="BD277" s="1"/>
       <c r="BG277" s="9"/>
     </row>
     <row r="278" spans="1:59">
       <c r="A278" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B278" t="s">
         <v>24</v>
       </c>
       <c r="C278" t="s">
         <v>26</v>
       </c>
       <c r="D278" s="9">
         <v>2080.373</v>
       </c>
       <c r="F278" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G278" t="s">
         <v>24</v>
       </c>
       <c r="H278" t="s">
         <v>26</v>
       </c>
@@ -34972,52 +37643,62 @@
       </c>
       <c r="AO278" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP278" t="s">
         <v>24</v>
       </c>
       <c r="AQ278" t="s">
         <v>26</v>
       </c>
       <c r="AR278" s="9">
         <v>2214.1379999999999</v>
       </c>
       <c r="AT278" s="1">
         <v>45952.791666666664</v>
       </c>
       <c r="AU278" t="s">
         <v>24</v>
       </c>
       <c r="AV278" t="s">
         <v>26</v>
       </c>
       <c r="AW278" s="9">
         <v>2089.2220000000002</v>
       </c>
-      <c r="AY278" s="1"/>
-      <c r="BB278" s="9"/>
+      <c r="AY278" s="1">
+        <v>45991.791666666664</v>
+      </c>
+      <c r="AZ278" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA278" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB278" s="9">
+        <v>2005.1559999999999</v>
+      </c>
       <c r="BD278" s="1"/>
       <c r="BG278" s="9"/>
     </row>
     <row r="279" spans="1:59">
       <c r="A279" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B279" t="s">
         <v>24</v>
       </c>
       <c r="C279" t="s">
         <v>27</v>
       </c>
       <c r="D279" s="9">
         <v>86.119</v>
       </c>
       <c r="F279" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G279" t="s">
         <v>24</v>
       </c>
       <c r="H279" t="s">
         <v>27</v>
       </c>
@@ -35098,52 +37779,62 @@
       </c>
       <c r="AO279" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP279" t="s">
         <v>24</v>
       </c>
       <c r="AQ279" t="s">
         <v>27</v>
       </c>
       <c r="AR279" s="9">
         <v>107.199</v>
       </c>
       <c r="AT279" s="1">
         <v>45952.791666666664</v>
       </c>
       <c r="AU279" t="s">
         <v>24</v>
       </c>
       <c r="AV279" t="s">
         <v>27</v>
       </c>
       <c r="AW279" s="9">
         <v>63.045000000000002</v>
       </c>
-      <c r="AY279" s="1"/>
-      <c r="BB279" s="9"/>
+      <c r="AY279" s="1">
+        <v>45991.791666666664</v>
+      </c>
+      <c r="AZ279" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA279" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB279" s="9">
+        <v>44.155999999999999</v>
+      </c>
       <c r="BD279" s="1"/>
       <c r="BG279" s="9"/>
     </row>
     <row r="280" spans="1:59">
       <c r="A280" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B280" t="s">
         <v>24</v>
       </c>
       <c r="C280" t="s">
         <v>28</v>
       </c>
       <c r="D280" s="9">
         <v>11441.075000000001</v>
       </c>
       <c r="F280" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G280" t="s">
         <v>24</v>
       </c>
       <c r="H280" t="s">
         <v>28</v>
       </c>
@@ -35224,52 +37915,62 @@
       </c>
       <c r="AO280" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP280" t="s">
         <v>24</v>
       </c>
       <c r="AQ280" t="s">
         <v>28</v>
       </c>
       <c r="AR280" s="9">
         <v>808.33500000000004</v>
       </c>
       <c r="AT280" s="1">
         <v>45952.791666666664</v>
       </c>
       <c r="AU280" t="s">
         <v>24</v>
       </c>
       <c r="AV280" t="s">
         <v>28</v>
       </c>
       <c r="AW280" s="9">
         <v>943.70399999999995</v>
       </c>
-      <c r="AY280" s="1"/>
-      <c r="BB280" s="9"/>
+      <c r="AY280" s="1">
+        <v>45991.791666666664</v>
+      </c>
+      <c r="AZ280" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA280" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB280" s="9">
+        <v>1582.2739999999999</v>
+      </c>
       <c r="BD280" s="1"/>
       <c r="BG280" s="9"/>
     </row>
     <row r="281" spans="1:59">
       <c r="A281" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B281" t="s">
         <v>24</v>
       </c>
       <c r="C281" t="s">
         <v>29</v>
       </c>
       <c r="D281" s="9">
         <v>17008.295999999998</v>
       </c>
       <c r="F281" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G281" t="s">
         <v>24</v>
       </c>
       <c r="H281" t="s">
         <v>29</v>
       </c>
@@ -35350,52 +38051,62 @@
       </c>
       <c r="AO281" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP281" t="s">
         <v>24</v>
       </c>
       <c r="AQ281" t="s">
         <v>29</v>
       </c>
       <c r="AR281" s="9">
         <v>19517.059000000001</v>
       </c>
       <c r="AT281" s="1">
         <v>45952.791666666664</v>
       </c>
       <c r="AU281" t="s">
         <v>24</v>
       </c>
       <c r="AV281" t="s">
         <v>29</v>
       </c>
       <c r="AW281" s="9">
         <v>18663.492999999999</v>
       </c>
-      <c r="AY281" s="1"/>
-      <c r="BB281" s="9"/>
+      <c r="AY281" s="1">
+        <v>45991.791666666664</v>
+      </c>
+      <c r="AZ281" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA281" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB281" s="9">
+        <v>13432.802</v>
+      </c>
       <c r="BD281" s="1"/>
       <c r="BG281" s="9"/>
     </row>
     <row r="282" spans="1:59">
       <c r="A282" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B282" t="s">
         <v>24</v>
       </c>
       <c r="C282" t="s">
         <v>30</v>
       </c>
       <c r="D282" s="9">
         <v>42977.008999999998</v>
       </c>
       <c r="F282" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G282" t="s">
         <v>24</v>
       </c>
       <c r="H282" t="s">
         <v>30</v>
       </c>
@@ -35476,52 +38187,62 @@
       </c>
       <c r="AO282" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP282" t="s">
         <v>24</v>
       </c>
       <c r="AQ282" t="s">
         <v>30</v>
       </c>
       <c r="AR282" s="9">
         <v>50600.582999999999</v>
       </c>
       <c r="AT282" s="1">
         <v>45952.791666666664</v>
       </c>
       <c r="AU282" t="s">
         <v>24</v>
       </c>
       <c r="AV282" t="s">
         <v>30</v>
       </c>
       <c r="AW282" s="9">
         <v>44518.673999999999</v>
       </c>
-      <c r="AY282" s="1"/>
-      <c r="BB282" s="9"/>
+      <c r="AY282" s="1">
+        <v>45991.791666666664</v>
+      </c>
+      <c r="AZ282" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA282" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB282" s="9">
+        <v>35508.915999999997</v>
+      </c>
       <c r="BD282" s="1"/>
       <c r="BG282" s="9"/>
     </row>
     <row r="283" spans="1:59">
       <c r="A283" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B283" t="s">
         <v>24</v>
       </c>
       <c r="C283" t="s">
         <v>31</v>
       </c>
       <c r="D283" s="9">
         <v>71890.509999999995</v>
       </c>
       <c r="F283" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G283" t="s">
         <v>24</v>
       </c>
       <c r="H283" t="s">
         <v>31</v>
       </c>
@@ -35602,52 +38323,62 @@
       </c>
       <c r="AO283" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP283" t="s">
         <v>24</v>
       </c>
       <c r="AQ283" t="s">
         <v>31</v>
       </c>
       <c r="AR283" s="9">
         <v>79004.013999999996</v>
       </c>
       <c r="AT283" s="1">
         <v>45952.791666666664</v>
       </c>
       <c r="AU283" t="s">
         <v>24</v>
       </c>
       <c r="AV283" t="s">
         <v>31</v>
       </c>
       <c r="AW283" s="9">
         <v>71402.710999999996</v>
       </c>
-      <c r="AY283" s="1"/>
-      <c r="BB283" s="9"/>
+      <c r="AY283" s="1">
+        <v>45991.791666666664</v>
+      </c>
+      <c r="AZ283" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA283" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB283" s="9">
+        <v>60213.548000000003</v>
+      </c>
       <c r="BD283" s="1"/>
       <c r="BG283" s="9"/>
     </row>
     <row r="284" spans="1:59">
       <c r="A284" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B284" t="s">
         <v>24</v>
       </c>
       <c r="C284" t="s">
         <v>32</v>
       </c>
       <c r="D284" s="9">
         <v>12097.33</v>
       </c>
       <c r="F284" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G284" t="s">
         <v>24</v>
       </c>
       <c r="H284" t="s">
         <v>32</v>
       </c>
@@ -35728,52 +38459,62 @@
       </c>
       <c r="AO284" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP284" t="s">
         <v>24</v>
       </c>
       <c r="AQ284" t="s">
         <v>32</v>
       </c>
       <c r="AR284" s="9">
         <v>11523.25</v>
       </c>
       <c r="AT284" s="1">
         <v>45952.791666666664</v>
       </c>
       <c r="AU284" t="s">
         <v>24</v>
       </c>
       <c r="AV284" t="s">
         <v>32</v>
       </c>
       <c r="AW284" s="9">
         <v>11124.665000000001</v>
       </c>
-      <c r="AY284" s="1"/>
-      <c r="BB284" s="9"/>
+      <c r="AY284" s="1">
+        <v>45991.791666666664</v>
+      </c>
+      <c r="AZ284" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA284" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB284" s="9">
+        <v>9676.93</v>
+      </c>
       <c r="BD284" s="1"/>
       <c r="BG284" s="9"/>
     </row>
     <row r="285" spans="1:59">
       <c r="A285" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B285" t="s">
         <v>24</v>
       </c>
       <c r="C285" t="s">
         <v>33</v>
       </c>
       <c r="D285" s="9">
         <v>71346.290999999997</v>
       </c>
       <c r="F285" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G285" t="s">
         <v>24</v>
       </c>
       <c r="H285" t="s">
         <v>33</v>
       </c>
@@ -35854,52 +38595,62 @@
       </c>
       <c r="AO285" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP285" t="s">
         <v>24</v>
       </c>
       <c r="AQ285" t="s">
         <v>33</v>
       </c>
       <c r="AR285" s="9">
         <v>63337.527999999998</v>
       </c>
       <c r="AT285" s="1">
         <v>45952.791666666664</v>
       </c>
       <c r="AU285" t="s">
         <v>24</v>
       </c>
       <c r="AV285" t="s">
         <v>33</v>
       </c>
       <c r="AW285" s="9">
         <v>80241.56</v>
       </c>
-      <c r="AY285" s="1"/>
-      <c r="BB285" s="9"/>
+      <c r="AY285" s="1">
+        <v>45991.791666666664</v>
+      </c>
+      <c r="AZ285" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA285" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB285" s="9">
+        <v>57835.040999999997</v>
+      </c>
       <c r="BD285" s="1"/>
       <c r="BG285" s="9"/>
     </row>
     <row r="286" spans="1:59">
       <c r="A286" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B286" t="s">
         <v>24</v>
       </c>
       <c r="C286" t="s">
         <v>34</v>
       </c>
       <c r="D286" s="9">
         <v>38560.800000000003</v>
       </c>
       <c r="F286" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G286" t="s">
         <v>24</v>
       </c>
       <c r="H286" t="s">
         <v>34</v>
       </c>
@@ -35980,52 +38731,62 @@
       </c>
       <c r="AO286" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP286" t="s">
         <v>24</v>
       </c>
       <c r="AQ286" t="s">
         <v>34</v>
       </c>
       <c r="AR286" s="9">
         <v>102445.1</v>
       </c>
       <c r="AT286" s="1">
         <v>45952.791666666664</v>
       </c>
       <c r="AU286" t="s">
         <v>24</v>
       </c>
       <c r="AV286" t="s">
         <v>34</v>
       </c>
       <c r="AW286" s="9">
         <v>53325</v>
       </c>
-      <c r="AY286" s="1"/>
-      <c r="BB286" s="9"/>
+      <c r="AY286" s="1">
+        <v>45991.791666666664</v>
+      </c>
+      <c r="AZ286" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA286" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB286" s="9">
+        <v>98763.9</v>
+      </c>
       <c r="BD286" s="1"/>
       <c r="BG286" s="9"/>
     </row>
     <row r="287" spans="1:59">
       <c r="A287" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B287" t="s">
         <v>24</v>
       </c>
       <c r="C287" t="s">
         <v>35</v>
       </c>
       <c r="D287" s="9">
         <v>10279.401</v>
       </c>
       <c r="F287" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G287" t="s">
         <v>24</v>
       </c>
       <c r="H287" t="s">
         <v>35</v>
       </c>
@@ -36106,52 +38867,62 @@
       </c>
       <c r="AO287" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP287" t="s">
         <v>24</v>
       </c>
       <c r="AQ287" t="s">
         <v>35</v>
       </c>
       <c r="AR287" s="9">
         <v>8685.2530000000006</v>
       </c>
       <c r="AT287" s="1">
         <v>45952.791666666664</v>
       </c>
       <c r="AU287" t="s">
         <v>24</v>
       </c>
       <c r="AV287" t="s">
         <v>35</v>
       </c>
       <c r="AW287" s="9">
         <v>7084.5280000000002</v>
       </c>
-      <c r="AY287" s="1"/>
-      <c r="BB287" s="9"/>
+      <c r="AY287" s="1">
+        <v>45991.791666666664</v>
+      </c>
+      <c r="AZ287" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA287" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB287" s="9">
+        <v>6735.8320000000003</v>
+      </c>
       <c r="BD287" s="1"/>
       <c r="BG287" s="9"/>
     </row>
     <row r="288" spans="1:59">
       <c r="A288" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B288" t="s">
         <v>24</v>
       </c>
       <c r="C288" t="s">
         <v>36</v>
       </c>
       <c r="D288" s="9">
         <v>239020.81899999999</v>
       </c>
       <c r="F288" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G288" t="s">
         <v>24</v>
       </c>
       <c r="H288" t="s">
         <v>36</v>
       </c>
@@ -36232,52 +39003,62 @@
       </c>
       <c r="AO288" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP288" t="s">
         <v>24</v>
       </c>
       <c r="AQ288" t="s">
         <v>36</v>
       </c>
       <c r="AR288" s="9">
         <v>221187.01800000001</v>
       </c>
       <c r="AT288" s="1">
         <v>45952.791666666664</v>
       </c>
       <c r="AU288" t="s">
         <v>24</v>
       </c>
       <c r="AV288" t="s">
         <v>36</v>
       </c>
       <c r="AW288" s="9">
         <v>202771.85500000001</v>
       </c>
-      <c r="AY288" s="1"/>
-      <c r="BB288" s="9"/>
+      <c r="AY288" s="1">
+        <v>45991.791666666664</v>
+      </c>
+      <c r="AZ288" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA288" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB288" s="9">
+        <v>188119.946</v>
+      </c>
       <c r="BD288" s="1"/>
       <c r="BG288" s="9"/>
     </row>
     <row r="289" spans="1:59">
       <c r="A289" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B289" t="s">
         <v>24</v>
       </c>
       <c r="C289" t="s">
         <v>37</v>
       </c>
       <c r="D289" s="9">
         <v>106951.531</v>
       </c>
       <c r="F289" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G289" t="s">
         <v>24</v>
       </c>
       <c r="H289" t="s">
         <v>37</v>
       </c>
@@ -36358,52 +39139,62 @@
       </c>
       <c r="AO289" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP289" t="s">
         <v>24</v>
       </c>
       <c r="AQ289" t="s">
         <v>37</v>
       </c>
       <c r="AR289" s="9">
         <v>76839.671000000002</v>
       </c>
       <c r="AT289" s="1">
         <v>45952.791666666664</v>
       </c>
       <c r="AU289" t="s">
         <v>24</v>
       </c>
       <c r="AV289" t="s">
         <v>37</v>
       </c>
       <c r="AW289" s="9">
         <v>73302.732999999993</v>
       </c>
-      <c r="AY289" s="1"/>
-      <c r="BB289" s="9"/>
+      <c r="AY289" s="1">
+        <v>45991.791666666664</v>
+      </c>
+      <c r="AZ289" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA289" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB289" s="9">
+        <v>79427.437000000005</v>
+      </c>
       <c r="BD289" s="1"/>
       <c r="BG289" s="9"/>
     </row>
     <row r="290" spans="1:59">
       <c r="A290" s="1">
         <v>45665.791666666664</v>
       </c>
       <c r="B290" t="s">
         <v>24</v>
       </c>
       <c r="C290" t="s">
         <v>38</v>
       </c>
       <c r="D290" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F290" s="1">
         <v>45694.791666666664</v>
       </c>
       <c r="G290" t="s">
         <v>24</v>
       </c>
       <c r="H290" t="s">
         <v>38</v>
       </c>
@@ -36484,52 +39275,62 @@
       </c>
       <c r="AO290" s="1">
         <v>45925.791666666664</v>
       </c>
       <c r="AP290" t="s">
         <v>24</v>
       </c>
       <c r="AQ290" t="s">
         <v>38</v>
       </c>
       <c r="AR290" s="9">
         <v>2311.8490000000002</v>
       </c>
       <c r="AT290" s="1">
         <v>45952.791666666664</v>
       </c>
       <c r="AU290" t="s">
         <v>24</v>
       </c>
       <c r="AV290" t="s">
         <v>38</v>
       </c>
       <c r="AW290" s="9">
         <v>2108.2910000000002</v>
       </c>
-      <c r="AY290" s="1"/>
-      <c r="BB290" s="9"/>
+      <c r="AY290" s="1">
+        <v>45991.791666666664</v>
+      </c>
+      <c r="AZ290" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA290" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB290" s="9">
+        <v>2097.067</v>
+      </c>
       <c r="BD290" s="1"/>
       <c r="BG290" s="9"/>
     </row>
     <row r="291" spans="1:59">
       <c r="A291" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B291" t="s">
         <v>24</v>
       </c>
       <c r="C291" t="s">
         <v>25</v>
       </c>
       <c r="D291" s="9">
         <v>759512.47</v>
       </c>
       <c r="F291" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G291" t="s">
         <v>24</v>
       </c>
       <c r="H291" t="s">
         <v>25</v>
       </c>
@@ -36610,52 +39411,62 @@
       </c>
       <c r="AO291" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP291" t="s">
         <v>24</v>
       </c>
       <c r="AQ291" t="s">
         <v>25</v>
       </c>
       <c r="AR291" s="9">
         <v>468584.53</v>
       </c>
       <c r="AT291" s="1">
         <v>45952.833333333336</v>
       </c>
       <c r="AU291" t="s">
         <v>24</v>
       </c>
       <c r="AV291" t="s">
         <v>25</v>
       </c>
       <c r="AW291" s="9">
         <v>490990.13500000001</v>
       </c>
-      <c r="AY291" s="1"/>
-      <c r="BB291" s="9"/>
+      <c r="AY291" s="1">
+        <v>45991.833333333336</v>
+      </c>
+      <c r="AZ291" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA291" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB291" s="9">
+        <v>603081.52</v>
+      </c>
       <c r="BD291" s="1"/>
       <c r="BG291" s="9"/>
     </row>
     <row r="292" spans="1:59">
       <c r="A292" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B292" t="s">
         <v>24</v>
       </c>
       <c r="C292" t="s">
         <v>26</v>
       </c>
       <c r="D292" s="9">
         <v>2080.373</v>
       </c>
       <c r="F292" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G292" t="s">
         <v>24</v>
       </c>
       <c r="H292" t="s">
         <v>26</v>
       </c>
@@ -36736,52 +39547,62 @@
       </c>
       <c r="AO292" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP292" t="s">
         <v>24</v>
       </c>
       <c r="AQ292" t="s">
         <v>26</v>
       </c>
       <c r="AR292" s="9">
         <v>2214.1379999999999</v>
       </c>
       <c r="AT292" s="1">
         <v>45952.833333333336</v>
       </c>
       <c r="AU292" t="s">
         <v>24</v>
       </c>
       <c r="AV292" t="s">
         <v>26</v>
       </c>
       <c r="AW292" s="9">
         <v>2089.2220000000002</v>
       </c>
-      <c r="AY292" s="1"/>
-      <c r="BB292" s="9"/>
+      <c r="AY292" s="1">
+        <v>45991.833333333336</v>
+      </c>
+      <c r="AZ292" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA292" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB292" s="9">
+        <v>2005.1559999999999</v>
+      </c>
       <c r="BD292" s="1"/>
       <c r="BG292" s="9"/>
     </row>
     <row r="293" spans="1:59">
       <c r="A293" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B293" t="s">
         <v>24</v>
       </c>
       <c r="C293" t="s">
         <v>27</v>
       </c>
       <c r="D293" s="9">
         <v>676.04899999999998</v>
       </c>
       <c r="F293" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G293" t="s">
         <v>24</v>
       </c>
       <c r="H293" t="s">
         <v>27</v>
       </c>
@@ -36862,52 +39683,62 @@
       </c>
       <c r="AO293" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP293" t="s">
         <v>24</v>
       </c>
       <c r="AQ293" t="s">
         <v>27</v>
       </c>
       <c r="AR293" s="9">
         <v>107.73399999999999</v>
       </c>
       <c r="AT293" s="1">
         <v>45952.833333333336</v>
       </c>
       <c r="AU293" t="s">
         <v>24</v>
       </c>
       <c r="AV293" t="s">
         <v>27</v>
       </c>
       <c r="AW293" s="9">
         <v>60.874000000000002</v>
       </c>
-      <c r="AY293" s="1"/>
-      <c r="BB293" s="9"/>
+      <c r="AY293" s="1">
+        <v>45991.833333333336</v>
+      </c>
+      <c r="AZ293" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA293" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB293" s="9">
+        <v>231.626</v>
+      </c>
       <c r="BD293" s="1"/>
       <c r="BG293" s="9"/>
     </row>
     <row r="294" spans="1:59">
       <c r="A294" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B294" t="s">
         <v>24</v>
       </c>
       <c r="C294" t="s">
         <v>28</v>
       </c>
       <c r="D294" s="9">
         <v>11480.437</v>
       </c>
       <c r="F294" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G294" t="s">
         <v>24</v>
       </c>
       <c r="H294" t="s">
         <v>28</v>
       </c>
@@ -36988,52 +39819,62 @@
       </c>
       <c r="AO294" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP294" t="s">
         <v>24</v>
       </c>
       <c r="AQ294" t="s">
         <v>28</v>
       </c>
       <c r="AR294" s="9">
         <v>745.96699999999998</v>
       </c>
       <c r="AT294" s="1">
         <v>45952.833333333336</v>
       </c>
       <c r="AU294" t="s">
         <v>24</v>
       </c>
       <c r="AV294" t="s">
         <v>28</v>
       </c>
       <c r="AW294" s="9">
         <v>905.85299999999995</v>
       </c>
-      <c r="AY294" s="1"/>
-      <c r="BB294" s="9"/>
+      <c r="AY294" s="1">
+        <v>45991.833333333336</v>
+      </c>
+      <c r="AZ294" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA294" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB294" s="9">
+        <v>1458.297</v>
+      </c>
       <c r="BD294" s="1"/>
       <c r="BG294" s="9"/>
     </row>
     <row r="295" spans="1:59">
       <c r="A295" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B295" t="s">
         <v>24</v>
       </c>
       <c r="C295" t="s">
         <v>29</v>
       </c>
       <c r="D295" s="9">
         <v>17067.327000000001</v>
       </c>
       <c r="F295" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G295" t="s">
         <v>24</v>
       </c>
       <c r="H295" t="s">
         <v>29</v>
       </c>
@@ -37114,52 +39955,62 @@
       </c>
       <c r="AO295" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP295" t="s">
         <v>24</v>
       </c>
       <c r="AQ295" t="s">
         <v>29</v>
       </c>
       <c r="AR295" s="9">
         <v>19222.472000000002</v>
       </c>
       <c r="AT295" s="1">
         <v>45952.833333333336</v>
       </c>
       <c r="AU295" t="s">
         <v>24</v>
       </c>
       <c r="AV295" t="s">
         <v>29</v>
       </c>
       <c r="AW295" s="9">
         <v>18311.042000000001</v>
       </c>
-      <c r="AY295" s="1"/>
-      <c r="BB295" s="9"/>
+      <c r="AY295" s="1">
+        <v>45991.833333333336</v>
+      </c>
+      <c r="AZ295" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA295" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB295" s="9">
+        <v>13230.869000000001</v>
+      </c>
       <c r="BD295" s="1"/>
       <c r="BG295" s="9"/>
     </row>
     <row r="296" spans="1:59">
       <c r="A296" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B296" t="s">
         <v>24</v>
       </c>
       <c r="C296" t="s">
         <v>30</v>
       </c>
       <c r="D296" s="9">
         <v>41468.292000000001</v>
       </c>
       <c r="F296" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G296" t="s">
         <v>24</v>
       </c>
       <c r="H296" t="s">
         <v>30</v>
       </c>
@@ -37240,52 +40091,62 @@
       </c>
       <c r="AO296" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP296" t="s">
         <v>24</v>
       </c>
       <c r="AQ296" t="s">
         <v>30</v>
       </c>
       <c r="AR296" s="9">
         <v>49271.519999999997</v>
       </c>
       <c r="AT296" s="1">
         <v>45952.833333333336</v>
       </c>
       <c r="AU296" t="s">
         <v>24</v>
       </c>
       <c r="AV296" t="s">
         <v>30</v>
       </c>
       <c r="AW296" s="9">
         <v>43667.328999999998</v>
       </c>
-      <c r="AY296" s="1"/>
-      <c r="BB296" s="9"/>
+      <c r="AY296" s="1">
+        <v>45991.833333333336</v>
+      </c>
+      <c r="AZ296" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA296" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB296" s="9">
+        <v>34482.436999999998</v>
+      </c>
       <c r="BD296" s="1"/>
       <c r="BG296" s="9"/>
     </row>
     <row r="297" spans="1:59">
       <c r="A297" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B297" t="s">
         <v>24</v>
       </c>
       <c r="C297" t="s">
         <v>31</v>
       </c>
       <c r="D297" s="9">
         <v>71724.058000000005</v>
       </c>
       <c r="F297" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G297" t="s">
         <v>24</v>
       </c>
       <c r="H297" t="s">
         <v>31</v>
       </c>
@@ -37366,52 +40227,62 @@
       </c>
       <c r="AO297" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP297" t="s">
         <v>24</v>
       </c>
       <c r="AQ297" t="s">
         <v>31</v>
       </c>
       <c r="AR297" s="9">
         <v>78083.907999999996</v>
       </c>
       <c r="AT297" s="1">
         <v>45952.833333333336</v>
       </c>
       <c r="AU297" t="s">
         <v>24</v>
       </c>
       <c r="AV297" t="s">
         <v>31</v>
       </c>
       <c r="AW297" s="9">
         <v>70203.282000000007</v>
       </c>
-      <c r="AY297" s="1"/>
-      <c r="BB297" s="9"/>
+      <c r="AY297" s="1">
+        <v>45991.833333333336</v>
+      </c>
+      <c r="AZ297" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA297" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB297" s="9">
+        <v>59467.527999999998</v>
+      </c>
       <c r="BD297" s="1"/>
       <c r="BG297" s="9"/>
     </row>
     <row r="298" spans="1:59">
       <c r="A298" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B298" t="s">
         <v>24</v>
       </c>
       <c r="C298" t="s">
         <v>32</v>
       </c>
       <c r="D298" s="9">
         <v>11989.013999999999</v>
       </c>
       <c r="F298" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G298" t="s">
         <v>24</v>
       </c>
       <c r="H298" t="s">
         <v>32</v>
       </c>
@@ -37492,52 +40363,62 @@
       </c>
       <c r="AO298" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP298" t="s">
         <v>24</v>
       </c>
       <c r="AQ298" t="s">
         <v>32</v>
       </c>
       <c r="AR298" s="9">
         <v>11403.09</v>
       </c>
       <c r="AT298" s="1">
         <v>45952.833333333336</v>
       </c>
       <c r="AU298" t="s">
         <v>24</v>
       </c>
       <c r="AV298" t="s">
         <v>32</v>
       </c>
       <c r="AW298" s="9">
         <v>11018.6</v>
       </c>
-      <c r="AY298" s="1"/>
-      <c r="BB298" s="9"/>
+      <c r="AY298" s="1">
+        <v>45991.833333333336</v>
+      </c>
+      <c r="AZ298" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA298" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB298" s="9">
+        <v>9971.5550000000003</v>
+      </c>
       <c r="BD298" s="1"/>
       <c r="BG298" s="9"/>
     </row>
     <row r="299" spans="1:59">
       <c r="A299" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B299" t="s">
         <v>24</v>
       </c>
       <c r="C299" t="s">
         <v>33</v>
       </c>
       <c r="D299" s="9">
         <v>73314.298999999999</v>
       </c>
       <c r="F299" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G299" t="s">
         <v>24</v>
       </c>
       <c r="H299" t="s">
         <v>33</v>
       </c>
@@ -37618,52 +40499,62 @@
       </c>
       <c r="AO299" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP299" t="s">
         <v>24</v>
       </c>
       <c r="AQ299" t="s">
         <v>33</v>
       </c>
       <c r="AR299" s="9">
         <v>66283.917000000001</v>
       </c>
       <c r="AT299" s="1">
         <v>45952.833333333336</v>
       </c>
       <c r="AU299" t="s">
         <v>24</v>
       </c>
       <c r="AV299" t="s">
         <v>33</v>
       </c>
       <c r="AW299" s="9">
         <v>78942.585000000006</v>
       </c>
-      <c r="AY299" s="1"/>
-      <c r="BB299" s="9"/>
+      <c r="AY299" s="1">
+        <v>45991.833333333336</v>
+      </c>
+      <c r="AZ299" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA299" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB299" s="9">
+        <v>57489.298999999999</v>
+      </c>
       <c r="BD299" s="1"/>
       <c r="BG299" s="9"/>
     </row>
     <row r="300" spans="1:59">
       <c r="A300" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B300" t="s">
         <v>24</v>
       </c>
       <c r="C300" t="s">
         <v>34</v>
       </c>
       <c r="D300" s="9">
         <v>35814.199999999997</v>
       </c>
       <c r="F300" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G300" t="s">
         <v>24</v>
       </c>
       <c r="H300" t="s">
         <v>34</v>
       </c>
@@ -37744,52 +40635,62 @@
       </c>
       <c r="AO300" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP300" t="s">
         <v>24</v>
       </c>
       <c r="AQ300" t="s">
         <v>34</v>
       </c>
       <c r="AR300" s="9">
         <v>119667</v>
       </c>
       <c r="AT300" s="1">
         <v>45952.833333333336</v>
       </c>
       <c r="AU300" t="s">
         <v>24</v>
       </c>
       <c r="AV300" t="s">
         <v>34</v>
       </c>
       <c r="AW300" s="9">
         <v>54508.1</v>
       </c>
-      <c r="AY300" s="1"/>
-      <c r="BB300" s="9"/>
+      <c r="AY300" s="1">
+        <v>45991.833333333336</v>
+      </c>
+      <c r="AZ300" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA300" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB300" s="9">
+        <v>38210.9</v>
+      </c>
       <c r="BD300" s="1"/>
       <c r="BG300" s="9"/>
     </row>
     <row r="301" spans="1:59">
       <c r="A301" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B301" t="s">
         <v>24</v>
       </c>
       <c r="C301" t="s">
         <v>35</v>
       </c>
       <c r="D301" s="9">
         <v>9983.0679999999993</v>
       </c>
       <c r="F301" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G301" t="s">
         <v>24</v>
       </c>
       <c r="H301" t="s">
         <v>35</v>
       </c>
@@ -37870,52 +40771,62 @@
       </c>
       <c r="AO301" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP301" t="s">
         <v>24</v>
       </c>
       <c r="AQ301" t="s">
         <v>35</v>
       </c>
       <c r="AR301" s="9">
         <v>8280.4359999999997</v>
       </c>
       <c r="AT301" s="1">
         <v>45952.833333333336</v>
       </c>
       <c r="AU301" t="s">
         <v>24</v>
       </c>
       <c r="AV301" t="s">
         <v>35</v>
       </c>
       <c r="AW301" s="9">
         <v>6647.2979999999998</v>
       </c>
-      <c r="AY301" s="1"/>
-      <c r="BB301" s="9"/>
+      <c r="AY301" s="1">
+        <v>45991.833333333336</v>
+      </c>
+      <c r="AZ301" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA301" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB301" s="9">
+        <v>6639.2359999999999</v>
+      </c>
       <c r="BD301" s="1"/>
       <c r="BG301" s="9"/>
     </row>
     <row r="302" spans="1:59">
       <c r="A302" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B302" t="s">
         <v>24</v>
       </c>
       <c r="C302" t="s">
         <v>36</v>
       </c>
       <c r="D302" s="9">
         <v>226054.084</v>
       </c>
       <c r="F302" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G302" t="s">
         <v>24</v>
       </c>
       <c r="H302" t="s">
         <v>36</v>
       </c>
@@ -37996,52 +40907,62 @@
       </c>
       <c r="AO302" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP302" t="s">
         <v>24</v>
       </c>
       <c r="AQ302" t="s">
         <v>36</v>
       </c>
       <c r="AR302" s="9">
         <v>207068.21400000001</v>
       </c>
       <c r="AT302" s="1">
         <v>45952.833333333336</v>
       </c>
       <c r="AU302" t="s">
         <v>24</v>
       </c>
       <c r="AV302" t="s">
         <v>36</v>
       </c>
       <c r="AW302" s="9">
         <v>188536.511</v>
       </c>
-      <c r="AY302" s="1"/>
-      <c r="BB302" s="9"/>
+      <c r="AY302" s="1">
+        <v>45991.833333333336</v>
+      </c>
+      <c r="AZ302" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA302" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB302" s="9">
+        <v>178249.98</v>
+      </c>
       <c r="BD302" s="1"/>
       <c r="BG302" s="9"/>
     </row>
     <row r="303" spans="1:59">
       <c r="A303" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B303" t="s">
         <v>24</v>
       </c>
       <c r="C303" t="s">
         <v>37</v>
       </c>
       <c r="D303" s="9">
         <v>103006.079</v>
       </c>
       <c r="F303" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G303" t="s">
         <v>24</v>
       </c>
       <c r="H303" t="s">
         <v>37</v>
       </c>
@@ -38122,52 +41043,62 @@
       </c>
       <c r="AO303" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP303" t="s">
         <v>24</v>
       </c>
       <c r="AQ303" t="s">
         <v>37</v>
       </c>
       <c r="AR303" s="9">
         <v>72184.875</v>
       </c>
       <c r="AT303" s="1">
         <v>45952.833333333336</v>
       </c>
       <c r="AU303" t="s">
         <v>24</v>
       </c>
       <c r="AV303" t="s">
         <v>37</v>
       </c>
       <c r="AW303" s="9">
         <v>68823.163</v>
       </c>
-      <c r="AY303" s="1"/>
-      <c r="BB303" s="9"/>
+      <c r="AY303" s="1">
+        <v>45991.833333333336</v>
+      </c>
+      <c r="AZ303" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA303" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB303" s="9">
+        <v>76482.225999999995</v>
+      </c>
       <c r="BD303" s="1"/>
       <c r="BG303" s="9"/>
     </row>
     <row r="304" spans="1:59">
       <c r="A304" s="1">
         <v>45665.833333333336</v>
       </c>
       <c r="B304" t="s">
         <v>24</v>
       </c>
       <c r="C304" t="s">
         <v>38</v>
       </c>
       <c r="D304" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F304" s="1">
         <v>45694.833333333336</v>
       </c>
       <c r="G304" t="s">
         <v>24</v>
       </c>
       <c r="H304" t="s">
         <v>38</v>
       </c>
@@ -38248,52 +41179,62 @@
       </c>
       <c r="AO304" s="1">
         <v>45925.833333333336</v>
       </c>
       <c r="AP304" t="s">
         <v>24</v>
       </c>
       <c r="AQ304" t="s">
         <v>38</v>
       </c>
       <c r="AR304" s="9">
         <v>2311.8490000000002</v>
       </c>
       <c r="AT304" s="1">
         <v>45952.833333333336</v>
       </c>
       <c r="AU304" t="s">
         <v>24</v>
       </c>
       <c r="AV304" t="s">
         <v>38</v>
       </c>
       <c r="AW304" s="9">
         <v>2108.2910000000002</v>
       </c>
-      <c r="AY304" s="1"/>
-      <c r="BB304" s="9"/>
+      <c r="AY304" s="1">
+        <v>45991.833333333336</v>
+      </c>
+      <c r="AZ304" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA304" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB304" s="9">
+        <v>2097.067</v>
+      </c>
       <c r="BD304" s="1"/>
       <c r="BG304" s="9"/>
     </row>
     <row r="305" spans="1:59">
       <c r="A305" s="1">
         <v>45665.875</v>
       </c>
       <c r="B305" t="s">
         <v>24</v>
       </c>
       <c r="C305" t="s">
         <v>25</v>
       </c>
       <c r="D305" s="9">
         <v>704048.027</v>
       </c>
       <c r="F305" s="1">
         <v>45694.875</v>
       </c>
       <c r="G305" t="s">
         <v>24</v>
       </c>
       <c r="H305" t="s">
         <v>25</v>
       </c>
@@ -38374,52 +41315,62 @@
       </c>
       <c r="AO305" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP305" t="s">
         <v>24</v>
       </c>
       <c r="AQ305" t="s">
         <v>25</v>
       </c>
       <c r="AR305" s="9">
         <v>420619.21100000001</v>
       </c>
       <c r="AT305" s="1">
         <v>45952.875</v>
       </c>
       <c r="AU305" t="s">
         <v>24</v>
       </c>
       <c r="AV305" t="s">
         <v>25</v>
       </c>
       <c r="AW305" s="9">
         <v>441322.97700000001</v>
       </c>
-      <c r="AY305" s="1"/>
-      <c r="BB305" s="9"/>
+      <c r="AY305" s="1">
+        <v>45991.875</v>
+      </c>
+      <c r="AZ305" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA305" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB305" s="9">
+        <v>538290.37800000003</v>
+      </c>
       <c r="BD305" s="1"/>
       <c r="BG305" s="9"/>
     </row>
     <row r="306" spans="1:59">
       <c r="A306" s="1">
         <v>45665.875</v>
       </c>
       <c r="B306" t="s">
         <v>24</v>
       </c>
       <c r="C306" t="s">
         <v>26</v>
       </c>
       <c r="D306" s="9">
         <v>2080.373</v>
       </c>
       <c r="F306" s="1">
         <v>45694.875</v>
       </c>
       <c r="G306" t="s">
         <v>24</v>
       </c>
       <c r="H306" t="s">
         <v>26</v>
       </c>
@@ -38500,52 +41451,62 @@
       </c>
       <c r="AO306" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP306" t="s">
         <v>24</v>
       </c>
       <c r="AQ306" t="s">
         <v>26</v>
       </c>
       <c r="AR306" s="9">
         <v>2214.1379999999999</v>
       </c>
       <c r="AT306" s="1">
         <v>45952.875</v>
       </c>
       <c r="AU306" t="s">
         <v>24</v>
       </c>
       <c r="AV306" t="s">
         <v>26</v>
       </c>
       <c r="AW306" s="9">
         <v>2089.2220000000002</v>
       </c>
-      <c r="AY306" s="1"/>
-      <c r="BB306" s="9"/>
+      <c r="AY306" s="1">
+        <v>45991.875</v>
+      </c>
+      <c r="AZ306" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA306" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB306" s="9">
+        <v>2005.1559999999999</v>
+      </c>
       <c r="BD306" s="1"/>
       <c r="BG306" s="9"/>
     </row>
     <row r="307" spans="1:59">
       <c r="A307" s="1">
         <v>45665.875</v>
       </c>
       <c r="B307" t="s">
         <v>24</v>
       </c>
       <c r="C307" t="s">
         <v>27</v>
       </c>
       <c r="D307" s="9">
         <v>631.94100000000003</v>
       </c>
       <c r="F307" s="1">
         <v>45694.875</v>
       </c>
       <c r="G307" t="s">
         <v>24</v>
       </c>
       <c r="H307" t="s">
         <v>27</v>
       </c>
@@ -38626,52 +41587,62 @@
       </c>
       <c r="AO307" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP307" t="s">
         <v>24</v>
       </c>
       <c r="AQ307" t="s">
         <v>27</v>
       </c>
       <c r="AR307" s="9">
         <v>110.45099999999999</v>
       </c>
       <c r="AT307" s="1">
         <v>45952.875</v>
       </c>
       <c r="AU307" t="s">
         <v>24</v>
       </c>
       <c r="AV307" t="s">
         <v>27</v>
       </c>
       <c r="AW307" s="9">
         <v>80.584999999999994</v>
       </c>
-      <c r="AY307" s="1"/>
-      <c r="BB307" s="9"/>
+      <c r="AY307" s="1">
+        <v>45991.875</v>
+      </c>
+      <c r="AZ307" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA307" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB307" s="9">
+        <v>237.27199999999999</v>
+      </c>
       <c r="BD307" s="1"/>
       <c r="BG307" s="9"/>
     </row>
     <row r="308" spans="1:59">
       <c r="A308" s="1">
         <v>45665.875</v>
       </c>
       <c r="B308" t="s">
         <v>24</v>
       </c>
       <c r="C308" t="s">
         <v>28</v>
       </c>
       <c r="D308" s="9">
         <v>10897.588</v>
       </c>
       <c r="F308" s="1">
         <v>45694.875</v>
       </c>
       <c r="G308" t="s">
         <v>24</v>
       </c>
       <c r="H308" t="s">
         <v>28</v>
       </c>
@@ -38752,52 +41723,62 @@
       </c>
       <c r="AO308" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP308" t="s">
         <v>24</v>
       </c>
       <c r="AQ308" t="s">
         <v>28</v>
       </c>
       <c r="AR308" s="9">
         <v>850.78599999999994</v>
       </c>
       <c r="AT308" s="1">
         <v>45952.875</v>
       </c>
       <c r="AU308" t="s">
         <v>24</v>
       </c>
       <c r="AV308" t="s">
         <v>28</v>
       </c>
       <c r="AW308" s="9">
         <v>974.42200000000003</v>
       </c>
-      <c r="AY308" s="1"/>
-      <c r="BB308" s="9"/>
+      <c r="AY308" s="1">
+        <v>45991.875</v>
+      </c>
+      <c r="AZ308" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA308" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB308" s="9">
+        <v>1472.44</v>
+      </c>
       <c r="BD308" s="1"/>
       <c r="BG308" s="9"/>
     </row>
     <row r="309" spans="1:59">
       <c r="A309" s="1">
         <v>45665.875</v>
       </c>
       <c r="B309" t="s">
         <v>24</v>
       </c>
       <c r="C309" t="s">
         <v>29</v>
       </c>
       <c r="D309" s="9">
         <v>16410.884999999998</v>
       </c>
       <c r="F309" s="1">
         <v>45694.875</v>
       </c>
       <c r="G309" t="s">
         <v>24</v>
       </c>
       <c r="H309" t="s">
         <v>29</v>
       </c>
@@ -38878,52 +41859,62 @@
       </c>
       <c r="AO309" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP309" t="s">
         <v>24</v>
       </c>
       <c r="AQ309" t="s">
         <v>29</v>
       </c>
       <c r="AR309" s="9">
         <v>18636.198</v>
       </c>
       <c r="AT309" s="1">
         <v>45952.875</v>
       </c>
       <c r="AU309" t="s">
         <v>24</v>
       </c>
       <c r="AV309" t="s">
         <v>29</v>
       </c>
       <c r="AW309" s="9">
         <v>17034.973000000002</v>
       </c>
-      <c r="AY309" s="1"/>
-      <c r="BB309" s="9"/>
+      <c r="AY309" s="1">
+        <v>45991.875</v>
+      </c>
+      <c r="AZ309" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA309" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB309" s="9">
+        <v>12965.796</v>
+      </c>
       <c r="BD309" s="1"/>
       <c r="BG309" s="9"/>
     </row>
     <row r="310" spans="1:59">
       <c r="A310" s="1">
         <v>45665.875</v>
       </c>
       <c r="B310" t="s">
         <v>24</v>
       </c>
       <c r="C310" t="s">
         <v>30</v>
       </c>
       <c r="D310" s="9">
         <v>40471.576000000001</v>
       </c>
       <c r="F310" s="1">
         <v>45694.875</v>
       </c>
       <c r="G310" t="s">
         <v>24</v>
       </c>
       <c r="H310" t="s">
         <v>30</v>
       </c>
@@ -39004,52 +41995,62 @@
       </c>
       <c r="AO310" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP310" t="s">
         <v>24</v>
       </c>
       <c r="AQ310" t="s">
         <v>30</v>
       </c>
       <c r="AR310" s="9">
         <v>48742.957000000002</v>
       </c>
       <c r="AT310" s="1">
         <v>45952.875</v>
       </c>
       <c r="AU310" t="s">
         <v>24</v>
       </c>
       <c r="AV310" t="s">
         <v>30</v>
       </c>
       <c r="AW310" s="9">
         <v>41405.887999999999</v>
       </c>
-      <c r="AY310" s="1"/>
-      <c r="BB310" s="9"/>
+      <c r="AY310" s="1">
+        <v>45991.875</v>
+      </c>
+      <c r="AZ310" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA310" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB310" s="9">
+        <v>33600.061999999998</v>
+      </c>
       <c r="BD310" s="1"/>
       <c r="BG310" s="9"/>
     </row>
     <row r="311" spans="1:59">
       <c r="A311" s="1">
         <v>45665.875</v>
       </c>
       <c r="B311" t="s">
         <v>24</v>
       </c>
       <c r="C311" t="s">
         <v>31</v>
       </c>
       <c r="D311" s="9">
         <v>71575.077999999994</v>
       </c>
       <c r="F311" s="1">
         <v>45694.875</v>
       </c>
       <c r="G311" t="s">
         <v>24</v>
       </c>
       <c r="H311" t="s">
         <v>31</v>
       </c>
@@ -39130,52 +42131,62 @@
       </c>
       <c r="AO311" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP311" t="s">
         <v>24</v>
       </c>
       <c r="AQ311" t="s">
         <v>31</v>
       </c>
       <c r="AR311" s="9">
         <v>78714.581999999995</v>
       </c>
       <c r="AT311" s="1">
         <v>45952.875</v>
       </c>
       <c r="AU311" t="s">
         <v>24</v>
       </c>
       <c r="AV311" t="s">
         <v>31</v>
       </c>
       <c r="AW311" s="9">
         <v>68876.548999999999</v>
       </c>
-      <c r="AY311" s="1"/>
-      <c r="BB311" s="9"/>
+      <c r="AY311" s="1">
+        <v>45991.875</v>
+      </c>
+      <c r="AZ311" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA311" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB311" s="9">
+        <v>59133.642</v>
+      </c>
       <c r="BD311" s="1"/>
       <c r="BG311" s="9"/>
     </row>
     <row r="312" spans="1:59">
       <c r="A312" s="1">
         <v>45665.875</v>
       </c>
       <c r="B312" t="s">
         <v>24</v>
       </c>
       <c r="C312" t="s">
         <v>32</v>
       </c>
       <c r="D312" s="9">
         <v>11821.322</v>
       </c>
       <c r="F312" s="1">
         <v>45694.875</v>
       </c>
       <c r="G312" t="s">
         <v>24</v>
       </c>
       <c r="H312" t="s">
         <v>32</v>
       </c>
@@ -39256,52 +42267,62 @@
       </c>
       <c r="AO312" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP312" t="s">
         <v>24</v>
       </c>
       <c r="AQ312" t="s">
         <v>32</v>
       </c>
       <c r="AR312" s="9">
         <v>11249.725</v>
       </c>
       <c r="AT312" s="1">
         <v>45952.875</v>
       </c>
       <c r="AU312" t="s">
         <v>24</v>
       </c>
       <c r="AV312" t="s">
         <v>32</v>
       </c>
       <c r="AW312" s="9">
         <v>11041.684999999999</v>
       </c>
-      <c r="AY312" s="1"/>
-      <c r="BB312" s="9"/>
+      <c r="AY312" s="1">
+        <v>45991.875</v>
+      </c>
+      <c r="AZ312" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA312" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB312" s="9">
+        <v>9954.9950000000008</v>
+      </c>
       <c r="BD312" s="1"/>
       <c r="BG312" s="9"/>
     </row>
     <row r="313" spans="1:59">
       <c r="A313" s="1">
         <v>45665.875</v>
       </c>
       <c r="B313" t="s">
         <v>24</v>
       </c>
       <c r="C313" t="s">
         <v>33</v>
       </c>
       <c r="D313" s="9">
         <v>75767.945999999996</v>
       </c>
       <c r="F313" s="1">
         <v>45694.875</v>
       </c>
       <c r="G313" t="s">
         <v>24</v>
       </c>
       <c r="H313" t="s">
         <v>33</v>
       </c>
@@ -39382,52 +42403,62 @@
       </c>
       <c r="AO313" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP313" t="s">
         <v>24</v>
       </c>
       <c r="AQ313" t="s">
         <v>33</v>
       </c>
       <c r="AR313" s="9">
         <v>71031.214000000007</v>
       </c>
       <c r="AT313" s="1">
         <v>45952.875</v>
       </c>
       <c r="AU313" t="s">
         <v>24</v>
       </c>
       <c r="AV313" t="s">
         <v>33</v>
       </c>
       <c r="AW313" s="9">
         <v>79234.929000000004</v>
       </c>
-      <c r="AY313" s="1"/>
-      <c r="BB313" s="9"/>
+      <c r="AY313" s="1">
+        <v>45991.875</v>
+      </c>
+      <c r="AZ313" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA313" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB313" s="9">
+        <v>57763.383000000002</v>
+      </c>
       <c r="BD313" s="1"/>
       <c r="BG313" s="9"/>
     </row>
     <row r="314" spans="1:59">
       <c r="A314" s="1">
         <v>45665.875</v>
       </c>
       <c r="B314" t="s">
         <v>24</v>
       </c>
       <c r="C314" t="s">
         <v>34</v>
       </c>
       <c r="D314" s="9">
         <v>41515.199999999997</v>
       </c>
       <c r="F314" s="1">
         <v>45694.875</v>
       </c>
       <c r="G314" t="s">
         <v>24</v>
       </c>
       <c r="H314" t="s">
         <v>34</v>
       </c>
@@ -39508,52 +42539,62 @@
       </c>
       <c r="AO314" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP314" t="s">
         <v>24</v>
       </c>
       <c r="AQ314" t="s">
         <v>34</v>
       </c>
       <c r="AR314" s="9">
         <v>121677.2</v>
       </c>
       <c r="AT314" s="1">
         <v>45952.875</v>
       </c>
       <c r="AU314" t="s">
         <v>24</v>
       </c>
       <c r="AV314" t="s">
         <v>34</v>
       </c>
       <c r="AW314" s="9">
         <v>51562.400000000001</v>
       </c>
-      <c r="AY314" s="1"/>
-      <c r="BB314" s="9"/>
+      <c r="AY314" s="1">
+        <v>45991.875</v>
+      </c>
+      <c r="AZ314" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA314" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB314" s="9">
+        <v>21642.7</v>
+      </c>
       <c r="BD314" s="1"/>
       <c r="BG314" s="9"/>
     </row>
     <row r="315" spans="1:59">
       <c r="A315" s="1">
         <v>45665.875</v>
       </c>
       <c r="B315" t="s">
         <v>24</v>
       </c>
       <c r="C315" t="s">
         <v>35</v>
       </c>
       <c r="D315" s="9">
         <v>9572.5769999999993</v>
       </c>
       <c r="F315" s="1">
         <v>45694.875</v>
       </c>
       <c r="G315" t="s">
         <v>24</v>
       </c>
       <c r="H315" t="s">
         <v>35</v>
       </c>
@@ -39634,52 +42675,62 @@
       </c>
       <c r="AO315" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP315" t="s">
         <v>24</v>
       </c>
       <c r="AQ315" t="s">
         <v>35</v>
       </c>
       <c r="AR315" s="9">
         <v>8025.4340000000002</v>
       </c>
       <c r="AT315" s="1">
         <v>45952.875</v>
       </c>
       <c r="AU315" t="s">
         <v>24</v>
       </c>
       <c r="AV315" t="s">
         <v>35</v>
       </c>
       <c r="AW315" s="9">
         <v>6389.4639999999999</v>
       </c>
-      <c r="AY315" s="1"/>
-      <c r="BB315" s="9"/>
+      <c r="AY315" s="1">
+        <v>45991.875</v>
+      </c>
+      <c r="AZ315" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA315" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB315" s="9">
+        <v>6412.2160000000003</v>
+      </c>
       <c r="BD315" s="1"/>
       <c r="BG315" s="9"/>
     </row>
     <row r="316" spans="1:59">
       <c r="A316" s="1">
         <v>45665.875</v>
       </c>
       <c r="B316" t="s">
         <v>24</v>
       </c>
       <c r="C316" t="s">
         <v>36</v>
       </c>
       <c r="D316" s="9">
         <v>213202.42800000001</v>
       </c>
       <c r="F316" s="1">
         <v>45694.875</v>
       </c>
       <c r="G316" t="s">
         <v>24</v>
       </c>
       <c r="H316" t="s">
         <v>36</v>
       </c>
@@ -39760,52 +42811,62 @@
       </c>
       <c r="AO316" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP316" t="s">
         <v>24</v>
       </c>
       <c r="AQ316" t="s">
         <v>36</v>
       </c>
       <c r="AR316" s="9">
         <v>192990.611</v>
       </c>
       <c r="AT316" s="1">
         <v>45952.875</v>
       </c>
       <c r="AU316" t="s">
         <v>24</v>
       </c>
       <c r="AV316" t="s">
         <v>36</v>
       </c>
       <c r="AW316" s="9">
         <v>174698.47099999999</v>
       </c>
-      <c r="AY316" s="1"/>
-      <c r="BB316" s="9"/>
+      <c r="AY316" s="1">
+        <v>45991.875</v>
+      </c>
+      <c r="AZ316" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA316" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB316" s="9">
+        <v>170660.17600000001</v>
+      </c>
       <c r="BD316" s="1"/>
       <c r="BG316" s="9"/>
     </row>
     <row r="317" spans="1:59">
       <c r="A317" s="1">
         <v>45665.875</v>
       </c>
       <c r="B317" t="s">
         <v>24</v>
       </c>
       <c r="C317" t="s">
         <v>37</v>
       </c>
       <c r="D317" s="9">
         <v>99165.08</v>
       </c>
       <c r="F317" s="1">
         <v>45694.875</v>
       </c>
       <c r="G317" t="s">
         <v>24</v>
       </c>
       <c r="H317" t="s">
         <v>37</v>
       </c>
@@ -39886,52 +42947,62 @@
       </c>
       <c r="AO317" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP317" t="s">
         <v>24</v>
       </c>
       <c r="AQ317" t="s">
         <v>37</v>
       </c>
       <c r="AR317" s="9">
         <v>67687.706000000006</v>
       </c>
       <c r="AT317" s="1">
         <v>45952.875</v>
       </c>
       <c r="AU317" t="s">
         <v>24</v>
       </c>
       <c r="AV317" t="s">
         <v>37</v>
       </c>
       <c r="AW317" s="9">
         <v>65178.413</v>
       </c>
-      <c r="AY317" s="1"/>
-      <c r="BB317" s="9"/>
+      <c r="AY317" s="1">
+        <v>45991.875</v>
+      </c>
+      <c r="AZ317" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA317" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB317" s="9">
+        <v>73575.319000000003</v>
+      </c>
       <c r="BD317" s="1"/>
       <c r="BG317" s="9"/>
     </row>
     <row r="318" spans="1:59">
       <c r="A318" s="1">
         <v>45665.875</v>
       </c>
       <c r="B318" t="s">
         <v>24</v>
       </c>
       <c r="C318" t="s">
         <v>38</v>
       </c>
       <c r="D318" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F318" s="1">
         <v>45694.875</v>
       </c>
       <c r="G318" t="s">
         <v>24</v>
       </c>
       <c r="H318" t="s">
         <v>38</v>
       </c>
@@ -40012,52 +43083,62 @@
       </c>
       <c r="AO318" s="1">
         <v>45925.875</v>
       </c>
       <c r="AP318" t="s">
         <v>24</v>
       </c>
       <c r="AQ318" t="s">
         <v>38</v>
       </c>
       <c r="AR318" s="9">
         <v>2311.8490000000002</v>
       </c>
       <c r="AT318" s="1">
         <v>45952.875</v>
       </c>
       <c r="AU318" t="s">
         <v>24</v>
       </c>
       <c r="AV318" t="s">
         <v>38</v>
       </c>
       <c r="AW318" s="9">
         <v>2108.2910000000002</v>
       </c>
-      <c r="AY318" s="1"/>
-      <c r="BB318" s="9"/>
+      <c r="AY318" s="1">
+        <v>45991.875</v>
+      </c>
+      <c r="AZ318" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA318" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB318" s="9">
+        <v>2097.067</v>
+      </c>
       <c r="BD318" s="1"/>
       <c r="BG318" s="9"/>
     </row>
     <row r="319" spans="1:59">
       <c r="A319" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B319" t="s">
         <v>24</v>
       </c>
       <c r="C319" t="s">
         <v>25</v>
       </c>
       <c r="D319" s="9">
         <v>634816.95499999996</v>
       </c>
       <c r="F319" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G319" t="s">
         <v>24</v>
       </c>
       <c r="H319" t="s">
         <v>25</v>
       </c>
@@ -40138,52 +43219,62 @@
       </c>
       <c r="AO319" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP319" t="s">
         <v>24</v>
       </c>
       <c r="AQ319" t="s">
         <v>25</v>
       </c>
       <c r="AR319" s="9">
         <v>365971.50400000002</v>
       </c>
       <c r="AT319" s="1">
         <v>45952.916666666664</v>
       </c>
       <c r="AU319" t="s">
         <v>24</v>
       </c>
       <c r="AV319" t="s">
         <v>25</v>
       </c>
       <c r="AW319" s="9">
         <v>383050.94300000003</v>
       </c>
-      <c r="AY319" s="1"/>
-      <c r="BB319" s="9"/>
+      <c r="AY319" s="1">
+        <v>45991.916666666664</v>
+      </c>
+      <c r="AZ319" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA319" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB319" s="9">
+        <v>470222.46399999998</v>
+      </c>
       <c r="BD319" s="1"/>
       <c r="BG319" s="9"/>
     </row>
     <row r="320" spans="1:59">
       <c r="A320" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B320" t="s">
         <v>24</v>
       </c>
       <c r="C320" t="s">
         <v>26</v>
       </c>
       <c r="D320" s="9">
         <v>2080.373</v>
       </c>
       <c r="F320" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G320" t="s">
         <v>24</v>
       </c>
       <c r="H320" t="s">
         <v>26</v>
       </c>
@@ -40264,52 +43355,62 @@
       </c>
       <c r="AO320" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP320" t="s">
         <v>24</v>
       </c>
       <c r="AQ320" t="s">
         <v>26</v>
       </c>
       <c r="AR320" s="9">
         <v>2214.1379999999999</v>
       </c>
       <c r="AT320" s="1">
         <v>45952.916666666664</v>
       </c>
       <c r="AU320" t="s">
         <v>24</v>
       </c>
       <c r="AV320" t="s">
         <v>26</v>
       </c>
       <c r="AW320" s="9">
         <v>2089.2220000000002</v>
       </c>
-      <c r="AY320" s="1"/>
-      <c r="BB320" s="9"/>
+      <c r="AY320" s="1">
+        <v>45991.916666666664</v>
+      </c>
+      <c r="AZ320" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA320" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB320" s="9">
+        <v>2005.1559999999999</v>
+      </c>
       <c r="BD320" s="1"/>
       <c r="BG320" s="9"/>
     </row>
     <row r="321" spans="1:59">
       <c r="A321" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B321" t="s">
         <v>24</v>
       </c>
       <c r="C321" t="s">
         <v>27</v>
       </c>
       <c r="D321" s="9">
         <v>557.46100000000001</v>
       </c>
       <c r="F321" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G321" t="s">
         <v>24</v>
       </c>
       <c r="H321" t="s">
         <v>27</v>
       </c>
@@ -40390,52 +43491,62 @@
       </c>
       <c r="AO321" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP321" t="s">
         <v>24</v>
       </c>
       <c r="AQ321" t="s">
         <v>27</v>
       </c>
       <c r="AR321" s="9">
         <v>106.848</v>
       </c>
       <c r="AT321" s="1">
         <v>45952.916666666664</v>
       </c>
       <c r="AU321" t="s">
         <v>24</v>
       </c>
       <c r="AV321" t="s">
         <v>27</v>
       </c>
       <c r="AW321" s="9">
         <v>75.796000000000006</v>
       </c>
-      <c r="AY321" s="1"/>
-      <c r="BB321" s="9"/>
+      <c r="AY321" s="1">
+        <v>45991.916666666664</v>
+      </c>
+      <c r="AZ321" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA321" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB321" s="9">
+        <v>249.74799999999999</v>
+      </c>
       <c r="BD321" s="1"/>
       <c r="BG321" s="9"/>
     </row>
     <row r="322" spans="1:59">
       <c r="A322" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B322" t="s">
         <v>24</v>
       </c>
       <c r="C322" t="s">
         <v>28</v>
       </c>
       <c r="D322" s="9">
         <v>10251.763000000001</v>
       </c>
       <c r="F322" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G322" t="s">
         <v>24</v>
       </c>
       <c r="H322" t="s">
         <v>28</v>
       </c>
@@ -40516,52 +43627,62 @@
       </c>
       <c r="AO322" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP322" t="s">
         <v>24</v>
       </c>
       <c r="AQ322" t="s">
         <v>28</v>
       </c>
       <c r="AR322" s="9">
         <v>779.54399999999998</v>
       </c>
       <c r="AT322" s="1">
         <v>45952.916666666664</v>
       </c>
       <c r="AU322" t="s">
         <v>24</v>
       </c>
       <c r="AV322" t="s">
         <v>28</v>
       </c>
       <c r="AW322" s="9">
         <v>882.44299999999998</v>
       </c>
-      <c r="AY322" s="1"/>
-      <c r="BB322" s="9"/>
+      <c r="AY322" s="1">
+        <v>45991.916666666664</v>
+      </c>
+      <c r="AZ322" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA322" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB322" s="9">
+        <v>1305.865</v>
+      </c>
       <c r="BD322" s="1"/>
       <c r="BG322" s="9"/>
     </row>
     <row r="323" spans="1:59">
       <c r="A323" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B323" t="s">
         <v>24</v>
       </c>
       <c r="C323" t="s">
         <v>29</v>
       </c>
       <c r="D323" s="9">
         <v>16074.034</v>
       </c>
       <c r="F323" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G323" t="s">
         <v>24</v>
       </c>
       <c r="H323" t="s">
         <v>29</v>
       </c>
@@ -40642,52 +43763,62 @@
       </c>
       <c r="AO323" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP323" t="s">
         <v>24</v>
       </c>
       <c r="AQ323" t="s">
         <v>29</v>
       </c>
       <c r="AR323" s="9">
         <v>17676.598000000002</v>
       </c>
       <c r="AT323" s="1">
         <v>45952.916666666664</v>
       </c>
       <c r="AU323" t="s">
         <v>24</v>
       </c>
       <c r="AV323" t="s">
         <v>29</v>
       </c>
       <c r="AW323" s="9">
         <v>16693.221000000001</v>
       </c>
-      <c r="AY323" s="1"/>
-      <c r="BB323" s="9"/>
+      <c r="AY323" s="1">
+        <v>45991.916666666664</v>
+      </c>
+      <c r="AZ323" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA323" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB323" s="9">
+        <v>12900.619000000001</v>
+      </c>
       <c r="BD323" s="1"/>
       <c r="BG323" s="9"/>
     </row>
     <row r="324" spans="1:59">
       <c r="A324" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B324" t="s">
         <v>24</v>
       </c>
       <c r="C324" t="s">
         <v>30</v>
       </c>
       <c r="D324" s="9">
         <v>40357.46</v>
       </c>
       <c r="F324" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G324" t="s">
         <v>24</v>
       </c>
       <c r="H324" t="s">
         <v>30</v>
       </c>
@@ -40768,52 +43899,62 @@
       </c>
       <c r="AO324" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP324" t="s">
         <v>24</v>
       </c>
       <c r="AQ324" t="s">
         <v>30</v>
       </c>
       <c r="AR324" s="9">
         <v>48716.803999999996</v>
       </c>
       <c r="AT324" s="1">
         <v>45952.916666666664</v>
       </c>
       <c r="AU324" t="s">
         <v>24</v>
       </c>
       <c r="AV324" t="s">
         <v>30</v>
       </c>
       <c r="AW324" s="9">
         <v>41473.072999999997</v>
       </c>
-      <c r="AY324" s="1"/>
-      <c r="BB324" s="9"/>
+      <c r="AY324" s="1">
+        <v>45991.916666666664</v>
+      </c>
+      <c r="AZ324" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA324" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB324" s="9">
+        <v>33861.131000000001</v>
+      </c>
       <c r="BD324" s="1"/>
       <c r="BG324" s="9"/>
     </row>
     <row r="325" spans="1:59">
       <c r="A325" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B325" t="s">
         <v>24</v>
       </c>
       <c r="C325" t="s">
         <v>31</v>
       </c>
       <c r="D325" s="9">
         <v>68897.357999999993</v>
       </c>
       <c r="F325" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G325" t="s">
         <v>24</v>
       </c>
       <c r="H325" t="s">
         <v>31</v>
       </c>
@@ -40894,52 +44035,62 @@
       </c>
       <c r="AO325" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP325" t="s">
         <v>24</v>
       </c>
       <c r="AQ325" t="s">
         <v>31</v>
       </c>
       <c r="AR325" s="9">
         <v>75577.070000000007</v>
       </c>
       <c r="AT325" s="1">
         <v>45952.916666666664</v>
       </c>
       <c r="AU325" t="s">
         <v>24</v>
       </c>
       <c r="AV325" t="s">
         <v>31</v>
       </c>
       <c r="AW325" s="9">
         <v>67208.328999999998</v>
       </c>
-      <c r="AY325" s="1"/>
-      <c r="BB325" s="9"/>
+      <c r="AY325" s="1">
+        <v>45991.916666666664</v>
+      </c>
+      <c r="AZ325" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA325" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB325" s="9">
+        <v>59297.303999999996</v>
+      </c>
       <c r="BD325" s="1"/>
       <c r="BG325" s="9"/>
     </row>
     <row r="326" spans="1:59">
       <c r="A326" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B326" t="s">
         <v>24</v>
       </c>
       <c r="C326" t="s">
         <v>32</v>
       </c>
       <c r="D326" s="9">
         <v>12097.273999999999</v>
       </c>
       <c r="F326" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G326" t="s">
         <v>24</v>
       </c>
       <c r="H326" t="s">
         <v>32</v>
       </c>
@@ -41020,52 +44171,62 @@
       </c>
       <c r="AO326" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP326" t="s">
         <v>24</v>
       </c>
       <c r="AQ326" t="s">
         <v>32</v>
       </c>
       <c r="AR326" s="9">
         <v>11060.15</v>
       </c>
       <c r="AT326" s="1">
         <v>45952.916666666664</v>
       </c>
       <c r="AU326" t="s">
         <v>24</v>
       </c>
       <c r="AV326" t="s">
         <v>32</v>
       </c>
       <c r="AW326" s="9">
         <v>11060.855</v>
       </c>
-      <c r="AY326" s="1"/>
-      <c r="BB326" s="9"/>
+      <c r="AY326" s="1">
+        <v>45991.916666666664</v>
+      </c>
+      <c r="AZ326" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA326" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB326" s="9">
+        <v>9929.2849999999999</v>
+      </c>
       <c r="BD326" s="1"/>
       <c r="BG326" s="9"/>
     </row>
     <row r="327" spans="1:59">
       <c r="A327" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B327" t="s">
         <v>24</v>
       </c>
       <c r="C327" t="s">
         <v>33</v>
       </c>
       <c r="D327" s="9">
         <v>76146.915999999997</v>
       </c>
       <c r="F327" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G327" t="s">
         <v>24</v>
       </c>
       <c r="H327" t="s">
         <v>33</v>
       </c>
@@ -41146,52 +44307,62 @@
       </c>
       <c r="AO327" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP327" t="s">
         <v>24</v>
       </c>
       <c r="AQ327" t="s">
         <v>33</v>
       </c>
       <c r="AR327" s="9">
         <v>72072.153999999995</v>
       </c>
       <c r="AT327" s="1">
         <v>45952.916666666664</v>
       </c>
       <c r="AU327" t="s">
         <v>24</v>
       </c>
       <c r="AV327" t="s">
         <v>33</v>
       </c>
       <c r="AW327" s="9">
         <v>80538.607999999993</v>
       </c>
-      <c r="AY327" s="1"/>
-      <c r="BB327" s="9"/>
+      <c r="AY327" s="1">
+        <v>45991.916666666664</v>
+      </c>
+      <c r="AZ327" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA327" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB327" s="9">
+        <v>58002.453000000001</v>
+      </c>
       <c r="BD327" s="1"/>
       <c r="BG327" s="9"/>
     </row>
     <row r="328" spans="1:59">
       <c r="A328" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B328" t="s">
         <v>24</v>
       </c>
       <c r="C328" t="s">
         <v>34</v>
       </c>
       <c r="D328" s="9">
         <v>41881.4</v>
       </c>
       <c r="F328" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G328" t="s">
         <v>24</v>
       </c>
       <c r="H328" t="s">
         <v>34</v>
       </c>
@@ -41272,52 +44443,62 @@
       </c>
       <c r="AO328" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP328" t="s">
         <v>24</v>
       </c>
       <c r="AQ328" t="s">
         <v>34</v>
       </c>
       <c r="AR328" s="9">
         <v>120922.5</v>
       </c>
       <c r="AT328" s="1">
         <v>45952.916666666664</v>
       </c>
       <c r="AU328" t="s">
         <v>24</v>
       </c>
       <c r="AV328" t="s">
         <v>34</v>
       </c>
       <c r="AW328" s="9">
         <v>54525.3</v>
       </c>
-      <c r="AY328" s="1"/>
-      <c r="BB328" s="9"/>
+      <c r="AY328" s="1">
+        <v>45991.916666666664</v>
+      </c>
+      <c r="AZ328" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA328" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB328" s="9">
+        <v>18675.900000000001</v>
+      </c>
       <c r="BD328" s="1"/>
       <c r="BG328" s="9"/>
     </row>
     <row r="329" spans="1:59">
       <c r="A329" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B329" t="s">
         <v>24</v>
       </c>
       <c r="C329" t="s">
         <v>35</v>
       </c>
       <c r="D329" s="9">
         <v>9353.348</v>
       </c>
       <c r="F329" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G329" t="s">
         <v>24</v>
       </c>
       <c r="H329" t="s">
         <v>35</v>
       </c>
@@ -41398,52 +44579,62 @@
       </c>
       <c r="AO329" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP329" t="s">
         <v>24</v>
       </c>
       <c r="AQ329" t="s">
         <v>35</v>
       </c>
       <c r="AR329" s="9">
         <v>7605.3519999999999</v>
       </c>
       <c r="AT329" s="1">
         <v>45952.916666666664</v>
       </c>
       <c r="AU329" t="s">
         <v>24</v>
       </c>
       <c r="AV329" t="s">
         <v>35</v>
       </c>
       <c r="AW329" s="9">
         <v>6057.6329999999998</v>
       </c>
-      <c r="AY329" s="1"/>
-      <c r="BB329" s="9"/>
+      <c r="AY329" s="1">
+        <v>45991.916666666664</v>
+      </c>
+      <c r="AZ329" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA329" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB329" s="9">
+        <v>6272.598</v>
+      </c>
       <c r="BD329" s="1"/>
       <c r="BG329" s="9"/>
     </row>
     <row r="330" spans="1:59">
       <c r="A330" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B330" t="s">
         <v>24</v>
       </c>
       <c r="C330" t="s">
         <v>36</v>
       </c>
       <c r="D330" s="9">
         <v>202319.37899999999</v>
       </c>
       <c r="F330" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G330" t="s">
         <v>24</v>
       </c>
       <c r="H330" t="s">
         <v>36</v>
       </c>
@@ -41524,52 +44715,62 @@
       </c>
       <c r="AO330" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP330" t="s">
         <v>24</v>
       </c>
       <c r="AQ330" t="s">
         <v>36</v>
       </c>
       <c r="AR330" s="9">
         <v>179446.94899999999</v>
       </c>
       <c r="AT330" s="1">
         <v>45952.916666666664</v>
       </c>
       <c r="AU330" t="s">
         <v>24</v>
       </c>
       <c r="AV330" t="s">
         <v>36</v>
       </c>
       <c r="AW330" s="9">
         <v>163892.155</v>
       </c>
-      <c r="AY330" s="1"/>
-      <c r="BB330" s="9"/>
+      <c r="AY330" s="1">
+        <v>45991.916666666664</v>
+      </c>
+      <c r="AZ330" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA330" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB330" s="9">
+        <v>164454.43400000001</v>
+      </c>
       <c r="BD330" s="1"/>
       <c r="BG330" s="9"/>
     </row>
     <row r="331" spans="1:59">
       <c r="A331" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B331" t="s">
         <v>24</v>
       </c>
       <c r="C331" t="s">
         <v>37</v>
       </c>
       <c r="D331" s="9">
         <v>96354.202000000005</v>
       </c>
       <c r="F331" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G331" t="s">
         <v>24</v>
       </c>
       <c r="H331" t="s">
         <v>37</v>
       </c>
@@ -41650,52 +44851,62 @@
       </c>
       <c r="AO331" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP331" t="s">
         <v>24</v>
       </c>
       <c r="AQ331" t="s">
         <v>37</v>
       </c>
       <c r="AR331" s="9">
         <v>63801.68</v>
       </c>
       <c r="AT331" s="1">
         <v>45952.916666666664</v>
       </c>
       <c r="AU331" t="s">
         <v>24</v>
       </c>
       <c r="AV331" t="s">
         <v>37</v>
       </c>
       <c r="AW331" s="9">
         <v>62310.970999999998</v>
       </c>
-      <c r="AY331" s="1"/>
-      <c r="BB331" s="9"/>
+      <c r="AY331" s="1">
+        <v>45991.916666666664</v>
+      </c>
+      <c r="AZ331" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA331" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB331" s="9">
+        <v>71745.975999999995</v>
+      </c>
       <c r="BD331" s="1"/>
       <c r="BG331" s="9"/>
     </row>
     <row r="332" spans="1:59">
       <c r="A332" s="1">
         <v>45665.916666666664</v>
       </c>
       <c r="B332" t="s">
         <v>24</v>
       </c>
       <c r="C332" t="s">
         <v>38</v>
       </c>
       <c r="D332" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F332" s="1">
         <v>45694.916666666664</v>
       </c>
       <c r="G332" t="s">
         <v>24</v>
       </c>
       <c r="H332" t="s">
         <v>38</v>
       </c>
@@ -41776,52 +44987,62 @@
       </c>
       <c r="AO332" s="1">
         <v>45925.916666666664</v>
       </c>
       <c r="AP332" t="s">
         <v>24</v>
       </c>
       <c r="AQ332" t="s">
         <v>38</v>
       </c>
       <c r="AR332" s="9">
         <v>2311.8490000000002</v>
       </c>
       <c r="AT332" s="1">
         <v>45952.916666666664</v>
       </c>
       <c r="AU332" t="s">
         <v>24</v>
       </c>
       <c r="AV332" t="s">
         <v>38</v>
       </c>
       <c r="AW332" s="9">
         <v>2108.2910000000002</v>
       </c>
-      <c r="AY332" s="1"/>
-      <c r="BB332" s="9"/>
+      <c r="AY332" s="1">
+        <v>45991.916666666664</v>
+      </c>
+      <c r="AZ332" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA332" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB332" s="9">
+        <v>2097.067</v>
+      </c>
       <c r="BD332" s="1"/>
       <c r="BG332" s="9"/>
     </row>
     <row r="333" spans="1:59">
       <c r="A333" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B333" t="s">
         <v>24</v>
       </c>
       <c r="C333" t="s">
         <v>25</v>
       </c>
       <c r="D333" s="9">
         <v>579682.07999999996</v>
       </c>
       <c r="F333" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G333" t="s">
         <v>24</v>
       </c>
       <c r="H333" t="s">
         <v>25</v>
       </c>
@@ -41902,52 +45123,62 @@
       </c>
       <c r="AO333" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP333" t="s">
         <v>24</v>
       </c>
       <c r="AQ333" t="s">
         <v>25</v>
       </c>
       <c r="AR333" s="9">
         <v>320624.86200000002</v>
       </c>
       <c r="AT333" s="1">
         <v>45952.958333333336</v>
       </c>
       <c r="AU333" t="s">
         <v>24</v>
       </c>
       <c r="AV333" t="s">
         <v>25</v>
       </c>
       <c r="AW333" s="9">
         <v>334437.94199999998</v>
       </c>
-      <c r="AY333" s="1"/>
-      <c r="BB333" s="9"/>
+      <c r="AY333" s="1">
+        <v>45991.958333333336</v>
+      </c>
+      <c r="AZ333" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA333" t="s">
+        <v>25</v>
+      </c>
+      <c r="BB333" s="9">
+        <v>417721.81300000002</v>
+      </c>
       <c r="BD333" s="1"/>
       <c r="BG333" s="9"/>
     </row>
     <row r="334" spans="1:59">
       <c r="A334" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B334" t="s">
         <v>24</v>
       </c>
       <c r="C334" t="s">
         <v>26</v>
       </c>
       <c r="D334" s="9">
         <v>2080.373</v>
       </c>
       <c r="F334" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G334" t="s">
         <v>24</v>
       </c>
       <c r="H334" t="s">
         <v>26</v>
       </c>
@@ -42028,52 +45259,62 @@
       </c>
       <c r="AO334" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP334" t="s">
         <v>24</v>
       </c>
       <c r="AQ334" t="s">
         <v>26</v>
       </c>
       <c r="AR334" s="9">
         <v>2214.1379999999999</v>
       </c>
       <c r="AT334" s="1">
         <v>45952.958333333336</v>
       </c>
       <c r="AU334" t="s">
         <v>24</v>
       </c>
       <c r="AV334" t="s">
         <v>26</v>
       </c>
       <c r="AW334" s="9">
         <v>2089.2220000000002</v>
       </c>
-      <c r="AY334" s="1"/>
-      <c r="BB334" s="9"/>
+      <c r="AY334" s="1">
+        <v>45991.958333333336</v>
+      </c>
+      <c r="AZ334" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA334" t="s">
+        <v>26</v>
+      </c>
+      <c r="BB334" s="9">
+        <v>2005.1559999999999</v>
+      </c>
       <c r="BD334" s="1"/>
       <c r="BG334" s="9"/>
     </row>
     <row r="335" spans="1:59">
       <c r="A335" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B335" t="s">
         <v>24</v>
       </c>
       <c r="C335" t="s">
         <v>27</v>
       </c>
       <c r="D335" s="9">
         <v>478.7</v>
       </c>
       <c r="F335" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G335" t="s">
         <v>24</v>
       </c>
       <c r="H335" t="s">
         <v>27</v>
       </c>
@@ -42154,52 +45395,62 @@
       </c>
       <c r="AO335" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP335" t="s">
         <v>24</v>
       </c>
       <c r="AQ335" t="s">
         <v>27</v>
       </c>
       <c r="AR335" s="9">
         <v>106.646</v>
       </c>
       <c r="AT335" s="1">
         <v>45952.958333333336</v>
       </c>
       <c r="AU335" t="s">
         <v>24</v>
       </c>
       <c r="AV335" t="s">
         <v>27</v>
       </c>
       <c r="AW335" s="9">
         <v>72.078000000000003</v>
       </c>
-      <c r="AY335" s="1"/>
-      <c r="BB335" s="9"/>
+      <c r="AY335" s="1">
+        <v>45991.958333333336</v>
+      </c>
+      <c r="AZ335" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA335" t="s">
+        <v>27</v>
+      </c>
+      <c r="BB335" s="9">
+        <v>262.74200000000002</v>
+      </c>
       <c r="BD335" s="1"/>
       <c r="BG335" s="9"/>
     </row>
     <row r="336" spans="1:59">
       <c r="A336" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B336" t="s">
         <v>24</v>
       </c>
       <c r="C336" t="s">
         <v>28</v>
       </c>
       <c r="D336" s="9">
         <v>9688.0329999999994</v>
       </c>
       <c r="F336" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G336" t="s">
         <v>24</v>
       </c>
       <c r="H336" t="s">
         <v>28</v>
       </c>
@@ -42280,52 +45531,62 @@
       </c>
       <c r="AO336" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP336" t="s">
         <v>24</v>
       </c>
       <c r="AQ336" t="s">
         <v>28</v>
       </c>
       <c r="AR336" s="9">
         <v>708.34299999999996</v>
       </c>
       <c r="AT336" s="1">
         <v>45952.958333333336</v>
       </c>
       <c r="AU336" t="s">
         <v>24</v>
       </c>
       <c r="AV336" t="s">
         <v>28</v>
       </c>
       <c r="AW336" s="9">
         <v>815.78300000000002</v>
       </c>
-      <c r="AY336" s="1"/>
-      <c r="BB336" s="9"/>
+      <c r="AY336" s="1">
+        <v>45991.958333333336</v>
+      </c>
+      <c r="AZ336" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA336" t="s">
+        <v>28</v>
+      </c>
+      <c r="BB336" s="9">
+        <v>1158.7729999999999</v>
+      </c>
       <c r="BD336" s="1"/>
       <c r="BG336" s="9"/>
     </row>
     <row r="337" spans="1:59">
       <c r="A337" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B337" t="s">
         <v>24</v>
       </c>
       <c r="C337" t="s">
         <v>29</v>
       </c>
       <c r="D337" s="9">
         <v>15787.303</v>
       </c>
       <c r="F337" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G337" t="s">
         <v>24</v>
       </c>
       <c r="H337" t="s">
         <v>29</v>
       </c>
@@ -42406,52 +45667,62 @@
       </c>
       <c r="AO337" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP337" t="s">
         <v>24</v>
       </c>
       <c r="AQ337" t="s">
         <v>29</v>
       </c>
       <c r="AR337" s="9">
         <v>17133.464</v>
       </c>
       <c r="AT337" s="1">
         <v>45952.958333333336</v>
       </c>
       <c r="AU337" t="s">
         <v>24</v>
       </c>
       <c r="AV337" t="s">
         <v>29</v>
       </c>
       <c r="AW337" s="9">
         <v>16507.457999999999</v>
       </c>
-      <c r="AY337" s="1"/>
-      <c r="BB337" s="9"/>
+      <c r="AY337" s="1">
+        <v>45991.958333333336</v>
+      </c>
+      <c r="AZ337" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA337" t="s">
+        <v>29</v>
+      </c>
+      <c r="BB337" s="9">
+        <v>13022.643</v>
+      </c>
       <c r="BD337" s="1"/>
       <c r="BG337" s="9"/>
     </row>
     <row r="338" spans="1:59">
       <c r="A338" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B338" t="s">
         <v>24</v>
       </c>
       <c r="C338" t="s">
         <v>30</v>
       </c>
       <c r="D338" s="9">
         <v>39453.305</v>
       </c>
       <c r="F338" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G338" t="s">
         <v>24</v>
       </c>
       <c r="H338" t="s">
         <v>30</v>
       </c>
@@ -42532,52 +45803,62 @@
       </c>
       <c r="AO338" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP338" t="s">
         <v>24</v>
       </c>
       <c r="AQ338" t="s">
         <v>30</v>
       </c>
       <c r="AR338" s="9">
         <v>47200.336000000003</v>
       </c>
       <c r="AT338" s="1">
         <v>45952.958333333336</v>
       </c>
       <c r="AU338" t="s">
         <v>24</v>
       </c>
       <c r="AV338" t="s">
         <v>30</v>
       </c>
       <c r="AW338" s="9">
         <v>39835.822999999997</v>
       </c>
-      <c r="AY338" s="1"/>
-      <c r="BB338" s="9"/>
+      <c r="AY338" s="1">
+        <v>45991.958333333336</v>
+      </c>
+      <c r="AZ338" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA338" t="s">
+        <v>30</v>
+      </c>
+      <c r="BB338" s="9">
+        <v>33483.635000000002</v>
+      </c>
       <c r="BD338" s="1"/>
       <c r="BG338" s="9"/>
     </row>
     <row r="339" spans="1:59">
       <c r="A339" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B339" t="s">
         <v>24</v>
       </c>
       <c r="C339" t="s">
         <v>31</v>
       </c>
       <c r="D339" s="9">
         <v>68148.713000000003</v>
       </c>
       <c r="F339" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G339" t="s">
         <v>24</v>
       </c>
       <c r="H339" t="s">
         <v>31</v>
       </c>
@@ -42658,52 +45939,62 @@
       </c>
       <c r="AO339" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP339" t="s">
         <v>24</v>
       </c>
       <c r="AQ339" t="s">
         <v>31</v>
       </c>
       <c r="AR339" s="9">
         <v>75234.331999999995</v>
       </c>
       <c r="AT339" s="1">
         <v>45952.958333333336</v>
       </c>
       <c r="AU339" t="s">
         <v>24</v>
       </c>
       <c r="AV339" t="s">
         <v>31</v>
       </c>
       <c r="AW339" s="9">
         <v>66049.135999999999</v>
       </c>
-      <c r="AY339" s="1"/>
-      <c r="BB339" s="9"/>
+      <c r="AY339" s="1">
+        <v>45991.958333333336</v>
+      </c>
+      <c r="AZ339" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA339" t="s">
+        <v>31</v>
+      </c>
+      <c r="BB339" s="9">
+        <v>59137.997000000003</v>
+      </c>
       <c r="BD339" s="1"/>
       <c r="BG339" s="9"/>
     </row>
     <row r="340" spans="1:59">
       <c r="A340" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B340" t="s">
         <v>24</v>
       </c>
       <c r="C340" t="s">
         <v>32</v>
       </c>
       <c r="D340" s="9">
         <v>11963.212</v>
       </c>
       <c r="F340" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G340" t="s">
         <v>24</v>
       </c>
       <c r="H340" t="s">
         <v>32</v>
       </c>
@@ -42784,52 +46075,62 @@
       </c>
       <c r="AO340" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP340" t="s">
         <v>24</v>
       </c>
       <c r="AQ340" t="s">
         <v>32</v>
       </c>
       <c r="AR340" s="9">
         <v>10593.78</v>
       </c>
       <c r="AT340" s="1">
         <v>45952.958333333336</v>
       </c>
       <c r="AU340" t="s">
         <v>24</v>
       </c>
       <c r="AV340" t="s">
         <v>32</v>
       </c>
       <c r="AW340" s="9">
         <v>10833.46</v>
       </c>
-      <c r="AY340" s="1"/>
-      <c r="BB340" s="9"/>
+      <c r="AY340" s="1">
+        <v>45991.958333333336</v>
+      </c>
+      <c r="AZ340" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA340" t="s">
+        <v>32</v>
+      </c>
+      <c r="BB340" s="9">
+        <v>9920.83</v>
+      </c>
       <c r="BD340" s="1"/>
       <c r="BG340" s="9"/>
     </row>
     <row r="341" spans="1:59">
       <c r="A341" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B341" t="s">
         <v>24</v>
       </c>
       <c r="C341" t="s">
         <v>33</v>
       </c>
       <c r="D341" s="9">
         <v>73306.066000000006</v>
       </c>
       <c r="F341" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G341" t="s">
         <v>24</v>
       </c>
       <c r="H341" t="s">
         <v>33</v>
       </c>
@@ -42910,52 +46211,62 @@
       </c>
       <c r="AO341" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP341" t="s">
         <v>24</v>
       </c>
       <c r="AQ341" t="s">
         <v>33</v>
       </c>
       <c r="AR341" s="9">
         <v>72111.778000000006</v>
       </c>
       <c r="AT341" s="1">
         <v>45952.958333333336</v>
       </c>
       <c r="AU341" t="s">
         <v>24</v>
       </c>
       <c r="AV341" t="s">
         <v>33</v>
       </c>
       <c r="AW341" s="9">
         <v>81656.173999999999</v>
       </c>
-      <c r="AY341" s="1"/>
-      <c r="BB341" s="9"/>
+      <c r="AY341" s="1">
+        <v>45991.958333333336</v>
+      </c>
+      <c r="AZ341" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA341" t="s">
+        <v>33</v>
+      </c>
+      <c r="BB341" s="9">
+        <v>58500.114000000001</v>
+      </c>
       <c r="BD341" s="1"/>
       <c r="BG341" s="9"/>
     </row>
     <row r="342" spans="1:59">
       <c r="A342" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B342" t="s">
         <v>24</v>
       </c>
       <c r="C342" t="s">
         <v>34</v>
       </c>
       <c r="D342" s="9">
         <v>43268.3</v>
       </c>
       <c r="F342" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G342" t="s">
         <v>24</v>
       </c>
       <c r="H342" t="s">
         <v>34</v>
       </c>
@@ -43036,52 +46347,62 @@
       </c>
       <c r="AO342" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP342" t="s">
         <v>24</v>
       </c>
       <c r="AQ342" t="s">
         <v>34</v>
       </c>
       <c r="AR342" s="9">
         <v>114518</v>
       </c>
       <c r="AT342" s="1">
         <v>45952.958333333336</v>
       </c>
       <c r="AU342" t="s">
         <v>24</v>
       </c>
       <c r="AV342" t="s">
         <v>34</v>
       </c>
       <c r="AW342" s="9">
         <v>50734</v>
       </c>
-      <c r="AY342" s="1"/>
-      <c r="BB342" s="9"/>
+      <c r="AY342" s="1">
+        <v>45991.958333333336</v>
+      </c>
+      <c r="AZ342" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA342" t="s">
+        <v>34</v>
+      </c>
+      <c r="BB342" s="9">
+        <v>21253.599999999999</v>
+      </c>
       <c r="BD342" s="1"/>
       <c r="BG342" s="9"/>
     </row>
     <row r="343" spans="1:59">
       <c r="A343" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B343" t="s">
         <v>24</v>
       </c>
       <c r="C343" t="s">
         <v>35</v>
       </c>
       <c r="D343" s="9">
         <v>9352.0069999999996</v>
       </c>
       <c r="F343" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G343" t="s">
         <v>24</v>
       </c>
       <c r="H343" t="s">
         <v>35</v>
       </c>
@@ -43162,52 +46483,62 @@
       </c>
       <c r="AO343" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP343" t="s">
         <v>24</v>
       </c>
       <c r="AQ343" t="s">
         <v>35</v>
       </c>
       <c r="AR343" s="9">
         <v>7214.4070000000002</v>
       </c>
       <c r="AT343" s="1">
         <v>45952.958333333336</v>
       </c>
       <c r="AU343" t="s">
         <v>24</v>
       </c>
       <c r="AV343" t="s">
         <v>35</v>
       </c>
       <c r="AW343" s="9">
         <v>5982.2370000000001</v>
       </c>
-      <c r="AY343" s="1"/>
-      <c r="BB343" s="9"/>
+      <c r="AY343" s="1">
+        <v>45991.958333333336</v>
+      </c>
+      <c r="AZ343" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA343" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB343" s="9">
+        <v>6154.277</v>
+      </c>
       <c r="BD343" s="1"/>
       <c r="BG343" s="9"/>
     </row>
     <row r="344" spans="1:59">
       <c r="A344" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B344" t="s">
         <v>24</v>
       </c>
       <c r="C344" t="s">
         <v>36</v>
       </c>
       <c r="D344" s="9">
         <v>195533.59899999999</v>
       </c>
       <c r="F344" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G344" t="s">
         <v>24</v>
       </c>
       <c r="H344" t="s">
         <v>36</v>
       </c>
@@ -43288,52 +46619,62 @@
       </c>
       <c r="AO344" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP344" t="s">
         <v>24</v>
       </c>
       <c r="AQ344" t="s">
         <v>36</v>
       </c>
       <c r="AR344" s="9">
         <v>170595.72200000001</v>
       </c>
       <c r="AT344" s="1">
         <v>45952.958333333336</v>
       </c>
       <c r="AU344" t="s">
         <v>24</v>
       </c>
       <c r="AV344" t="s">
         <v>36</v>
       </c>
       <c r="AW344" s="9">
         <v>155921.28400000001</v>
       </c>
-      <c r="AY344" s="1"/>
-      <c r="BB344" s="9"/>
+      <c r="AY344" s="1">
+        <v>45991.958333333336</v>
+      </c>
+      <c r="AZ344" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA344" t="s">
+        <v>36</v>
+      </c>
+      <c r="BB344" s="9">
+        <v>160904.253</v>
+      </c>
       <c r="BD344" s="1"/>
       <c r="BG344" s="9"/>
     </row>
     <row r="345" spans="1:59">
       <c r="A345" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B345" t="s">
         <v>24</v>
       </c>
       <c r="C345" t="s">
         <v>37</v>
       </c>
       <c r="D345" s="9">
         <v>94731.392999999996</v>
       </c>
       <c r="F345" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G345" t="s">
         <v>24</v>
       </c>
       <c r="H345" t="s">
         <v>37</v>
       </c>
@@ -43414,52 +46755,62 @@
       </c>
       <c r="AO345" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP345" t="s">
         <v>24</v>
       </c>
       <c r="AQ345" t="s">
         <v>37</v>
       </c>
       <c r="AR345" s="9">
         <v>61406.946000000004</v>
       </c>
       <c r="AT345" s="1">
         <v>45952.958333333336</v>
       </c>
       <c r="AU345" t="s">
         <v>24</v>
       </c>
       <c r="AV345" t="s">
         <v>37</v>
       </c>
       <c r="AW345" s="9">
         <v>60487.021999999997</v>
       </c>
-      <c r="AY345" s="1"/>
-      <c r="BB345" s="9"/>
+      <c r="AY345" s="1">
+        <v>45991.958333333336</v>
+      </c>
+      <c r="AZ345" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA345" t="s">
+        <v>37</v>
+      </c>
+      <c r="BB345" s="9">
+        <v>70817.582999999999</v>
+      </c>
       <c r="BD345" s="1"/>
       <c r="BG345" s="9"/>
     </row>
     <row r="346" spans="1:59">
       <c r="A346" s="1">
         <v>45665.958333333336</v>
       </c>
       <c r="B346" t="s">
         <v>24</v>
       </c>
       <c r="C346" t="s">
         <v>38</v>
       </c>
       <c r="D346" s="9">
         <v>2173.0770000000002</v>
       </c>
       <c r="F346" s="1">
         <v>45694.958333333336</v>
       </c>
       <c r="G346" t="s">
         <v>24</v>
       </c>
       <c r="H346" t="s">
         <v>38</v>
       </c>
@@ -43540,109 +46891,119 @@
       </c>
       <c r="AO346" s="1">
         <v>45925.958333333336</v>
       </c>
       <c r="AP346" t="s">
         <v>24</v>
       </c>
       <c r="AQ346" t="s">
         <v>38</v>
       </c>
       <c r="AR346" s="9">
         <v>2311.8490000000002</v>
       </c>
       <c r="AT346" s="1">
         <v>45952.958333333336</v>
       </c>
       <c r="AU346" t="s">
         <v>24</v>
       </c>
       <c r="AV346" t="s">
         <v>38</v>
       </c>
       <c r="AW346" s="9">
         <v>2108.2910000000002</v>
       </c>
-      <c r="AY346" s="1"/>
-      <c r="BB346" s="9"/>
+      <c r="AY346" s="1">
+        <v>45991.958333333336</v>
+      </c>
+      <c r="AZ346" t="s">
+        <v>24</v>
+      </c>
+      <c r="BA346" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB346" s="9">
+        <v>2097.067</v>
+      </c>
       <c r="BD346" s="1"/>
       <c r="BG346" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="12">
-    <mergeCell ref="A7:D7"/>
-[...3 lines deleted...]
-    <mergeCell ref="AY7:BB7"/>
     <mergeCell ref="BD7:BG7"/>
     <mergeCell ref="U7:X7"/>
     <mergeCell ref="AJ7:AM7"/>
     <mergeCell ref="AO7:AR7"/>
     <mergeCell ref="AT7:AW7"/>
     <mergeCell ref="Z7:AC7"/>
     <mergeCell ref="AE7:AH7"/>
+    <mergeCell ref="A7:D7"/>
+    <mergeCell ref="F7:I7"/>
+    <mergeCell ref="K7:N7"/>
+    <mergeCell ref="P7:S7"/>
+    <mergeCell ref="AY7:BB7"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="50" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;Z&amp;F&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;12&amp;K008000 Internal Use</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2608e603-b7b7-4422-a7af-3d4eadafd8a5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
-</file>
-[...7 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100A05AFF6C3A27C945B81A5CD357C78DA9" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="a012765c5e2b49b3cbfd40cfd7c5aef9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2608e603-b7b7-4422-a7af-3d4eadafd8a5" xmlns:ns3="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10b01e5f5b0934406b031f316faa65f8" ns2:_="" ns3:_="">
     <xsd:import namespace="2608e603-b7b7-4422-a7af-3d4eadafd8a5"/>
     <xsd:import namespace="ec23d7e3-fc7b-42dd-a148-1ce815f19b0b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -43851,59 +47212,65 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DAC93B2-6E9A-49E1-BA6F-F6DDD484310F}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77957EC2-9FCD-45C2-93E4-72781BD131EE}"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DAC93B2-6E9A-49E1-BA6F-F6DDD484310F}"/>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD8EF6EC-8AFA-444E-9481-40B45F83106B}"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DC87050-B1B7-42D5-8C4B-0E59BDCA33BF}"/>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{019c027e-33b7-45fc-a572-8ffa5d09ec36}" enabled="1" method="Standard" siteId="{031a09bc-a2bf-44df-888e-4e09355b7a24}" contentBits="2" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Poirier, Rhonda A.</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>