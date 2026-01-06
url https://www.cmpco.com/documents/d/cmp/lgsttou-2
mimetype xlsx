--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -1,85 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2025\October 1, 2025 Price Change\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2026\January 1, 2026 Price Change\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4C839972-13D6-43D5-AF23-2C373B6A75A2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DFC39D5F-F21C-42DE-9BE8-8902363B9EAC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-5220" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="LGS-T-TOU #1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'LGS-T-TOU #1'!$A$1:$K$401</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="476" uniqueCount="142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="478" uniqueCount="143">
   <si>
     <t>SUBJECT: Rate LGS-T-TOU Revisions</t>
   </si>
   <si>
     <t>RATE BULLETIN: Rate LGS-T-TOU #1</t>
   </si>
   <si>
     <t>TO: RATE DISTRIBUTION LIST</t>
   </si>
   <si>
     <t>The following is a summary of Rate LGS-T-TOU revisions for general information and use.</t>
   </si>
   <si>
     <t>2nd &amp;</t>
   </si>
   <si>
     <t>Original  1/</t>
   </si>
   <si>
     <t>1st Rev. 2/</t>
   </si>
   <si>
     <t>4th Rev. 1/</t>
   </si>
   <si>
@@ -454,57 +455,60 @@
   <si>
     <t>61st Rev.</t>
   </si>
   <si>
     <t>Page 1 of 7</t>
   </si>
   <si>
     <t>Page 2 of 7</t>
   </si>
   <si>
     <t>Page 3 of 7</t>
   </si>
   <si>
     <t>Page 4 of 7</t>
   </si>
   <si>
     <t>Page 5 of 7</t>
   </si>
   <si>
     <t>Page 6 of 7</t>
   </si>
   <si>
     <t>Page 7 of 7</t>
   </si>
   <si>
-    <t>DATE: October 1, 2025</t>
-[...4 lines deleted...]
-  <si>
     <t>62nd Rev.</t>
+  </si>
+  <si>
+    <t>DATE: January 1, 2026</t>
+  </si>
+  <si>
+    <t>63rd Rev.</t>
+  </si>
+  <si>
+    <t>(Supersedes Issue of 10/1/2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="8">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="#,##0.000000_);\(#,##0.000000\)"/>
     <numFmt numFmtId="165" formatCode="0.00_)"/>
     <numFmt numFmtId="166" formatCode="0.000000_)"/>
     <numFmt numFmtId="167" formatCode="0.000000"/>
     <numFmt numFmtId="168" formatCode="m/d/yy"/>
     <numFmt numFmtId="169" formatCode="_(* #,##0.000000_);_(* \(#,##0.000000\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
@@ -922,51 +926,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:K468"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A396" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A403" sqref="A403"/>
+      <selection activeCell="K403" sqref="K403"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.453125" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="25.26953125" style="1" customWidth="1"/>
     <col min="2" max="2" width="2.54296875" style="1" customWidth="1"/>
     <col min="3" max="3" width="12.7265625" style="1" customWidth="1"/>
     <col min="4" max="4" width="3.54296875" style="1" customWidth="1"/>
     <col min="5" max="5" width="12.7265625" style="1" customWidth="1"/>
     <col min="6" max="6" width="3.54296875" style="1" customWidth="1"/>
     <col min="7" max="7" width="12.7265625" style="1" customWidth="1"/>
     <col min="8" max="8" width="3.54296875" style="1" customWidth="1"/>
     <col min="9" max="9" width="12.7265625" style="1" customWidth="1"/>
     <col min="10" max="10" width="3.54296875" style="1" customWidth="1"/>
     <col min="11" max="11" width="13.54296875" style="1" customWidth="1"/>
     <col min="12" max="12" width="3.54296875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A1" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7"/>
       <c r="C1" s="7"/>
@@ -6133,291 +6137,320 @@
       <c r="B405" s="7"/>
       <c r="C405" s="7"/>
       <c r="D405" s="7"/>
       <c r="E405" s="7"/>
       <c r="F405" s="7"/>
       <c r="G405" s="7"/>
       <c r="H405" s="22"/>
       <c r="I405" s="23"/>
       <c r="J405" s="23"/>
       <c r="K405" s="24"/>
     </row>
     <row r="406" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A406" s="7" t="s">
         <v>2</v>
       </c>
       <c r="B406" s="7"/>
       <c r="C406" s="7"/>
       <c r="D406" s="7"/>
       <c r="E406" s="7"/>
       <c r="F406" s="7"/>
       <c r="G406" s="7"/>
       <c r="H406" s="22"/>
       <c r="I406" s="23"/>
       <c r="J406" s="23"/>
       <c r="K406" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="407" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A407" s="7"/>
       <c r="B407" s="7"/>
       <c r="C407" s="7"/>
       <c r="D407" s="7"/>
       <c r="E407" s="7"/>
       <c r="F407" s="7"/>
       <c r="G407" s="7"/>
       <c r="H407" s="22"/>
       <c r="I407" s="23"/>
       <c r="J407" s="23"/>
       <c r="K407" s="24" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="408" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A408" s="7"/>
       <c r="B408" s="7"/>
       <c r="C408" s="7"/>
       <c r="D408" s="7"/>
       <c r="E408" s="7"/>
       <c r="F408" s="7"/>
       <c r="G408" s="7"/>
       <c r="H408" s="7"/>
       <c r="I408" s="7"/>
       <c r="J408" s="7"/>
       <c r="K408" s="7"/>
     </row>
     <row r="409" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A409" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B409" s="7"/>
       <c r="C409" s="7"/>
       <c r="D409" s="7"/>
       <c r="E409" s="7"/>
       <c r="F409" s="7"/>
       <c r="G409" s="7"/>
       <c r="H409" s="7"/>
       <c r="I409" s="7"/>
       <c r="J409" s="7"/>
       <c r="K409" s="7"/>
     </row>
     <row r="411" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A411" s="22"/>
       <c r="B411" s="22"/>
       <c r="C411" s="19" t="s">
+        <v>139</v>
+      </c>
+      <c r="E411" s="19" t="s">
         <v>141</v>
       </c>
-      <c r="E411" s="19"/>
       <c r="G411" s="19"/>
       <c r="I411" s="19"/>
       <c r="K411" s="19"/>
     </row>
     <row r="412" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A412" s="22"/>
       <c r="B412" s="22"/>
       <c r="C412" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="E412" s="19"/>
+      <c r="E412" s="19" t="s">
+        <v>83</v>
+      </c>
       <c r="G412" s="19"/>
       <c r="I412" s="19"/>
       <c r="K412" s="19"/>
     </row>
     <row r="413" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A413" s="31" t="s">
         <v>9</v>
       </c>
       <c r="B413" s="22"/>
       <c r="C413" s="20">
         <v>45931</v>
       </c>
-      <c r="E413" s="20"/>
+      <c r="E413" s="20">
+        <v>46023</v>
+      </c>
       <c r="G413" s="20"/>
       <c r="I413" s="20"/>
       <c r="K413" s="20"/>
     </row>
     <row r="414" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A414" s="22"/>
       <c r="B414" s="22"/>
-      <c r="E414" s="26"/>
       <c r="G414" s="26"/>
       <c r="I414" s="26"/>
       <c r="K414" s="26"/>
     </row>
     <row r="415" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A415" s="32" t="s">
         <v>15</v>
       </c>
       <c r="B415" s="22"/>
       <c r="C415" s="25">
         <v>8263.3799999999992</v>
       </c>
-      <c r="E415" s="25"/>
+      <c r="E415" s="25">
+        <v>8265.8700000000008</v>
+      </c>
       <c r="G415" s="25"/>
       <c r="I415" s="25"/>
       <c r="K415" s="25"/>
     </row>
     <row r="416" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A416" s="29" t="s">
-        <v>18</v>
+        <v>103</v>
       </c>
       <c r="B416" s="22"/>
       <c r="C416" s="27">
         <v>0</v>
       </c>
-      <c r="E416" s="27"/>
+      <c r="E416" s="27">
+        <v>0</v>
+      </c>
       <c r="G416" s="33"/>
       <c r="I416" s="33"/>
       <c r="K416" s="27"/>
     </row>
     <row r="417" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A417" s="29" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B417" s="22"/>
       <c r="C417" s="27">
         <v>0</v>
       </c>
-      <c r="E417" s="27"/>
+      <c r="E417" s="27">
+        <v>0</v>
+      </c>
       <c r="G417" s="33"/>
       <c r="I417" s="33"/>
       <c r="K417" s="27"/>
     </row>
     <row r="418" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A418" s="29" t="s">
-        <v>103</v>
+        <v>18</v>
       </c>
       <c r="B418" s="22"/>
       <c r="C418" s="27">
         <v>0</v>
       </c>
-      <c r="E418" s="27"/>
+      <c r="E418" s="27">
+        <v>0</v>
+      </c>
       <c r="G418" s="33"/>
       <c r="I418" s="33"/>
       <c r="K418" s="27"/>
     </row>
     <row r="419" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A419" s="29" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B419" s="22"/>
       <c r="C419" s="27">
         <v>0</v>
       </c>
-      <c r="E419" s="27"/>
+      <c r="E419" s="27">
+        <v>0</v>
+      </c>
       <c r="G419" s="33"/>
       <c r="I419" s="33"/>
       <c r="K419" s="27"/>
     </row>
     <row r="420" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A420" s="29" t="s">
-        <v>22</v>
+        <v>106</v>
       </c>
       <c r="B420" s="22"/>
       <c r="C420" s="34">
         <v>1.7699999999999999E-4</v>
       </c>
-      <c r="E420" s="30"/>
+      <c r="E420" s="34">
+        <v>1.7699999999999999E-4</v>
+      </c>
       <c r="G420" s="34"/>
       <c r="I420" s="34"/>
       <c r="K420" s="34"/>
     </row>
     <row r="421" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A421" s="29" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B421" s="22"/>
       <c r="C421" s="34">
         <v>0</v>
       </c>
-      <c r="E421" s="30"/>
+      <c r="E421" s="34">
+        <v>0</v>
+      </c>
       <c r="G421" s="34"/>
       <c r="I421" s="34"/>
       <c r="K421" s="34"/>
     </row>
     <row r="422" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A422" s="29" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B422" s="22"/>
       <c r="C422" s="34">
         <v>1.7699999999999999E-4</v>
       </c>
-      <c r="E422" s="30"/>
+      <c r="E422" s="34">
+        <v>1.7699999999999999E-4</v>
+      </c>
       <c r="G422" s="34"/>
       <c r="I422" s="34"/>
       <c r="K422" s="34"/>
     </row>
     <row r="423" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A423" s="29" t="s">
-        <v>106</v>
+        <v>22</v>
       </c>
       <c r="B423" s="22"/>
       <c r="C423" s="34">
         <v>1.7699999999999999E-4</v>
       </c>
-      <c r="E423" s="30"/>
+      <c r="E423" s="34">
+        <v>1.7699999999999999E-4</v>
+      </c>
       <c r="G423" s="34"/>
       <c r="I423" s="34"/>
       <c r="K423" s="34"/>
     </row>
     <row r="424" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A424" s="29" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B424" s="22"/>
       <c r="C424" s="34">
         <v>0</v>
       </c>
-      <c r="E424" s="30"/>
+      <c r="E424" s="34">
+        <v>0</v>
+      </c>
       <c r="G424" s="34"/>
       <c r="I424" s="34"/>
       <c r="K424" s="34"/>
     </row>
     <row r="425" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A425" s="29" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B425" s="22"/>
       <c r="C425" s="34">
         <v>1.7699999999999999E-4</v>
       </c>
-      <c r="E425" s="30"/>
+      <c r="E425" s="34">
+        <v>1.7699999999999999E-4</v>
+      </c>
       <c r="G425" s="34"/>
       <c r="I425" s="34"/>
       <c r="K425" s="34"/>
     </row>
     <row r="426" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A426" s="32" t="s">
         <v>108</v>
       </c>
       <c r="B426" s="22"/>
       <c r="C426" s="27">
         <v>0</v>
       </c>
-      <c r="E426" s="27"/>
+      <c r="E426" s="27">
+        <v>0</v>
+      </c>
       <c r="G426" s="33"/>
       <c r="I426" s="33"/>
       <c r="K426" s="27"/>
     </row>
     <row r="428" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A428" s="22"/>
       <c r="B428" s="22"/>
       <c r="C428" s="19"/>
       <c r="E428" s="19"/>
       <c r="G428" s="19"/>
       <c r="I428" s="19"/>
       <c r="K428" s="19"/>
     </row>
     <row r="429" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A429" s="22"/>
       <c r="B429" s="22"/>
       <c r="C429" s="19"/>
       <c r="E429" s="19"/>
       <c r="G429" s="19"/>
       <c r="I429" s="19"/>
       <c r="K429" s="19"/>
     </row>
     <row r="430" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A430" s="31"/>
       <c r="B430" s="22"/>
@@ -6642,50 +6675,56 @@
       </c>
     </row>
     <row r="468" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A468" s="22" t="s">
         <v>81</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="4" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="85" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;12&amp;K008000Internal Use</oddFooter>
   </headerFooter>
   <rowBreaks count="4" manualBreakCount="4">
     <brk id="65" max="16383" man="1"/>
     <brk id="132" max="16383" man="1"/>
     <brk id="199" max="16383" man="1"/>
     <brk id="266" max="16383" man="1"/>
   </rowBreaks>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{019c027e-33b7-45fc-a572-8ffa5d09ec36}" enabled="1" method="Standard" siteId="{031a09bc-a2bf-44df-888e-4e09355b7a24}" contentBits="2" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">