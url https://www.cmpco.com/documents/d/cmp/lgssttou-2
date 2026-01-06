--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -1,85 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2025\October 1, 2025 Price Change\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2026\January 1, 2026 Price Change\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{85BAE972-8B42-46D1-AE70-5C87B6BBB9D4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E24822C7-D4B2-4876-910B-0056485B0E32}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-5220" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="LGS-ST-TOU #1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'LGS-ST-TOU #1'!$A$1:$K$401</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="491" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="493" uniqueCount="152">
   <si>
     <t>SUBJECT: Rate LGS-ST-TOU Revisions</t>
   </si>
   <si>
     <t xml:space="preserve">      RATE BULLETIN: Rate LGS-ST-TOU #1</t>
   </si>
   <si>
     <t>TO: RATE DISTRIBUTION LIST</t>
   </si>
   <si>
     <t>The following is a summary of Rate LGS-ST-TOU revisions for general information and use.</t>
   </si>
   <si>
     <t>2nd &amp;</t>
   </si>
   <si>
     <t>Original  1/</t>
   </si>
   <si>
     <t>1st Rev.  2/</t>
   </si>
   <si>
     <t>3rd Revs.  1/,6/</t>
   </si>
   <si>
@@ -460,78 +461,81 @@
   <si>
     <t>56th Rev.</t>
   </si>
   <si>
     <t>57th Rev.</t>
   </si>
   <si>
     <t>58th Rev.</t>
   </si>
   <si>
     <t>59th Rev.</t>
   </si>
   <si>
     <t>60th Rev.</t>
   </si>
   <si>
     <t xml:space="preserve">      DATE: July 1, 2025</t>
   </si>
   <si>
     <t xml:space="preserve">      (Supersedes Issue of  01/01/2025)</t>
   </si>
   <si>
     <t>61st Rev.</t>
   </si>
   <si>
-    <t xml:space="preserve">      DATE: October 1, 2025</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">      Page 7 of 7</t>
   </si>
   <si>
     <t xml:space="preserve">      Page 5 of 7</t>
   </si>
   <si>
     <t xml:space="preserve">      Page 6 of 7</t>
   </si>
   <si>
     <t xml:space="preserve">      Page 4 of  7</t>
   </si>
   <si>
     <t xml:space="preserve">      Page 3 of  7</t>
   </si>
   <si>
     <t xml:space="preserve">      Page 2 of  7</t>
   </si>
   <si>
     <t xml:space="preserve">      Page 1 of  7</t>
   </si>
   <si>
     <t>62nd Rev.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      DATE: January 1, 2026</t>
+  </si>
+  <si>
+    <t>63rd Rev.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      (Supersedes Issue of  10/1/2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="8">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="#,##0.000000_);\(#,##0.000000\)"/>
     <numFmt numFmtId="165" formatCode="0.00_)"/>
     <numFmt numFmtId="166" formatCode="0.000000_)"/>
     <numFmt numFmtId="167" formatCode="m/d/yy"/>
     <numFmt numFmtId="168" formatCode="0.000000"/>
     <numFmt numFmtId="169" formatCode="_(* #,##0.000000_);_(* \(#,##0.000000\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
@@ -921,98 +925,98 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:K468"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A397" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A403" sqref="A403"/>
+      <selection activeCell="K407" sqref="K407"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.453125" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="24.7265625" style="1" customWidth="1"/>
     <col min="2" max="2" width="2.81640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="12.7265625" style="1" customWidth="1"/>
     <col min="4" max="4" width="2.81640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="12.7265625" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.81640625" style="1" customWidth="1"/>
     <col min="7" max="7" width="12.7265625" style="1" customWidth="1"/>
     <col min="8" max="8" width="2.81640625" style="1" customWidth="1"/>
     <col min="9" max="9" width="12.7265625" style="1" customWidth="1"/>
     <col min="10" max="10" width="2.81640625" style="1" customWidth="1"/>
     <col min="11" max="11" width="13.54296875" style="1" customWidth="1"/>
     <col min="12" max="12" width="5.81640625" style="1" customWidth="1"/>
     <col min="13" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A1" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7"/>
       <c r="C1" s="7"/>
       <c r="D1" s="7"/>
       <c r="E1" s="7"/>
       <c r="F1" s="7"/>
       <c r="H1" s="17"/>
       <c r="I1" s="17"/>
       <c r="J1" s="17"/>
       <c r="K1" s="18" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A2" s="7"/>
       <c r="B2" s="7"/>
       <c r="C2" s="7"/>
       <c r="D2" s="7"/>
       <c r="E2" s="7"/>
       <c r="F2" s="7"/>
       <c r="H2" s="17"/>
       <c r="I2" s="17"/>
       <c r="J2" s="17"/>
       <c r="K2" s="18" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A3" s="7"/>
       <c r="B3" s="7"/>
       <c r="C3" s="7"/>
       <c r="D3" s="7"/>
       <c r="E3" s="7"/>
       <c r="F3" s="7"/>
       <c r="H3" s="17"/>
       <c r="I3" s="17"/>
       <c r="J3" s="17"/>
       <c r="K3" s="18"/>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A4" s="7" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
       <c r="H4" s="17"/>
       <c r="I4" s="17"/>
@@ -2033,51 +2037,51 @@
         <v>0</v>
       </c>
       <c r="B66" s="7"/>
       <c r="C66" s="7"/>
       <c r="D66" s="7"/>
       <c r="E66" s="7"/>
       <c r="F66" s="7"/>
       <c r="H66" s="17"/>
       <c r="I66" s="17"/>
       <c r="J66" s="17"/>
       <c r="K66" s="18" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A67" s="7"/>
       <c r="B67" s="7"/>
       <c r="C67" s="7"/>
       <c r="D67" s="7"/>
       <c r="E67" s="7"/>
       <c r="F67" s="7"/>
       <c r="H67" s="17"/>
       <c r="I67" s="17"/>
       <c r="J67" s="17"/>
       <c r="K67" s="18" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
     </row>
     <row r="68" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A68" s="7"/>
       <c r="B68" s="7"/>
       <c r="C68" s="7"/>
       <c r="D68" s="7"/>
       <c r="E68" s="7"/>
       <c r="F68" s="7"/>
       <c r="H68" s="17"/>
       <c r="I68" s="17"/>
       <c r="J68" s="17"/>
       <c r="K68" s="18"/>
     </row>
     <row r="69" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A69" s="7" t="s">
         <v>2</v>
       </c>
       <c r="B69" s="7"/>
       <c r="C69" s="7"/>
       <c r="D69" s="7"/>
       <c r="E69" s="7"/>
       <c r="F69" s="7"/>
       <c r="H69" s="19"/>
       <c r="I69" s="17"/>
@@ -2822,51 +2826,51 @@
         <v>0</v>
       </c>
       <c r="B133" s="7"/>
       <c r="C133" s="7"/>
       <c r="D133" s="7"/>
       <c r="E133" s="7"/>
       <c r="F133" s="7"/>
       <c r="H133" s="17"/>
       <c r="I133" s="17"/>
       <c r="J133" s="17"/>
       <c r="K133" s="18" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A134" s="7"/>
       <c r="B134" s="7"/>
       <c r="C134" s="7"/>
       <c r="D134" s="7"/>
       <c r="E134" s="7"/>
       <c r="F134" s="7"/>
       <c r="H134" s="17"/>
       <c r="I134" s="17"/>
       <c r="J134" s="17"/>
       <c r="K134" s="18" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
     </row>
     <row r="135" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A135" s="7"/>
       <c r="B135" s="7"/>
       <c r="C135" s="7"/>
       <c r="D135" s="7"/>
       <c r="E135" s="7"/>
       <c r="F135" s="7"/>
       <c r="H135" s="17"/>
       <c r="I135" s="17"/>
       <c r="J135" s="17"/>
       <c r="K135" s="18"/>
     </row>
     <row r="136" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A136" s="7" t="s">
         <v>2</v>
       </c>
       <c r="B136" s="7"/>
       <c r="C136" s="7"/>
       <c r="D136" s="7"/>
       <c r="E136" s="7"/>
       <c r="F136" s="7"/>
       <c r="H136" s="19"/>
       <c r="I136" s="17"/>
@@ -3669,51 +3673,51 @@
         <v>0</v>
       </c>
       <c r="B200" s="7"/>
       <c r="C200" s="7"/>
       <c r="D200" s="7"/>
       <c r="E200" s="7"/>
       <c r="F200" s="7"/>
       <c r="H200" s="17"/>
       <c r="I200" s="17"/>
       <c r="J200" s="17"/>
       <c r="K200" s="18" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A201" s="7"/>
       <c r="B201" s="7"/>
       <c r="C201" s="7"/>
       <c r="D201" s="7"/>
       <c r="E201" s="7"/>
       <c r="F201" s="7"/>
       <c r="H201" s="17"/>
       <c r="I201" s="17"/>
       <c r="J201" s="17"/>
       <c r="K201" s="18" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
     </row>
     <row r="202" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A202" s="7"/>
       <c r="B202" s="7"/>
       <c r="C202" s="7"/>
       <c r="D202" s="7"/>
       <c r="E202" s="7"/>
       <c r="F202" s="7"/>
       <c r="H202" s="17"/>
       <c r="I202" s="17"/>
       <c r="J202" s="17"/>
       <c r="K202" s="18"/>
     </row>
     <row r="203" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A203" s="7" t="s">
         <v>2</v>
       </c>
       <c r="B203" s="7"/>
       <c r="C203" s="7"/>
       <c r="D203" s="7"/>
       <c r="E203" s="7"/>
       <c r="F203" s="7"/>
       <c r="H203" s="19"/>
       <c r="I203" s="17"/>
@@ -4489,51 +4493,51 @@
         <v>0</v>
       </c>
       <c r="B267" s="7"/>
       <c r="C267" s="7"/>
       <c r="D267" s="7"/>
       <c r="E267" s="7"/>
       <c r="F267" s="7"/>
       <c r="H267" s="17"/>
       <c r="I267" s="17"/>
       <c r="J267" s="17"/>
       <c r="K267" s="18" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A268" s="7"/>
       <c r="B268" s="7"/>
       <c r="C268" s="7"/>
       <c r="D268" s="7"/>
       <c r="E268" s="7"/>
       <c r="F268" s="7"/>
       <c r="H268" s="17"/>
       <c r="I268" s="17"/>
       <c r="J268" s="17"/>
       <c r="K268" s="18" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="269" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A269" s="7"/>
       <c r="B269" s="7"/>
       <c r="C269" s="7"/>
       <c r="D269" s="7"/>
       <c r="E269" s="7"/>
       <c r="F269" s="7"/>
       <c r="H269" s="17"/>
       <c r="I269" s="17"/>
       <c r="J269" s="17"/>
       <c r="K269" s="18"/>
     </row>
     <row r="270" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A270" s="7" t="s">
         <v>2</v>
       </c>
       <c r="B270" s="7"/>
       <c r="C270" s="7"/>
       <c r="D270" s="7"/>
       <c r="E270" s="7"/>
       <c r="F270" s="7"/>
       <c r="H270" s="19"/>
       <c r="I270" s="17"/>
@@ -5270,51 +5274,51 @@
         <v>0</v>
       </c>
       <c r="B335" s="7"/>
       <c r="C335" s="7"/>
       <c r="D335" s="7"/>
       <c r="E335" s="7"/>
       <c r="F335" s="7"/>
       <c r="H335" s="17"/>
       <c r="I335" s="17"/>
       <c r="J335" s="17"/>
       <c r="K335" s="18" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A336" s="7"/>
       <c r="B336" s="7"/>
       <c r="C336" s="7"/>
       <c r="D336" s="7"/>
       <c r="E336" s="7"/>
       <c r="F336" s="7"/>
       <c r="H336" s="17"/>
       <c r="I336" s="17"/>
       <c r="J336" s="17"/>
       <c r="K336" s="18" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="337" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A337" s="7"/>
       <c r="B337" s="7"/>
       <c r="C337" s="7"/>
       <c r="D337" s="7"/>
       <c r="E337" s="7"/>
       <c r="F337" s="7"/>
       <c r="H337" s="17"/>
       <c r="I337" s="17"/>
       <c r="J337" s="17"/>
       <c r="K337" s="18"/>
     </row>
     <row r="338" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A338" s="7" t="s">
         <v>2</v>
       </c>
       <c r="B338" s="7"/>
       <c r="C338" s="7"/>
       <c r="D338" s="7"/>
       <c r="E338" s="7"/>
       <c r="F338" s="7"/>
       <c r="H338" s="19"/>
       <c r="I338" s="17"/>
@@ -6099,319 +6103,348 @@
         <v>0</v>
       </c>
       <c r="B403" s="7"/>
       <c r="C403" s="7"/>
       <c r="D403" s="7"/>
       <c r="E403" s="7"/>
       <c r="F403" s="7"/>
       <c r="H403" s="17"/>
       <c r="I403" s="17"/>
       <c r="J403" s="17"/>
       <c r="K403" s="18" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="404" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A404" s="7"/>
       <c r="B404" s="7"/>
       <c r="C404" s="7"/>
       <c r="D404" s="7"/>
       <c r="E404" s="7"/>
       <c r="F404" s="7"/>
       <c r="H404" s="17"/>
       <c r="I404" s="17"/>
       <c r="J404" s="17"/>
       <c r="K404" s="18" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
     </row>
     <row r="405" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A405" s="7"/>
       <c r="B405" s="7"/>
       <c r="C405" s="7"/>
       <c r="D405" s="7"/>
       <c r="E405" s="7"/>
       <c r="F405" s="7"/>
       <c r="H405" s="17"/>
       <c r="I405" s="17"/>
       <c r="J405" s="17"/>
       <c r="K405" s="18"/>
     </row>
     <row r="406" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A406" s="7" t="s">
         <v>2</v>
       </c>
       <c r="B406" s="7"/>
       <c r="C406" s="7"/>
       <c r="D406" s="7"/>
       <c r="E406" s="7"/>
       <c r="F406" s="7"/>
       <c r="H406" s="19"/>
       <c r="I406" s="17"/>
       <c r="J406" s="17"/>
       <c r="K406" s="18" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
     </row>
     <row r="407" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A407" s="7"/>
       <c r="B407" s="7"/>
       <c r="C407" s="7"/>
       <c r="D407" s="7"/>
       <c r="E407" s="7"/>
       <c r="F407" s="7"/>
       <c r="H407" s="19"/>
       <c r="I407" s="17"/>
       <c r="J407" s="17"/>
       <c r="K407" s="18" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
     </row>
     <row r="408" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A408" s="7"/>
       <c r="B408" s="7"/>
       <c r="C408" s="7"/>
       <c r="D408" s="7"/>
       <c r="E408" s="7"/>
       <c r="F408" s="7"/>
       <c r="G408" s="7"/>
       <c r="H408" s="7"/>
       <c r="I408" s="7"/>
       <c r="J408" s="7"/>
       <c r="K408" s="18"/>
     </row>
     <row r="409" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A409" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B409" s="7"/>
       <c r="C409" s="7"/>
       <c r="D409" s="7"/>
       <c r="E409" s="7"/>
       <c r="F409" s="7"/>
       <c r="G409" s="7"/>
       <c r="H409" s="7"/>
       <c r="I409" s="7"/>
       <c r="J409" s="7"/>
       <c r="K409" s="7"/>
     </row>
     <row r="410" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A410" s="7"/>
       <c r="B410" s="7"/>
       <c r="C410" s="7"/>
       <c r="D410" s="7"/>
       <c r="E410" s="7"/>
       <c r="F410" s="7"/>
       <c r="G410" s="7"/>
       <c r="H410" s="7"/>
       <c r="I410" s="7"/>
       <c r="J410" s="7"/>
       <c r="K410" s="7"/>
     </row>
     <row r="411" spans="1:11" x14ac:dyDescent="0.3">
       <c r="C411" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D411" s="11"/>
+      <c r="E411" s="15" t="s">
         <v>150</v>
       </c>
-      <c r="D411" s="11"/>
-      <c r="E411" s="15"/>
       <c r="F411" s="11"/>
       <c r="G411" s="15"/>
       <c r="I411" s="15"/>
       <c r="K411" s="15"/>
     </row>
     <row r="412" spans="1:11" x14ac:dyDescent="0.3">
       <c r="C412" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D412" s="11"/>
-      <c r="E412" s="15"/>
+      <c r="E412" s="15" t="s">
+        <v>91</v>
+      </c>
       <c r="F412" s="11"/>
       <c r="G412" s="15"/>
       <c r="I412" s="15"/>
       <c r="K412" s="15"/>
     </row>
     <row r="413" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A413" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C413" s="16">
         <v>45931</v>
       </c>
       <c r="D413" s="14"/>
-      <c r="E413" s="16"/>
+      <c r="E413" s="16">
+        <v>46023</v>
+      </c>
       <c r="F413" s="14"/>
       <c r="G413" s="16"/>
       <c r="I413" s="16"/>
       <c r="K413" s="16"/>
     </row>
     <row r="414" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="E414" s="19"/>
       <c r="G414" s="19"/>
       <c r="I414" s="19"/>
       <c r="K414" s="19"/>
     </row>
     <row r="415" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A415" s="25" t="s">
         <v>16</v>
       </c>
       <c r="C415" s="20">
         <v>7121.19</v>
       </c>
-      <c r="E415" s="20"/>
+      <c r="E415" s="20">
+        <v>7121.88</v>
+      </c>
       <c r="G415" s="20"/>
       <c r="I415" s="20"/>
       <c r="K415" s="20"/>
     </row>
     <row r="416" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A416" s="21" t="s">
-        <v>19</v>
+        <v>111</v>
       </c>
       <c r="C416" s="23">
         <v>0</v>
       </c>
-      <c r="E416" s="23"/>
+      <c r="E416" s="23">
+        <v>0</v>
+      </c>
       <c r="G416" s="27"/>
       <c r="I416" s="27"/>
       <c r="K416" s="23"/>
     </row>
     <row r="417" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A417" s="21" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C417" s="23">
         <v>0</v>
       </c>
-      <c r="E417" s="23"/>
+      <c r="E417" s="23">
+        <v>0</v>
+      </c>
       <c r="G417" s="27"/>
       <c r="I417" s="27"/>
       <c r="K417" s="23"/>
     </row>
     <row r="418" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A418" s="21" t="s">
-        <v>111</v>
+        <v>19</v>
       </c>
       <c r="C418" s="23">
         <v>0</v>
       </c>
-      <c r="E418" s="23"/>
+      <c r="E418" s="23">
+        <v>0</v>
+      </c>
       <c r="G418" s="27"/>
       <c r="I418" s="27"/>
       <c r="K418" s="23"/>
     </row>
     <row r="419" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A419" s="21" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C419" s="23">
         <v>0</v>
       </c>
-      <c r="E419" s="23"/>
+      <c r="E419" s="23">
+        <v>0</v>
+      </c>
       <c r="G419" s="27"/>
       <c r="I419" s="27"/>
       <c r="K419" s="23"/>
     </row>
     <row r="420" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A420" s="21" t="s">
-        <v>23</v>
+        <v>114</v>
       </c>
       <c r="C420" s="29">
         <v>1.7699999999999999E-4</v>
       </c>
-      <c r="D420" s="19"/>
-      <c r="E420" s="22"/>
+      <c r="E420" s="29">
+        <v>1.7699999999999999E-4</v>
+      </c>
       <c r="G420" s="29"/>
       <c r="I420" s="29"/>
       <c r="K420" s="29"/>
     </row>
     <row r="421" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A421" s="21" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C421" s="29">
         <v>0</v>
       </c>
-      <c r="E421" s="22"/>
+      <c r="E421" s="29">
+        <v>0</v>
+      </c>
       <c r="G421" s="29"/>
       <c r="I421" s="29"/>
       <c r="K421" s="29"/>
     </row>
     <row r="422" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A422" s="21" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C422" s="29">
         <v>1.7699999999999999E-4</v>
       </c>
-      <c r="E422" s="22"/>
+      <c r="E422" s="29">
+        <v>1.7699999999999999E-4</v>
+      </c>
       <c r="G422" s="29"/>
       <c r="I422" s="29"/>
       <c r="K422" s="29"/>
     </row>
     <row r="423" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A423" s="21" t="s">
-        <v>114</v>
+        <v>23</v>
       </c>
       <c r="C423" s="29">
         <v>1.7699999999999999E-4</v>
       </c>
-      <c r="E423" s="22"/>
+      <c r="D423" s="19"/>
+      <c r="E423" s="29">
+        <v>1.7699999999999999E-4</v>
+      </c>
       <c r="G423" s="29"/>
       <c r="I423" s="29"/>
       <c r="K423" s="29"/>
     </row>
     <row r="424" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A424" s="21" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C424" s="29">
         <v>0</v>
       </c>
-      <c r="E424" s="22"/>
+      <c r="E424" s="29">
+        <v>0</v>
+      </c>
       <c r="G424" s="29"/>
       <c r="I424" s="29"/>
       <c r="K424" s="29"/>
     </row>
     <row r="425" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A425" s="21" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C425" s="29">
         <v>1.7699999999999999E-4</v>
       </c>
-      <c r="E425" s="22"/>
+      <c r="E425" s="29">
+        <v>1.7699999999999999E-4</v>
+      </c>
       <c r="G425" s="29"/>
       <c r="I425" s="29"/>
       <c r="K425" s="29"/>
     </row>
     <row r="426" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A426" s="25" t="s">
         <v>116</v>
       </c>
       <c r="C426" s="23">
         <v>0</v>
       </c>
-      <c r="E426" s="23"/>
+      <c r="E426" s="23">
+        <v>0</v>
+      </c>
       <c r="G426" s="28"/>
       <c r="I426" s="27"/>
       <c r="K426" s="23"/>
     </row>
     <row r="428" spans="1:11" x14ac:dyDescent="0.3">
       <c r="C428" s="15"/>
       <c r="E428" s="15"/>
       <c r="G428" s="15"/>
       <c r="I428" s="15"/>
       <c r="K428" s="15"/>
     </row>
     <row r="429" spans="1:11" x14ac:dyDescent="0.3">
       <c r="C429" s="15"/>
       <c r="E429" s="15"/>
       <c r="G429" s="15"/>
       <c r="I429" s="15"/>
       <c r="K429" s="15"/>
     </row>
     <row r="430" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A430" s="7"/>
       <c r="C430" s="16"/>
       <c r="E430" s="16"/>
       <c r="G430" s="16"/>
       <c r="I430" s="16"/>
       <c r="K430" s="16"/>
@@ -6622,50 +6655,56 @@
       </c>
     </row>
     <row r="468" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A468" s="19" t="s">
         <v>90</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="4" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="85" fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;12&amp;K008000Internal Use</oddFooter>
   </headerFooter>
   <rowBreaks count="4" manualBreakCount="4">
     <brk id="65" max="16383" man="1"/>
     <brk id="132" max="16383" man="1"/>
     <brk id="199" max="16383" man="1"/>
     <brk id="266" max="16383" man="1"/>
   </rowBreaks>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{019c027e-33b7-45fc-a572-8ffa5d09ec36}" enabled="1" method="Standard" siteId="{031a09bc-a2bf-44df-888e-4e09355b7a24}" contentBits="2" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">