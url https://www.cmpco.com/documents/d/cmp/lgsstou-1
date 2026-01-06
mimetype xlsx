--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -1,82 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2025\October 1, 2025 Price Change\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2026\January 1, 2026 Price Change\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FA6AB660-DE41-43A4-8A4B-4E5893C7A255}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{063A8896-BE87-446B-AF11-3FA6B6A2B5B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-5220" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="LGS-S-TOU #1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="324" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="326" uniqueCount="115">
   <si>
     <t>SUBJECT: Rate LGS-S-TOU Revisions</t>
   </si>
   <si>
     <t>RATE BULLETIN: Rate LGS-S-TOU #1</t>
   </si>
   <si>
     <t>TO: RATE DISTRIBUTION LIST</t>
   </si>
   <si>
     <t>The following is a summary of Rate LGS-S-TOU revisions for general information and use.</t>
   </si>
   <si>
     <t>2nd &amp;</t>
   </si>
   <si>
     <t>Original  1/</t>
   </si>
   <si>
     <t>3rd Rev. 1/</t>
   </si>
   <si>
     <t>4th Rev. 1/</t>
   </si>
   <si>
@@ -367,57 +368,60 @@
   <si>
     <t>54th Rev.</t>
   </si>
   <si>
     <t>55th Rev.</t>
   </si>
   <si>
     <t>56th Rev.</t>
   </si>
   <si>
     <t>57th Rev.</t>
   </si>
   <si>
     <t>Per kW  - December through February on-peak</t>
   </si>
   <si>
     <t xml:space="preserve">             - December through February shoulder</t>
   </si>
   <si>
     <t xml:space="preserve">             - December through February off-peak</t>
   </si>
   <si>
     <t>58th Rev.</t>
   </si>
   <si>
-    <t>DATE:  October 1, 2025</t>
-[...4 lines deleted...]
-  <si>
     <t>59th Rev.</t>
+  </si>
+  <si>
+    <t>DATE:  January 1, 2026</t>
+  </si>
+  <si>
+    <t>60th Rev.</t>
+  </si>
+  <si>
+    <t>(Supersedes Issue of 10/1/2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="#,##0.000000_);\(#,##0.000000\)"/>
     <numFmt numFmtId="165" formatCode="0.00_)"/>
     <numFmt numFmtId="166" formatCode="0.000000_)"/>
     <numFmt numFmtId="167" formatCode="_(* #,##0.000000_);_(* \(#,##0.000000\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="168" formatCode="&quot;$&quot;#,##0.0000000_);\(&quot;$&quot;#,##0.0000000\)"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
@@ -806,52 +810,52 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:K275"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A229" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="G246" sqref="G246"/>
+    <sheetView tabSelected="1" topLeftCell="A202" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="K207" sqref="K207"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.453125" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="34.7265625" style="1" customWidth="1"/>
     <col min="2" max="2" width="3.7265625" style="1" customWidth="1"/>
     <col min="3" max="3" width="12.7265625" style="1" customWidth="1"/>
     <col min="4" max="4" width="3.7265625" style="1" customWidth="1"/>
     <col min="5" max="5" width="12.7265625" style="1" customWidth="1"/>
     <col min="6" max="6" width="3.7265625" style="1" customWidth="1"/>
     <col min="7" max="7" width="12.7265625" style="1" customWidth="1"/>
     <col min="8" max="8" width="3.7265625" style="1" customWidth="1"/>
     <col min="9" max="9" width="12.7265625" style="1" customWidth="1"/>
     <col min="10" max="10" width="3.7265625" style="1" customWidth="1"/>
     <col min="11" max="11" width="12.7265625" style="1" customWidth="1"/>
     <col min="12" max="12" width="3.7265625" style="1" customWidth="1"/>
     <col min="13" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="11"/>
       <c r="C1" s="11"/>
@@ -4206,65 +4210,65 @@
       <c r="B205" s="11"/>
       <c r="C205" s="11"/>
       <c r="D205" s="11"/>
       <c r="E205" s="11"/>
       <c r="F205" s="11"/>
       <c r="H205" s="25"/>
       <c r="I205" s="26"/>
       <c r="J205" s="26"/>
       <c r="K205" s="27" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="207" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A207" s="12" t="s">
         <v>2</v>
       </c>
       <c r="B207" s="11"/>
       <c r="C207" s="11"/>
       <c r="D207" s="11"/>
       <c r="E207" s="11"/>
       <c r="F207" s="11"/>
       <c r="H207" s="25"/>
       <c r="I207" s="26"/>
       <c r="J207" s="26"/>
       <c r="K207" s="27" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="208" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A208" s="11"/>
       <c r="B208" s="11"/>
       <c r="C208" s="11"/>
       <c r="D208" s="11"/>
       <c r="E208" s="11"/>
       <c r="F208" s="11"/>
       <c r="H208" s="25"/>
       <c r="I208" s="26"/>
       <c r="J208" s="26"/>
       <c r="K208" s="27" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="209" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A209" s="11"/>
       <c r="B209" s="11"/>
       <c r="C209" s="11"/>
       <c r="D209" s="11"/>
       <c r="E209" s="11"/>
       <c r="F209" s="11"/>
       <c r="G209" s="11"/>
       <c r="H209" s="11"/>
       <c r="I209" s="11"/>
       <c r="J209" s="11"/>
     </row>
     <row r="210" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A210" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B210" s="11"/>
       <c r="C210" s="11"/>
       <c r="D210" s="11"/>
       <c r="E210" s="11"/>
       <c r="F210" s="11"/>
       <c r="G210" s="11"/>
       <c r="H210" s="11"/>
@@ -4923,353 +4927,393 @@
       <c r="E244" s="29">
         <v>1.6300000000000001</v>
       </c>
       <c r="G244" s="29">
         <v>1.6</v>
       </c>
       <c r="I244" s="29">
         <v>2.08</v>
       </c>
       <c r="K244" s="29">
         <v>2.08</v>
       </c>
     </row>
     <row r="245" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A245" s="3"/>
       <c r="G245" s="24"/>
     </row>
     <row r="246" spans="1:11" x14ac:dyDescent="0.3">
       <c r="C246" s="22" t="s">
         <v>106</v>
       </c>
       <c r="E246" s="22" t="s">
         <v>110</v>
       </c>
       <c r="G246" s="22" t="s">
+        <v>111</v>
+      </c>
+      <c r="I246" s="22" t="s">
         <v>113</v>
       </c>
-      <c r="I246" s="22"/>
       <c r="K246" s="22"/>
     </row>
     <row r="247" spans="1:11" x14ac:dyDescent="0.3">
       <c r="C247" s="22" t="s">
         <v>63</v>
       </c>
       <c r="E247" s="22" t="s">
         <v>63</v>
       </c>
       <c r="G247" s="22" t="s">
         <v>63</v>
       </c>
-      <c r="I247" s="22"/>
+      <c r="I247" s="22" t="s">
+        <v>63</v>
+      </c>
       <c r="K247" s="22"/>
     </row>
     <row r="248" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A248" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B248" s="11"/>
       <c r="C248" s="23">
         <v>45658</v>
       </c>
       <c r="D248" s="11"/>
       <c r="E248" s="23">
         <v>45839</v>
       </c>
       <c r="F248" s="11"/>
       <c r="G248" s="23">
         <v>45931</v>
       </c>
-      <c r="I248" s="23"/>
+      <c r="I248" s="23">
+        <v>46023</v>
+      </c>
       <c r="J248" s="11"/>
       <c r="K248" s="23"/>
     </row>
     <row r="249" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B249" s="16"/>
       <c r="C249" s="25"/>
       <c r="D249" s="11"/>
       <c r="E249" s="25"/>
       <c r="F249" s="11"/>
       <c r="G249" s="25"/>
       <c r="I249" s="25"/>
       <c r="J249" s="11"/>
     </row>
     <row r="250" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A250" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C250" s="28">
         <v>9459.25</v>
       </c>
       <c r="E250" s="28">
         <v>6298.51</v>
       </c>
       <c r="G250" s="28">
         <v>10522.2</v>
       </c>
-      <c r="I250" s="28"/>
+      <c r="I250" s="28">
+        <v>10528.06</v>
+      </c>
       <c r="K250" s="28"/>
     </row>
     <row r="251" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A251" s="31" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C251" s="29">
-        <v>26.32</v>
+        <v>27.14</v>
       </c>
       <c r="E251" s="29">
-        <v>25.14</v>
+        <v>53.29</v>
       </c>
       <c r="G251" s="29">
-        <v>25.14</v>
-[...1 lines deleted...]
-      <c r="I251" s="29"/>
+        <v>53.29</v>
+      </c>
+      <c r="I251" s="29">
+        <v>53.36</v>
+      </c>
     </row>
     <row r="252" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A252" s="31" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C252" s="29">
-        <v>4.0199999999999996</v>
+        <v>4.84</v>
       </c>
       <c r="E252" s="29">
         <v>0</v>
       </c>
       <c r="G252" s="29">
         <v>0</v>
       </c>
-      <c r="I252" s="29"/>
+      <c r="I252" s="29">
+        <v>0</v>
+      </c>
     </row>
     <row r="253" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A253" s="31" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C253" s="29">
         <v>0</v>
       </c>
       <c r="E253" s="29">
-        <v>0</v>
+        <v>1.66</v>
       </c>
       <c r="G253" s="29">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="I253" s="29"/>
+        <v>1.66</v>
+      </c>
+      <c r="I253" s="29">
+        <v>1.66</v>
+      </c>
     </row>
     <row r="254" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A254" s="31" t="s">
-        <v>80</v>
+        <v>107</v>
       </c>
       <c r="C254" s="29">
-        <v>27.14</v>
+        <v>26.32</v>
       </c>
       <c r="E254" s="29">
-        <v>53.29</v>
+        <v>25.95</v>
       </c>
       <c r="G254" s="29">
-        <v>53.29</v>
-[...1 lines deleted...]
-      <c r="I254" s="29"/>
+        <v>25.95</v>
+      </c>
+      <c r="I254" s="29">
+        <v>26</v>
+      </c>
     </row>
     <row r="255" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A255" s="31" t="s">
-        <v>81</v>
+        <v>108</v>
       </c>
       <c r="C255" s="29">
-        <v>4.84</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="E255" s="29">
         <v>0</v>
       </c>
       <c r="G255" s="29">
         <v>0</v>
       </c>
-      <c r="I255" s="29"/>
+      <c r="I255" s="29">
+        <v>0</v>
+      </c>
     </row>
     <row r="256" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A256" s="31" t="s">
-        <v>84</v>
+        <v>109</v>
       </c>
       <c r="C256" s="29">
         <v>0</v>
       </c>
       <c r="E256" s="29">
-        <v>1.66</v>
+        <v>0</v>
       </c>
       <c r="G256" s="29">
-        <v>1.66</v>
-[...1 lines deleted...]
-      <c r="I256" s="29"/>
+        <v>0</v>
+      </c>
+      <c r="I256" s="29">
+        <v>0</v>
+      </c>
     </row>
     <row r="257" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A257" s="31" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="C257" s="29">
         <v>26.32</v>
       </c>
       <c r="E257" s="29">
-        <v>25.95</v>
+        <v>25.14</v>
       </c>
       <c r="G257" s="29">
-        <v>25.95</v>
-[...1 lines deleted...]
-      <c r="I257" s="29"/>
+        <v>25.14</v>
+      </c>
+      <c r="I257" s="29">
+        <v>25.19</v>
+      </c>
     </row>
     <row r="258" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A258" s="31" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="C258" s="29">
         <v>4.0199999999999996</v>
       </c>
       <c r="E258" s="29">
         <v>0</v>
       </c>
       <c r="G258" s="29">
         <v>0</v>
       </c>
-      <c r="I258" s="29"/>
+      <c r="I258" s="29">
+        <v>0</v>
+      </c>
     </row>
     <row r="259" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A259" s="31" t="s">
-        <v>109</v>
+        <v>82</v>
       </c>
       <c r="C259" s="29">
         <v>0</v>
       </c>
       <c r="E259" s="29">
         <v>0</v>
       </c>
       <c r="G259" s="29">
         <v>0</v>
       </c>
-      <c r="I259" s="29"/>
+      <c r="I259" s="29">
+        <v>0</v>
+      </c>
     </row>
     <row r="260" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A260" s="31" t="s">
-        <v>18</v>
+        <v>83</v>
       </c>
       <c r="C260" s="30">
         <v>1.1418000000000001E-2</v>
       </c>
       <c r="E260" s="30">
         <v>2.1656000000000002E-2</v>
       </c>
       <c r="G260" s="30">
         <v>9.4120000000000002E-3</v>
       </c>
-      <c r="I260" s="30"/>
+      <c r="I260" s="30">
+        <v>9.4120000000000002E-3</v>
+      </c>
     </row>
     <row r="261" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A261" s="31" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C261" s="30">
         <v>1.1418000000000001E-2</v>
       </c>
       <c r="E261" s="30">
         <v>0</v>
       </c>
       <c r="G261" s="30">
         <v>0</v>
       </c>
-      <c r="I261" s="30"/>
+      <c r="I261" s="30">
+        <v>0</v>
+      </c>
     </row>
     <row r="262" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A262" s="31" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C262" s="30">
         <v>1.1418000000000001E-2</v>
       </c>
       <c r="E262" s="30">
         <v>2.1656000000000002E-2</v>
       </c>
       <c r="G262" s="30">
         <v>9.4120000000000002E-3</v>
       </c>
-      <c r="I262" s="30"/>
+      <c r="I262" s="30">
+        <v>9.4120000000000002E-3</v>
+      </c>
     </row>
     <row r="263" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A263" s="31" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="C263" s="30">
         <v>1.1418000000000001E-2</v>
       </c>
       <c r="E263" s="30">
         <v>2.1656000000000002E-2</v>
       </c>
       <c r="G263" s="30">
         <v>9.4120000000000002E-3</v>
       </c>
-      <c r="I263" s="30"/>
+      <c r="I263" s="30">
+        <v>9.4120000000000002E-3</v>
+      </c>
     </row>
     <row r="264" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A264" s="31" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C264" s="30">
         <v>1.1418000000000001E-2</v>
       </c>
       <c r="E264" s="30">
         <v>0</v>
       </c>
       <c r="G264" s="30">
         <v>0</v>
       </c>
-      <c r="I264" s="30"/>
+      <c r="I264" s="30">
+        <v>0</v>
+      </c>
     </row>
     <row r="265" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A265" s="31" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C265" s="30">
         <v>1.1418000000000001E-2</v>
       </c>
       <c r="E265" s="30">
         <v>2.1656000000000002E-2</v>
       </c>
       <c r="G265" s="30">
         <v>9.4120000000000002E-3</v>
       </c>
-      <c r="I265" s="30"/>
+      <c r="I265" s="30">
+        <v>9.4120000000000002E-3</v>
+      </c>
     </row>
     <row r="266" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A266" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C266" s="29">
         <v>2.1</v>
       </c>
       <c r="E266" s="29">
         <v>2.36</v>
       </c>
       <c r="G266" s="29">
         <v>2.36</v>
       </c>
-      <c r="I266" s="29"/>
+      <c r="I266" s="29">
+        <v>2.44</v>
+      </c>
       <c r="K266" s="5"/>
     </row>
     <row r="267" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A267" s="3"/>
       <c r="K267" s="5"/>
     </row>
     <row r="268" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A268" s="3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="269" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A269" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="270" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A270" s="3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="271" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A271" s="3" t="s">
         <v>36</v>
       </c>
@@ -5304,50 +5348,56 @@
       <c r="B275" s="31"/>
       <c r="C275" s="31"/>
       <c r="D275" s="25"/>
       <c r="E275" s="25"/>
       <c r="F275" s="25"/>
       <c r="G275" s="25"/>
       <c r="H275" s="25"/>
       <c r="I275" s="25"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="85" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;12&amp;K008000Internal Use</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="67" max="16383" man="1"/>
     <brk id="135" max="16383" man="1"/>
   </rowBreaks>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{019c027e-33b7-45fc-a572-8ffa5d09ec36}" enabled="1" method="Standard" siteId="{031a09bc-a2bf-44df-888e-4e09355b7a24}" contentBits="2" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>LGS-S-TOU #1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Central Maine Power Co.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>