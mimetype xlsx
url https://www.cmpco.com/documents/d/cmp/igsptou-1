--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -1,82 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2025\October 1, 2025 Price Change\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2026\January 1, 2026 Price Change\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{79181779-EB8F-4452-8C41-8BE5BB34D73E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{633FAD5B-91DB-40CE-A204-29A4A25D4ECF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-5220" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="IGS-P-TOU #1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="394" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="396" uniqueCount="135">
   <si>
     <t>SUBJECT: Rate IGS-P-TOU Revisions</t>
   </si>
   <si>
     <t>RATE BULLETIN: Rate IGS-P-TOU #1</t>
   </si>
   <si>
     <t>TO: RATE DISTRIBUTION LIST</t>
   </si>
   <si>
     <t>The following is a summary of Rate IGS-P-TOU revisions for general information and use.</t>
   </si>
   <si>
     <t>Original 1/</t>
   </si>
   <si>
     <t>1st Rev.  5/</t>
   </si>
   <si>
     <t>2nd Rev.  5/</t>
   </si>
   <si>
     <t>3rd Rev.  5/</t>
   </si>
   <si>
@@ -430,54 +431,57 @@
   <si>
     <t>Page 3 of  6</t>
   </si>
   <si>
     <t>Page 2 of  6</t>
   </si>
   <si>
     <t>Page 1 of  6</t>
   </si>
   <si>
     <t>55th Rev.</t>
   </si>
   <si>
     <t>Per kW  - December through February on-peak</t>
   </si>
   <si>
     <t xml:space="preserve">             - December through February shoulder</t>
   </si>
   <si>
     <t xml:space="preserve">             - December through February off-peak</t>
   </si>
   <si>
     <t>56th Rev.</t>
   </si>
   <si>
-    <t>DATE:  October 1, 2025</t>
-[...2 lines deleted...]
-    <t>(Supercedes Issue of  7/1/2025)</t>
+    <t>DATE:  January 1, 2026</t>
+  </si>
+  <si>
+    <t>(Supercedes Issue of  10/1/2025)</t>
+  </si>
+  <si>
+    <t>57th Rev.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="8">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="#,##0.000000_);\(#,##0.000000\)"/>
     <numFmt numFmtId="165" formatCode="0.00_)"/>
     <numFmt numFmtId="166" formatCode="0.000000_)"/>
     <numFmt numFmtId="167" formatCode="_(* #,##0.000000_);_(* \(#,##0.000000\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="168" formatCode="#,##0.0000000_);\(#,##0.0000000\)"/>
     <numFmt numFmtId="169" formatCode="m/d/yy"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -904,52 +908,52 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:L403"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A328" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A335" sqref="A335"/>
+    <sheetView tabSelected="1" topLeftCell="A331" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="G344" sqref="G344"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.453125" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="34.7265625" style="1" customWidth="1"/>
     <col min="2" max="2" width="2.81640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="14.1796875" style="1" customWidth="1"/>
     <col min="4" max="4" width="2.81640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="13.26953125" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.1796875" style="1" customWidth="1"/>
     <col min="7" max="7" width="12.7265625" style="1" customWidth="1"/>
     <col min="8" max="8" width="2.1796875" style="1" customWidth="1"/>
     <col min="9" max="9" width="11.54296875" style="1" customWidth="1"/>
     <col min="10" max="10" width="2.81640625" style="1" customWidth="1"/>
     <col min="11" max="11" width="15.81640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="2.81640625" style="1" customWidth="1"/>
     <col min="13" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="13"/>
       <c r="C1" s="13"/>
@@ -6242,402 +6246,442 @@
     </row>
     <row r="343" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A343" s="24"/>
       <c r="B343" s="24"/>
       <c r="C343" s="24"/>
       <c r="D343" s="24"/>
       <c r="E343" s="24"/>
       <c r="F343" s="24"/>
       <c r="G343" s="24"/>
       <c r="H343" s="24"/>
       <c r="I343" s="24"/>
       <c r="J343" s="24"/>
       <c r="K343" s="24"/>
     </row>
     <row r="344" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A344" s="24"/>
       <c r="B344" s="24"/>
       <c r="C344" s="21" t="s">
         <v>127</v>
       </c>
       <c r="D344" s="24"/>
       <c r="E344" s="21" t="s">
         <v>131</v>
       </c>
       <c r="F344" s="24"/>
-      <c r="G344" s="21"/>
+      <c r="G344" s="21" t="s">
+        <v>134</v>
+      </c>
       <c r="H344" s="24"/>
       <c r="I344" s="21"/>
       <c r="K344" s="15"/>
     </row>
     <row r="345" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A345" s="24"/>
       <c r="B345" s="24"/>
       <c r="C345" s="21" t="s">
         <v>77</v>
       </c>
       <c r="D345" s="24"/>
       <c r="E345" s="21" t="s">
         <v>77</v>
       </c>
       <c r="F345" s="24"/>
-      <c r="G345" s="21"/>
+      <c r="G345" s="21" t="s">
+        <v>77</v>
+      </c>
       <c r="H345" s="24"/>
       <c r="I345" s="21"/>
       <c r="K345" s="15"/>
     </row>
     <row r="346" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A346" s="33" t="s">
         <v>9</v>
       </c>
       <c r="B346" s="25"/>
       <c r="C346" s="32">
         <v>45839</v>
       </c>
       <c r="D346" s="24"/>
       <c r="E346" s="32">
         <v>45931</v>
       </c>
       <c r="F346" s="24"/>
-      <c r="G346" s="32"/>
+      <c r="G346" s="32">
+        <v>46023</v>
+      </c>
       <c r="H346" s="24"/>
       <c r="I346" s="32"/>
       <c r="K346" s="40"/>
     </row>
     <row r="347" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A347" s="25"/>
       <c r="B347" s="25"/>
       <c r="C347" s="25"/>
       <c r="D347" s="25"/>
       <c r="E347" s="25"/>
       <c r="F347" s="25"/>
       <c r="G347" s="25"/>
       <c r="H347" s="25"/>
       <c r="I347" s="25"/>
     </row>
     <row r="348" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A348" s="35" t="s">
         <v>15</v>
       </c>
       <c r="B348" s="25"/>
       <c r="C348" s="27">
         <v>2852.52</v>
       </c>
       <c r="D348" s="25"/>
       <c r="E348" s="27">
         <v>4338.75</v>
       </c>
       <c r="F348" s="25"/>
-      <c r="G348" s="27"/>
+      <c r="G348" s="27">
+        <v>4341.8100000000004</v>
+      </c>
       <c r="H348" s="25"/>
       <c r="I348" s="27"/>
       <c r="K348" s="41"/>
     </row>
     <row r="349" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A349" s="35" t="s">
-        <v>18</v>
+        <v>98</v>
       </c>
       <c r="B349" s="25"/>
       <c r="C349" s="28">
-        <v>19.66</v>
+        <v>45.53</v>
       </c>
       <c r="D349" s="28"/>
       <c r="E349" s="28">
-        <v>19.66</v>
+        <v>45.53</v>
       </c>
       <c r="F349" s="28"/>
-      <c r="G349" s="28"/>
+      <c r="G349" s="28">
+        <v>46.38</v>
+      </c>
       <c r="H349" s="25"/>
       <c r="I349" s="28"/>
       <c r="K349" s="42"/>
     </row>
     <row r="350" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A350" s="35" t="s">
-        <v>19</v>
+        <v>99</v>
       </c>
       <c r="B350" s="25"/>
       <c r="C350" s="28">
         <v>0</v>
       </c>
       <c r="D350" s="28"/>
       <c r="E350" s="28">
         <v>0</v>
       </c>
       <c r="F350" s="28"/>
-      <c r="G350" s="29"/>
+      <c r="G350" s="28">
+        <v>0</v>
+      </c>
       <c r="H350" s="25"/>
-      <c r="I350" s="28"/>
+      <c r="I350" s="29"/>
       <c r="K350" s="42"/>
     </row>
     <row r="351" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A351" s="35" t="s">
-        <v>23</v>
+        <v>101</v>
       </c>
       <c r="B351" s="25"/>
       <c r="C351" s="28">
-        <v>0</v>
+        <v>1.45</v>
       </c>
       <c r="D351" s="28"/>
       <c r="E351" s="28">
-        <v>0</v>
+        <v>1.45</v>
       </c>
       <c r="F351" s="28"/>
-      <c r="G351" s="29"/>
+      <c r="G351" s="28">
+        <v>1.45</v>
+      </c>
       <c r="H351" s="25"/>
-      <c r="I351" s="28"/>
+      <c r="I351" s="29"/>
       <c r="K351" s="42"/>
     </row>
     <row r="352" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A352" s="35" t="s">
-        <v>98</v>
+        <v>128</v>
       </c>
       <c r="B352" s="25"/>
       <c r="C352" s="28">
-        <v>45.53</v>
+        <v>20.59</v>
       </c>
       <c r="D352" s="28"/>
       <c r="E352" s="28">
-        <v>45.53</v>
+        <v>20.59</v>
       </c>
       <c r="F352" s="28"/>
-      <c r="G352" s="28"/>
+      <c r="G352" s="28">
+        <v>21.38</v>
+      </c>
       <c r="H352" s="25"/>
-      <c r="I352" s="28"/>
+      <c r="I352" s="29"/>
       <c r="K352" s="42"/>
     </row>
     <row r="353" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A353" s="35" t="s">
-        <v>99</v>
+        <v>129</v>
       </c>
       <c r="B353" s="25"/>
       <c r="C353" s="28">
         <v>0</v>
       </c>
       <c r="D353" s="28"/>
       <c r="E353" s="28">
         <v>0</v>
       </c>
       <c r="F353" s="28"/>
-      <c r="G353" s="28"/>
+      <c r="G353" s="28">
+        <v>0</v>
+      </c>
       <c r="H353" s="25"/>
       <c r="I353" s="29"/>
       <c r="K353" s="42"/>
     </row>
     <row r="354" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A354" s="35" t="s">
-        <v>101</v>
+        <v>130</v>
       </c>
       <c r="B354" s="25"/>
       <c r="C354" s="28">
-        <v>1.45</v>
+        <v>0</v>
       </c>
       <c r="D354" s="28"/>
       <c r="E354" s="28">
-        <v>1.45</v>
+        <v>0</v>
       </c>
       <c r="F354" s="28"/>
-      <c r="G354" s="28"/>
+      <c r="G354" s="28">
+        <v>0</v>
+      </c>
       <c r="H354" s="25"/>
       <c r="I354" s="29"/>
       <c r="K354" s="42"/>
     </row>
     <row r="355" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A355" s="35" t="s">
-        <v>128</v>
+        <v>18</v>
       </c>
       <c r="B355" s="25"/>
       <c r="C355" s="28">
-        <v>20.59</v>
+        <v>19.66</v>
       </c>
       <c r="D355" s="28"/>
       <c r="E355" s="28">
-        <v>20.59</v>
+        <v>19.66</v>
       </c>
       <c r="F355" s="28"/>
-      <c r="G355" s="28"/>
+      <c r="G355" s="28">
+        <v>20.45</v>
+      </c>
       <c r="H355" s="25"/>
-      <c r="I355" s="29"/>
+      <c r="I355" s="28"/>
       <c r="K355" s="42"/>
     </row>
     <row r="356" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A356" s="35" t="s">
-        <v>129</v>
+        <v>19</v>
       </c>
       <c r="B356" s="25"/>
       <c r="C356" s="28">
         <v>0</v>
       </c>
       <c r="D356" s="28"/>
       <c r="E356" s="28">
         <v>0</v>
       </c>
       <c r="F356" s="28"/>
-      <c r="G356" s="28"/>
+      <c r="G356" s="28">
+        <v>0</v>
+      </c>
       <c r="H356" s="25"/>
-      <c r="I356" s="29"/>
+      <c r="I356" s="28"/>
       <c r="K356" s="42"/>
     </row>
     <row r="357" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A357" s="35" t="s">
-        <v>130</v>
+        <v>23</v>
       </c>
       <c r="B357" s="25"/>
       <c r="C357" s="28">
         <v>0</v>
       </c>
       <c r="D357" s="28"/>
       <c r="E357" s="28">
         <v>0</v>
       </c>
       <c r="F357" s="28"/>
-      <c r="G357" s="28"/>
+      <c r="G357" s="28">
+        <v>0</v>
+      </c>
       <c r="H357" s="25"/>
-      <c r="I357" s="29"/>
+      <c r="I357" s="28"/>
       <c r="K357" s="42"/>
     </row>
     <row r="358" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A358" s="35" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="B358" s="25"/>
+        <v>100</v>
+      </c>
+      <c r="B358" s="24"/>
       <c r="C358" s="31">
         <v>2.1656000000000002E-2</v>
       </c>
       <c r="D358" s="31"/>
       <c r="E358" s="31">
         <v>1.0315E-2</v>
       </c>
       <c r="F358" s="31"/>
-      <c r="G358" s="30"/>
+      <c r="G358" s="31">
+        <v>1.0315E-2</v>
+      </c>
       <c r="H358" s="25"/>
       <c r="I358" s="30"/>
       <c r="K358" s="43"/>
     </row>
     <row r="359" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A359" s="35" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="B359" s="25"/>
+        <v>99</v>
+      </c>
+      <c r="B359" s="24"/>
       <c r="C359" s="31">
         <v>0</v>
       </c>
       <c r="D359" s="31"/>
       <c r="E359" s="31">
         <v>0</v>
       </c>
       <c r="F359" s="31"/>
-      <c r="G359" s="31"/>
+      <c r="G359" s="31">
+        <v>0</v>
+      </c>
       <c r="H359" s="25"/>
       <c r="I359" s="30"/>
       <c r="K359" s="43"/>
     </row>
     <row r="360" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A360" s="35" t="s">
-        <v>23</v>
+        <v>101</v>
       </c>
       <c r="B360" s="25"/>
       <c r="C360" s="31">
         <v>2.1656000000000002E-2</v>
       </c>
       <c r="D360" s="31"/>
       <c r="E360" s="31">
         <v>1.0315E-2</v>
       </c>
       <c r="F360" s="31"/>
-      <c r="G360" s="31"/>
+      <c r="G360" s="31">
+        <v>1.0315E-2</v>
+      </c>
       <c r="H360" s="25"/>
       <c r="I360" s="30"/>
       <c r="K360" s="43"/>
     </row>
     <row r="361" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A361" s="35" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="B361" s="24"/>
+        <v>22</v>
+      </c>
+      <c r="B361" s="25"/>
       <c r="C361" s="31">
         <v>2.1656000000000002E-2</v>
       </c>
       <c r="D361" s="31"/>
       <c r="E361" s="31">
         <v>1.0315E-2</v>
       </c>
       <c r="F361" s="31"/>
-      <c r="G361" s="31"/>
+      <c r="G361" s="31">
+        <v>1.0315E-2</v>
+      </c>
       <c r="H361" s="25"/>
       <c r="I361" s="30"/>
       <c r="K361" s="43"/>
     </row>
     <row r="362" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A362" s="35" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="B362" s="24"/>
+        <v>19</v>
+      </c>
+      <c r="B362" s="25"/>
       <c r="C362" s="31">
         <v>0</v>
       </c>
       <c r="D362" s="31"/>
       <c r="E362" s="31">
         <v>0</v>
       </c>
       <c r="F362" s="31"/>
-      <c r="G362" s="31"/>
+      <c r="G362" s="31">
+        <v>0</v>
+      </c>
       <c r="H362" s="25"/>
       <c r="I362" s="30"/>
       <c r="K362" s="43"/>
     </row>
     <row r="363" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A363" s="35" t="s">
-        <v>101</v>
+        <v>23</v>
       </c>
       <c r="B363" s="25"/>
       <c r="C363" s="31">
         <v>2.1656000000000002E-2</v>
       </c>
       <c r="D363" s="31"/>
       <c r="E363" s="31">
         <v>1.0315E-2</v>
       </c>
       <c r="F363" s="31"/>
-      <c r="G363" s="31"/>
+      <c r="G363" s="31">
+        <v>1.0315E-2</v>
+      </c>
       <c r="H363" s="25"/>
       <c r="I363" s="30"/>
       <c r="K363" s="43"/>
     </row>
     <row r="364" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A364" s="35" t="s">
         <v>24</v>
       </c>
       <c r="B364" s="25"/>
       <c r="C364" s="28">
         <v>1.7</v>
       </c>
       <c r="D364" s="28"/>
       <c r="E364" s="28">
         <v>1.7</v>
       </c>
       <c r="F364" s="28"/>
-      <c r="G364" s="28"/>
+      <c r="G364" s="28">
+        <v>1.7</v>
+      </c>
       <c r="H364" s="25"/>
       <c r="I364" s="28"/>
       <c r="K364" s="42"/>
     </row>
     <row r="365" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A365" s="25"/>
       <c r="B365" s="25"/>
       <c r="C365" s="31"/>
       <c r="D365" s="25"/>
       <c r="E365" s="25"/>
       <c r="F365" s="25"/>
       <c r="G365" s="25"/>
       <c r="H365" s="25"/>
       <c r="I365" s="25"/>
       <c r="J365" s="25"/>
       <c r="K365" s="25"/>
     </row>
     <row r="366" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A366" s="25"/>
       <c r="B366" s="25"/>
       <c r="C366" s="25"/>
       <c r="D366" s="24"/>
       <c r="E366" s="21"/>
       <c r="F366" s="24"/>
       <c r="G366" s="21"/>
@@ -7130,50 +7174,56 @@
       <c r="E403" s="25"/>
       <c r="F403" s="25"/>
       <c r="G403" s="25"/>
       <c r="H403" s="25"/>
       <c r="I403" s="25"/>
       <c r="J403" s="25"/>
       <c r="K403" s="25"/>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="85" fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;12&amp;K008000Internal Use</oddFooter>
   </headerFooter>
   <rowBreaks count="3" manualBreakCount="3">
     <brk id="68" max="16383" man="1"/>
     <brk id="136" max="16383" man="1"/>
     <brk id="204" max="16383" man="1"/>
   </rowBreaks>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{019c027e-33b7-45fc-a572-8ffa5d09ec36}" enabled="1" method="Standard" siteId="{031a09bc-a2bf-44df-888e-4e09355b7a24}" contentBits="2" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>IGS-P-TOU #1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Central Maine Power Co.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>