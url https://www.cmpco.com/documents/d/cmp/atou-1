--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -1,94 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2025\October 1, 2025 Price Change\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2026\January 1, 2026 Price Change\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C8060106-4BAB-47E8-AF90-76383FB1643C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D0BB99B3-F873-4AE3-A2F1-D5532013EF04}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-5220" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name=" A-TOU #1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">' A-TOU #1'!$A$1:$J$238</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D90" i="1" l="1"/>
   <c r="D89" i="1"/>
   <c r="D88" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="128">
   <si>
     <t>SUBJECT: Rate A-TOU Revisions</t>
   </si>
   <si>
     <t>RATE BULLETIN: Rate A-TOU #1</t>
   </si>
   <si>
     <t>TO: RATE DISTRIBUTION LIST</t>
   </si>
   <si>
     <t>The following is a summary of Rate A-TOU revisions for general information and use.</t>
   </si>
   <si>
     <t>2nd &amp;</t>
   </si>
   <si>
     <t>Original 5/</t>
   </si>
   <si>
     <t>1st Rev. 5/</t>
   </si>
   <si>
     <t>3rd Revs. 1/,6/</t>
   </si>
   <si>
@@ -358,108 +359,120 @@
   <si>
     <t xml:space="preserve">              - July and August off-peak</t>
   </si>
   <si>
     <t>50th Rev.</t>
   </si>
   <si>
     <t>51st Rev.</t>
   </si>
   <si>
     <t>52nd Rev.</t>
   </si>
   <si>
     <t>53nd Rev.</t>
   </si>
   <si>
     <t>DATE:  July 1, 2018</t>
   </si>
   <si>
     <t>(Supersedes Issue of  7/1/2017)</t>
   </si>
   <si>
     <t>54th Rev.</t>
   </si>
   <si>
-    <t>Page 1 of 5</t>
-[...13 lines deleted...]
-  <si>
     <t>55th Rev.</t>
   </si>
   <si>
     <t>56th Rev.</t>
   </si>
   <si>
     <t>57th Rev.</t>
   </si>
   <si>
     <t>58th Rev.</t>
   </si>
   <si>
     <t>59th Rev.</t>
   </si>
   <si>
     <t>1/,12/,13/</t>
   </si>
   <si>
     <t>60th Rev.</t>
   </si>
   <si>
     <t>62nd Rev.</t>
   </si>
   <si>
     <t>61st Rev.</t>
   </si>
   <si>
     <t>63rd Rev.</t>
   </si>
   <si>
     <t>64th Rev.</t>
   </si>
   <si>
     <t>65th Rev.</t>
   </si>
   <si>
     <t>66th Rev.</t>
   </si>
   <si>
     <t>DATE:  October 1, 2025</t>
   </si>
   <si>
     <t>(Supersedes Issue of  7/1/2025)</t>
+  </si>
+  <si>
+    <t>DATE:  January 1, 2026</t>
+  </si>
+  <si>
+    <t>(Supersedes Issue of  10/1/2025)</t>
+  </si>
+  <si>
+    <t>Page 5 of 6</t>
+  </si>
+  <si>
+    <t>67th Rev.</t>
+  </si>
+  <si>
+    <t>Page 4 of 6</t>
+  </si>
+  <si>
+    <t>Page 3 of  6</t>
+  </si>
+  <si>
+    <t>Page 2 of  6</t>
+  </si>
+  <si>
+    <t>Page 1 of 6</t>
+  </si>
+  <si>
+    <t>Page 6 of 6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="8">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="41" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="#,##0.000000_);\(#,##0.000000\)"/>
     <numFmt numFmtId="165" formatCode="0.000000"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.0000000_);\(&quot;$&quot;#,##0.0000000\)"/>
   </numFmts>
   <fonts count="29" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
@@ -1486,96 +1499,96 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:J296"/>
+  <dimension ref="A1:J354"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A240" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="J264" sqref="J264"/>
+    <sheetView tabSelected="1" topLeftCell="A291" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="A302" sqref="A302"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.1796875" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="28" style="1" customWidth="1"/>
     <col min="2" max="2" width="12.7265625" style="1" customWidth="1"/>
     <col min="3" max="3" width="2.81640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.7265625" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.81640625" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.7265625" style="1" customWidth="1"/>
     <col min="7" max="7" width="2.81640625" style="1" customWidth="1"/>
     <col min="8" max="8" width="12.7265625" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.81640625" style="1" customWidth="1"/>
     <col min="10" max="10" width="12.7265625" style="1" customWidth="1"/>
     <col min="11" max="11" width="4.453125" style="1" customWidth="1"/>
     <col min="12" max="16384" width="7.1796875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7"/>
       <c r="C1" s="7"/>
       <c r="D1" s="7"/>
       <c r="E1" s="7"/>
       <c r="H1" s="7"/>
       <c r="I1" s="7"/>
       <c r="J1" s="8" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A2" s="6"/>
       <c r="B2" s="7"/>
       <c r="C2" s="7"/>
       <c r="D2" s="7"/>
       <c r="E2" s="7"/>
       <c r="H2" s="7"/>
       <c r="I2" s="7"/>
       <c r="J2" s="8" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A3" s="7"/>
       <c r="B3" s="7"/>
       <c r="C3" s="7"/>
       <c r="D3" s="7"/>
       <c r="E3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="8"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A4" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
       <c r="E4" s="7"/>
       <c r="H4" s="24"/>
       <c r="I4" s="24"/>
       <c r="J4" s="25" t="s">
         <v>89</v>
       </c>
@@ -2291,51 +2304,51 @@
       <c r="A60" s="2"/>
     </row>
     <row r="61" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A61" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B61" s="7"/>
       <c r="C61" s="7"/>
       <c r="D61" s="7"/>
       <c r="E61" s="7"/>
       <c r="H61" s="24"/>
       <c r="I61" s="24"/>
       <c r="J61" s="25" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A62" s="6"/>
       <c r="B62" s="7"/>
       <c r="C62" s="7"/>
       <c r="D62" s="7"/>
       <c r="E62" s="7"/>
       <c r="H62" s="24"/>
       <c r="I62" s="24"/>
       <c r="J62" s="25" t="s">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A63" s="7"/>
       <c r="B63" s="7"/>
       <c r="C63" s="7"/>
       <c r="D63" s="7"/>
       <c r="E63" s="7"/>
       <c r="H63" s="24"/>
       <c r="I63" s="24"/>
       <c r="J63" s="25"/>
     </row>
     <row r="64" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A64" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B64" s="7"/>
       <c r="C64" s="7"/>
       <c r="D64" s="7"/>
       <c r="E64" s="7"/>
       <c r="H64" s="24"/>
       <c r="I64" s="24"/>
       <c r="J64" s="25" t="s">
         <v>89</v>
       </c>
@@ -3134,51 +3147,51 @@
       <c r="A127" s="20"/>
     </row>
     <row r="128" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A128" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B128" s="7"/>
       <c r="C128" s="7"/>
       <c r="D128" s="7"/>
       <c r="E128" s="7"/>
       <c r="H128" s="24"/>
       <c r="I128" s="24"/>
       <c r="J128" s="25" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A129" s="6"/>
       <c r="B129" s="7"/>
       <c r="C129" s="7"/>
       <c r="D129" s="7"/>
       <c r="E129" s="7"/>
       <c r="H129" s="24"/>
       <c r="I129" s="24"/>
       <c r="J129" s="25" t="s">
-        <v>106</v>
+        <v>124</v>
       </c>
     </row>
     <row r="130" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A130" s="7"/>
       <c r="B130" s="7"/>
       <c r="C130" s="7"/>
       <c r="D130" s="7"/>
       <c r="E130" s="7"/>
       <c r="H130" s="24"/>
       <c r="I130" s="24"/>
       <c r="J130" s="25"/>
     </row>
     <row r="131" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A131" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B131" s="7"/>
       <c r="C131" s="7"/>
       <c r="D131" s="7"/>
       <c r="E131" s="7"/>
       <c r="H131" s="24"/>
       <c r="I131" s="24"/>
       <c r="J131" s="25" t="s">
         <v>89</v>
       </c>
@@ -3852,51 +3865,51 @@
       <c r="J185" s="25"/>
     </row>
     <row r="186" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A186" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B186" s="7"/>
       <c r="C186" s="7"/>
       <c r="D186" s="7"/>
       <c r="E186" s="7"/>
       <c r="H186" s="24"/>
       <c r="I186" s="24"/>
       <c r="J186" s="25" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A187" s="6"/>
       <c r="B187" s="7"/>
       <c r="C187" s="7"/>
       <c r="D187" s="7"/>
       <c r="E187" s="7"/>
       <c r="H187" s="24"/>
       <c r="I187" s="24"/>
       <c r="J187" s="25" t="s">
-        <v>107</v>
+        <v>123</v>
       </c>
     </row>
     <row r="188" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A188" s="7"/>
       <c r="B188" s="7"/>
       <c r="C188" s="7"/>
       <c r="D188" s="7"/>
       <c r="E188" s="7"/>
       <c r="H188" s="24"/>
       <c r="I188" s="24"/>
       <c r="J188" s="25"/>
     </row>
     <row r="189" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A189" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B189" s="7"/>
       <c r="C189" s="7"/>
       <c r="D189" s="7"/>
       <c r="E189" s="7"/>
       <c r="H189" s="24"/>
       <c r="I189" s="24"/>
       <c r="J189" s="25" t="s">
         <v>101</v>
       </c>
@@ -4158,54 +4171,54 @@
     </row>
     <row r="205" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A205" s="2"/>
       <c r="B205" s="22"/>
       <c r="C205" s="4"/>
       <c r="D205" s="22"/>
       <c r="E205" s="4"/>
       <c r="F205" s="22"/>
       <c r="H205" s="22"/>
       <c r="J205" s="22"/>
     </row>
     <row r="206" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A206" s="27" t="s">
         <v>10</v>
       </c>
       <c r="B206" s="18" t="s">
         <v>99</v>
       </c>
       <c r="D206" s="18" t="s">
         <v>100</v>
       </c>
       <c r="F206" s="18" t="s">
         <v>103</v>
       </c>
       <c r="H206" s="18" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="J206" s="18" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="207" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A207" s="20"/>
       <c r="B207" s="18" t="s">
         <v>79</v>
       </c>
       <c r="D207" s="18" t="s">
         <v>79</v>
       </c>
       <c r="F207" s="18" t="s">
         <v>79</v>
       </c>
       <c r="H207" s="18" t="s">
         <v>79</v>
       </c>
       <c r="J207" s="18" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="208" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A208" s="20"/>
       <c r="B208" s="19">
         <v>42917</v>
       </c>
@@ -4514,164 +4527,164 @@
       <c r="I238" s="20"/>
     </row>
     <row r="244" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A244" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B244" s="7"/>
       <c r="C244" s="7"/>
       <c r="D244" s="7"/>
       <c r="E244" s="7"/>
       <c r="H244" s="24"/>
       <c r="I244" s="24"/>
       <c r="J244" s="25" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A245" s="6"/>
       <c r="B245" s="7"/>
       <c r="C245" s="7"/>
       <c r="D245" s="7"/>
       <c r="E245" s="7"/>
       <c r="H245" s="24"/>
       <c r="I245" s="24"/>
       <c r="J245" s="25" t="s">
-        <v>108</v>
+        <v>121</v>
       </c>
     </row>
     <row r="246" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A246" s="7"/>
       <c r="B246" s="7"/>
       <c r="C246" s="7"/>
       <c r="D246" s="7"/>
       <c r="E246" s="7"/>
       <c r="H246" s="24"/>
       <c r="I246" s="24"/>
       <c r="J246" s="25"/>
     </row>
     <row r="247" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A247" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B247" s="7"/>
       <c r="C247" s="7"/>
       <c r="D247" s="7"/>
       <c r="E247" s="7"/>
       <c r="H247" s="24"/>
       <c r="I247" s="24"/>
       <c r="J247" s="25" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
     </row>
     <row r="248" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A248" s="7"/>
       <c r="B248" s="7"/>
       <c r="C248" s="7"/>
       <c r="D248" s="7"/>
       <c r="E248" s="7"/>
       <c r="H248" s="24"/>
       <c r="I248" s="24"/>
       <c r="J248" s="25" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
     </row>
     <row r="249" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A249" s="7"/>
       <c r="B249" s="7"/>
       <c r="C249" s="7"/>
       <c r="D249" s="7"/>
       <c r="E249" s="7"/>
       <c r="F249" s="7"/>
       <c r="G249" s="7"/>
       <c r="H249" s="7"/>
       <c r="I249" s="7"/>
     </row>
     <row r="250" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A250" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B250" s="7"/>
       <c r="C250" s="7"/>
       <c r="D250" s="7"/>
       <c r="E250" s="7"/>
       <c r="F250" s="7"/>
       <c r="G250" s="7"/>
       <c r="H250" s="7"/>
       <c r="I250" s="7"/>
     </row>
     <row r="251" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A251" s="6"/>
       <c r="B251" s="7"/>
       <c r="C251" s="7"/>
       <c r="D251" s="7"/>
       <c r="E251" s="7"/>
       <c r="F251" s="7"/>
       <c r="G251" s="7"/>
       <c r="H251" s="7"/>
       <c r="I251" s="7"/>
     </row>
     <row r="252" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A252" s="27" t="s">
         <v>10</v>
       </c>
       <c r="B252" s="18" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="D252" s="18" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="F252" s="18" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="G252" s="4"/>
       <c r="H252" s="18" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="I252" s="4"/>
       <c r="J252" s="18" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
     </row>
     <row r="253" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A253" s="20"/>
       <c r="B253" s="18" t="s">
         <v>79</v>
       </c>
       <c r="D253" s="18" t="s">
         <v>79</v>
       </c>
       <c r="F253" s="18" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="G253" s="4"/>
       <c r="H253" s="18" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="I253" s="4"/>
       <c r="J253" s="18" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
     </row>
     <row r="254" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A254" s="20"/>
       <c r="B254" s="19">
         <v>44409</v>
       </c>
       <c r="D254" s="19">
         <v>44743</v>
       </c>
       <c r="F254" s="19">
         <v>44927</v>
       </c>
       <c r="H254" s="19">
         <v>45108</v>
       </c>
       <c r="J254" s="19">
         <v>45292</v>
       </c>
     </row>
     <row r="255" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A255" s="20"/>
       <c r="B255" s="18"/>
       <c r="D255" s="20"/>
       <c r="F255" s="20"/>
@@ -4811,81 +4824,81 @@
       <c r="F262" s="22">
         <v>6.3740000000000005E-2</v>
       </c>
       <c r="H262" s="22">
         <v>6.5300999999999998E-2</v>
       </c>
       <c r="J262" s="22">
         <v>5.8561999999999996E-2</v>
       </c>
     </row>
     <row r="263" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A263" s="2"/>
       <c r="B263" s="22"/>
       <c r="C263" s="4"/>
       <c r="D263" s="22"/>
       <c r="E263" s="4"/>
       <c r="F263" s="22"/>
       <c r="H263" s="22"/>
       <c r="J263" s="22"/>
     </row>
     <row r="264" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A264" s="27" t="s">
         <v>10</v>
       </c>
       <c r="B264" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="D264" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="F264" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="H264" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="J264" s="18" t="s">
         <v>116</v>
-      </c>
-[...10 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="265" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A265" s="20"/>
       <c r="B265" s="18" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="D265" s="18" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="F265" s="18" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="H265" s="18" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="J265" s="18" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
     </row>
     <row r="266" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A266" s="20"/>
       <c r="B266" s="19">
         <v>45474</v>
       </c>
       <c r="D266" s="19">
         <v>45505</v>
       </c>
       <c r="F266" s="19">
         <v>45658</v>
       </c>
       <c r="H266" s="19">
         <v>45839</v>
       </c>
       <c r="J266" s="19">
         <v>45931</v>
       </c>
     </row>
     <row r="267" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A267" s="20"/>
       <c r="B267" s="20"/>
       <c r="D267" s="18"/>
       <c r="F267" s="18"/>
@@ -5097,121 +5110,593 @@
     <row r="284" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A284" s="2" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="285" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A285" s="2" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="286" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A286" s="2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="287" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A287" s="2" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="288" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A288" s="2" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="289" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="289" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A289" s="2" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="290" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="290" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A290" s="2" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="291" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="291" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A291" s="2" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="292" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="292" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A292" s="2" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="293" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="293" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A293" s="1" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="294" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="294" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A294" s="20" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="295" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="295" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A295" s="20" t="s">
         <v>75</v>
       </c>
       <c r="B295" s="26"/>
       <c r="C295" s="26"/>
       <c r="D295" s="20"/>
       <c r="E295" s="20"/>
       <c r="F295" s="20"/>
       <c r="G295" s="20"/>
       <c r="H295" s="20"/>
       <c r="I295" s="20"/>
     </row>
-    <row r="296" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="296" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A296" s="20" t="s">
         <v>74</v>
       </c>
       <c r="B296" s="26"/>
       <c r="C296" s="26"/>
       <c r="D296" s="20"/>
       <c r="E296" s="20"/>
       <c r="F296" s="20"/>
       <c r="G296" s="20"/>
       <c r="H296" s="20"/>
       <c r="I296" s="20"/>
+    </row>
+    <row r="302" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A302" s="6" t="s">
+        <v>0</v>
+      </c>
+      <c r="B302" s="7"/>
+      <c r="C302" s="7"/>
+      <c r="D302" s="7"/>
+      <c r="E302" s="7"/>
+      <c r="H302" s="24"/>
+      <c r="I302" s="24"/>
+      <c r="J302" s="25" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="303" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A303" s="6"/>
+      <c r="B303" s="7"/>
+      <c r="C303" s="7"/>
+      <c r="D303" s="7"/>
+      <c r="E303" s="7"/>
+      <c r="H303" s="24"/>
+      <c r="I303" s="24"/>
+      <c r="J303" s="25" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="304" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A304" s="7"/>
+      <c r="B304" s="7"/>
+      <c r="C304" s="7"/>
+      <c r="D304" s="7"/>
+      <c r="E304" s="7"/>
+      <c r="H304" s="24"/>
+      <c r="I304" s="24"/>
+      <c r="J304" s="25"/>
+    </row>
+    <row r="305" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A305" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="B305" s="7"/>
+      <c r="C305" s="7"/>
+      <c r="D305" s="7"/>
+      <c r="E305" s="7"/>
+      <c r="H305" s="24"/>
+      <c r="I305" s="24"/>
+      <c r="J305" s="25" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="306" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A306" s="7"/>
+      <c r="B306" s="7"/>
+      <c r="C306" s="7"/>
+      <c r="D306" s="7"/>
+      <c r="E306" s="7"/>
+      <c r="H306" s="24"/>
+      <c r="I306" s="24"/>
+      <c r="J306" s="25" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="307" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A307" s="7"/>
+      <c r="B307" s="7"/>
+      <c r="C307" s="7"/>
+      <c r="D307" s="7"/>
+      <c r="E307" s="7"/>
+      <c r="F307" s="7"/>
+      <c r="G307" s="7"/>
+      <c r="H307" s="7"/>
+      <c r="I307" s="7"/>
+    </row>
+    <row r="308" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A308" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="B308" s="7"/>
+      <c r="C308" s="7"/>
+      <c r="D308" s="7"/>
+      <c r="E308" s="7"/>
+      <c r="F308" s="7"/>
+      <c r="G308" s="7"/>
+      <c r="H308" s="7"/>
+      <c r="I308" s="7"/>
+    </row>
+    <row r="309" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A309" s="6"/>
+      <c r="B309" s="7"/>
+      <c r="C309" s="7"/>
+      <c r="D309" s="7"/>
+      <c r="E309" s="7"/>
+      <c r="F309" s="7"/>
+      <c r="G309" s="7"/>
+      <c r="H309" s="7"/>
+      <c r="I309" s="7"/>
+    </row>
+    <row r="310" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A310" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B310" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="D310" s="18"/>
+      <c r="F310" s="18"/>
+      <c r="G310" s="4"/>
+      <c r="H310" s="18"/>
+      <c r="I310" s="4"/>
+      <c r="J310" s="18"/>
+    </row>
+    <row r="311" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A311" s="20"/>
+      <c r="B311" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="D311" s="18"/>
+      <c r="F311" s="18"/>
+      <c r="G311" s="4"/>
+      <c r="H311" s="18"/>
+      <c r="I311" s="4"/>
+      <c r="J311" s="18"/>
+    </row>
+    <row r="312" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A312" s="20"/>
+      <c r="B312" s="19">
+        <v>46023</v>
+      </c>
+      <c r="D312" s="19"/>
+      <c r="F312" s="19"/>
+      <c r="H312" s="19"/>
+      <c r="J312" s="19"/>
+    </row>
+    <row r="313" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A313" s="20"/>
+      <c r="B313" s="18"/>
+      <c r="D313" s="20"/>
+      <c r="F313" s="20"/>
+      <c r="H313" s="20"/>
+      <c r="J313" s="20"/>
+    </row>
+    <row r="314" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A314" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="B314" s="21">
+        <v>26.71</v>
+      </c>
+      <c r="D314" s="21"/>
+      <c r="F314" s="21"/>
+      <c r="H314" s="21"/>
+      <c r="J314" s="21"/>
+    </row>
+    <row r="315" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A315" s="26" t="s">
+        <v>94</v>
+      </c>
+      <c r="B315" s="22">
+        <v>0.50314400000000004</v>
+      </c>
+      <c r="D315" s="22"/>
+      <c r="F315" s="22"/>
+      <c r="H315" s="22"/>
+      <c r="J315" s="22"/>
+    </row>
+    <row r="316" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A316" s="26" t="s">
+        <v>95</v>
+      </c>
+      <c r="B316" s="22">
+        <v>0</v>
+      </c>
+      <c r="D316" s="22"/>
+      <c r="F316" s="22"/>
+      <c r="H316" s="22"/>
+      <c r="J316" s="22"/>
+    </row>
+    <row r="317" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A317" s="26" t="s">
+        <v>96</v>
+      </c>
+      <c r="B317" s="22">
+        <v>6.7451999999999998E-2</v>
+      </c>
+      <c r="D317" s="22"/>
+      <c r="F317" s="22"/>
+      <c r="H317" s="22"/>
+      <c r="J317" s="22"/>
+    </row>
+    <row r="318" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A318" s="26" t="s">
+        <v>16</v>
+      </c>
+      <c r="B318" s="22">
+        <v>0.50314400000000004</v>
+      </c>
+      <c r="D318" s="22"/>
+      <c r="F318" s="22"/>
+      <c r="H318" s="22"/>
+      <c r="J318" s="22"/>
+    </row>
+    <row r="319" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A319" s="26" t="s">
+        <v>17</v>
+      </c>
+      <c r="B319" s="22">
+        <v>0</v>
+      </c>
+      <c r="D319" s="22"/>
+      <c r="F319" s="22"/>
+      <c r="H319" s="22"/>
+      <c r="J319" s="22"/>
+    </row>
+    <row r="320" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A320" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="B320" s="22">
+        <v>6.7451999999999998E-2</v>
+      </c>
+      <c r="D320" s="22"/>
+      <c r="F320" s="22"/>
+      <c r="H320" s="22"/>
+      <c r="J320" s="22"/>
+    </row>
+    <row r="321" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A321" s="2"/>
+      <c r="B321" s="22"/>
+      <c r="C321" s="4"/>
+      <c r="D321" s="22"/>
+      <c r="E321" s="4"/>
+      <c r="F321" s="22"/>
+      <c r="H321" s="22"/>
+      <c r="J321" s="22"/>
+    </row>
+    <row r="322" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A322" s="27"/>
+      <c r="B322" s="18"/>
+      <c r="D322" s="18"/>
+      <c r="F322" s="18"/>
+      <c r="H322" s="18"/>
+      <c r="J322" s="18"/>
+    </row>
+    <row r="323" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A323" s="20"/>
+      <c r="B323" s="18"/>
+      <c r="D323" s="18"/>
+      <c r="F323" s="18"/>
+      <c r="H323" s="18"/>
+      <c r="J323" s="18"/>
+    </row>
+    <row r="324" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A324" s="20"/>
+      <c r="B324" s="19"/>
+      <c r="D324" s="19"/>
+      <c r="F324" s="19"/>
+      <c r="H324" s="19"/>
+      <c r="J324" s="19"/>
+    </row>
+    <row r="325" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A325" s="20"/>
+      <c r="B325" s="20"/>
+      <c r="D325" s="18"/>
+      <c r="F325" s="18"/>
+      <c r="H325" s="18"/>
+      <c r="J325" s="18"/>
+    </row>
+    <row r="326" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A326" s="26"/>
+      <c r="B326" s="21"/>
+      <c r="D326" s="21"/>
+      <c r="F326" s="21"/>
+      <c r="H326" s="21"/>
+      <c r="J326" s="21"/>
+    </row>
+    <row r="327" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A327" s="26"/>
+      <c r="B327" s="22"/>
+      <c r="D327" s="22"/>
+      <c r="F327" s="22"/>
+      <c r="H327" s="22"/>
+      <c r="J327" s="22"/>
+    </row>
+    <row r="328" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A328" s="26"/>
+      <c r="B328" s="22"/>
+      <c r="D328" s="22"/>
+      <c r="F328" s="22"/>
+      <c r="H328" s="22"/>
+      <c r="J328" s="22"/>
+    </row>
+    <row r="329" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A329" s="26"/>
+      <c r="B329" s="22"/>
+      <c r="D329" s="22"/>
+      <c r="F329" s="22"/>
+      <c r="H329" s="22"/>
+      <c r="J329" s="22"/>
+    </row>
+    <row r="330" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A330" s="26"/>
+      <c r="B330" s="22"/>
+      <c r="D330" s="22"/>
+      <c r="F330" s="22"/>
+      <c r="H330" s="22"/>
+      <c r="J330" s="22"/>
+    </row>
+    <row r="331" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A331" s="26"/>
+      <c r="B331" s="22"/>
+      <c r="D331" s="22"/>
+      <c r="F331" s="22"/>
+      <c r="H331" s="22"/>
+      <c r="J331" s="22"/>
+    </row>
+    <row r="332" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A332" s="26"/>
+      <c r="B332" s="22"/>
+      <c r="D332" s="22"/>
+      <c r="F332" s="22"/>
+      <c r="H332" s="22"/>
+      <c r="J332" s="22"/>
+    </row>
+    <row r="333" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A333" s="26"/>
+      <c r="B333" s="22"/>
+      <c r="D333" s="22"/>
+      <c r="F333" s="22"/>
+      <c r="H333" s="22"/>
+      <c r="J333" s="22"/>
+    </row>
+    <row r="334" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="B334" s="22"/>
+      <c r="D334" s="22"/>
+      <c r="F334" s="22"/>
+      <c r="H334" s="22"/>
+      <c r="J334" s="22"/>
+    </row>
+    <row r="335" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="B335" s="22"/>
+      <c r="D335" s="22"/>
+      <c r="F335" s="22"/>
+      <c r="H335" s="22"/>
+      <c r="J335" s="22"/>
+    </row>
+    <row r="336" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A336" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B336" s="22"/>
+      <c r="D336" s="22"/>
+      <c r="F336" s="22"/>
+      <c r="H336" s="22"/>
+      <c r="J336" s="22"/>
+    </row>
+    <row r="337" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A337" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B337" s="22"/>
+      <c r="D337" s="22"/>
+      <c r="F337" s="22"/>
+      <c r="H337" s="22"/>
+      <c r="J337" s="22"/>
+    </row>
+    <row r="338" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A338" s="2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="339" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A339" s="2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="340" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A340" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="341" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A341" s="2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="342" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A342" s="2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="343" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A343" s="2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="344" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A344" s="2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="345" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A345" s="2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="346" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A346" s="2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="347" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A347" s="2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="348" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A348" s="2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="349" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A349" s="2" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="350" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A350" s="2" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="351" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A351" s="1" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="352" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A352" s="20" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="353" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A353" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="B353" s="26"/>
+      <c r="C353" s="26"/>
+      <c r="D353" s="20"/>
+      <c r="E353" s="20"/>
+      <c r="F353" s="20"/>
+      <c r="G353" s="20"/>
+      <c r="H353" s="20"/>
+      <c r="I353" s="20"/>
+    </row>
+    <row r="354" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A354" s="20" t="s">
+        <v>74</v>
+      </c>
+      <c r="B354" s="26"/>
+      <c r="C354" s="26"/>
+      <c r="D354" s="20"/>
+      <c r="E354" s="20"/>
+      <c r="F354" s="20"/>
+      <c r="G354" s="20"/>
+      <c r="H354" s="20"/>
+      <c r="I354" s="20"/>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="94" fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;12&amp;K008000Internal Use</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="60" max="9" man="1"/>
   </rowBreaks>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{019c027e-33b7-45fc-a572-8ffa5d09ec36}" enabled="1" method="Standard" siteId="{031a09bc-a2bf-44df-888e-4e09355b7a24}" contentBits="2" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">