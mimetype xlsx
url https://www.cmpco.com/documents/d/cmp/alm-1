--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -1,85 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2025\October 1, 2025 Price Change\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2026\January 1, 2026 Price Change\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{21FE2AF6-760D-4CA7-9DED-117484F31045}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{24B219F1-1034-4803-AE0E-44B32249B93B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-5220" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="A-LM #1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'A-LM #1'!$A$1:$J$441</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="562" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="565" uniqueCount="144">
   <si>
     <t>SUBJECT: Rate A-LM Revisions</t>
   </si>
   <si>
     <t>RATE BULLETIN: Rate A-LM #1</t>
   </si>
   <si>
     <t>TO: RATE DISTRIBUTION LIST</t>
   </si>
   <si>
     <t>The following is a summary of Rate A-LM revisions for general information and use.</t>
   </si>
   <si>
     <t>2nd &amp;</t>
   </si>
   <si>
     <t>Original  1/</t>
   </si>
   <si>
     <t>1st Rev. 2/</t>
   </si>
   <si>
     <t>3rd Revs. 1/,5/</t>
   </si>
   <si>
@@ -460,79 +461,83 @@
   <si>
     <t>Page 8 of 8</t>
   </si>
   <si>
     <t>Page 6 of 8</t>
   </si>
   <si>
     <t>Page 5 of  8</t>
   </si>
   <si>
     <t>Page 4 of  8</t>
   </si>
   <si>
     <t>Page 3 of  8</t>
   </si>
   <si>
     <t>Page 2 of  8</t>
   </si>
   <si>
     <t>Page 1 of  8</t>
   </si>
   <si>
     <t>65th Rev.</t>
   </si>
   <si>
-    <t>DATE: October 1, 2025</t>
-[...2 lines deleted...]
-    <t>(Supersedes Issue of July 1, 2025)</t>
+    <t>66th Rev.</t>
+  </si>
+  <si>
+    <t>DATE: January 1, 2026</t>
+  </si>
+  <si>
+    <t>(Supersedes Issue of October 1, 2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="9">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="41" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="#,##0.000000_);\(#,##0.000000\)"/>
     <numFmt numFmtId="165" formatCode="0.000000_)"/>
     <numFmt numFmtId="166" formatCode="_(* #,##0.000000_);_(* \(#,##0.000000\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="167" formatCode="0.000000"/>
   </numFmts>
   <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -1773,52 +1778,52 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O511"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A439" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="85" workbookViewId="0">
-      <selection activeCell="D450" sqref="D450"/>
+    <sheetView tabSelected="1" topLeftCell="A433" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="85" workbookViewId="0">
+      <selection activeCell="F450" sqref="F450"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.1796875" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="29.1796875" style="3" customWidth="1"/>
     <col min="2" max="2" width="12.7265625" style="3" customWidth="1"/>
     <col min="3" max="3" width="2.81640625" style="3" customWidth="1"/>
     <col min="4" max="4" width="12.7265625" style="3" customWidth="1"/>
     <col min="5" max="5" width="2.81640625" style="3" customWidth="1"/>
     <col min="6" max="6" width="12.7265625" style="3" customWidth="1"/>
     <col min="7" max="7" width="2.81640625" style="3" customWidth="1"/>
     <col min="8" max="8" width="12.7265625" style="3" customWidth="1"/>
     <col min="9" max="9" width="2.81640625" style="3" customWidth="1"/>
     <col min="10" max="10" width="11.453125" style="3" customWidth="1"/>
     <col min="11" max="11" width="2.81640625" style="3" customWidth="1"/>
     <col min="12" max="12" width="7.1796875" style="3"/>
     <col min="13" max="13" width="10.453125" style="3" customWidth="1"/>
     <col min="14" max="16384" width="7.1796875" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
@@ -7645,286 +7650,308 @@
       <c r="A444" s="2"/>
       <c r="B444" s="2"/>
       <c r="C444" s="2"/>
       <c r="D444" s="2"/>
       <c r="E444" s="2"/>
       <c r="F444" s="2"/>
       <c r="G444" s="2"/>
       <c r="H444" s="15"/>
       <c r="I444" s="15"/>
       <c r="J444" s="16" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="445" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A445" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B445" s="2"/>
       <c r="C445" s="2"/>
       <c r="D445" s="2"/>
       <c r="E445" s="2"/>
       <c r="F445" s="2"/>
       <c r="H445" s="15"/>
       <c r="I445" s="15"/>
       <c r="J445" s="16" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="446" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A446" s="2"/>
       <c r="B446" s="2"/>
       <c r="C446" s="2"/>
       <c r="D446" s="2"/>
       <c r="E446" s="2"/>
       <c r="F446" s="2"/>
       <c r="H446" s="15"/>
       <c r="I446" s="15"/>
       <c r="J446" s="16" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="447" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A447" s="2"/>
       <c r="B447" s="2"/>
       <c r="C447" s="2"/>
       <c r="D447" s="2"/>
       <c r="E447" s="2"/>
       <c r="F447" s="2"/>
       <c r="G447" s="2"/>
       <c r="H447" s="2"/>
       <c r="I447" s="2"/>
       <c r="J447" s="15"/>
     </row>
     <row r="448" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A448" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B448" s="2"/>
       <c r="C448" s="2"/>
       <c r="D448" s="2"/>
       <c r="E448" s="2"/>
       <c r="F448" s="2"/>
       <c r="G448" s="2"/>
       <c r="H448" s="2"/>
       <c r="I448" s="2"/>
       <c r="J448" s="15"/>
     </row>
     <row r="449" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A449" s="2"/>
       <c r="B449" s="2"/>
       <c r="C449" s="2"/>
       <c r="D449" s="2"/>
       <c r="E449" s="2"/>
       <c r="F449" s="2"/>
       <c r="G449" s="2"/>
       <c r="H449" s="2"/>
       <c r="I449" s="2"/>
       <c r="J449" s="15"/>
     </row>
     <row r="450" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A450" s="9"/>
       <c r="B450" s="20" t="s">
         <v>131</v>
       </c>
       <c r="C450" s="15"/>
       <c r="D450" s="20" t="s">
         <v>140</v>
       </c>
       <c r="E450" s="15"/>
-      <c r="F450" s="20"/>
+      <c r="F450" s="20" t="s">
+        <v>141</v>
+      </c>
       <c r="G450" s="27"/>
       <c r="H450" s="20"/>
       <c r="I450" s="11"/>
       <c r="J450" s="15"/>
     </row>
     <row r="451" spans="1:10" ht="39" x14ac:dyDescent="0.3">
       <c r="A451" s="9"/>
       <c r="B451" s="23" t="s">
         <v>101</v>
       </c>
       <c r="C451" s="15"/>
       <c r="D451" s="23" t="s">
         <v>101</v>
       </c>
       <c r="E451" s="15"/>
-      <c r="F451" s="23"/>
+      <c r="F451" s="23" t="s">
+        <v>101</v>
+      </c>
       <c r="G451" s="15"/>
       <c r="H451" s="23"/>
       <c r="I451" s="11"/>
       <c r="J451" s="15"/>
     </row>
     <row r="452" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A452" s="6" t="s">
         <v>78</v>
       </c>
       <c r="B452" s="21">
         <v>45839</v>
       </c>
       <c r="C452" s="15"/>
       <c r="D452" s="21">
         <v>45931</v>
       </c>
       <c r="E452" s="15"/>
-      <c r="F452" s="21"/>
+      <c r="F452" s="21">
+        <v>46023</v>
+      </c>
       <c r="H452" s="21"/>
       <c r="I452" s="11"/>
     </row>
     <row r="453" spans="1:10" ht="39" x14ac:dyDescent="0.3">
       <c r="A453" s="6"/>
       <c r="B453" s="23" t="s">
         <v>81</v>
       </c>
       <c r="C453" s="15"/>
       <c r="D453" s="23" t="s">
         <v>81</v>
       </c>
       <c r="E453" s="27"/>
-      <c r="F453" s="23"/>
+      <c r="F453" s="23" t="s">
+        <v>81</v>
+      </c>
       <c r="G453" s="27"/>
       <c r="H453" s="23"/>
       <c r="I453" s="11"/>
       <c r="J453" s="11"/>
     </row>
     <row r="454" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A454" s="9" t="s">
         <v>84</v>
       </c>
       <c r="B454" s="19">
         <v>27.4</v>
       </c>
       <c r="C454" s="15"/>
       <c r="D454" s="19">
         <v>27.4</v>
       </c>
       <c r="E454" s="27"/>
-      <c r="F454" s="19"/>
+      <c r="F454" s="19">
+        <v>27.44</v>
+      </c>
       <c r="G454" s="27"/>
       <c r="H454" s="19"/>
       <c r="I454" s="11"/>
       <c r="J454" s="11"/>
     </row>
     <row r="455" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A455" s="24" t="s">
-        <v>83</v>
+      <c r="A455" s="25" t="s">
+        <v>107</v>
       </c>
       <c r="B455" s="17">
         <v>0.240837</v>
       </c>
-      <c r="C455" s="15"/>
+      <c r="C455" s="17"/>
       <c r="D455" s="17">
         <v>0.23785500000000001</v>
       </c>
       <c r="E455" s="15"/>
-      <c r="F455" s="17"/>
+      <c r="F455" s="17">
+        <v>0.25322899999999998</v>
+      </c>
       <c r="G455" s="15"/>
       <c r="H455" s="17"/>
     </row>
     <row r="456" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A456" s="24" t="s">
-        <v>87</v>
+      <c r="A456" s="25" t="s">
+        <v>108</v>
       </c>
       <c r="B456" s="17">
         <v>0</v>
       </c>
-      <c r="C456" s="15"/>
+      <c r="C456" s="17"/>
       <c r="D456" s="17">
         <v>0</v>
       </c>
-      <c r="E456" s="20"/>
-[...1 lines deleted...]
-      <c r="G456" s="20"/>
+      <c r="E456" s="15"/>
+      <c r="F456" s="17">
+        <v>0</v>
+      </c>
+      <c r="G456" s="15"/>
       <c r="H456" s="17"/>
-      <c r="I456" s="5"/>
+      <c r="I456" s="11"/>
+      <c r="J456" s="20"/>
     </row>
     <row r="457" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A457" s="24" t="s">
-        <v>106</v>
+      <c r="A457" s="25" t="s">
+        <v>109</v>
       </c>
       <c r="B457" s="17">
         <v>2.3425999999999999E-2</v>
       </c>
       <c r="C457" s="17"/>
       <c r="D457" s="17">
         <v>2.0444E-2</v>
       </c>
-      <c r="E457" s="28"/>
-[...1 lines deleted...]
-      <c r="G457" s="28"/>
+      <c r="E457" s="15"/>
+      <c r="F457" s="17">
+        <v>2.0448999999999998E-2</v>
+      </c>
+      <c r="G457" s="15"/>
       <c r="H457" s="17"/>
-      <c r="I457" s="26"/>
+      <c r="J457" s="20"/>
     </row>
     <row r="458" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A458" s="25" t="s">
-        <v>107</v>
+      <c r="A458" s="24" t="s">
+        <v>83</v>
       </c>
       <c r="B458" s="17">
         <v>0.240837</v>
       </c>
-      <c r="C458" s="17"/>
+      <c r="C458" s="15"/>
       <c r="D458" s="17">
         <v>0.23785500000000001</v>
       </c>
       <c r="E458" s="15"/>
-      <c r="F458" s="17"/>
+      <c r="F458" s="17">
+        <v>0.25322899999999998</v>
+      </c>
       <c r="G458" s="15"/>
       <c r="H458" s="17"/>
     </row>
     <row r="459" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A459" s="25" t="s">
-        <v>108</v>
+      <c r="A459" s="24" t="s">
+        <v>87</v>
       </c>
       <c r="B459" s="17">
         <v>0</v>
       </c>
-      <c r="C459" s="17"/>
+      <c r="C459" s="15"/>
       <c r="D459" s="17">
         <v>0</v>
       </c>
-      <c r="E459" s="15"/>
-[...1 lines deleted...]
-      <c r="G459" s="15"/>
+      <c r="E459" s="20"/>
+      <c r="F459" s="17">
+        <v>0</v>
+      </c>
+      <c r="G459" s="20"/>
       <c r="H459" s="17"/>
-      <c r="I459" s="11"/>
-      <c r="J459" s="20"/>
+      <c r="I459" s="5"/>
     </row>
     <row r="460" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A460" s="25" t="s">
-        <v>109</v>
+      <c r="A460" s="24" t="s">
+        <v>106</v>
       </c>
       <c r="B460" s="17">
         <v>2.3425999999999999E-2</v>
       </c>
       <c r="C460" s="17"/>
       <c r="D460" s="17">
         <v>2.0444E-2</v>
       </c>
-      <c r="E460" s="15"/>
-[...1 lines deleted...]
-      <c r="G460" s="15"/>
+      <c r="E460" s="28"/>
+      <c r="F460" s="17">
+        <v>2.0448999999999998E-2</v>
+      </c>
+      <c r="G460" s="28"/>
       <c r="H460" s="17"/>
-      <c r="J460" s="20"/>
+      <c r="I460" s="26"/>
     </row>
     <row r="461" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A461" s="6"/>
       <c r="B461" s="21"/>
       <c r="D461" s="7"/>
       <c r="F461" s="21"/>
       <c r="H461" s="21"/>
       <c r="I461" s="5"/>
       <c r="J461" s="21"/>
     </row>
     <row r="462" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A462" s="9"/>
       <c r="B462" s="20"/>
       <c r="C462" s="15"/>
       <c r="D462" s="20"/>
       <c r="E462" s="15"/>
       <c r="F462" s="20"/>
       <c r="G462" s="27"/>
       <c r="H462" s="20"/>
       <c r="I462" s="11"/>
       <c r="J462" s="15"/>
     </row>
     <row r="463" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A463" s="9"/>
       <c r="B463" s="20"/>
@@ -8340,50 +8367,56 @@
     </row>
     <row r="511" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A511" s="3" t="s">
         <v>111</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="87" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;12&amp;K008000Internal Use</oddFooter>
   </headerFooter>
   <rowBreaks count="5" manualBreakCount="5">
     <brk id="63" max="16383" man="1"/>
     <brk id="126" max="9" man="1"/>
     <brk id="185" max="9" man="1"/>
     <brk id="242" max="9" man="1"/>
     <brk id="301" max="9" man="1"/>
   </rowBreaks>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{019c027e-33b7-45fc-a572-8ffa5d09ec36}" enabled="1" method="Standard" siteId="{031a09bc-a2bf-44df-888e-4e09355b7a24}" contentBits="2" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">