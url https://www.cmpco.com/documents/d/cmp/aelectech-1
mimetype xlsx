--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -1,86 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2025\October 1, 2025 Price Change\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2026\January 1, 2026 Price Change\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C5A539E0-CAC7-448F-B509-19A89233B52F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FAA81827-84B3-405D-A89C-3A6022838DD1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-5220" windowWidth="29040" windowHeight="15720" xr2:uid="{CCA159E9-8375-4F74-85BF-E3AA569078C6}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{CCA159E9-8375-4F74-85BF-E3AA569078C6}"/>
   </bookViews>
   <sheets>
     <sheet name="A-ELEC-TECH" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'A-ELEC-TECH'!$A$1:$J$160</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="22">
   <si>
     <t>TO: RATE DISTRIBUTION LIST</t>
   </si>
   <si>
     <t>1/</t>
   </si>
   <si>
     <t>Basic Rate</t>
   </si>
   <si>
     <t>Per Customer</t>
   </si>
   <si>
     <t>1/ For service rendered on and after the effective date shown.</t>
   </si>
   <si>
     <t>A-ELEC-TECH</t>
   </si>
   <si>
     <t xml:space="preserve">Per kWh </t>
   </si>
   <si>
     <t>Page 1 of 1</t>
   </si>
   <si>
@@ -95,54 +96,57 @@
   <si>
     <t>Original</t>
   </si>
   <si>
     <t>1st Rev.</t>
   </si>
   <si>
     <t>2nd Rev.</t>
   </si>
   <si>
     <t>3rd Rev.</t>
   </si>
   <si>
     <t>4th Rev.</t>
   </si>
   <si>
     <t>5th Rev.</t>
   </si>
   <si>
     <t>6th Rev.</t>
   </si>
   <si>
     <t>7th Rev.</t>
   </si>
   <si>
-    <t>DATE:  October 1, 2025</t>
+    <t>DATE:  January 1, 2026</t>
   </si>
   <si>
-    <t>(Supersedes Issue of  7/1/2025)</t>
+    <t>(Supersedes Issue of  10/1/2025)</t>
+  </si>
+  <si>
+    <t>8th Rev.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="#,##0.000000_);\(#,##0.000000\)"/>
     <numFmt numFmtId="165" formatCode="0.000000"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.000000_);\(&quot;$&quot;#,##0.000000\)"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1535,131 +1539,139 @@
       <c r="J14" s="23">
         <v>7.7626000000000001E-2</v>
       </c>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A15" s="13"/>
       <c r="B15" s="23"/>
       <c r="C15" s="15"/>
       <c r="D15" s="23"/>
       <c r="F15" s="23"/>
       <c r="H15" s="23"/>
       <c r="J15" s="23"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A16" s="13"/>
       <c r="B16" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="15"/>
       <c r="D16" s="8" t="s">
         <v>17</v>
       </c>
       <c r="F16" s="8" t="s">
         <v>18</v>
       </c>
-      <c r="H16" s="23"/>
+      <c r="H16" s="8" t="s">
+        <v>21</v>
+      </c>
       <c r="J16" s="23"/>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A17" s="13"/>
       <c r="B17" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C17" s="15"/>
       <c r="D17" s="5" t="s">
         <v>1</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="H17" s="23"/>
+      <c r="H17" s="5" t="s">
+        <v>1</v>
+      </c>
       <c r="J17" s="23"/>
     </row>
     <row r="18" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A18" s="9" t="s">
         <v>2</v>
       </c>
       <c r="B18" s="10">
         <v>45658</v>
       </c>
       <c r="C18" s="15"/>
       <c r="D18" s="10">
         <v>45839</v>
       </c>
       <c r="F18" s="10">
         <v>45931</v>
       </c>
-      <c r="H18" s="23"/>
+      <c r="H18" s="10">
+        <v>46023</v>
+      </c>
       <c r="J18" s="23"/>
     </row>
     <row r="19" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A19" s="13"/>
       <c r="C19" s="15"/>
-      <c r="H19" s="23"/>
       <c r="J19" s="23"/>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A20" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="15"/>
-      <c r="H20" s="23"/>
       <c r="J20" s="23"/>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A21" s="13" t="s">
         <v>3</v>
       </c>
       <c r="B21" s="14">
         <v>40.67</v>
       </c>
       <c r="C21" s="15"/>
       <c r="D21" s="14">
         <v>40.549999999999997</v>
       </c>
       <c r="F21" s="14">
         <v>41.24</v>
       </c>
-      <c r="H21" s="23"/>
+      <c r="H21" s="14">
+        <v>41.24</v>
+      </c>
       <c r="J21" s="23"/>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A22" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B22" s="23">
         <v>9.6364000000000005E-2</v>
       </c>
       <c r="C22" s="15"/>
       <c r="D22" s="23">
         <v>0.104406</v>
       </c>
       <c r="F22" s="23">
         <v>0.101424</v>
       </c>
-      <c r="H22" s="15"/>
+      <c r="H22" s="23">
+        <v>0.10555</v>
+      </c>
       <c r="J22" s="15"/>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A23" s="13"/>
       <c r="B23" s="23"/>
       <c r="C23" s="15"/>
       <c r="D23" s="15"/>
       <c r="F23" s="15"/>
       <c r="H23" s="15"/>
       <c r="J23" s="15"/>
     </row>
     <row r="24" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A24" s="13" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A25" s="2"/>
       <c r="B25" s="12"/>
       <c r="D25" s="12"/>
       <c r="F25" s="12"/>
       <c r="H25" s="12"/>
       <c r="J25" s="12"/>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.3">
@@ -2350,50 +2362,56 @@
       <c r="A150" s="13"/>
     </row>
     <row r="151" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A151" s="20"/>
       <c r="B151" s="15"/>
     </row>
     <row r="159" spans="1:6" x14ac:dyDescent="0.3">
       <c r="B159" s="13"/>
       <c r="C159" s="13"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="96" fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;12&amp;K008000Internal Use</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="67" max="9" man="1"/>
     <brk id="199" max="10" man="1"/>
   </rowBreaks>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{019c027e-33b7-45fc-a572-8ffa5d09ec36}" enabled="1" method="Standard" siteId="{031a09bc-a2bf-44df-888e-4e09355b7a24}" contentBits="2" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">