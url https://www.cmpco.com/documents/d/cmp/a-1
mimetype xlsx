--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -1,85 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2025\October 1, 2025 Price Change\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\P&amp;A\Master Rate Book\Rate Bulletins\Rb2026\January 1, 2026 Price Change\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B17DA36A-FF97-4BCA-9246-88A9F4BD4AC6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BBD1DE76-CB55-4D49-83C1-E77FCADD972D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-5220" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name=" Rate A #1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">' Rate A #1'!$A$1:$J$394</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="575" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="179">
   <si>
     <t>SUBJECT: Rate A Revisions</t>
   </si>
   <si>
     <t>RATE BULLETIN: Rate A #1</t>
   </si>
   <si>
     <t>TO: RATE DISTRIBUTION LIST</t>
   </si>
   <si>
     <t>Effective</t>
   </si>
   <si>
     <t xml:space="preserve">   Date</t>
   </si>
   <si>
     <t>Revision</t>
   </si>
   <si>
     <t xml:space="preserve">    Rate        2/</t>
   </si>
   <si>
     <t>7/1/93</t>
   </si>
   <si>
@@ -565,54 +566,57 @@
   <si>
     <t>Ninety - Seventh</t>
   </si>
   <si>
     <t>Ninety - Eighth</t>
   </si>
   <si>
     <t>Ninety - Ninth</t>
   </si>
   <si>
     <t>Hundredth</t>
   </si>
   <si>
     <t>One Hundred - First</t>
   </si>
   <si>
     <t>One Hundred - Second</t>
   </si>
   <si>
     <t>One Hundred - Third</t>
   </si>
   <si>
     <t>One Hundred - Fourth</t>
   </si>
   <si>
-    <t>(Supercedes Issue of 7/1/25)</t>
-[...2 lines deleted...]
-    <t>DATE:   October 1, 2025</t>
+    <t>One Hundred - Fifth</t>
+  </si>
+  <si>
+    <t>DATE:   January 1, 2026</t>
+  </si>
+  <si>
+    <t>(Supercedes Issue of 10/1/25)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="8">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="41" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.000000_);\(&quot;$&quot;#,##0.000000\)"/>
     <numFmt numFmtId="165" formatCode="m/d/yy"/>
   </numFmts>
   <fonts count="35" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Tms Rmn"/>
     </font>
@@ -1697,52 +1701,52 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:S397"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A352" zoomScale="115" zoomScaleNormal="115" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A366" sqref="A366"/>
+    <sheetView tabSelected="1" topLeftCell="A347" zoomScale="115" zoomScaleNormal="115" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="G370" sqref="G370"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.453125" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="14.1796875" style="17" customWidth="1"/>
     <col min="2" max="2" width="9.7265625" style="17" customWidth="1"/>
     <col min="3" max="3" width="19.453125" style="17" customWidth="1"/>
     <col min="4" max="4" width="3.1796875" style="3" customWidth="1"/>
     <col min="5" max="5" width="10.54296875" style="3" customWidth="1"/>
     <col min="6" max="6" width="3.26953125" style="3" customWidth="1"/>
     <col min="7" max="7" width="16.453125" style="3" customWidth="1"/>
     <col min="8" max="8" width="3.26953125" style="3" customWidth="1"/>
     <col min="9" max="9" width="27.81640625" style="3" customWidth="1"/>
     <col min="10" max="10" width="6.54296875" style="3" customWidth="1"/>
     <col min="11" max="16384" width="8.453125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A1" s="34" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="17"/>
       <c r="C1" s="17"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
@@ -6485,51 +6489,51 @@
       <c r="I326" s="31" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="327" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A327" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B327" s="5"/>
       <c r="C327" s="5"/>
       <c r="D327" s="2"/>
       <c r="E327" s="2"/>
       <c r="F327" s="2"/>
       <c r="I327" s="31" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="328" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A328" s="5"/>
       <c r="B328" s="5"/>
       <c r="C328" s="5"/>
       <c r="D328" s="2"/>
       <c r="E328" s="2"/>
       <c r="F328" s="2"/>
       <c r="I328" s="31" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="329" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A329" s="5"/>
       <c r="B329" s="5"/>
       <c r="C329" s="5"/>
       <c r="D329" s="2"/>
       <c r="E329" s="2"/>
       <c r="F329" s="2"/>
       <c r="G329" s="2"/>
       <c r="H329" s="2"/>
       <c r="I329"/>
     </row>
     <row r="330" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A330" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B330" s="5"/>
       <c r="C330" s="5"/>
       <c r="D330" s="2"/>
       <c r="E330" s="2"/>
       <c r="F330" s="2"/>
       <c r="G330" s="2"/>
       <c r="H330" s="2"/>
       <c r="I330" s="4"/>
@@ -7082,60 +7086,86 @@
       <c r="A367" s="33"/>
       <c r="B367" s="28"/>
       <c r="C367" s="28"/>
       <c r="D367" s="29"/>
       <c r="E367" s="28"/>
       <c r="F367" s="29"/>
       <c r="G367" s="27">
         <v>0.13123899999999999</v>
       </c>
       <c r="H367" s="29"/>
       <c r="I367" s="28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A368" s="28"/>
       <c r="B368" s="28"/>
       <c r="C368" s="28"/>
       <c r="D368" s="29"/>
       <c r="E368" s="29"/>
       <c r="F368" s="29"/>
       <c r="G368" s="27"/>
       <c r="H368" s="29"/>
       <c r="I368" s="28"/>
     </row>
+    <row r="369" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A369" s="33">
+        <v>46023</v>
+      </c>
+      <c r="B369" s="28" t="s">
+        <v>111</v>
+      </c>
+      <c r="C369" s="28" t="s">
+        <v>176</v>
+      </c>
+      <c r="D369" s="29"/>
+      <c r="E369" s="29" t="s">
+        <v>167</v>
+      </c>
+      <c r="F369" s="29"/>
+      <c r="G369" s="26">
+        <v>30.21</v>
+      </c>
+      <c r="I369" s="28" t="s">
+        <v>70</v>
+      </c>
+    </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A370" s="33"/>
-      <c r="B370" s="33"/>
+      <c r="B370" s="28"/>
       <c r="C370" s="28"/>
       <c r="D370" s="29"/>
-      <c r="E370" s="29"/>
+      <c r="E370" s="28"/>
       <c r="F370" s="29"/>
-      <c r="G370" s="26"/>
+      <c r="G370" s="27">
+        <v>0.13647400000000001</v>
+      </c>
       <c r="H370" s="29"/>
-      <c r="I370" s="28"/>
+      <c r="I370" s="28" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A371" s="28"/>
       <c r="B371" s="28"/>
       <c r="C371" s="28"/>
       <c r="D371" s="29"/>
       <c r="E371" s="29"/>
       <c r="F371" s="29"/>
       <c r="G371" s="27"/>
       <c r="H371" s="29"/>
       <c r="I371" s="28"/>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A373" s="36"/>
       <c r="G373" s="26"/>
       <c r="I373" s="28"/>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.3">
       <c r="G374" s="27"/>
       <c r="I374" s="28"/>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.3">
       <c r="G375" s="27"/>
       <c r="I375" s="28"/>
     </row>
@@ -7269,50 +7299,56 @@
       <c r="C396" s="3"/>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A397" s="3"/>
       <c r="B397" s="3"/>
       <c r="C397" s="3"/>
     </row>
   </sheetData>
   <phoneticPr fontId="11" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="80" fitToHeight="4" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;1#&amp;"Calibri"&amp;12&amp;K008000Internal Use</oddFooter>
   </headerFooter>
   <rowBreaks count="4" manualBreakCount="4">
     <brk id="63" max="16383" man="1"/>
     <brk id="126" max="16383" man="1"/>
     <brk id="189" max="16383" man="1"/>
     <brk id="251" max="9" man="1"/>
   </rowBreaks>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{019c027e-33b7-45fc-a572-8ffa5d09ec36}" enabled="1" method="Standard" siteId="{031a09bc-a2bf-44df-888e-4e09355b7a24}" contentBits="2" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">